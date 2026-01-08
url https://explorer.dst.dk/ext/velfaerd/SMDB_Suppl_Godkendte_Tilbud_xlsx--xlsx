--- v0 (2025-10-08)
+++ v1 (2026-01-08)
@@ -2,70 +2,70 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\K10\Sundhed\Stofmisbrug\7_Formidling\Oplysningsside\Supplerende oplysninger\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\kwn\Desktop\SMDB Adhoc\Tilbud\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="360" yWindow="75" windowWidth="17055" windowHeight="10830"/>
   </bookViews>
   <sheets>
     <sheet name="Tilbud" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Tilbud!$A$1:$I$1</definedName>
     <definedName name="Tilbud">Tilbud!$A$1:$I$198</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Tilbud!$1:$1</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="162913" refMode="R1C1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1638" uniqueCount="1019">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1649" uniqueCount="1022">
   <si>
     <t>Vej</t>
   </si>
   <si>
     <t>Postnummer</t>
   </si>
   <si>
     <t>By</t>
   </si>
   <si>
     <t>Kongens Ø Munkerup (tidligere Arresøhøj) (Døgn)</t>
   </si>
   <si>
     <t>Munkerup Strandvej</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>3120</t>
   </si>
   <si>
     <t>Dronningmølle</t>
   </si>
   <si>
@@ -1092,53 +1092,50 @@
     <t>1013134649</t>
   </si>
   <si>
     <t>Rusmiddelcenter Syddjurs</t>
   </si>
   <si>
     <t>Hovedgaden</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>8410</t>
   </si>
   <si>
     <t>Rønde</t>
   </si>
   <si>
     <t>29189978</t>
   </si>
   <si>
     <t>1004245605</t>
   </si>
   <si>
     <t>Nordre Fasanvej</t>
-  </si>
-[...1 lines deleted...]
-    <t>Center for Rusmidler</t>
   </si>
   <si>
     <t>Sankelmarksvej</t>
   </si>
   <si>
     <t>10A</t>
   </si>
   <si>
     <t>4760</t>
   </si>
   <si>
     <t>Vordingborg</t>
   </si>
   <si>
     <t>29189676</t>
   </si>
   <si>
     <t>1009650462</t>
   </si>
   <si>
     <t>Rusmiddelcenter Silkeborg</t>
   </si>
   <si>
     <t>Færgevej</t>
   </si>
@@ -3087,50 +3084,62 @@
     <t>Ålborgvej</t>
   </si>
   <si>
     <t>247, st. 8</t>
   </si>
   <si>
     <t>Sæby</t>
   </si>
   <si>
     <t>Alfa Rehab Hillerød</t>
   </si>
   <si>
     <t>Helsingørsgade</t>
   </si>
   <si>
     <t>8C</t>
   </si>
   <si>
     <t>Alfa Rehab Aarhus</t>
   </si>
   <si>
     <t>Hans Hartvig Seedorffs Stræde</t>
   </si>
   <si>
     <t>3,1 th</t>
+  </si>
+  <si>
+    <t>Team Rusmidler - Voksne</t>
+  </si>
+  <si>
+    <t>Team Rusmidler - Unge og Familie</t>
+  </si>
+  <si>
+    <t>U-turn Horsens</t>
+  </si>
+  <si>
+    <t>Robert Holms Vej</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -3455,96 +3464,94 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I210"/>
+  <dimension ref="A1:I212"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A175" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" customWidth="1"/>
     <col min="2" max="2" width="81.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="28.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12" customWidth="1"/>
     <col min="5" max="5" width="13.5703125" customWidth="1"/>
     <col min="6" max="6" width="14" customWidth="1"/>
     <col min="7" max="7" width="20.42578125" customWidth="1"/>
     <col min="8" max="8" width="23.7109375" customWidth="1"/>
     <col min="9" max="9" width="23" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
+        <v>976</v>
+      </c>
+      <c r="B1" s="1" t="s">
         <v>977</v>
-      </c>
-[...1 lines deleted...]
-        <v>978</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>979</v>
+        <v>978</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="G1" s="2" t="s">
+        <v>979</v>
+      </c>
+      <c r="H1" s="2" t="s">
         <v>980</v>
       </c>
-      <c r="H1" s="2" t="s">
+      <c r="I1" s="1" t="s">
         <v>981</v>
-      </c>
-[...1 lines deleted...]
-        <v>982</v>
       </c>
     </row>
     <row r="2" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="3">
         <v>758</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="4" t="s">
@@ -3874,51 +3881,51 @@
       </c>
     </row>
     <row r="14" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>771</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>82</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="E14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>84</v>
       </c>
       <c r="G14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="H14" s="4" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>773</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>94</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>96</v>
       </c>
       <c r="G15" s="4" t="s">
@@ -4297,51 +4304,51 @@
       </c>
       <c r="F28" s="3" t="s">
         <v>91</v>
       </c>
       <c r="G28" s="4" t="s">
         <v>92</v>
       </c>
       <c r="H28" s="4" t="s">
         <v>178</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>799</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>180</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>984</v>
+        <v>983</v>
       </c>
       <c r="E29" s="4" t="s">
         <v>181</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>182</v>
       </c>
       <c r="G29" s="4" t="s">
         <v>183</v>
       </c>
       <c r="H29" s="4" t="s">
         <v>184</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>800</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C30" s="3" t="s">
@@ -5188,4383 +5195,4441 @@
       </c>
       <c r="D59" s="4" t="s">
         <v>351</v>
       </c>
       <c r="E59" s="4" t="s">
         <v>352</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>353</v>
       </c>
       <c r="G59" s="4" t="s">
         <v>354</v>
       </c>
       <c r="H59" s="4" t="s">
         <v>355</v>
       </c>
       <c r="I59" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="60" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>853</v>
       </c>
       <c r="B60" s="3" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C60" s="3" t="s">
         <v>357</v>
       </c>
-      <c r="C60" s="3" t="s">
+      <c r="D60" s="4" t="s">
         <v>358</v>
       </c>
-      <c r="D60" s="4" t="s">
+      <c r="E60" s="4" t="s">
         <v>359</v>
       </c>
-      <c r="E60" s="4" t="s">
+      <c r="F60" s="3" t="s">
         <v>360</v>
       </c>
-      <c r="F60" s="3" t="s">
+      <c r="G60" s="4" t="s">
         <v>361</v>
       </c>
-      <c r="G60" s="4" t="s">
+      <c r="H60" s="4" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
       <c r="I60" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="61" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>854</v>
       </c>
       <c r="B61" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="C61" s="3" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>42</v>
       </c>
       <c r="E61" s="4" t="s">
+        <v>365</v>
+      </c>
+      <c r="F61" s="3" t="s">
         <v>366</v>
       </c>
-      <c r="F61" s="3" t="s">
+      <c r="G61" s="4" t="s">
         <v>367</v>
       </c>
-      <c r="G61" s="4" t="s">
+      <c r="H61" s="4" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>369</v>
       </c>
       <c r="I61" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="62" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>859</v>
       </c>
       <c r="B62" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="C62" s="3" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>127</v>
       </c>
       <c r="E62" s="4" t="s">
         <v>317</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>318</v>
       </c>
       <c r="G62" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H62" s="4" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="I62" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="63" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>862</v>
       </c>
       <c r="B63" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="C63" s="3" t="s">
         <v>373</v>
       </c>
-      <c r="C63" s="3" t="s">
+      <c r="D63" s="4" t="s">
         <v>374</v>
       </c>
-      <c r="D63" s="4" t="s">
+      <c r="E63" s="4" t="s">
         <v>375</v>
       </c>
-      <c r="E63" s="4" t="s">
+      <c r="F63" s="3" t="s">
         <v>376</v>
       </c>
-      <c r="F63" s="3" t="s">
+      <c r="G63" s="4" t="s">
         <v>377</v>
       </c>
-      <c r="G63" s="4" t="s">
+      <c r="H63" s="4" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="I63" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="64" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>863</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="C64" s="3" t="s">
         <v>265</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>42</v>
       </c>
       <c r="E64" s="4" t="s">
+        <v>380</v>
+      </c>
+      <c r="F64" s="3" t="s">
         <v>381</v>
       </c>
-      <c r="F64" s="3" t="s">
+      <c r="G64" s="4" t="s">
         <v>382</v>
       </c>
-      <c r="G64" s="4" t="s">
+      <c r="H64" s="4" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
       <c r="I64" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="65" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>864</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="C65" s="3" t="s">
         <v>265</v>
       </c>
       <c r="D65" s="4" t="s">
+        <v>385</v>
+      </c>
+      <c r="E65" s="4" t="s">
         <v>386</v>
       </c>
-      <c r="E65" s="4" t="s">
+      <c r="F65" s="3" t="s">
         <v>387</v>
       </c>
-      <c r="F65" s="3" t="s">
+      <c r="G65" s="4" t="s">
         <v>388</v>
       </c>
-      <c r="G65" s="4" t="s">
+      <c r="H65" s="4" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="I65" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="66" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>868</v>
       </c>
       <c r="B66" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="C66" s="3" t="s">
         <v>391</v>
       </c>
-      <c r="C66" s="3" t="s">
+      <c r="D66" s="4" t="s">
         <v>392</v>
       </c>
-      <c r="D66" s="4" t="s">
+      <c r="E66" s="4" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>37</v>
       </c>
       <c r="G66" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H66" s="4" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="I66" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="67" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>869</v>
       </c>
       <c r="B67" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="C67" s="3" t="s">
         <v>396</v>
       </c>
-      <c r="C67" s="3" t="s">
+      <c r="D67" s="4" t="s">
         <v>397</v>
       </c>
-      <c r="D67" s="4" t="s">
+      <c r="E67" s="4" t="s">
         <v>398</v>
       </c>
-      <c r="E67" s="4" t="s">
+      <c r="F67" s="3" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="G67" s="4" t="s">
         <v>97</v>
       </c>
       <c r="H67" s="4" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="I67" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="68" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>872</v>
       </c>
       <c r="B68" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="C68" s="3" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E68" s="4" t="s">
+        <v>403</v>
+      </c>
+      <c r="F68" s="3" t="s">
         <v>404</v>
       </c>
-      <c r="F68" s="3" t="s">
+      <c r="G68" s="4" t="s">
         <v>405</v>
       </c>
-      <c r="G68" s="4" t="s">
+      <c r="H68" s="4" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
       <c r="I68" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>873</v>
       </c>
       <c r="B69" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="C69" s="3" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>56</v>
       </c>
       <c r="E69" s="4" t="s">
+        <v>409</v>
+      </c>
+      <c r="F69" s="3" t="s">
         <v>410</v>
       </c>
-      <c r="F69" s="3" t="s">
+      <c r="G69" s="4" t="s">
         <v>411</v>
       </c>
-      <c r="G69" s="4" t="s">
+      <c r="H69" s="4" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
       <c r="I69" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="70" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>874</v>
       </c>
       <c r="B70" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="C70" s="3" t="s">
         <v>414</v>
       </c>
-      <c r="C70" s="3" t="s">
+      <c r="D70" s="4" t="s">
         <v>415</v>
       </c>
-      <c r="D70" s="4" t="s">
+      <c r="E70" s="4" t="s">
         <v>416</v>
       </c>
-      <c r="E70" s="4" t="s">
+      <c r="F70" s="3" t="s">
         <v>417</v>
       </c>
-      <c r="F70" s="3" t="s">
+      <c r="G70" s="4" t="s">
         <v>418</v>
       </c>
-      <c r="G70" s="4" t="s">
+      <c r="H70" s="4" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
       <c r="I70" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="71" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>876</v>
       </c>
       <c r="B71" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="C71" s="3" t="s">
         <v>421</v>
       </c>
-      <c r="C71" s="3" t="s">
+      <c r="D71" s="4" t="s">
         <v>422</v>
       </c>
-      <c r="D71" s="4" t="s">
+      <c r="E71" s="4" t="s">
         <v>423</v>
       </c>
-      <c r="E71" s="4" t="s">
+      <c r="F71" s="3" t="s">
         <v>424</v>
       </c>
-      <c r="F71" s="3" t="s">
+      <c r="G71" s="4" t="s">
         <v>425</v>
       </c>
-      <c r="G71" s="4" t="s">
+      <c r="H71" s="4" t="s">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>427</v>
       </c>
       <c r="I71" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="72" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>877</v>
       </c>
       <c r="B72" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="C72" s="3" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>248</v>
       </c>
       <c r="E72" s="4" t="s">
+        <v>429</v>
+      </c>
+      <c r="F72" s="3" t="s">
         <v>430</v>
       </c>
-      <c r="F72" s="3" t="s">
+      <c r="G72" s="4" t="s">
         <v>431</v>
       </c>
-      <c r="G72" s="4" t="s">
+      <c r="H72" s="4" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
       <c r="I72" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="73" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>878</v>
       </c>
       <c r="B73" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="C73" s="3" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E73" s="4" t="s">
+        <v>435</v>
+      </c>
+      <c r="F73" s="3" t="s">
         <v>436</v>
       </c>
-      <c r="F73" s="3" t="s">
+      <c r="G73" s="4" t="s">
         <v>437</v>
       </c>
-      <c r="G73" s="4" t="s">
+      <c r="H73" s="4" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
       <c r="I73" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="74" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>884</v>
       </c>
       <c r="B74" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="C74" s="3" t="s">
         <v>440</v>
       </c>
-      <c r="C74" s="3" t="s">
+      <c r="D74" s="4" t="s">
         <v>441</v>
       </c>
-      <c r="D74" s="4" t="s">
+      <c r="E74" s="4" t="s">
         <v>442</v>
       </c>
-      <c r="E74" s="4" t="s">
+      <c r="F74" s="3" t="s">
         <v>443</v>
       </c>
-      <c r="F74" s="3" t="s">
+      <c r="G74" s="4" t="s">
         <v>444</v>
       </c>
-      <c r="G74" s="4" t="s">
+      <c r="H74" s="4" t="s">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
       <c r="I74" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="75" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>885</v>
       </c>
       <c r="B75" s="3" t="s">
+        <v>446</v>
+      </c>
+      <c r="C75" s="3" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>88</v>
       </c>
       <c r="E75" s="4" t="s">
+        <v>448</v>
+      </c>
+      <c r="F75" s="3" t="s">
         <v>449</v>
       </c>
-      <c r="F75" s="3" t="s">
+      <c r="G75" s="4" t="s">
         <v>450</v>
       </c>
-      <c r="G75" s="4" t="s">
+      <c r="H75" s="4" t="s">
         <v>451</v>
-      </c>
-[...1 lines deleted...]
-        <v>452</v>
       </c>
       <c r="I75" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="76" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>886</v>
       </c>
       <c r="B76" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="C76" s="3" t="s">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>454</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>278</v>
       </c>
       <c r="E76" s="4" t="s">
+        <v>454</v>
+      </c>
+      <c r="F76" s="3" t="s">
         <v>455</v>
       </c>
-      <c r="F76" s="3" t="s">
+      <c r="G76" s="4" t="s">
         <v>456</v>
       </c>
-      <c r="G76" s="4" t="s">
+      <c r="H76" s="4" t="s">
         <v>457</v>
-      </c>
-[...1 lines deleted...]
-        <v>458</v>
       </c>
       <c r="I76" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="77" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>887</v>
       </c>
       <c r="B77" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="C77" s="3" t="s">
         <v>459</v>
       </c>
-      <c r="C77" s="3" t="s">
+      <c r="D77" s="4" t="s">
         <v>460</v>
       </c>
-      <c r="D77" s="4" t="s">
+      <c r="E77" s="4" t="s">
         <v>461</v>
       </c>
-      <c r="E77" s="4" t="s">
+      <c r="F77" s="3" t="s">
         <v>462</v>
       </c>
-      <c r="F77" s="3" t="s">
+      <c r="G77" s="4" t="s">
         <v>463</v>
       </c>
-      <c r="G77" s="4" t="s">
+      <c r="H77" s="4" t="s">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
       <c r="I77" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="78" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>890</v>
       </c>
       <c r="B78" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="C78" s="3" t="s">
         <v>466</v>
       </c>
-      <c r="C78" s="3" t="s">
+      <c r="D78" s="4" t="s">
         <v>467</v>
-      </c>
-[...1 lines deleted...]
-        <v>468</v>
       </c>
       <c r="E78" s="4" t="s">
         <v>28</v>
       </c>
       <c r="F78" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G78" s="4" t="s">
+        <v>468</v>
+      </c>
+      <c r="H78" s="4" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
       <c r="I78" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>892</v>
       </c>
       <c r="B79" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="C79" s="3" t="s">
         <v>471</v>
-      </c>
-[...1 lines deleted...]
-        <v>472</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>236</v>
       </c>
       <c r="E79" s="4" t="s">
+        <v>472</v>
+      </c>
+      <c r="F79" s="3" t="s">
         <v>473</v>
       </c>
-      <c r="F79" s="3" t="s">
+      <c r="G79" s="4" t="s">
         <v>474</v>
       </c>
-      <c r="G79" s="4" t="s">
+      <c r="H79" s="4" t="s">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
       <c r="I79" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="80" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>893</v>
       </c>
       <c r="B80" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="C80" s="3" t="s">
         <v>477</v>
       </c>
-      <c r="C80" s="3" t="s">
+      <c r="D80" s="4" t="s">
         <v>478</v>
       </c>
-      <c r="D80" s="4" t="s">
+      <c r="E80" s="4" t="s">
         <v>479</v>
       </c>
-      <c r="E80" s="4" t="s">
+      <c r="F80" s="3" t="s">
         <v>480</v>
       </c>
-      <c r="F80" s="3" t="s">
+      <c r="G80" s="4" t="s">
         <v>481</v>
       </c>
-      <c r="G80" s="4" t="s">
+      <c r="H80" s="4" t="s">
         <v>482</v>
-      </c>
-[...1 lines deleted...]
-        <v>483</v>
       </c>
       <c r="I80" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>894</v>
       </c>
       <c r="B81" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="C81" s="3" t="s">
         <v>484</v>
       </c>
-      <c r="C81" s="3" t="s">
+      <c r="D81" s="4" t="s">
         <v>485</v>
       </c>
-      <c r="D81" s="4" t="s">
+      <c r="E81" s="4" t="s">
         <v>486</v>
       </c>
-      <c r="E81" s="4" t="s">
+      <c r="F81" s="3" t="s">
         <v>487</v>
       </c>
-      <c r="F81" s="3" t="s">
+      <c r="G81" s="4" t="s">
         <v>488</v>
       </c>
-      <c r="G81" s="4" t="s">
+      <c r="H81" s="4" t="s">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
       <c r="I81" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="82" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>895</v>
       </c>
       <c r="B82" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="C82" s="3" t="s">
+        <v>484</v>
+      </c>
+      <c r="D82" s="4" t="s">
+        <v>485</v>
+      </c>
+      <c r="E82" s="4" t="s">
+        <v>486</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="G82" s="4" t="s">
+        <v>488</v>
+      </c>
+      <c r="H82" s="4" t="s">
         <v>491</v>
-      </c>
-[...16 lines deleted...]
-        <v>492</v>
       </c>
       <c r="I82" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="83" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>896</v>
       </c>
       <c r="B83" s="3" t="s">
+        <v>492</v>
+      </c>
+      <c r="C83" s="3" t="s">
         <v>493</v>
       </c>
-      <c r="C83" s="3" t="s">
+      <c r="D83" s="4" t="s">
         <v>494</v>
       </c>
-      <c r="D83" s="4" t="s">
+      <c r="E83" s="4" t="s">
         <v>495</v>
       </c>
-      <c r="E83" s="4" t="s">
+      <c r="F83" s="3" t="s">
         <v>496</v>
       </c>
-      <c r="F83" s="3" t="s">
+      <c r="G83" s="4" t="s">
         <v>497</v>
       </c>
-      <c r="G83" s="4" t="s">
+      <c r="H83" s="4" t="s">
         <v>498</v>
-      </c>
-[...1 lines deleted...]
-        <v>499</v>
       </c>
       <c r="I83" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="84" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>897</v>
       </c>
       <c r="B84" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="C84" s="3" t="s">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>501</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="4" t="s">
+        <v>501</v>
+      </c>
+      <c r="F84" s="3" t="s">
         <v>502</v>
       </c>
-      <c r="F84" s="3" t="s">
+      <c r="G84" s="4" t="s">
         <v>503</v>
       </c>
-      <c r="G84" s="4" t="s">
+      <c r="H84" s="4" t="s">
         <v>504</v>
-      </c>
-[...1 lines deleted...]
-        <v>505</v>
       </c>
       <c r="I84" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="85" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>899</v>
       </c>
       <c r="B85" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="C85" s="3" t="s">
         <v>506</v>
       </c>
-      <c r="C85" s="3" t="s">
+      <c r="D85" s="4" t="s">
         <v>507</v>
       </c>
-      <c r="D85" s="4" t="s">
+      <c r="E85" s="4" t="s">
         <v>508</v>
       </c>
-      <c r="E85" s="4" t="s">
+      <c r="F85" s="3" t="s">
         <v>509</v>
       </c>
-      <c r="F85" s="3" t="s">
+      <c r="G85" s="4" t="s">
         <v>510</v>
       </c>
-      <c r="G85" s="4" t="s">
+      <c r="H85" s="4" t="s">
         <v>511</v>
-      </c>
-[...1 lines deleted...]
-        <v>512</v>
       </c>
       <c r="I85" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="86" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>900</v>
       </c>
       <c r="B86" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="C86" s="3" t="s">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>514</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>194</v>
       </c>
       <c r="E86" s="4" t="s">
         <v>195</v>
       </c>
       <c r="F86" s="3" t="s">
         <v>196</v>
       </c>
       <c r="G86" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H86" s="4" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="I86" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="87" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>901</v>
       </c>
       <c r="B87" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="C87" s="3" t="s">
         <v>516</v>
       </c>
-      <c r="C87" s="3" t="s">
+      <c r="D87" s="4" t="s">
+        <v>485</v>
+      </c>
+      <c r="E87" s="4" t="s">
         <v>517</v>
       </c>
-      <c r="D87" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E87" s="4" t="s">
+      <c r="F87" s="3" t="s">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
       <c r="G87" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H87" s="4" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="I87" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="88" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>903</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="C88" s="3" t="s">
         <v>356</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E88" s="4" t="s">
         <v>181</v>
       </c>
       <c r="F88" s="3" t="s">
         <v>182</v>
       </c>
       <c r="G88" s="4" t="s">
+        <v>521</v>
+      </c>
+      <c r="H88" s="4" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="I88" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="89" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>904</v>
       </c>
       <c r="B89" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="C89" s="3" t="s">
         <v>524</v>
-      </c>
-[...1 lines deleted...]
-        <v>525</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>278</v>
       </c>
       <c r="E89" s="4" t="s">
+        <v>454</v>
+      </c>
+      <c r="F89" s="3" t="s">
         <v>455</v>
       </c>
-      <c r="F89" s="3" t="s">
+      <c r="G89" s="4" t="s">
         <v>456</v>
       </c>
-      <c r="G89" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H89" s="4" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="I89" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="90" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>910</v>
       </c>
       <c r="B90" s="3" t="s">
+        <v>984</v>
+      </c>
+      <c r="C90" s="3" t="s">
         <v>985</v>
       </c>
-      <c r="C90" s="3" t="s">
+      <c r="D90" s="4" t="s">
         <v>986</v>
       </c>
-      <c r="D90" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E90" s="4" t="s">
+        <v>592</v>
+      </c>
+      <c r="F90" s="3" t="s">
         <v>593</v>
-      </c>
-[...1 lines deleted...]
-        <v>594</v>
       </c>
       <c r="G90" s="4" t="s">
         <v>163</v>
       </c>
       <c r="H90" s="4" t="s">
-        <v>988</v>
+        <v>987</v>
       </c>
       <c r="I90" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="91" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>911</v>
       </c>
       <c r="B91" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="C91" s="3" t="s">
         <v>527</v>
       </c>
-      <c r="C91" s="3" t="s">
+      <c r="D91" s="4" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>529</v>
       </c>
       <c r="E91" s="4" t="s">
         <v>298</v>
       </c>
       <c r="F91" s="3" t="s">
         <v>299</v>
       </c>
       <c r="G91" s="4" t="s">
         <v>300</v>
       </c>
       <c r="H91" s="4" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="I91" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="92" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>913</v>
       </c>
       <c r="B92" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="C92" s="3" t="s">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>532</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E92" s="4" t="s">
+        <v>532</v>
+      </c>
+      <c r="F92" s="3" t="s">
         <v>533</v>
       </c>
-      <c r="F92" s="3" t="s">
+      <c r="G92" s="4" t="s">
         <v>534</v>
       </c>
-      <c r="G92" s="4" t="s">
+      <c r="H92" s="4" t="s">
         <v>535</v>
-      </c>
-[...1 lines deleted...]
-        <v>536</v>
       </c>
       <c r="I92" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="93" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>914</v>
       </c>
       <c r="B93" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="C93" s="3" t="s">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>538</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E93" s="4" t="s">
         <v>221</v>
       </c>
       <c r="F93" s="3" t="s">
         <v>222</v>
       </c>
       <c r="G93" s="4" t="s">
+        <v>538</v>
+      </c>
+      <c r="H93" s="4" t="s">
         <v>539</v>
-      </c>
-[...1 lines deleted...]
-        <v>540</v>
       </c>
       <c r="I93" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="94" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>915</v>
       </c>
       <c r="B94" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="C94" s="3" t="s">
         <v>541</v>
       </c>
-      <c r="C94" s="3" t="s">
+      <c r="D94" s="4" t="s">
         <v>542</v>
       </c>
-      <c r="D94" s="4" t="s">
+      <c r="E94" s="4" t="s">
         <v>543</v>
       </c>
-      <c r="E94" s="4" t="s">
+      <c r="F94" s="3" t="s">
         <v>544</v>
       </c>
-      <c r="F94" s="3" t="s">
+      <c r="G94" s="4" t="s">
         <v>545</v>
       </c>
-      <c r="G94" s="4" t="s">
+      <c r="H94" s="4" t="s">
         <v>546</v>
-      </c>
-[...1 lines deleted...]
-        <v>547</v>
       </c>
       <c r="I94" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="95" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>916</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>278</v>
       </c>
       <c r="E95" s="4" t="s">
+        <v>548</v>
+      </c>
+      <c r="F95" s="3" t="s">
         <v>549</v>
       </c>
-      <c r="F95" s="3" t="s">
+      <c r="G95" s="4" t="s">
         <v>550</v>
       </c>
-      <c r="G95" s="4" t="s">
+      <c r="H95" s="4" t="s">
         <v>551</v>
-      </c>
-[...1 lines deleted...]
-        <v>552</v>
       </c>
       <c r="I95" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="96" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>945</v>
       </c>
       <c r="B96" s="3" t="s">
+        <v>552</v>
+      </c>
+      <c r="C96" s="3" t="s">
         <v>553</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>88</v>
       </c>
       <c r="E96" s="4" t="s">
+        <v>554</v>
+      </c>
+      <c r="F96" s="3" t="s">
         <v>555</v>
-      </c>
-[...1 lines deleted...]
-        <v>556</v>
       </c>
       <c r="G96" s="4" t="s">
         <v>156</v>
       </c>
       <c r="H96" s="4" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="I96" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>961</v>
       </c>
       <c r="B97" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="C97" s="3" t="s">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>559</v>
       </c>
       <c r="D97" s="4"/>
       <c r="E97" s="4" t="s">
+        <v>559</v>
+      </c>
+      <c r="F97" s="3" t="s">
         <v>560</v>
-      </c>
-[...1 lines deleted...]
-        <v>561</v>
       </c>
       <c r="G97" s="4" t="s">
         <v>163</v>
       </c>
       <c r="H97" s="4"/>
       <c r="I97" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="98" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>971</v>
       </c>
       <c r="B98" s="3" t="s">
+        <v>561</v>
+      </c>
+      <c r="C98" s="3" t="s">
         <v>562</v>
       </c>
-      <c r="C98" s="3" t="s">
+      <c r="D98" s="4" t="s">
         <v>563</v>
-      </c>
-[...1 lines deleted...]
-        <v>564</v>
       </c>
       <c r="E98" s="4" t="s">
         <v>95</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="G98" s="4" t="s">
         <v>97</v>
       </c>
       <c r="H98" s="4" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="I98" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>972</v>
       </c>
       <c r="B99" s="3" t="s">
+        <v>566</v>
+      </c>
+      <c r="C99" s="3" t="s">
         <v>567</v>
-      </c>
-[...1 lines deleted...]
-        <v>568</v>
       </c>
       <c r="D99" s="4"/>
       <c r="E99" s="4" t="s">
+        <v>568</v>
+      </c>
+      <c r="F99" s="3" t="s">
         <v>569</v>
-      </c>
-[...1 lines deleted...]
-        <v>570</v>
       </c>
       <c r="G99" s="4" t="s">
         <v>163</v>
       </c>
       <c r="H99" s="4"/>
       <c r="I99" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="100" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>974</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C100" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="D100" s="4" t="s">
         <v>571</v>
       </c>
-      <c r="D100" s="4" t="s">
+      <c r="E100" s="4" t="s">
         <v>572</v>
       </c>
-      <c r="E100" s="4" t="s">
+      <c r="F100" s="3" t="s">
         <v>573</v>
-      </c>
-[...1 lines deleted...]
-        <v>574</v>
       </c>
       <c r="G100" s="4" t="s">
         <v>190</v>
       </c>
       <c r="H100" s="4" t="s">
-        <v>575</v>
+        <v>574</v>
       </c>
       <c r="I100" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="101" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>975</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C101" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="D101" s="4" t="s">
         <v>576</v>
       </c>
-      <c r="D101" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E101" s="4" t="s">
+        <v>559</v>
+      </c>
+      <c r="F101" s="3" t="s">
         <v>560</v>
-      </c>
-[...1 lines deleted...]
-        <v>561</v>
       </c>
       <c r="G101" s="4" t="s">
         <v>190</v>
       </c>
       <c r="H101" s="4" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="I101" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="102" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>976</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>579</v>
+        <v>578</v>
       </c>
       <c r="D102" s="4" t="s">
-        <v>577</v>
+        <v>576</v>
       </c>
       <c r="E102" s="4" t="s">
+        <v>559</v>
+      </c>
+      <c r="F102" s="3" t="s">
         <v>560</v>
-      </c>
-[...1 lines deleted...]
-        <v>561</v>
       </c>
       <c r="G102" s="4" t="s">
         <v>190</v>
       </c>
       <c r="H102" s="4" t="s">
-        <v>580</v>
+        <v>579</v>
       </c>
       <c r="I102" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="103" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>977</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>211</v>
       </c>
       <c r="E103" s="4" t="s">
-        <v>582</v>
+        <v>581</v>
       </c>
       <c r="F103" s="3" t="s">
         <v>37</v>
       </c>
       <c r="G103" s="4" t="s">
         <v>190</v>
       </c>
       <c r="H103" s="4" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="I103" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="104" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>981</v>
       </c>
       <c r="B104" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="C104" s="3" t="s">
         <v>584</v>
-      </c>
-[...1 lines deleted...]
-        <v>585</v>
       </c>
       <c r="D104" s="4"/>
       <c r="E104" s="4" t="s">
         <v>28</v>
       </c>
       <c r="F104" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G104" s="4" t="s">
         <v>163</v>
       </c>
       <c r="H104" s="4"/>
       <c r="I104" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="105" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>986</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="C105" s="3" t="s">
         <v>344</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>115</v>
       </c>
       <c r="E105" s="4" t="s">
+        <v>586</v>
+      </c>
+      <c r="F105" s="3" t="s">
         <v>587</v>
       </c>
-      <c r="F105" s="3" t="s">
+      <c r="G105" s="4" t="s">
         <v>588</v>
       </c>
-      <c r="G105" s="4" t="s">
+      <c r="H105" s="4" t="s">
         <v>589</v>
-      </c>
-[...1 lines deleted...]
-        <v>590</v>
       </c>
       <c r="I105" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="106" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>988</v>
       </c>
       <c r="B106" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="C106" s="3" t="s">
         <v>591</v>
-      </c>
-[...1 lines deleted...]
-        <v>592</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>42</v>
       </c>
       <c r="E106" s="4" t="s">
+        <v>592</v>
+      </c>
+      <c r="F106" s="3" t="s">
         <v>593</v>
       </c>
-      <c r="F106" s="3" t="s">
+      <c r="G106" s="4" t="s">
         <v>594</v>
       </c>
-      <c r="G106" s="4" t="s">
+      <c r="H106" s="4" t="s">
         <v>595</v>
-      </c>
-[...1 lines deleted...]
-        <v>596</v>
       </c>
       <c r="I106" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="107" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>989</v>
       </c>
       <c r="B107" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="C107" s="3" t="s">
         <v>597</v>
-      </c>
-[...1 lines deleted...]
-        <v>598</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>56</v>
       </c>
       <c r="E107" s="4" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="G107" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H107" s="4" t="s">
-        <v>600</v>
+        <v>599</v>
       </c>
       <c r="I107" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="108" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>990</v>
       </c>
       <c r="B108" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="C108" s="3" t="s">
         <v>601</v>
       </c>
-      <c r="C108" s="3" t="s">
+      <c r="D108" s="4" t="s">
         <v>602</v>
       </c>
-      <c r="D108" s="4" t="s">
+      <c r="E108" s="4" t="s">
         <v>603</v>
       </c>
-      <c r="E108" s="4" t="s">
+      <c r="F108" s="3" t="s">
         <v>604</v>
-      </c>
-[...1 lines deleted...]
-        <v>605</v>
       </c>
       <c r="G108" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H108" s="4" t="s">
-        <v>606</v>
+        <v>605</v>
       </c>
       <c r="I108" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="109" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>991</v>
       </c>
       <c r="B109" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="C109" s="3" t="s">
         <v>607</v>
-      </c>
-[...1 lines deleted...]
-        <v>608</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>42</v>
       </c>
       <c r="E109" s="4" t="s">
         <v>43</v>
       </c>
       <c r="F109" s="3" t="s">
         <v>44</v>
       </c>
       <c r="G109" s="4" t="s">
         <v>163</v>
       </c>
       <c r="H109" s="4" t="s">
-        <v>609</v>
+        <v>608</v>
       </c>
       <c r="I109" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="110" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>1018</v>
       </c>
       <c r="B110" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="C110" s="3" t="s">
         <v>610</v>
-      </c>
-[...1 lines deleted...]
-        <v>611</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E110" s="4" t="s">
+        <v>611</v>
+      </c>
+      <c r="F110" s="3" t="s">
         <v>612</v>
       </c>
-      <c r="F110" s="3" t="s">
+      <c r="G110" s="4" t="s">
         <v>613</v>
       </c>
-      <c r="G110" s="4" t="s">
+      <c r="H110" s="4" t="s">
         <v>614</v>
-      </c>
-[...1 lines deleted...]
-        <v>615</v>
       </c>
       <c r="I110" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>1022</v>
       </c>
       <c r="B111" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="C111" s="3" t="s">
         <v>616</v>
-      </c>
-[...1 lines deleted...]
-        <v>617</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>63</v>
       </c>
       <c r="E111" s="4" t="s">
+        <v>617</v>
+      </c>
+      <c r="F111" s="3" t="s">
         <v>618</v>
-      </c>
-[...1 lines deleted...]
-        <v>619</v>
       </c>
       <c r="G111" s="4" t="s">
         <v>163</v>
       </c>
       <c r="H111" s="4"/>
       <c r="I111" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="112" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>1024</v>
       </c>
       <c r="B112" s="3" t="s">
+        <v>619</v>
+      </c>
+      <c r="C112" s="3" t="s">
         <v>620</v>
-      </c>
-[...1 lines deleted...]
-        <v>621</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>204</v>
       </c>
       <c r="E112" s="4" t="s">
+        <v>621</v>
+      </c>
+      <c r="F112" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="G112" s="4" t="s">
         <v>622</v>
       </c>
-      <c r="F112" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G112" s="4" t="s">
+      <c r="H112" s="4" t="s">
         <v>623</v>
-      </c>
-[...1 lines deleted...]
-        <v>624</v>
       </c>
       <c r="I112" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="113" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>1038</v>
       </c>
       <c r="B113" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="C113" s="3" t="s">
         <v>625</v>
-      </c>
-[...1 lines deleted...]
-        <v>626</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>42</v>
       </c>
       <c r="E113" s="4" t="s">
+        <v>626</v>
+      </c>
+      <c r="F113" s="3" t="s">
         <v>627</v>
       </c>
-      <c r="F113" s="3" t="s">
+      <c r="G113" s="4" t="s">
         <v>628</v>
       </c>
-      <c r="G113" s="4" t="s">
+      <c r="H113" s="4" t="s">
         <v>629</v>
-      </c>
-[...1 lines deleted...]
-        <v>630</v>
       </c>
       <c r="I113" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>1049</v>
       </c>
       <c r="B114" s="3" t="s">
+        <v>630</v>
+      </c>
+      <c r="C114" s="3" t="s">
         <v>631</v>
       </c>
-      <c r="C114" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D114" s="4" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="E114" s="4" t="s">
         <v>317</v>
       </c>
       <c r="F114" s="3" t="s">
         <v>318</v>
       </c>
       <c r="G114" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H114" s="4" t="s">
-        <v>633</v>
+        <v>632</v>
       </c>
       <c r="I114" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="115" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>1063</v>
       </c>
       <c r="B115" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="C115" s="3" t="s">
         <v>634</v>
-      </c>
-[...1 lines deleted...]
-        <v>635</v>
       </c>
       <c r="D115" s="4"/>
       <c r="E115" s="4" t="s">
+        <v>398</v>
+      </c>
+      <c r="F115" s="3" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="G115" s="4" t="s">
         <v>163</v>
       </c>
       <c r="H115" s="4"/>
       <c r="I115" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="116" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>1088</v>
       </c>
       <c r="B116" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="C116" s="3" t="s">
         <v>636</v>
-      </c>
-[...1 lines deleted...]
-        <v>637</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>56</v>
       </c>
       <c r="E116" s="4" t="s">
         <v>95</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="G116" s="4" t="s">
         <v>97</v>
       </c>
       <c r="H116" s="4" t="s">
-        <v>638</v>
+        <v>637</v>
       </c>
       <c r="I116" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="117" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>1089</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>639</v>
+        <v>638</v>
       </c>
       <c r="C117" s="3" t="s">
         <v>94</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E117" s="4" t="s">
         <v>95</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="G117" s="4" t="s">
         <v>163</v>
       </c>
       <c r="H117" s="4"/>
       <c r="I117" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="118" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>1090</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>640</v>
+        <v>639</v>
       </c>
       <c r="C118" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="D118" s="4" t="s">
         <v>563</v>
-      </c>
-[...1 lines deleted...]
-        <v>564</v>
       </c>
       <c r="E118" s="4" t="s">
         <v>95</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>641</v>
+        <v>640</v>
       </c>
       <c r="G118" s="4" t="s">
         <v>97</v>
       </c>
       <c r="H118" s="4" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
       <c r="I118" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="119" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>1095</v>
       </c>
       <c r="B119" s="3" t="s">
+        <v>642</v>
+      </c>
+      <c r="C119" s="3" t="s">
         <v>643</v>
       </c>
-      <c r="C119" s="3" t="s">
+      <c r="D119" s="4" t="s">
         <v>644</v>
       </c>
-      <c r="D119" s="4" t="s">
+      <c r="E119" s="4" t="s">
         <v>645</v>
       </c>
-      <c r="E119" s="4" t="s">
+      <c r="F119" s="3" t="s">
         <v>646</v>
       </c>
-      <c r="F119" s="3" t="s">
+      <c r="G119" s="4" t="s">
         <v>647</v>
       </c>
-      <c r="G119" s="4" t="s">
+      <c r="H119" s="4" t="s">
         <v>648</v>
-      </c>
-[...1 lines deleted...]
-        <v>649</v>
       </c>
       <c r="I119" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="120" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>1097</v>
       </c>
       <c r="B120" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="C120" s="3" t="s">
         <v>650</v>
-      </c>
-[...1 lines deleted...]
-        <v>651</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>35</v>
       </c>
       <c r="E120" s="4" t="s">
+        <v>651</v>
+      </c>
+      <c r="F120" s="3" t="s">
         <v>652</v>
       </c>
-      <c r="F120" s="3" t="s">
+      <c r="G120" s="4" t="s">
         <v>653</v>
       </c>
-      <c r="G120" s="4" t="s">
+      <c r="H120" s="4" t="s">
         <v>654</v>
-      </c>
-[...1 lines deleted...]
-        <v>655</v>
       </c>
       <c r="I120" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="121" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>1099</v>
       </c>
       <c r="B121" s="3" t="s">
+        <v>655</v>
+      </c>
+      <c r="C121" s="3" t="s">
         <v>656</v>
       </c>
-      <c r="C121" s="3" t="s">
+      <c r="D121" s="4" t="s">
         <v>657</v>
       </c>
-      <c r="D121" s="4" t="s">
+      <c r="E121" s="4" t="s">
         <v>658</v>
       </c>
-      <c r="E121" s="4" t="s">
+      <c r="F121" s="3" t="s">
         <v>659</v>
       </c>
-      <c r="F121" s="3" t="s">
+      <c r="G121" s="4" t="s">
         <v>660</v>
       </c>
-      <c r="G121" s="4" t="s">
+      <c r="H121" s="4" t="s">
         <v>661</v>
-      </c>
-[...1 lines deleted...]
-        <v>662</v>
       </c>
       <c r="I121" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="122" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>1101</v>
       </c>
       <c r="B122" s="3" t="s">
+        <v>662</v>
+      </c>
+      <c r="C122" s="3" t="s">
         <v>663</v>
-      </c>
-[...1 lines deleted...]
-        <v>664</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>108</v>
       </c>
       <c r="E122" s="4" t="s">
+        <v>664</v>
+      </c>
+      <c r="F122" s="3" t="s">
         <v>665</v>
       </c>
-      <c r="F122" s="3" t="s">
+      <c r="G122" s="4" t="s">
         <v>666</v>
       </c>
-      <c r="G122" s="4" t="s">
+      <c r="H122" s="4" t="s">
         <v>667</v>
-      </c>
-[...1 lines deleted...]
-        <v>668</v>
       </c>
       <c r="I122" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>1106</v>
       </c>
       <c r="B123" s="3" t="s">
+        <v>668</v>
+      </c>
+      <c r="C123" s="3" t="s">
         <v>669</v>
       </c>
-      <c r="C123" s="3" t="s">
+      <c r="D123" s="4" t="s">
+        <v>507</v>
+      </c>
+      <c r="E123" s="4" t="s">
         <v>670</v>
       </c>
-      <c r="D123" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E123" s="4" t="s">
+      <c r="F123" s="3" t="s">
         <v>671</v>
       </c>
-      <c r="F123" s="3" t="s">
+      <c r="G123" s="4" t="s">
         <v>672</v>
       </c>
-      <c r="G123" s="4" t="s">
+      <c r="H123" s="4" t="s">
         <v>673</v>
-      </c>
-[...1 lines deleted...]
-        <v>674</v>
       </c>
       <c r="I123" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="124" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>1107</v>
       </c>
       <c r="B124" s="3" t="s">
+        <v>674</v>
+      </c>
+      <c r="C124" s="3" t="s">
         <v>675</v>
       </c>
-      <c r="C124" s="3" t="s">
+      <c r="D124" s="4" t="s">
         <v>676</v>
-      </c>
-[...1 lines deleted...]
-        <v>677</v>
       </c>
       <c r="E124" s="4" t="s">
         <v>64</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="G124" s="4" t="s">
         <v>66</v>
       </c>
       <c r="H124" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I124" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>1108</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="C125" s="3" t="s">
-        <v>651</v>
+        <v>650</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>35</v>
       </c>
       <c r="E125" s="4" t="s">
+        <v>651</v>
+      </c>
+      <c r="F125" s="3" t="s">
         <v>652</v>
       </c>
-      <c r="F125" s="3" t="s">
+      <c r="G125" s="4" t="s">
         <v>653</v>
       </c>
-      <c r="G125" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H125" s="4" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="I125" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="126" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>1110</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="C126" s="3" t="s">
         <v>121</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>35</v>
       </c>
       <c r="E126" s="4" t="s">
         <v>122</v>
       </c>
       <c r="F126" s="3" t="s">
         <v>123</v>
       </c>
       <c r="G126" s="4" t="s">
         <v>163</v>
       </c>
       <c r="H126" s="4" t="s">
         <v>124</v>
       </c>
       <c r="I126" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>1111</v>
       </c>
       <c r="B127" s="3" t="s">
+        <v>681</v>
+      </c>
+      <c r="C127" s="3" t="s">
         <v>682</v>
       </c>
-      <c r="C127" s="3" t="s">
+      <c r="D127" s="4" t="s">
         <v>683</v>
-      </c>
-[...1 lines deleted...]
-        <v>684</v>
       </c>
       <c r="E127" s="4" t="s">
         <v>36</v>
       </c>
       <c r="F127" s="3" t="s">
         <v>37</v>
       </c>
       <c r="G127" s="4" t="s">
         <v>163</v>
       </c>
       <c r="H127" s="4" t="s">
         <v>39</v>
       </c>
       <c r="I127" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>1119</v>
       </c>
       <c r="B128" s="3" t="s">
+        <v>684</v>
+      </c>
+      <c r="C128" s="3" t="s">
         <v>685</v>
       </c>
-      <c r="C128" s="3" t="s">
+      <c r="D128" s="4" t="s">
         <v>686</v>
-      </c>
-[...1 lines deleted...]
-        <v>687</v>
       </c>
       <c r="E128" s="4" t="s">
         <v>83</v>
       </c>
       <c r="F128" s="3" t="s">
         <v>84</v>
       </c>
       <c r="G128" s="4" t="s">
         <v>85</v>
       </c>
       <c r="H128" s="4" t="s">
-        <v>688</v>
+        <v>687</v>
       </c>
       <c r="I128" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="129" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>1123</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>990</v>
+        <v>989</v>
       </c>
       <c r="C129" s="3" t="s">
         <v>94</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E129" s="4" t="s">
         <v>95</v>
       </c>
       <c r="F129" s="3" t="s">
         <v>96</v>
       </c>
       <c r="G129" s="4" t="s">
         <v>163</v>
       </c>
       <c r="H129" s="4" t="s">
         <v>98</v>
       </c>
       <c r="I129" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>1129</v>
       </c>
       <c r="B130" s="3" t="s">
+        <v>688</v>
+      </c>
+      <c r="C130" s="3" t="s">
         <v>689</v>
       </c>
-      <c r="C130" s="3" t="s">
+      <c r="D130" s="4" t="s">
         <v>690</v>
-      </c>
-[...1 lines deleted...]
-        <v>691</v>
       </c>
       <c r="E130" s="4" t="s">
         <v>188</v>
       </c>
       <c r="F130" s="3" t="s">
         <v>189</v>
       </c>
       <c r="G130" s="4" t="s">
+        <v>691</v>
+      </c>
+      <c r="H130" s="4" t="s">
         <v>692</v>
-      </c>
-[...1 lines deleted...]
-        <v>693</v>
       </c>
       <c r="I130" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="131" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>1131</v>
       </c>
       <c r="B131" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="C131" s="3" t="s">
         <v>694</v>
-      </c>
-[...1 lines deleted...]
-        <v>695</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>335</v>
       </c>
       <c r="E131" s="4" t="s">
+        <v>695</v>
+      </c>
+      <c r="F131" s="3" t="s">
         <v>696</v>
-      </c>
-[...1 lines deleted...]
-        <v>697</v>
       </c>
       <c r="G131" s="4" t="s">
         <v>85</v>
       </c>
       <c r="H131" s="4" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="I131" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="132" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>1133</v>
       </c>
       <c r="B132" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="C132" s="3" t="s">
         <v>699</v>
       </c>
-      <c r="C132" s="3" t="s">
+      <c r="D132" s="4" t="s">
         <v>700</v>
-      </c>
-[...1 lines deleted...]
-        <v>701</v>
       </c>
       <c r="E132" s="4" t="s">
         <v>83</v>
       </c>
       <c r="F132" s="3" t="s">
         <v>84</v>
       </c>
       <c r="G132" s="4" t="s">
         <v>85</v>
       </c>
       <c r="H132" s="4" t="s">
-        <v>702</v>
+        <v>701</v>
       </c>
       <c r="I132" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>1134</v>
       </c>
       <c r="B133" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="C133" s="3" t="s">
         <v>703</v>
       </c>
-      <c r="C133" s="3" t="s">
+      <c r="D133" s="4" t="s">
+        <v>467</v>
+      </c>
+      <c r="E133" s="4" t="s">
         <v>704</v>
       </c>
-      <c r="D133" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E133" s="4" t="s">
+      <c r="F133" s="3" t="s">
         <v>705</v>
       </c>
-      <c r="F133" s="3" t="s">
+      <c r="G133" s="4" t="s">
         <v>706</v>
       </c>
-      <c r="G133" s="4" t="s">
+      <c r="H133" s="4" t="s">
         <v>707</v>
-      </c>
-[...1 lines deleted...]
-        <v>708</v>
       </c>
       <c r="I133" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="134" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>1147</v>
       </c>
       <c r="B134" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="C134" s="3" t="s">
         <v>709</v>
-      </c>
-[...1 lines deleted...]
-        <v>710</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>204</v>
       </c>
       <c r="E134" s="4" t="s">
+        <v>710</v>
+      </c>
+      <c r="F134" s="3" t="s">
         <v>711</v>
-      </c>
-[...1 lines deleted...]
-        <v>712</v>
       </c>
       <c r="G134" s="4" t="s">
         <v>149</v>
       </c>
       <c r="H134" s="4" t="s">
-        <v>713</v>
+        <v>712</v>
       </c>
       <c r="I134" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="135" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>1149</v>
       </c>
       <c r="B135" s="3" t="s">
+        <v>713</v>
+      </c>
+      <c r="C135" s="3" t="s">
         <v>714</v>
       </c>
-      <c r="C135" s="3" t="s">
+      <c r="D135" s="4" t="s">
+        <v>686</v>
+      </c>
+      <c r="E135" s="4" t="s">
         <v>715</v>
       </c>
-      <c r="D135" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E135" s="4" t="s">
+      <c r="F135" s="3" t="s">
         <v>716</v>
       </c>
-      <c r="F135" s="3" t="s">
+      <c r="G135" s="4" t="s">
         <v>717</v>
       </c>
-      <c r="G135" s="4" t="s">
+      <c r="H135" s="4" t="s">
         <v>718</v>
-      </c>
-[...1 lines deleted...]
-        <v>719</v>
       </c>
       <c r="I135" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="136" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>1150</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>720</v>
+        <v>719</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>140</v>
       </c>
       <c r="E136" s="4" t="s">
         <v>195</v>
       </c>
       <c r="F136" s="3" t="s">
         <v>196</v>
       </c>
       <c r="G136" s="4"/>
       <c r="H136" s="4"/>
       <c r="I136" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="137" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>1151</v>
       </c>
       <c r="B137" s="3" t="s">
+        <v>720</v>
+      </c>
+      <c r="C137" s="3" t="s">
         <v>721</v>
-      </c>
-[...1 lines deleted...]
-        <v>722</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>35</v>
       </c>
       <c r="E137" s="4" t="s">
-        <v>723</v>
+        <v>722</v>
       </c>
       <c r="F137" s="3" t="s">
         <v>37</v>
       </c>
       <c r="G137" s="4" t="s">
         <v>163</v>
       </c>
       <c r="H137" s="4" t="s">
         <v>39</v>
       </c>
       <c r="I137" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="138" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>1153</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>724</v>
+        <v>723</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E138" s="4" t="s">
+        <v>559</v>
+      </c>
+      <c r="F138" s="3" t="s">
         <v>560</v>
-      </c>
-[...1 lines deleted...]
-        <v>561</v>
       </c>
       <c r="G138" s="4" t="s">
         <v>190</v>
       </c>
       <c r="H138" s="4" t="s">
-        <v>725</v>
+        <v>724</v>
       </c>
       <c r="I138" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="139" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>1155</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C139" s="3" t="s">
         <v>166</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>108</v>
       </c>
       <c r="E139" s="4" t="s">
         <v>116</v>
       </c>
       <c r="F139" s="3" t="s">
         <v>117</v>
       </c>
       <c r="G139" s="4" t="s">
         <v>167</v>
       </c>
       <c r="H139" s="4" t="s">
         <v>168</v>
       </c>
       <c r="I139" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="140" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>1157</v>
       </c>
       <c r="B140" s="3" t="s">
+        <v>725</v>
+      </c>
+      <c r="C140" s="3" t="s">
         <v>726</v>
       </c>
-      <c r="C140" s="3" t="s">
+      <c r="D140" s="4" t="s">
         <v>727</v>
       </c>
-      <c r="D140" s="4" t="s">
+      <c r="E140" s="4" t="s">
+        <v>359</v>
+      </c>
+      <c r="F140" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="G140" s="4" t="s">
+        <v>361</v>
+      </c>
+      <c r="H140" s="4" t="s">
         <v>728</v>
-      </c>
-[...10 lines deleted...]
-        <v>729</v>
       </c>
       <c r="I140" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="141" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>1158</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>730</v>
+        <v>729</v>
       </c>
       <c r="C141" s="3" t="s">
         <v>254</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>255</v>
       </c>
       <c r="E141" s="4" t="s">
         <v>64</v>
       </c>
       <c r="F141" s="3" t="s">
         <v>65</v>
       </c>
       <c r="G141" s="4" t="s">
         <v>163</v>
       </c>
       <c r="H141" s="4" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
       <c r="I141" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="142" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>1162</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>990</v>
+        <v>989</v>
       </c>
       <c r="C142" s="3" t="s">
         <v>94</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E142" s="4" t="s">
         <v>95</v>
       </c>
       <c r="F142" s="3" t="s">
         <v>96</v>
       </c>
       <c r="G142" s="4" t="s">
         <v>163</v>
       </c>
       <c r="H142" s="4" t="s">
         <v>98</v>
       </c>
       <c r="I142" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="143" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>1163</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>732</v>
+        <v>731</v>
       </c>
       <c r="C143" s="3" t="s">
         <v>94</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E143" s="4" t="s">
         <v>95</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="G143" s="4" t="s">
         <v>163</v>
       </c>
       <c r="H143" s="4" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="I143" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="144" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>1164</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>639</v>
+        <v>638</v>
       </c>
       <c r="C144" s="3" t="s">
+        <v>990</v>
+      </c>
+      <c r="D144" s="4" t="s">
         <v>991</v>
-      </c>
-[...1 lines deleted...]
-        <v>992</v>
       </c>
       <c r="E144" s="4" t="s">
         <v>95</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="G144" s="4" t="s">
         <v>163</v>
       </c>
       <c r="H144" s="4"/>
       <c r="I144" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="145" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>1165</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>639</v>
+        <v>638</v>
       </c>
       <c r="C145" s="3" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="D145" s="4" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="E145" s="4" t="s">
         <v>95</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>641</v>
+        <v>640</v>
       </c>
       <c r="G145" s="4" t="s">
         <v>163</v>
       </c>
       <c r="H145" s="4"/>
       <c r="I145" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="146" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>1176</v>
       </c>
       <c r="B146" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="C146" s="3" t="s">
         <v>734</v>
-      </c>
-[...1 lines deleted...]
-        <v>735</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>227</v>
       </c>
       <c r="E146" s="4" t="s">
+        <v>735</v>
+      </c>
+      <c r="F146" s="3" t="s">
         <v>736</v>
       </c>
-      <c r="F146" s="3" t="s">
+      <c r="G146" s="4" t="s">
         <v>737</v>
       </c>
-      <c r="G146" s="4" t="s">
+      <c r="H146" s="4" t="s">
         <v>738</v>
-      </c>
-[...1 lines deleted...]
-        <v>739</v>
       </c>
       <c r="I146" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="147" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>1177</v>
       </c>
       <c r="B147" s="3" t="s">
+        <v>739</v>
+      </c>
+      <c r="C147" s="3" t="s">
         <v>740</v>
       </c>
-      <c r="C147" s="3" t="s">
+      <c r="D147" s="4" t="s">
+        <v>992</v>
+      </c>
+      <c r="E147" s="4" t="s">
         <v>741</v>
       </c>
-      <c r="D147" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E147" s="4" t="s">
+      <c r="F147" s="3" t="s">
         <v>742</v>
       </c>
-      <c r="F147" s="3" t="s">
+      <c r="G147" s="4" t="s">
         <v>743</v>
       </c>
-      <c r="G147" s="4" t="s">
+      <c r="H147" s="4" t="s">
         <v>744</v>
-      </c>
-[...1 lines deleted...]
-        <v>745</v>
       </c>
       <c r="I147" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="148" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>1178</v>
       </c>
       <c r="B148" s="3" t="s">
+        <v>745</v>
+      </c>
+      <c r="C148" s="3" t="s">
         <v>746</v>
       </c>
-      <c r="C148" s="3" t="s">
+      <c r="D148" s="4" t="s">
         <v>747</v>
       </c>
-      <c r="D148" s="4" t="s">
+      <c r="E148" s="4" t="s">
         <v>748</v>
       </c>
-      <c r="E148" s="4" t="s">
+      <c r="F148" s="3" t="s">
         <v>749</v>
       </c>
-      <c r="F148" s="3" t="s">
+      <c r="G148" s="4" t="s">
         <v>750</v>
       </c>
-      <c r="G148" s="4" t="s">
+      <c r="H148" s="4" t="s">
         <v>751</v>
-      </c>
-[...1 lines deleted...]
-        <v>752</v>
       </c>
       <c r="I148" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="149" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>1179</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="C149" s="3" t="s">
         <v>265</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>236</v>
       </c>
       <c r="E149" s="4" t="s">
+        <v>753</v>
+      </c>
+      <c r="F149" s="3" t="s">
         <v>754</v>
       </c>
-      <c r="F149" s="3" t="s">
+      <c r="G149" s="4" t="s">
         <v>755</v>
       </c>
-      <c r="G149" s="4" t="s">
+      <c r="H149" s="4" t="s">
         <v>756</v>
-      </c>
-[...1 lines deleted...]
-        <v>757</v>
       </c>
       <c r="I149" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="150" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>1180</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>994</v>
+        <v>993</v>
       </c>
       <c r="C150" s="3" t="s">
+        <v>757</v>
+      </c>
+      <c r="D150" s="4" t="s">
         <v>758</v>
       </c>
-      <c r="D150" s="4" t="s">
+      <c r="E150" s="4" t="s">
+        <v>375</v>
+      </c>
+      <c r="F150" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="G150" s="4" t="s">
         <v>759</v>
       </c>
-      <c r="E150" s="4" t="s">
-[...5 lines deleted...]
-      <c r="G150" s="4" t="s">
+      <c r="H150" s="4" t="s">
         <v>760</v>
-      </c>
-[...1 lines deleted...]
-        <v>761</v>
       </c>
       <c r="I150" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="151" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>1182</v>
       </c>
       <c r="B151" s="3" t="s">
+        <v>761</v>
+      </c>
+      <c r="C151" s="3" t="s">
         <v>762</v>
-      </c>
-[...1 lines deleted...]
-        <v>763</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>227</v>
       </c>
       <c r="E151" s="4" t="s">
+        <v>763</v>
+      </c>
+      <c r="F151" s="3" t="s">
         <v>764</v>
       </c>
-      <c r="F151" s="3" t="s">
+      <c r="G151" s="4" t="s">
         <v>765</v>
       </c>
-      <c r="G151" s="4" t="s">
+      <c r="H151" s="4" t="s">
         <v>766</v>
-      </c>
-[...1 lines deleted...]
-        <v>767</v>
       </c>
       <c r="I151" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="152" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>1183</v>
       </c>
       <c r="B152" s="3" t="s">
+        <v>767</v>
+      </c>
+      <c r="C152" s="3" t="s">
         <v>768</v>
       </c>
-      <c r="C152" s="3" t="s">
+      <c r="D152" s="4" t="s">
+        <v>644</v>
+      </c>
+      <c r="E152" s="4" t="s">
         <v>769</v>
       </c>
-      <c r="D152" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E152" s="4" t="s">
+      <c r="F152" s="3" t="s">
         <v>770</v>
       </c>
-      <c r="F152" s="3" t="s">
+      <c r="G152" s="4" t="s">
         <v>771</v>
       </c>
-      <c r="G152" s="4" t="s">
+      <c r="H152" s="4" t="s">
         <v>772</v>
-      </c>
-[...1 lines deleted...]
-        <v>773</v>
       </c>
       <c r="I152" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="153" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>1185</v>
       </c>
       <c r="B153" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="C153" s="3" t="s">
         <v>774</v>
-      </c>
-[...1 lines deleted...]
-        <v>775</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>42</v>
       </c>
       <c r="E153" s="4" t="s">
+        <v>775</v>
+      </c>
+      <c r="F153" s="3" t="s">
         <v>776</v>
-      </c>
-[...1 lines deleted...]
-        <v>777</v>
       </c>
       <c r="G153" s="4" t="s">
         <v>336</v>
       </c>
       <c r="H153" s="4" t="s">
-        <v>778</v>
+        <v>777</v>
       </c>
       <c r="I153" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="154" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>1188</v>
       </c>
       <c r="B154" s="3" t="s">
+        <v>778</v>
+      </c>
+      <c r="C154" s="3" t="s">
         <v>779</v>
       </c>
-      <c r="C154" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D154" s="4" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="E154" s="4" t="s">
         <v>28</v>
       </c>
       <c r="F154" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G154" s="4"/>
       <c r="H154" s="4"/>
       <c r="I154" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="155" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>1189</v>
       </c>
       <c r="B155" s="3" t="s">
+        <v>780</v>
+      </c>
+      <c r="C155" s="3" t="s">
         <v>781</v>
       </c>
-      <c r="C155" s="3" t="s">
+      <c r="D155" s="4" t="s">
         <v>782</v>
       </c>
-      <c r="D155" s="4" t="s">
+      <c r="E155" s="4" t="s">
         <v>783</v>
       </c>
-      <c r="E155" s="4" t="s">
+      <c r="F155" s="3" t="s">
         <v>784</v>
       </c>
-      <c r="F155" s="3" t="s">
+      <c r="G155" s="4" t="s">
         <v>785</v>
       </c>
-      <c r="G155" s="4" t="s">
+      <c r="H155" s="4" t="s">
         <v>786</v>
-      </c>
-[...1 lines deleted...]
-        <v>787</v>
       </c>
       <c r="I155" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="156" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>1190</v>
       </c>
       <c r="B156" s="3" t="s">
+        <v>787</v>
+      </c>
+      <c r="C156" s="3" t="s">
         <v>788</v>
-      </c>
-[...1 lines deleted...]
-        <v>789</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>236</v>
       </c>
       <c r="E156" s="4" t="s">
+        <v>670</v>
+      </c>
+      <c r="F156" s="3" t="s">
         <v>671</v>
       </c>
-      <c r="F156" s="3" t="s">
+      <c r="G156" s="4" t="s">
         <v>672</v>
       </c>
-      <c r="G156" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H156" s="4" t="s">
-        <v>790</v>
+        <v>789</v>
       </c>
       <c r="I156" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="157" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>1193</v>
       </c>
       <c r="B157" s="3" t="s">
+        <v>790</v>
+      </c>
+      <c r="C157" s="3" t="s">
         <v>791</v>
-      </c>
-[...1 lines deleted...]
-        <v>792</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>108</v>
       </c>
       <c r="E157" s="4" t="s">
+        <v>792</v>
+      </c>
+      <c r="F157" s="3" t="s">
         <v>793</v>
       </c>
-      <c r="F157" s="3" t="s">
+      <c r="G157" s="4" t="s">
         <v>794</v>
       </c>
-      <c r="G157" s="4" t="s">
+      <c r="H157" s="4" t="s">
         <v>795</v>
-      </c>
-[...1 lines deleted...]
-        <v>796</v>
       </c>
       <c r="I157" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="158" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>1197</v>
       </c>
       <c r="B158" s="3" t="s">
+        <v>796</v>
+      </c>
+      <c r="C158" s="3" t="s">
         <v>797</v>
-      </c>
-[...1 lines deleted...]
-        <v>798</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="4" t="s">
         <v>267</v>
       </c>
       <c r="F158" s="3" t="s">
         <v>268</v>
       </c>
       <c r="G158" s="4" t="s">
         <v>269</v>
       </c>
       <c r="H158" s="4" t="s">
         <v>270</v>
       </c>
       <c r="I158" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="159" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>1198</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>799</v>
+        <v>798</v>
       </c>
       <c r="C159" s="3" t="s">
-        <v>798</v>
+        <v>797</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E159" s="4" t="s">
         <v>267</v>
       </c>
       <c r="F159" s="3" t="s">
         <v>268</v>
       </c>
       <c r="G159" s="4" t="s">
         <v>269</v>
       </c>
       <c r="H159" s="4" t="s">
-        <v>800</v>
+        <v>799</v>
       </c>
       <c r="I159" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="160" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>1200</v>
       </c>
       <c r="B160" s="3" t="s">
+        <v>800</v>
+      </c>
+      <c r="C160" s="3" t="s">
         <v>801</v>
-      </c>
-[...1 lines deleted...]
-        <v>802</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>127</v>
       </c>
       <c r="E160" s="4" t="s">
+        <v>802</v>
+      </c>
+      <c r="F160" s="3" t="s">
         <v>803</v>
       </c>
-      <c r="F160" s="3" t="s">
+      <c r="G160" s="4" t="s">
+        <v>411</v>
+      </c>
+      <c r="H160" s="4" t="s">
         <v>804</v>
-      </c>
-[...4 lines deleted...]
-        <v>805</v>
       </c>
       <c r="I160" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="161" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>1203</v>
       </c>
       <c r="B161" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="C161" s="3" t="s">
         <v>806</v>
-      </c>
-[...1 lines deleted...]
-        <v>807</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>278</v>
       </c>
       <c r="E161" s="4" t="s">
+        <v>807</v>
+      </c>
+      <c r="F161" s="3" t="s">
         <v>808</v>
       </c>
-      <c r="F161" s="3" t="s">
+      <c r="G161" s="4" t="s">
         <v>809</v>
       </c>
-      <c r="G161" s="4" t="s">
+      <c r="H161" s="4" t="s">
         <v>810</v>
-      </c>
-[...1 lines deleted...]
-        <v>811</v>
       </c>
       <c r="I161" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="162" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>1207</v>
       </c>
       <c r="B162" s="3" t="s">
+        <v>811</v>
+      </c>
+      <c r="C162" s="3" t="s">
+        <v>806</v>
+      </c>
+      <c r="D162" s="4" t="s">
         <v>812</v>
       </c>
-      <c r="C162" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D162" s="4" t="s">
+      <c r="E162" s="4" t="s">
         <v>813</v>
       </c>
-      <c r="E162" s="4" t="s">
+      <c r="F162" s="3" t="s">
         <v>814</v>
       </c>
-      <c r="F162" s="3" t="s">
+      <c r="G162" s="4" t="s">
         <v>815</v>
       </c>
-      <c r="G162" s="4" t="s">
+      <c r="H162" s="4" t="s">
         <v>816</v>
-      </c>
-[...1 lines deleted...]
-        <v>817</v>
       </c>
       <c r="I162" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="163" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>1208</v>
       </c>
       <c r="B163" s="3" t="s">
+        <v>817</v>
+      </c>
+      <c r="C163" s="3" t="s">
         <v>818</v>
-      </c>
-[...1 lines deleted...]
-        <v>819</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>42</v>
       </c>
       <c r="E163" s="4" t="s">
+        <v>819</v>
+      </c>
+      <c r="F163" s="3" t="s">
         <v>820</v>
       </c>
-      <c r="F163" s="3" t="s">
+      <c r="G163" s="4" t="s">
         <v>821</v>
       </c>
-      <c r="G163" s="4" t="s">
+      <c r="H163" s="4" t="s">
         <v>822</v>
-      </c>
-[...1 lines deleted...]
-        <v>823</v>
       </c>
       <c r="I163" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="164" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>1215</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C164" s="3" t="s">
+        <v>823</v>
+      </c>
+      <c r="D164" s="4" t="s">
         <v>824</v>
-      </c>
-[...1 lines deleted...]
-        <v>825</v>
       </c>
       <c r="E164" s="4" t="s">
         <v>195</v>
       </c>
       <c r="F164" s="3" t="s">
         <v>196</v>
       </c>
       <c r="G164" s="4"/>
       <c r="H164" s="4"/>
       <c r="I164" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="165" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>1216</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>639</v>
+        <v>638</v>
       </c>
       <c r="C165" s="3" t="s">
         <v>94</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E165" s="4" t="s">
         <v>95</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="G165" s="4" t="s">
         <v>163</v>
       </c>
       <c r="H165" s="4" t="s">
-        <v>826</v>
+        <v>825</v>
       </c>
       <c r="I165" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="166" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>1219</v>
       </c>
       <c r="B166" s="3" t="s">
+        <v>828</v>
+      </c>
+      <c r="C166" s="3" t="s">
         <v>829</v>
-      </c>
-[...1 lines deleted...]
-        <v>830</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>42</v>
       </c>
       <c r="E166" s="4" t="s">
+        <v>830</v>
+      </c>
+      <c r="F166" s="3" t="s">
         <v>831</v>
       </c>
-      <c r="F166" s="3" t="s">
+      <c r="G166" s="4" t="s">
         <v>832</v>
       </c>
-      <c r="G166" s="4" t="s">
+      <c r="H166" s="4" t="s">
         <v>833</v>
-      </c>
-[...1 lines deleted...]
-        <v>834</v>
       </c>
       <c r="I166" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="167" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>1221</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>835</v>
+        <v>834</v>
       </c>
       <c r="C167" s="3" t="s">
+        <v>781</v>
+      </c>
+      <c r="D167" s="4" t="s">
         <v>782</v>
       </c>
-      <c r="D167" s="4" t="s">
+      <c r="E167" s="4" t="s">
         <v>783</v>
       </c>
-      <c r="E167" s="4" t="s">
+      <c r="F167" s="3" t="s">
         <v>784</v>
       </c>
-      <c r="F167" s="3" t="s">
+      <c r="G167" s="4" t="s">
         <v>785</v>
       </c>
-      <c r="G167" s="4" t="s">
+      <c r="H167" s="4" t="s">
         <v>786</v>
-      </c>
-[...1 lines deleted...]
-        <v>787</v>
       </c>
       <c r="I167" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="168" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>1222</v>
       </c>
       <c r="B168" s="3" t="s">
+        <v>835</v>
+      </c>
+      <c r="C168" s="3" t="s">
         <v>836</v>
       </c>
-      <c r="C168" s="3" t="s">
+      <c r="D168" s="4" t="s">
         <v>837</v>
       </c>
-      <c r="D168" s="4" t="s">
+      <c r="E168" s="4" t="s">
         <v>838</v>
       </c>
-      <c r="E168" s="4" t="s">
+      <c r="F168" s="3" t="s">
+        <v>711</v>
+      </c>
+      <c r="G168" s="4" t="s">
         <v>839</v>
       </c>
-      <c r="F168" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G168" s="4" t="s">
+      <c r="H168" s="4" t="s">
         <v>840</v>
-      </c>
-[...1 lines deleted...]
-        <v>841</v>
       </c>
       <c r="I168" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="169" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>1223</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>842</v>
+        <v>841</v>
       </c>
       <c r="C169" s="3" t="s">
-        <v>827</v>
+        <v>826</v>
       </c>
       <c r="D169" s="4"/>
       <c r="E169" s="4"/>
       <c r="F169" s="3" t="s">
-        <v>828</v>
+        <v>827</v>
       </c>
       <c r="G169" s="4"/>
       <c r="H169" s="4"/>
       <c r="I169" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="170" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>1224</v>
       </c>
       <c r="B170" s="3" t="s">
+        <v>842</v>
+      </c>
+      <c r="C170" s="3" t="s">
         <v>843</v>
       </c>
-      <c r="C170" s="3" t="s">
+      <c r="D170" s="4" t="s">
         <v>844</v>
       </c>
-      <c r="D170" s="4" t="s">
+      <c r="E170" s="4" t="s">
         <v>845</v>
       </c>
-      <c r="E170" s="4" t="s">
+      <c r="F170" s="3" t="s">
         <v>846</v>
       </c>
-      <c r="F170" s="3" t="s">
+      <c r="G170" s="4" t="s">
         <v>847</v>
       </c>
-      <c r="G170" s="4" t="s">
+      <c r="H170" s="4" t="s">
         <v>848</v>
-      </c>
-[...1 lines deleted...]
-        <v>849</v>
       </c>
       <c r="I170" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="171" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>1226</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>850</v>
+        <v>849</v>
       </c>
       <c r="C171" s="3" t="s">
         <v>289</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>88</v>
       </c>
       <c r="E171" s="4" t="s">
         <v>260</v>
       </c>
       <c r="F171" s="3" t="s">
         <v>261</v>
       </c>
       <c r="G171" s="4" t="s">
         <v>262</v>
       </c>
       <c r="H171" s="4" t="s">
         <v>290</v>
       </c>
       <c r="I171" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="172" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>1227</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>851</v>
+        <v>850</v>
       </c>
       <c r="C172" s="3" t="s">
         <v>94</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E172" s="4" t="s">
         <v>95</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>852</v>
+        <v>851</v>
       </c>
       <c r="G172" s="4" t="s">
         <v>163</v>
       </c>
       <c r="H172" s="4"/>
       <c r="I172" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="173" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>1228</v>
       </c>
       <c r="B173" s="3" t="s">
+        <v>852</v>
+      </c>
+      <c r="C173" s="3" t="s">
         <v>853</v>
-      </c>
-[...1 lines deleted...]
-        <v>854</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>194</v>
       </c>
       <c r="E173" s="4" t="s">
+        <v>626</v>
+      </c>
+      <c r="F173" s="3" t="s">
         <v>627</v>
       </c>
-      <c r="F173" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G173" s="4" t="s">
+        <v>854</v>
+      </c>
+      <c r="H173" s="4" t="s">
         <v>855</v>
-      </c>
-[...1 lines deleted...]
-        <v>856</v>
       </c>
       <c r="I173" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="174" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>1230</v>
       </c>
       <c r="B174" s="3" t="s">
+        <v>856</v>
+      </c>
+      <c r="C174" s="3" t="s">
         <v>857</v>
       </c>
-      <c r="C174" s="3" t="s">
+      <c r="D174" s="4" t="s">
         <v>858</v>
-      </c>
-[...1 lines deleted...]
-        <v>859</v>
       </c>
       <c r="E174" s="4" t="s">
         <v>161</v>
       </c>
       <c r="F174" s="3" t="s">
         <v>162</v>
       </c>
       <c r="G174" s="4" t="s">
         <v>336</v>
       </c>
       <c r="H174" s="4" t="s">
-        <v>860</v>
+        <v>859</v>
       </c>
       <c r="I174" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="175" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>1231</v>
       </c>
       <c r="B175" s="3" t="s">
+        <v>860</v>
+      </c>
+      <c r="C175" s="3" t="s">
         <v>861</v>
-      </c>
-[...1 lines deleted...]
-        <v>862</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E175" s="4" t="s">
+        <v>495</v>
+      </c>
+      <c r="F175" s="3" t="s">
         <v>496</v>
       </c>
-      <c r="F175" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G175" s="4" t="s">
+        <v>862</v>
+      </c>
+      <c r="H175" s="4" t="s">
         <v>863</v>
-      </c>
-[...1 lines deleted...]
-        <v>864</v>
       </c>
       <c r="I175" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="176" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>1233</v>
       </c>
       <c r="B176" s="3" t="s">
+        <v>864</v>
+      </c>
+      <c r="C176" s="3" t="s">
         <v>865</v>
       </c>
-      <c r="C176" s="3" t="s">
+      <c r="D176" s="4" t="s">
+        <v>700</v>
+      </c>
+      <c r="E176" s="4" t="s">
+        <v>448</v>
+      </c>
+      <c r="F176" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G176" s="4" t="s">
+        <v>450</v>
+      </c>
+      <c r="H176" s="4" t="s">
         <v>866</v>
-      </c>
-[...13 lines deleted...]
-        <v>867</v>
       </c>
       <c r="I176" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="177" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>1234</v>
       </c>
       <c r="B177" s="3" t="s">
+        <v>867</v>
+      </c>
+      <c r="C177" s="3" t="s">
         <v>868</v>
       </c>
-      <c r="C177" s="3" t="s">
+      <c r="D177" s="4" t="s">
+        <v>467</v>
+      </c>
+      <c r="E177" s="4" t="s">
+        <v>664</v>
+      </c>
+      <c r="F177" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="G177" s="4" t="s">
         <v>869</v>
       </c>
-      <c r="D177" s="4" t="s">
-[...8 lines deleted...]
-      <c r="G177" s="4" t="s">
+      <c r="H177" s="4" t="s">
         <v>870</v>
-      </c>
-[...1 lines deleted...]
-        <v>871</v>
       </c>
       <c r="I177" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="178" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>1235</v>
       </c>
       <c r="B178" s="3" t="s">
+        <v>871</v>
+      </c>
+      <c r="C178" s="3" t="s">
         <v>872</v>
-      </c>
-[...1 lines deleted...]
-        <v>873</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>140</v>
       </c>
       <c r="E178" s="4" t="s">
+        <v>873</v>
+      </c>
+      <c r="F178" s="3" t="s">
         <v>874</v>
       </c>
-      <c r="F178" s="3" t="s">
+      <c r="G178" s="4" t="s">
         <v>875</v>
       </c>
-      <c r="G178" s="4" t="s">
+      <c r="H178" s="4" t="s">
         <v>876</v>
-      </c>
-[...1 lines deleted...]
-        <v>877</v>
       </c>
       <c r="I178" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="179" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>1236</v>
       </c>
       <c r="B179" s="3" t="s">
+        <v>877</v>
+      </c>
+      <c r="C179" s="3" t="s">
         <v>878</v>
-      </c>
-[...1 lines deleted...]
-        <v>879</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>248</v>
       </c>
       <c r="E179" s="4" t="s">
+        <v>879</v>
+      </c>
+      <c r="F179" s="3" t="s">
         <v>880</v>
-      </c>
-[...1 lines deleted...]
-        <v>881</v>
       </c>
       <c r="G179" s="4" t="s">
         <v>274</v>
       </c>
       <c r="H179" s="4" t="s">
-        <v>882</v>
+        <v>881</v>
       </c>
       <c r="I179" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="180" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>1237</v>
       </c>
       <c r="B180" s="3" t="s">
+        <v>882</v>
+      </c>
+      <c r="C180" s="3" t="s">
         <v>883</v>
       </c>
-      <c r="C180" s="3" t="s">
+      <c r="D180" s="4" t="s">
         <v>884</v>
       </c>
-      <c r="D180" s="4" t="s">
+      <c r="E180" s="4" t="s">
         <v>885</v>
       </c>
-      <c r="E180" s="4" t="s">
+      <c r="F180" s="3" t="s">
         <v>886</v>
       </c>
-      <c r="F180" s="3" t="s">
+      <c r="G180" s="4" t="s">
         <v>887</v>
       </c>
-      <c r="G180" s="4" t="s">
+      <c r="H180" s="4" t="s">
         <v>888</v>
-      </c>
-[...1 lines deleted...]
-        <v>889</v>
       </c>
       <c r="I180" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="181" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>1238</v>
       </c>
       <c r="B181" s="3" t="s">
+        <v>889</v>
+      </c>
+      <c r="C181" s="3" t="s">
         <v>890</v>
-      </c>
-[...1 lines deleted...]
-        <v>891</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E181" s="4" t="s">
+        <v>891</v>
+      </c>
+      <c r="F181" s="3" t="s">
         <v>892</v>
       </c>
-      <c r="F181" s="3" t="s">
+      <c r="G181" s="4" t="s">
         <v>893</v>
       </c>
-      <c r="G181" s="4" t="s">
+      <c r="H181" s="4" t="s">
         <v>894</v>
-      </c>
-[...1 lines deleted...]
-        <v>895</v>
       </c>
       <c r="I181" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="182" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>1239</v>
       </c>
       <c r="B182" s="3" t="s">
+        <v>895</v>
+      </c>
+      <c r="C182" s="3" t="s">
         <v>896</v>
-      </c>
-[...1 lines deleted...]
-        <v>897</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>42</v>
       </c>
       <c r="E182" s="4" t="s">
+        <v>897</v>
+      </c>
+      <c r="F182" s="3" t="s">
         <v>898</v>
       </c>
-      <c r="F182" s="3" t="s">
+      <c r="G182" s="4" t="s">
         <v>899</v>
       </c>
-      <c r="G182" s="4" t="s">
+      <c r="H182" s="4" t="s">
         <v>900</v>
-      </c>
-[...1 lines deleted...]
-        <v>901</v>
       </c>
       <c r="I182" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="183" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>1240</v>
       </c>
       <c r="B183" s="3" t="s">
+        <v>901</v>
+      </c>
+      <c r="C183" s="3" t="s">
         <v>902</v>
       </c>
-      <c r="C183" s="3" t="s">
+      <c r="D183" s="4" t="s">
         <v>903</v>
       </c>
-      <c r="D183" s="4" t="s">
+      <c r="E183" s="4" t="s">
         <v>904</v>
       </c>
-      <c r="E183" s="4" t="s">
+      <c r="F183" s="3" t="s">
         <v>905</v>
       </c>
-      <c r="F183" s="3" t="s">
+      <c r="G183" s="4" t="s">
+        <v>456</v>
+      </c>
+      <c r="H183" s="4" t="s">
         <v>906</v>
-      </c>
-[...4 lines deleted...]
-        <v>907</v>
       </c>
       <c r="I183" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="184" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>1241</v>
       </c>
       <c r="B184" s="3" t="s">
+        <v>907</v>
+      </c>
+      <c r="C184" s="3" t="s">
         <v>908</v>
-      </c>
-[...1 lines deleted...]
-        <v>909</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>171</v>
       </c>
       <c r="E184" s="4" t="s">
         <v>77</v>
       </c>
       <c r="F184" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G184" s="4" t="s">
         <v>79</v>
       </c>
       <c r="H184" s="4" t="s">
-        <v>910</v>
+        <v>909</v>
       </c>
       <c r="I184" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="185" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>1242</v>
       </c>
       <c r="B185" s="3" t="s">
+        <v>910</v>
+      </c>
+      <c r="C185" s="3" t="s">
         <v>911</v>
-      </c>
-[...1 lines deleted...]
-        <v>912</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E185" s="4" t="s">
+        <v>802</v>
+      </c>
+      <c r="F185" s="3" t="s">
         <v>803</v>
       </c>
-      <c r="F185" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G185" s="4" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="H185" s="4" t="s">
-        <v>913</v>
+        <v>912</v>
       </c>
       <c r="I185" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="186" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>1243</v>
       </c>
       <c r="B186" s="3" t="s">
+        <v>913</v>
+      </c>
+      <c r="C186" s="3" t="s">
+        <v>669</v>
+      </c>
+      <c r="D186" s="4" t="s">
+        <v>507</v>
+      </c>
+      <c r="E186" s="4" t="s">
+        <v>670</v>
+      </c>
+      <c r="F186" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="G186" s="4" t="s">
+        <v>672</v>
+      </c>
+      <c r="H186" s="4" t="s">
         <v>914</v>
-      </c>
-[...16 lines deleted...]
-        <v>915</v>
       </c>
       <c r="I186" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="187" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>1244</v>
       </c>
       <c r="B187" s="3" t="s">
+        <v>915</v>
+      </c>
+      <c r="C187" s="3" t="s">
         <v>916</v>
-      </c>
-[...1 lines deleted...]
-        <v>917</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E187" s="4" t="s">
+        <v>917</v>
+      </c>
+      <c r="F187" s="3" t="s">
         <v>918</v>
       </c>
-      <c r="F187" s="3" t="s">
+      <c r="G187" s="4" t="s">
         <v>919</v>
       </c>
-      <c r="G187" s="4" t="s">
+      <c r="H187" s="4" t="s">
         <v>920</v>
-      </c>
-[...1 lines deleted...]
-        <v>921</v>
       </c>
       <c r="I187" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="188" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>1246</v>
       </c>
       <c r="B188" s="3" t="s">
+        <v>921</v>
+      </c>
+      <c r="C188" s="3" t="s">
         <v>922</v>
       </c>
-      <c r="C188" s="3" t="s">
+      <c r="D188" s="4" t="s">
+        <v>392</v>
+      </c>
+      <c r="E188" s="4" t="s">
+        <v>769</v>
+      </c>
+      <c r="F188" s="3" t="s">
         <v>923</v>
       </c>
-      <c r="D188" s="4" t="s">
-[...5 lines deleted...]
-      <c r="F188" s="3" t="s">
+      <c r="G188" s="4" t="s">
         <v>924</v>
       </c>
-      <c r="G188" s="4" t="s">
+      <c r="H188" s="4" t="s">
         <v>925</v>
-      </c>
-[...1 lines deleted...]
-        <v>926</v>
       </c>
       <c r="I188" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="189" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>1249</v>
       </c>
       <c r="B189" s="3" t="s">
+        <v>926</v>
+      </c>
+      <c r="C189" s="3" t="s">
         <v>927</v>
       </c>
-      <c r="C189" s="3" t="s">
+      <c r="D189" s="4" t="s">
         <v>928</v>
       </c>
-      <c r="D189" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E189" s="4" t="s">
+        <v>359</v>
+      </c>
+      <c r="F189" s="3" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
       <c r="G189" s="4" t="s">
         <v>341</v>
       </c>
       <c r="H189" s="4" t="s">
-        <v>930</v>
+        <v>929</v>
       </c>
       <c r="I189" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="190" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>1251</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>931</v>
+        <v>930</v>
       </c>
       <c r="C190" s="3" t="s">
         <v>69</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>266</v>
       </c>
       <c r="E190" s="4" t="s">
+        <v>651</v>
+      </c>
+      <c r="F190" s="3" t="s">
         <v>652</v>
       </c>
-      <c r="F190" s="3" t="s">
+      <c r="G190" s="4" t="s">
         <v>653</v>
       </c>
-      <c r="G190" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H190" s="4" t="s">
-        <v>932</v>
+        <v>931</v>
       </c>
       <c r="I190" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="191" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>1252</v>
       </c>
       <c r="B191" s="3" t="s">
+        <v>932</v>
+      </c>
+      <c r="C191" s="3" t="s">
         <v>933</v>
       </c>
-      <c r="C191" s="3" t="s">
+      <c r="D191" s="4" t="s">
         <v>934</v>
       </c>
-      <c r="D191" s="4" t="s">
+      <c r="E191" s="4" t="s">
         <v>935</v>
       </c>
-      <c r="E191" s="4" t="s">
+      <c r="F191" s="3" t="s">
         <v>936</v>
       </c>
-      <c r="F191" s="3" t="s">
+      <c r="G191" s="4" t="s">
         <v>937</v>
       </c>
-      <c r="G191" s="4" t="s">
+      <c r="H191" s="4" t="s">
         <v>938</v>
-      </c>
-[...1 lines deleted...]
-        <v>939</v>
       </c>
       <c r="I191" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="192" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>1255</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>940</v>
+        <v>939</v>
       </c>
       <c r="C192" s="3" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>194</v>
       </c>
       <c r="E192" s="4" t="s">
+        <v>626</v>
+      </c>
+      <c r="F192" s="3" t="s">
         <v>627</v>
       </c>
-      <c r="F192" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G192" s="4" t="s">
+        <v>854</v>
+      </c>
+      <c r="H192" s="4" t="s">
         <v>855</v>
-      </c>
-[...1 lines deleted...]
-        <v>856</v>
       </c>
       <c r="I192" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="193" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>1257</v>
       </c>
       <c r="B193" s="3" t="s">
+        <v>940</v>
+      </c>
+      <c r="C193" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="D193" s="4" t="s">
         <v>941</v>
       </c>
-      <c r="C193" s="3" t="s">
+      <c r="E193" s="4" t="s">
         <v>651</v>
       </c>
-      <c r="D193" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E193" s="4" t="s">
+      <c r="F193" s="3" t="s">
         <v>652</v>
       </c>
-      <c r="F193" s="3" t="s">
+      <c r="G193" s="4" t="s">
         <v>653</v>
       </c>
-      <c r="G193" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H193" s="4" t="s">
-        <v>932</v>
+        <v>931</v>
       </c>
       <c r="I193" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="194" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>1259</v>
       </c>
       <c r="B194" s="3" t="s">
+        <v>942</v>
+      </c>
+      <c r="C194" s="3" t="s">
         <v>943</v>
-      </c>
-[...1 lines deleted...]
-        <v>944</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>42</v>
       </c>
       <c r="E194" s="4" t="s">
+        <v>802</v>
+      </c>
+      <c r="F194" s="3" t="s">
         <v>803</v>
       </c>
-      <c r="F194" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G194" s="4" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="H194" s="4" t="s">
-        <v>945</v>
+        <v>944</v>
       </c>
       <c r="I194" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="195" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>1260</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>946</v>
+        <v>945</v>
       </c>
       <c r="C195" s="3" t="s">
-        <v>944</v>
+        <v>943</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>42</v>
       </c>
       <c r="E195" s="4" t="s">
+        <v>802</v>
+      </c>
+      <c r="F195" s="3" t="s">
         <v>803</v>
       </c>
-      <c r="F195" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G195" s="4" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="H195" s="4" t="s">
-        <v>945</v>
+        <v>944</v>
       </c>
       <c r="I195" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="196" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>1262</v>
       </c>
       <c r="B196" s="3" t="s">
+        <v>946</v>
+      </c>
+      <c r="C196" s="3" t="s">
         <v>947</v>
-      </c>
-[...1 lines deleted...]
-        <v>948</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>42</v>
       </c>
       <c r="E196" s="4" t="s">
+        <v>416</v>
+      </c>
+      <c r="F196" s="3" t="s">
         <v>417</v>
       </c>
-      <c r="F196" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G196" s="4" t="s">
+        <v>948</v>
+      </c>
+      <c r="H196" s="4" t="s">
         <v>949</v>
-      </c>
-[...1 lines deleted...]
-        <v>950</v>
       </c>
       <c r="I196" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="197" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>1268</v>
       </c>
       <c r="B197" s="3" t="s">
+        <v>950</v>
+      </c>
+      <c r="C197" s="3" t="s">
         <v>951</v>
       </c>
-      <c r="C197" s="3" t="s">
+      <c r="D197" s="4" t="s">
         <v>952</v>
-      </c>
-[...1 lines deleted...]
-        <v>953</v>
       </c>
       <c r="E197" s="4" t="s">
         <v>205</v>
       </c>
       <c r="F197" s="3" t="s">
         <v>206</v>
       </c>
       <c r="G197" s="4" t="s">
+        <v>953</v>
+      </c>
+      <c r="H197" s="4" t="s">
         <v>954</v>
-      </c>
-[...1 lines deleted...]
-        <v>955</v>
       </c>
       <c r="I197" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="198" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>1270</v>
       </c>
       <c r="B198" s="3" t="s">
+        <v>955</v>
+      </c>
+      <c r="C198" s="3" t="s">
+        <v>806</v>
+      </c>
+      <c r="D198" s="4" t="s">
         <v>956</v>
-      </c>
-[...4 lines deleted...]
-        <v>957</v>
       </c>
       <c r="E198" s="4" t="s">
         <v>57</v>
       </c>
       <c r="F198" s="3" t="s">
         <v>58</v>
       </c>
       <c r="G198" s="4" t="s">
+        <v>957</v>
+      </c>
+      <c r="H198" s="4" t="s">
         <v>958</v>
-      </c>
-[...1 lines deleted...]
-        <v>959</v>
       </c>
       <c r="I198" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="199" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>1273</v>
       </c>
       <c r="B199" s="3" t="s">
+        <v>959</v>
+      </c>
+      <c r="C199" s="3" t="s">
         <v>960</v>
       </c>
-      <c r="C199" s="3" t="s">
+      <c r="D199" s="4" t="s">
         <v>961</v>
-      </c>
-[...1 lines deleted...]
-        <v>962</v>
       </c>
       <c r="E199" s="4" t="s">
         <v>260</v>
       </c>
       <c r="F199" s="3" t="s">
         <v>261</v>
       </c>
       <c r="G199" s="4" t="s">
+        <v>962</v>
+      </c>
+      <c r="H199" s="4" t="s">
         <v>963</v>
-      </c>
-[...1 lines deleted...]
-        <v>964</v>
       </c>
       <c r="I199" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="200" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>1275</v>
       </c>
       <c r="B200" s="3" t="s">
+        <v>964</v>
+      </c>
+      <c r="C200" s="3" t="s">
         <v>965</v>
-      </c>
-[...1 lines deleted...]
-        <v>966</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E200" s="4" t="s">
         <v>95</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="G200" s="4" t="s">
         <v>97</v>
       </c>
       <c r="H200" s="4" t="s">
-        <v>967</v>
+        <v>966</v>
       </c>
       <c r="I200" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="201" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>1277</v>
       </c>
       <c r="B201" s="3" t="s">
+        <v>967</v>
+      </c>
+      <c r="C201" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="D201" s="4" t="s">
         <v>968</v>
       </c>
-      <c r="C201" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E201" s="4" t="s">
+        <v>495</v>
+      </c>
+      <c r="F201" s="3" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
       <c r="G201" s="4" t="s">
         <v>38</v>
       </c>
       <c r="H201" s="4" t="s">
-        <v>970</v>
+        <v>969</v>
       </c>
       <c r="I201" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="202" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>1279</v>
       </c>
       <c r="B202" s="3" t="s">
+        <v>970</v>
+      </c>
+      <c r="C202" s="3" t="s">
         <v>971</v>
       </c>
-      <c r="C202" s="3" t="s">
+      <c r="D202" s="4" t="s">
+        <v>571</v>
+      </c>
+      <c r="E202" s="4" t="s">
         <v>972</v>
       </c>
-      <c r="D202" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E202" s="4" t="s">
+      <c r="F202" s="3" t="s">
         <v>973</v>
       </c>
-      <c r="F202" s="3" t="s">
+      <c r="G202" s="4" t="s">
         <v>974</v>
       </c>
-      <c r="G202" s="4" t="s">
+      <c r="H202" s="4" t="s">
         <v>975</v>
-      </c>
-[...1 lines deleted...]
-        <v>976</v>
       </c>
       <c r="I202" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="203" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>1280</v>
       </c>
       <c r="B203" s="3" t="s">
+        <v>994</v>
+      </c>
+      <c r="C203" s="3" t="s">
+        <v>960</v>
+      </c>
+      <c r="D203" s="4" t="s">
         <v>995</v>
-      </c>
-[...4 lines deleted...]
-        <v>996</v>
       </c>
       <c r="E203" s="4" t="s">
         <v>260</v>
       </c>
       <c r="F203" s="3" t="s">
         <v>261</v>
       </c>
       <c r="G203" s="4" t="s">
+        <v>962</v>
+      </c>
+      <c r="H203" s="4" t="s">
         <v>963</v>
-      </c>
-[...1 lines deleted...]
-        <v>964</v>
       </c>
       <c r="I203" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="204" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>1281</v>
       </c>
       <c r="B204" s="3" t="s">
+        <v>996</v>
+      </c>
+      <c r="C204" s="3" t="s">
         <v>997</v>
-      </c>
-[...1 lines deleted...]
-        <v>998</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>163</v>
       </c>
       <c r="E204" s="4" t="s">
         <v>163</v>
       </c>
       <c r="F204" s="3" t="s">
         <v>163</v>
       </c>
       <c r="G204" s="4" t="s">
-        <v>614</v>
+        <v>613</v>
       </c>
       <c r="H204" s="4" t="s">
-        <v>999</v>
+        <v>998</v>
       </c>
       <c r="I204" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="205" spans="1:9" s="7" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A205" s="5">
         <v>1283</v>
       </c>
       <c r="B205" s="5" t="s">
+        <v>999</v>
+      </c>
+      <c r="C205" s="5" t="s">
         <v>1000</v>
-      </c>
-[...1 lines deleted...]
-        <v>1001</v>
       </c>
       <c r="D205" s="6">
         <v>52</v>
       </c>
       <c r="E205" s="6">
         <v>2650</v>
       </c>
       <c r="F205" s="5" t="s">
-        <v>832</v>
+        <v>831</v>
       </c>
       <c r="G205" s="5">
         <v>55606617</v>
       </c>
       <c r="H205" s="5">
         <v>1027397979</v>
       </c>
       <c r="I205" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="206" spans="1:9" s="7" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A206" s="5">
         <v>1284</v>
       </c>
       <c r="B206" s="5" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C206" s="5" t="s">
         <v>1002</v>
       </c>
-      <c r="C206" s="5" t="s">
+      <c r="D206" s="6" t="s">
         <v>1003</v>
-      </c>
-[...1 lines deleted...]
-        <v>1004</v>
       </c>
       <c r="E206" s="6">
         <v>3600</v>
       </c>
       <c r="F206" s="5" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="G206" s="5">
         <v>29189129</v>
       </c>
       <c r="H206" s="5">
         <v>1029623496</v>
       </c>
       <c r="I206" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="207" spans="1:9" s="7" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A207" s="5">
         <v>1285</v>
       </c>
       <c r="B207" s="5" t="s">
-        <v>1008</v>
+        <v>1007</v>
       </c>
       <c r="C207" s="5" t="s">
-        <v>1005</v>
+        <v>1004</v>
       </c>
       <c r="D207" s="6">
         <v>191</v>
       </c>
       <c r="E207" s="6" t="s">
+        <v>1005</v>
+      </c>
+      <c r="F207" s="5" t="s">
         <v>1006</v>
-      </c>
-[...1 lines deleted...]
-        <v>1007</v>
       </c>
       <c r="G207" s="5">
         <v>31159245</v>
       </c>
       <c r="H207" s="5">
         <v>1015883215</v>
       </c>
       <c r="I207" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="208" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A208" s="5">
         <v>1287</v>
       </c>
       <c r="B208" s="5" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C208" s="5" t="s">
         <v>1009</v>
       </c>
-      <c r="C208" s="5" t="s">
+      <c r="D208" s="6" t="s">
         <v>1010</v>
-      </c>
-[...1 lines deleted...]
-        <v>1011</v>
       </c>
       <c r="E208">
         <v>9300</v>
       </c>
       <c r="F208" s="5" t="s">
-        <v>1012</v>
+        <v>1011</v>
       </c>
       <c r="G208" s="5">
         <v>31897750</v>
       </c>
       <c r="H208" s="5">
         <v>1030500519</v>
       </c>
       <c r="I208" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="209" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A209" s="5">
         <v>1288</v>
       </c>
       <c r="B209" s="5" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C209" s="5" t="s">
         <v>1013</v>
       </c>
-      <c r="C209" s="5" t="s">
+      <c r="D209" s="6" t="s">
         <v>1014</v>
-      </c>
-[...1 lines deleted...]
-        <v>1015</v>
       </c>
       <c r="E209" s="6">
         <v>3400</v>
       </c>
       <c r="F209" s="5" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="G209" s="5">
         <v>28850662</v>
       </c>
       <c r="H209" s="5">
         <v>1030062023</v>
       </c>
       <c r="I209" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="210" spans="1:9" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>1289</v>
       </c>
       <c r="B210" s="3" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C210" s="3" t="s">
         <v>1016</v>
       </c>
-      <c r="C210" s="3" t="s">
+      <c r="D210" s="6" t="s">
         <v>1017</v>
-      </c>
-[...1 lines deleted...]
-        <v>1018</v>
       </c>
       <c r="E210" s="3">
         <v>8000</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="G210" s="3">
         <v>28850662</v>
       </c>
       <c r="H210" s="3">
         <v>1028691056</v>
       </c>
       <c r="I210" s="3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="211" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A211" s="3">
+        <v>1290</v>
+      </c>
+      <c r="B211" s="3" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C211" s="3" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D211" s="4">
+        <v>5</v>
+      </c>
+      <c r="E211" s="4">
+        <v>8700</v>
+      </c>
+      <c r="F211" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G211" s="4">
+        <v>29189889</v>
+      </c>
+      <c r="H211" s="4">
+        <v>1012346561</v>
+      </c>
+      <c r="I211" s="3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="212" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A212" s="3">
+        <v>1291</v>
+      </c>
+      <c r="B212" s="3" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C212" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="D212" s="4" t="s">
+        <v>358</v>
+      </c>
+      <c r="E212" s="4" t="s">
+        <v>359</v>
+      </c>
+      <c r="F212" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="G212" s="4" t="s">
+        <v>361</v>
+      </c>
+      <c r="H212" s="4">
+        <v>1011197155</v>
+      </c>
+      <c r="I212" s="3" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="56" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddHeader>&amp;LDanmarks Statistik - Stofmisbrugsdatabasen&amp;C&amp;A&amp;ROversigt pr. 18 juni 2025</oddHeader>
+    <oddHeader>&amp;LDanmarks Statistik - Stofmisbrugsdatabasen&amp;C&amp;A&amp;ROversigt pr. 27 november 2025</oddHeader>
     <oddFooter>Side &amp;P af &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Regneark</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Navngivne områder</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>