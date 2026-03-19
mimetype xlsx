--- v1 (2026-01-08)
+++ v2 (2026-03-19)
@@ -21,51 +21,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\kwn\Desktop\SMDB Adhoc\Tilbud\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="360" yWindow="75" windowWidth="17055" windowHeight="10830"/>
   </bookViews>
   <sheets>
     <sheet name="Tilbud" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Tilbud!$A$1:$I$1</definedName>
     <definedName name="Tilbud">Tilbud!$A$1:$I$198</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Tilbud!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="162913" refMode="R1C1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1649" uniqueCount="1022">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1670" uniqueCount="1034">
   <si>
     <t>Vej</t>
   </si>
   <si>
     <t>Postnummer</t>
   </si>
   <si>
     <t>By</t>
   </si>
   <si>
     <t>Kongens Ø Munkerup (tidligere Arresøhøj) (Døgn)</t>
   </si>
   <si>
     <t>Munkerup Strandvej</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>3120</t>
   </si>
   <si>
     <t>Dronningmølle</t>
   </si>
   <si>
@@ -3096,50 +3096,86 @@
     <t>Helsingørsgade</t>
   </si>
   <si>
     <t>8C</t>
   </si>
   <si>
     <t>Alfa Rehab Aarhus</t>
   </si>
   <si>
     <t>Hans Hartvig Seedorffs Stræde</t>
   </si>
   <si>
     <t>3,1 th</t>
   </si>
   <si>
     <t>Team Rusmidler - Voksne</t>
   </si>
   <si>
     <t>Team Rusmidler - Unge og Familie</t>
   </si>
   <si>
     <t>U-turn Horsens</t>
   </si>
   <si>
     <t>Robert Holms Vej</t>
+  </si>
+  <si>
+    <t>Forebyggelse og Indsats</t>
+  </si>
+  <si>
+    <t>Vitaparkvej</t>
+  </si>
+  <si>
+    <t>Min virksomhed v/Maja Frandsen</t>
+  </si>
+  <si>
+    <t>Solvænget</t>
+  </si>
+  <si>
+    <t>Fanø</t>
+  </si>
+  <si>
+    <t>Familiehuset</t>
+  </si>
+  <si>
+    <t>Lembckesvej</t>
+  </si>
+  <si>
+    <t>2A</t>
+  </si>
+  <si>
+    <t>Familiepleje - BURC + Social- og Handicapcenter</t>
+  </si>
+  <si>
+    <t>Bygaden</t>
+  </si>
+  <si>
+    <t>RUST (Rusmiddelenhed for Udgående og Specialiserede Tilbud)</t>
+  </si>
+  <si>
+    <t>Spaniensgade</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -3464,51 +3500,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I212"/>
+  <dimension ref="A1:I232"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" customWidth="1"/>
     <col min="2" max="2" width="81.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="28.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12" customWidth="1"/>
     <col min="5" max="5" width="13.5703125" customWidth="1"/>
     <col min="6" max="6" width="14" customWidth="1"/>
     <col min="7" max="7" width="20.42578125" customWidth="1"/>
     <col min="8" max="8" width="23.7109375" customWidth="1"/>
     <col min="9" max="9" width="23" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>976</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>977</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
@@ -9581,55 +9617,365 @@
       <c r="B212" s="3" t="s">
         <v>1019</v>
       </c>
       <c r="C212" s="3" t="s">
         <v>357</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>358</v>
       </c>
       <c r="E212" s="4" t="s">
         <v>359</v>
       </c>
       <c r="F212" s="3" t="s">
         <v>360</v>
       </c>
       <c r="G212" s="4" t="s">
         <v>361</v>
       </c>
       <c r="H212" s="4">
         <v>1011197155</v>
       </c>
       <c r="I212" s="3" t="s">
         <v>32</v>
       </c>
     </row>
+    <row r="213" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A213" s="3">
+        <v>1292</v>
+      </c>
+      <c r="B213" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C213" s="3" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D213" s="4">
+        <v>11</v>
+      </c>
+      <c r="E213" s="4">
+        <v>8300</v>
+      </c>
+      <c r="F213" s="3" t="s">
+        <v>716</v>
+      </c>
+      <c r="G213" s="4">
+        <v>32264328</v>
+      </c>
+      <c r="H213" s="4">
+        <v>1024052679</v>
+      </c>
+      <c r="I213" s="3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="214" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A214" s="3">
+        <v>1293</v>
+      </c>
+      <c r="B214" s="3" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C214" s="3" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D214" s="4">
+        <v>4</v>
+      </c>
+      <c r="E214" s="4">
+        <v>6720</v>
+      </c>
+      <c r="F214" s="3" t="s">
+        <v>1026</v>
+      </c>
+      <c r="G214" s="4">
+        <v>44453355</v>
+      </c>
+      <c r="H214" s="4">
+        <v>1029863209</v>
+      </c>
+      <c r="I214" s="3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="215" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A215" s="3">
+        <v>1294</v>
+      </c>
+      <c r="B215" s="3" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C215" s="3" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D215" s="4" t="s">
+        <v>1029</v>
+      </c>
+      <c r="E215" s="4">
+        <v>6100</v>
+      </c>
+      <c r="F215" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="G215" s="4">
+        <v>29189757</v>
+      </c>
+      <c r="H215" s="4">
+        <v>1016517263</v>
+      </c>
+      <c r="I215" s="3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="216" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A216" s="3">
+        <v>1295</v>
+      </c>
+      <c r="B216" s="3" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C216" s="3" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D216" s="4">
+        <v>2</v>
+      </c>
+      <c r="E216" s="4">
+        <v>2630</v>
+      </c>
+      <c r="F216" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="G216" s="4">
+        <v>19501817</v>
+      </c>
+      <c r="H216" s="4">
+        <v>1015779965</v>
+      </c>
+      <c r="I216" s="3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="217" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A217" s="3">
+        <v>1296</v>
+      </c>
+      <c r="B217" s="3" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C217" s="3" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D217" s="4">
+        <v>25</v>
+      </c>
+      <c r="E217" s="4">
+        <v>2300</v>
+      </c>
+      <c r="F217" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="G217" s="4">
+        <v>64942212</v>
+      </c>
+      <c r="H217" s="4">
+        <v>1018050389</v>
+      </c>
+      <c r="I217" s="3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="218" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A218" s="3"/>
+      <c r="B218" s="3"/>
+      <c r="C218" s="3"/>
+      <c r="D218" s="4"/>
+      <c r="E218" s="4"/>
+      <c r="F218" s="3"/>
+      <c r="G218" s="4"/>
+      <c r="H218" s="4"/>
+      <c r="I218" s="3"/>
+    </row>
+    <row r="219" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A219" s="3"/>
+      <c r="B219" s="3"/>
+      <c r="C219" s="3"/>
+      <c r="D219" s="4"/>
+      <c r="E219" s="4"/>
+      <c r="F219" s="3"/>
+      <c r="G219" s="4"/>
+      <c r="H219" s="4"/>
+      <c r="I219" s="3"/>
+    </row>
+    <row r="220" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A220" s="3"/>
+      <c r="B220" s="3"/>
+      <c r="C220" s="3"/>
+      <c r="D220" s="4"/>
+      <c r="E220" s="4"/>
+      <c r="F220" s="3"/>
+      <c r="G220" s="4"/>
+      <c r="H220" s="4"/>
+      <c r="I220" s="3"/>
+    </row>
+    <row r="221" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A221" s="3"/>
+      <c r="B221" s="3"/>
+      <c r="C221" s="3"/>
+      <c r="D221" s="4"/>
+      <c r="E221" s="4"/>
+      <c r="F221" s="3"/>
+      <c r="G221" s="4"/>
+      <c r="H221" s="4"/>
+      <c r="I221" s="3"/>
+    </row>
+    <row r="222" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A222" s="3"/>
+      <c r="B222" s="3"/>
+      <c r="C222" s="3"/>
+      <c r="D222" s="4"/>
+      <c r="E222" s="4"/>
+      <c r="F222" s="3"/>
+      <c r="G222" s="4"/>
+      <c r="H222" s="4"/>
+      <c r="I222" s="3"/>
+    </row>
+    <row r="223" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A223" s="3"/>
+      <c r="B223" s="3"/>
+      <c r="C223" s="3"/>
+      <c r="D223" s="4"/>
+      <c r="E223" s="4"/>
+      <c r="F223" s="3"/>
+      <c r="G223" s="4"/>
+      <c r="H223" s="4"/>
+      <c r="I223" s="3"/>
+    </row>
+    <row r="224" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A224" s="3"/>
+      <c r="B224" s="3"/>
+      <c r="C224" s="3"/>
+      <c r="D224" s="4"/>
+      <c r="E224" s="4"/>
+      <c r="F224" s="3"/>
+      <c r="G224" s="4"/>
+      <c r="H224" s="4"/>
+      <c r="I224" s="3"/>
+    </row>
+    <row r="225" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A225" s="3"/>
+      <c r="B225" s="3"/>
+      <c r="C225" s="3"/>
+      <c r="D225" s="4"/>
+      <c r="E225" s="4"/>
+      <c r="F225" s="3"/>
+      <c r="G225" s="4"/>
+      <c r="H225" s="4"/>
+      <c r="I225" s="3"/>
+    </row>
+    <row r="226" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A226" s="3"/>
+      <c r="B226" s="3"/>
+      <c r="C226" s="3"/>
+      <c r="D226" s="4"/>
+      <c r="E226" s="4"/>
+      <c r="F226" s="3"/>
+      <c r="G226" s="4"/>
+      <c r="H226" s="4"/>
+      <c r="I226" s="3"/>
+    </row>
+    <row r="227" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A227" s="3"/>
+      <c r="B227" s="3"/>
+      <c r="C227" s="3"/>
+      <c r="D227" s="4"/>
+      <c r="E227" s="4"/>
+      <c r="F227" s="3"/>
+      <c r="G227" s="4"/>
+      <c r="H227" s="4"/>
+      <c r="I227" s="3"/>
+    </row>
+    <row r="228" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A228" s="3"/>
+      <c r="B228" s="3"/>
+      <c r="C228" s="3"/>
+      <c r="D228" s="4"/>
+      <c r="E228" s="4"/>
+      <c r="F228" s="3"/>
+      <c r="G228" s="4"/>
+      <c r="H228" s="4"/>
+      <c r="I228" s="3"/>
+    </row>
+    <row r="229" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A229" s="3"/>
+      <c r="B229" s="3"/>
+      <c r="C229" s="3"/>
+      <c r="D229" s="4"/>
+      <c r="E229" s="4"/>
+      <c r="F229" s="3"/>
+      <c r="G229" s="4"/>
+      <c r="H229" s="4"/>
+      <c r="I229" s="3"/>
+    </row>
+    <row r="230" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A230" s="3"/>
+      <c r="B230" s="3"/>
+      <c r="C230" s="3"/>
+      <c r="D230" s="4"/>
+      <c r="E230" s="4"/>
+      <c r="F230" s="3"/>
+      <c r="G230" s="4"/>
+      <c r="H230" s="4"/>
+      <c r="I230" s="3"/>
+    </row>
+    <row r="231" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A231" s="3"/>
+      <c r="B231" s="3"/>
+      <c r="C231" s="3"/>
+      <c r="D231" s="4"/>
+      <c r="E231" s="4"/>
+      <c r="F231" s="3"/>
+      <c r="G231" s="4"/>
+      <c r="H231" s="4"/>
+      <c r="I231" s="3"/>
+    </row>
+    <row r="232" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A232" s="3"/>
+      <c r="B232" s="3"/>
+      <c r="C232" s="3"/>
+      <c r="D232" s="4"/>
+      <c r="E232" s="4"/>
+      <c r="F232" s="3"/>
+      <c r="G232" s="4"/>
+      <c r="H232" s="4"/>
+      <c r="I232" s="3"/>
+    </row>
   </sheetData>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="56" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddHeader>&amp;LDanmarks Statistik - Stofmisbrugsdatabasen&amp;C&amp;A&amp;ROversigt pr. 27 november 2025</oddHeader>
+    <oddHeader>&amp;LDanmarks Statistik - Stofmisbrugsdatabasen&amp;C&amp;A&amp;ROversigt pr. 12 marts 2026</oddHeader>
     <oddFooter>Side &amp;P af &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Regneark</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Navngivne områder</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>