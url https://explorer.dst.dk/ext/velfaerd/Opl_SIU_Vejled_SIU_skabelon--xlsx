--- v0 (2025-10-03)
+++ v1 (2025-12-08)
@@ -1,206 +1,1076 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\kwn\Desktop\10 kt Adhoc\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\nas2\fkontor\Individ_udgifter\4. Indsamling\hjaelpefiler\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12300"/>
   </bookViews>
   <sheets>
-    <sheet name="skabelon" sheetId="1" r:id="rId1"/>
-    <sheet name="forklaringer" sheetId="2" r:id="rId2"/>
+    <sheet name="Skabelon" sheetId="1" r:id="rId1"/>
+    <sheet name="Eksempler" sheetId="3" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="162913" concurrentCalc="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="20">
-[...58 lines deleted...]
-    <t>5385112345600256,  53851xxxxxx00156</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114" uniqueCount="78">
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Om beregnet udgift:
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Beregnet</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Format: Numerisk, 0 eller 1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">CPR-nummer
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>CprNr</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+Format: Tekst
+10 cifre, uden bindestreg
+ddmmååååxxxx
+Fx: 0101211111</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Kontonummer:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>KontoStreng</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Format;</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>16 cifre. De midterste 6 og sidste to kan være x'er.
+Xxxxxxxxxxxxxxxx</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Eksempler på indberetning til SIU </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eksempel </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Personid </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kontonummer </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Beløb </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Beregnet </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Startdato </t>
+  </si>
+  <si>
+    <t>Forklaring på indberetningen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Slutdato </t>
+  </si>
+  <si>
+    <t>Kommune</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> #A</t>
+  </si>
+  <si>
+    <t>Angiver en årlig udgift på 1,25 mio. kr. for borger med særlige sociale problemer i § 108-tilbud udbudt af en privat driftsherrer. Oplysningerne er udledt pba. gruppering (ciffer 12-14), og ejerforhold (ciffer 7)</t>
+  </si>
+  <si>
+    <t>#B</t>
+  </si>
+  <si>
+    <t>53850xxxxxx002xx</t>
+  </si>
+  <si>
+    <t>#C</t>
+  </si>
+  <si>
+    <t>0909199999</t>
+  </si>
+  <si>
+    <t>#D</t>
+  </si>
+  <si>
+    <t>123xyz</t>
+  </si>
+  <si>
+    <t>53859xxxxxx003xx</t>
+  </si>
+  <si>
+    <t>#E</t>
+  </si>
+  <si>
+    <t>5282012xxxx00440</t>
+  </si>
+  <si>
+    <t>5282012xxxx00452</t>
+  </si>
+  <si>
+    <t>Angiver en samlet årlig udgift på 80.000 kr. for ung med anbragt på ophold på efterskole. Kommunen har udgift på to forskellige arter: art 4.0 for udgifter til selve efterskolen og art 5.2 for overførsler til borgeren. I SIU er det ikke obligatorisk at angive art, men det er tilladt at angive så mange af cifrene i kontonummeret, og indberette udgifterne fordelt over flere arter.</t>
+  </si>
+  <si>
+    <t>#F</t>
+  </si>
+  <si>
+    <t>0101011111</t>
+  </si>
+  <si>
+    <t>0202022222</t>
+  </si>
+  <si>
+    <t>0303033333</t>
+  </si>
+  <si>
+    <t>0404044444</t>
+  </si>
+  <si>
+    <t>0505055555</t>
+  </si>
+  <si>
+    <t>#G</t>
+  </si>
+  <si>
+    <t>5384513xxxx001xx</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yderligere information:  </t>
+  </si>
+  <si>
+    <t>https://www.dst.dk/Site/Dst/SingleFiles/GetArchiveFile.aspx?fi=velfaerd&amp;fo=opl_siu_vejled--pdf&amp;ext={2}</t>
+  </si>
+  <si>
+    <t>dst.dk/SIU - Vejledning - FAQ</t>
+  </si>
+  <si>
+    <t>Kommunen har modtaget en faktura vedr. en borger, hvor de har betalingspligten, der har opholdt sig på et herberg i en anden kommune. De har modtaget fakturaen i 2024 efter regnskabsafslutning for 2023, selvom indsatsen er givet i 2023. Kommunen indberetter her udgiften til SIU og angiver i betalingsperioden, at udgiften dækker indsats en periode i 2023.</t>
+  </si>
+  <si>
+    <t>Angiver en samlet årlig udgift på 140.000 kr. for barn anbragt i kommunal plejefamilie (gruppering 003). Der har været afholdt udgift ifm. anbringelsen i fem måneder i 2025. Barnet er i midten af september flyttet til netværksplejefamilie (gruppering 005), hvor kommunen har haft udgift resten af året på 50.000 kr. Kommunen havde en udgift til barnet sidste halvdel af september, selvom barnet var flyttet. Derfor kan der være overlap mellem udgifter for samme borger.</t>
+  </si>
+  <si>
+    <t>Kommunen har ikke registrantbogført udgiften i økonomisystemet. Kommunen har bogført de samlede udgifter til § 108-tilbuddet på deres interne tilbud med omkostningsstedet 5555 (ciffer 8-11 i kontonummeret), som i 2025 er 5 mio. kr. Tilbuddet havde i 2025 fem pladser, hvor de havde fem forskellige borgere, hvoraf tre var der hele året og to af dem var der halvdelen af året. Udgiften per plads kan derfor beregnes til 5 mio. kr. delt med fire helårspersoner, som er 1,25 mio. kr. Udgiften for personer, der ikke har været i indsatsen hele året beregnes da ud fra, hvor stor en andel af året, de har været i indsats. I dette eksempel koster en borger 1,25 mio. kr. delt med 365 dage 3.434,07 kr. om dagen. Personernes dage i indsats på dette tilbud ganges med denne udgift.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Person-id:
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>PsrlD</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Tidligere kaldt 
+Udlændingenummer
+Format: alfanumerisk.
+Udflydes hvis borger ikke har et CPR.nr.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Udgift:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Beloeb</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Format: Numerisk. 
+Max 9 cifre. 
+Kan også være negativ</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>KommuneKode
+betalingskommune</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>KommuneKode</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+3 cifre numerisk
+XXX</t>
+    </r>
+  </si>
+  <si>
+    <t>Angiver en samlet årlig udgift på 1,28 mio. kr. for borger med fysisk funktionsnedsættelse i § 108-tilbud. Kommunen har udgift per måned og har indberettet således. Borgeren har desuden en årlig egenbetaling på 45.000 kr., der er placeret på gruppering 094.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Angiver en samlet årlig udgift på 150.000 kr. for borger med udlændingenummer og ikke CPR og med sindslidelse i § 104-tilbud. Kommunen har foretaget en korrektion af udgiften ved blot at trække noget af udgiften fra på samme gruppering. Bemærk at egenbetalinger har egne grupperinger, og ikke blot kan angives med en minus-udgift på selve udgiftens gruppering. </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Betalingsperiode (fra):</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>StartDate</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Format:  YYYY-MM-DD</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Betalingsperiode (til):</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Enddate</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Format:  YYYY-MM-DD</t>
+    </r>
+  </si>
+  <si>
+    <t>2025-01-01</t>
+  </si>
+  <si>
+    <t>2025-02-01</t>
+  </si>
+  <si>
+    <t>2025-03-01</t>
+  </si>
+  <si>
+    <t>2025-04-01</t>
+  </si>
+  <si>
+    <t>2025-05-01</t>
+  </si>
+  <si>
+    <t>2025-06-01</t>
+  </si>
+  <si>
+    <t>2025-07-01</t>
+  </si>
+  <si>
+    <t>2025-08-01</t>
+  </si>
+  <si>
+    <t>2025-09-01</t>
+  </si>
+  <si>
+    <t>2025-10-01</t>
+  </si>
+  <si>
+    <t>2025-11-01</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>2025-01-07</t>
+  </si>
+  <si>
+    <t>2023-08-15</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>2025-02-28</t>
+  </si>
+  <si>
+    <t>2025-03-31</t>
+  </si>
+  <si>
+    <t>2025-04-30</t>
+  </si>
+  <si>
+    <t>2025-05-31</t>
+  </si>
+  <si>
+    <t>2025-06-30</t>
+  </si>
+  <si>
+    <t>2025-07-31</t>
+  </si>
+  <si>
+    <t>2025-08-31</t>
+  </si>
+  <si>
+    <t>2025-09-30</t>
+  </si>
+  <si>
+    <t>2025-10-31</t>
+  </si>
+  <si>
+    <t>2025-11-30</t>
+  </si>
+  <si>
+    <t>2025-11-12</t>
+  </si>
+  <si>
+    <t>2025-07-15</t>
+  </si>
+  <si>
+    <t>2023-12-31</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CPRnummer </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
-    <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
+    <numFmt numFmtId="164" formatCode="0.000"/>
   </numFmts>
-  <fonts count="1" x14ac:knownFonts="1">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="10"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="2">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="1">
+  <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="50">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="49" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" quotePrefix="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" quotePrefix="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" quotePrefix="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="0" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
-</file>
-[...10 lines deleted...]
-</table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Kontor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -420,237 +1290,1173 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:H1"/>
+  <dimension ref="A1:H27"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="F11" sqref="F11"/>
+    <sheetView tabSelected="1" zoomScale="145" zoomScaleNormal="145" workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="19" customWidth="1"/>
     <col min="2" max="2" width="15.7109375" customWidth="1"/>
-    <col min="3" max="3" width="19" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="8" max="8" width="15.85546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="23" customWidth="1"/>
+    <col min="4" max="4" width="15.42578125" customWidth="1"/>
+    <col min="5" max="5" width="22.5703125" customWidth="1"/>
+    <col min="6" max="6" width="21.85546875" customWidth="1"/>
+    <col min="7" max="7" width="19.5703125" customWidth="1"/>
+    <col min="8" max="8" width="20.5703125" customWidth="1"/>
+    <col min="9" max="9" width="11.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:8" ht="92.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="D1" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H1" s="2" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A2" s="34"/>
+      <c r="B2" s="34"/>
+      <c r="C2" s="40"/>
+      <c r="D2" s="35"/>
+      <c r="E2" s="34"/>
+      <c r="F2" s="34"/>
+      <c r="G2" s="34"/>
+      <c r="H2" s="42"/>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A3" s="34"/>
+      <c r="B3" s="34"/>
+      <c r="C3" s="34"/>
+      <c r="D3" s="35"/>
+      <c r="E3" s="34"/>
+      <c r="F3" s="34"/>
+      <c r="G3" s="34"/>
+      <c r="H3" s="42"/>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A4" s="34"/>
+      <c r="B4" s="34"/>
+      <c r="C4" s="34"/>
+      <c r="D4" s="35"/>
+      <c r="E4" s="34"/>
+      <c r="F4" s="34"/>
+      <c r="G4" s="34"/>
+      <c r="H4" s="42"/>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A5" s="34"/>
+      <c r="B5" s="34"/>
+      <c r="C5" s="34"/>
+      <c r="D5" s="35"/>
+      <c r="E5" s="34"/>
+      <c r="F5" s="34"/>
+      <c r="G5" s="34"/>
+      <c r="H5" s="42"/>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A6" s="34"/>
+      <c r="B6" s="34"/>
+      <c r="C6" s="34"/>
+      <c r="D6" s="35"/>
+      <c r="E6" s="34"/>
+      <c r="F6" s="34"/>
+      <c r="G6" s="34"/>
+      <c r="H6" s="42"/>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A7" s="34"/>
+      <c r="B7" s="34"/>
+      <c r="C7" s="34"/>
+      <c r="D7" s="35"/>
+      <c r="E7" s="34"/>
+      <c r="F7" s="34"/>
+      <c r="G7" s="34"/>
+      <c r="H7" s="42"/>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A8" s="34"/>
+      <c r="B8" s="34"/>
+      <c r="C8" s="34"/>
+      <c r="D8" s="35"/>
+      <c r="E8" s="34"/>
+      <c r="F8" s="34"/>
+      <c r="G8" s="34"/>
+      <c r="H8" s="42"/>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A9" s="34"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="34"/>
+      <c r="D9" s="35"/>
+      <c r="E9" s="34"/>
+      <c r="F9" s="34"/>
+      <c r="G9" s="34"/>
+      <c r="H9" s="42"/>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="34"/>
+      <c r="C10" s="34"/>
+      <c r="D10" s="35"/>
+      <c r="E10" s="34"/>
+      <c r="F10" s="34"/>
+      <c r="G10" s="34"/>
+      <c r="H10" s="42"/>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A11" s="34"/>
+      <c r="B11" s="34"/>
+      <c r="C11" s="34"/>
+      <c r="D11" s="35"/>
+      <c r="E11" s="34"/>
+      <c r="F11" s="34"/>
+      <c r="G11" s="34"/>
+      <c r="H11" s="42"/>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A12" s="34"/>
+      <c r="B12" s="34"/>
+      <c r="C12" s="34"/>
+      <c r="D12" s="35"/>
+      <c r="E12" s="34"/>
+      <c r="F12" s="34"/>
+      <c r="G12" s="34"/>
+      <c r="H12" s="42"/>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A13" s="34"/>
+      <c r="B13" s="34"/>
+      <c r="C13" s="34"/>
+      <c r="D13" s="35"/>
+      <c r="E13" s="34"/>
+      <c r="F13" s="34"/>
+      <c r="G13" s="34"/>
+      <c r="H13" s="42"/>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="34"/>
+      <c r="C14" s="34"/>
+      <c r="D14" s="35"/>
+      <c r="E14" s="34"/>
+      <c r="F14" s="34"/>
+      <c r="G14" s="34"/>
+      <c r="H14" s="42"/>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A15" s="34"/>
+      <c r="B15" s="34"/>
+      <c r="C15" s="34"/>
+      <c r="D15" s="35"/>
+      <c r="E15" s="34"/>
+      <c r="F15" s="34"/>
+      <c r="G15" s="34"/>
+      <c r="H15" s="42"/>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A16" s="36"/>
+      <c r="B16" s="37"/>
+      <c r="C16" s="38"/>
+      <c r="D16" s="35"/>
+      <c r="E16" s="34"/>
+      <c r="F16" s="34"/>
+      <c r="G16" s="34"/>
+      <c r="H16" s="42"/>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A17" s="36"/>
+      <c r="B17" s="34"/>
+      <c r="C17" s="38"/>
+      <c r="D17" s="35"/>
+      <c r="E17" s="34"/>
+      <c r="F17" s="34"/>
+      <c r="G17" s="34"/>
+      <c r="H17" s="42"/>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="34"/>
+      <c r="B18" s="34"/>
+      <c r="C18" s="34"/>
+      <c r="D18" s="35"/>
+      <c r="E18" s="34"/>
+      <c r="F18" s="34"/>
+      <c r="G18" s="34"/>
+      <c r="H18" s="42"/>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A19" s="34"/>
+      <c r="B19" s="34"/>
+      <c r="C19" s="34"/>
+      <c r="D19" s="35"/>
+      <c r="E19" s="34"/>
+      <c r="F19" s="34"/>
+      <c r="G19" s="34"/>
+      <c r="H19" s="42"/>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A20" s="34"/>
+      <c r="B20" s="34"/>
+      <c r="C20" s="34"/>
+      <c r="D20" s="35"/>
+      <c r="E20" s="34"/>
+      <c r="F20" s="34"/>
+      <c r="G20" s="34"/>
+      <c r="H20" s="42"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A21" s="34"/>
+      <c r="B21" s="34"/>
+      <c r="C21" s="34"/>
+      <c r="D21" s="35"/>
+      <c r="E21" s="34"/>
+      <c r="F21" s="34"/>
+      <c r="G21" s="34"/>
+      <c r="H21" s="42"/>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A22" s="39"/>
+      <c r="B22" s="34"/>
+      <c r="C22" s="40"/>
+      <c r="D22" s="41"/>
+      <c r="E22" s="34"/>
+      <c r="F22" s="34"/>
+      <c r="G22" s="34"/>
+      <c r="H22" s="42"/>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A23" s="39"/>
+      <c r="B23" s="34"/>
+      <c r="C23" s="40"/>
+      <c r="D23" s="41"/>
+      <c r="E23" s="34"/>
+      <c r="F23" s="34"/>
+      <c r="G23" s="34"/>
+      <c r="H23" s="42"/>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A24" s="39"/>
+      <c r="B24" s="34"/>
+      <c r="C24" s="40"/>
+      <c r="D24" s="41"/>
+      <c r="E24" s="34"/>
+      <c r="F24" s="34"/>
+      <c r="G24" s="34"/>
+      <c r="H24" s="42"/>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A25" s="39"/>
+      <c r="B25" s="34"/>
+      <c r="C25" s="40"/>
+      <c r="D25" s="41"/>
+      <c r="E25" s="34"/>
+      <c r="F25" s="34"/>
+      <c r="G25" s="34"/>
+      <c r="H25" s="42"/>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A26" s="39"/>
+      <c r="B26" s="34"/>
+      <c r="C26" s="40"/>
+      <c r="D26" s="41"/>
+      <c r="E26" s="34"/>
+      <c r="F26" s="34"/>
+      <c r="G26" s="34"/>
+      <c r="H26" s="42"/>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A27" s="34"/>
+      <c r="B27" s="34"/>
+      <c r="C27" s="34"/>
+      <c r="D27" s="34"/>
+      <c r="E27" s="34"/>
+      <c r="F27" s="34"/>
+      <c r="G27" s="34"/>
+      <c r="H27" s="42"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
-    <tabColor rgb="FFFFFF00"/>
+    <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:C9"/>
+  <dimension ref="A1:J32"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="15.5703125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="46" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="10" customWidth="1"/>
+    <col min="2" max="2" width="29.140625" customWidth="1"/>
+    <col min="3" max="3" width="12" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="21.7109375" customWidth="1"/>
+    <col min="5" max="5" width="14" customWidth="1"/>
+    <col min="6" max="6" width="9.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="12.85546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="13.140625" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="10.7109375" customWidth="1"/>
+    <col min="10" max="10" width="61.28515625" customWidth="1"/>
+    <col min="11" max="11" width="3.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A1" t="s">
+    <row r="1" spans="1:10" s="30" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="49" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B2" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="C2" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="D2" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="E2" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F2" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="G2" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="H2" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="I2" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="60" x14ac:dyDescent="0.25">
+      <c r="A3" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" s="4">
+        <v>1010101212</v>
+      </c>
+      <c r="C3" s="4"/>
+      <c r="D3" s="17">
+        <v>5385012999900140</v>
+      </c>
+      <c r="E3" s="6">
+        <v>1250000</v>
+      </c>
+      <c r="F3" s="4">
+        <v>0</v>
+      </c>
+      <c r="G3" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="H3" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="I3" s="4">
+        <v>999</v>
+      </c>
+      <c r="J3" s="5" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="24" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" s="24">
+        <v>1505851234</v>
+      </c>
+      <c r="C4" s="24"/>
+      <c r="D4" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" s="25">
+        <v>100000</v>
+      </c>
+      <c r="F4" s="24">
+        <v>0</v>
+      </c>
+      <c r="G4" s="24" t="s">
+        <v>47</v>
+      </c>
+      <c r="H4" s="24" t="s">
+        <v>63</v>
+      </c>
+      <c r="I4" s="24">
+        <v>999</v>
+      </c>
+      <c r="J4" s="43" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A5" s="9"/>
+      <c r="B5" s="9">
+        <v>1505851234</v>
+      </c>
+      <c r="C5" s="9"/>
+      <c r="D5" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" s="10">
+        <v>100000</v>
+      </c>
+      <c r="F5" s="9">
+        <v>0</v>
+      </c>
+      <c r="G5" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="H5" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="I5" s="9">
+        <v>999</v>
+      </c>
+      <c r="J5" s="44"/>
+    </row>
+    <row r="6" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A6" s="9"/>
+      <c r="B6" s="9">
+        <v>1505851234</v>
+      </c>
+      <c r="C6" s="9"/>
+      <c r="D6" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" s="10">
+        <v>120000</v>
+      </c>
+      <c r="F6" s="9">
+        <v>0</v>
+      </c>
+      <c r="G6" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="H6" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="I6" s="9">
+        <v>999</v>
+      </c>
+      <c r="J6" s="44"/>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A7" s="9"/>
+      <c r="B7" s="9">
+        <v>1505851234</v>
+      </c>
+      <c r="C7" s="9"/>
+      <c r="D7" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="10">
+        <v>100000</v>
+      </c>
+      <c r="F7" s="9">
+        <v>0</v>
+      </c>
+      <c r="G7" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="H7" s="9" t="s">
+        <v>66</v>
+      </c>
+      <c r="I7" s="9">
+        <v>999</v>
+      </c>
+      <c r="J7" s="44"/>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A8" s="9"/>
+      <c r="B8" s="9">
+        <v>1505851234</v>
+      </c>
+      <c r="C8" s="9"/>
+      <c r="D8" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="10">
+        <v>100000</v>
+      </c>
+      <c r="F8" s="9">
+        <v>0</v>
+      </c>
+      <c r="G8" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="H8" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="I8" s="9">
+        <v>999</v>
+      </c>
+      <c r="J8" s="44"/>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A9" s="9"/>
+      <c r="B9" s="9">
+        <v>1505851234</v>
+      </c>
+      <c r="C9" s="9"/>
+      <c r="D9" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E9" s="10">
+        <v>120000</v>
+      </c>
+      <c r="F9" s="9">
+        <v>0</v>
+      </c>
+      <c r="G9" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="H9" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="I9" s="9">
+        <v>999</v>
+      </c>
+      <c r="J9" s="44"/>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A10" s="9"/>
+      <c r="B10" s="9">
+        <v>1505851234</v>
+      </c>
+      <c r="C10" s="9"/>
+      <c r="D10" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E10" s="10">
+        <v>100000</v>
+      </c>
+      <c r="F10" s="9">
+        <v>0</v>
+      </c>
+      <c r="G10" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="H10" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="I10" s="9">
+        <v>999</v>
+      </c>
+      <c r="J10" s="44"/>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A11" s="9"/>
+      <c r="B11" s="9">
+        <v>1505851234</v>
+      </c>
+      <c r="C11" s="9"/>
+      <c r="D11" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E11" s="10">
+        <v>100000</v>
+      </c>
+      <c r="F11" s="9">
+        <v>0</v>
+      </c>
+      <c r="G11" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="I11" s="9">
+        <v>999</v>
+      </c>
+      <c r="J11" s="44"/>
+    </row>
+    <row r="12" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A12" s="9"/>
+      <c r="B12" s="9">
+        <v>1505851234</v>
+      </c>
+      <c r="C12" s="9"/>
+      <c r="D12" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E12" s="10">
+        <v>120000</v>
+      </c>
+      <c r="F12" s="9">
+        <v>0</v>
+      </c>
+      <c r="G12" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H12" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="I12" s="9">
+        <v>999</v>
+      </c>
+      <c r="J12" s="44"/>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A13" s="9"/>
+      <c r="B13" s="9">
+        <v>1505851234</v>
+      </c>
+      <c r="C13" s="9"/>
+      <c r="D13" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E13" s="10">
+        <v>100000</v>
+      </c>
+      <c r="F13" s="9">
+        <v>0</v>
+      </c>
+      <c r="G13" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="H13" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="I13" s="9">
+        <v>999</v>
+      </c>
+      <c r="J13" s="44"/>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A14" s="9"/>
+      <c r="B14" s="9">
+        <v>1505851234</v>
+      </c>
+      <c r="C14" s="9"/>
+      <c r="D14" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="10">
+        <v>100000</v>
+      </c>
+      <c r="F14" s="9">
+        <v>0</v>
+      </c>
+      <c r="G14" s="9" t="s">
+        <v>57</v>
+      </c>
+      <c r="H14" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="I14" s="9">
+        <v>999</v>
+      </c>
+      <c r="J14" s="44"/>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A15" s="9"/>
+      <c r="B15" s="9">
+        <v>1505851234</v>
+      </c>
+      <c r="C15" s="9"/>
+      <c r="D15" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E15" s="10">
+        <v>120000</v>
+      </c>
+      <c r="F15" s="9">
+        <v>0</v>
+      </c>
+      <c r="G15" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="H15" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="I15" s="9">
+        <v>999</v>
+      </c>
+      <c r="J15" s="44"/>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A16" s="11"/>
+      <c r="B16" s="11">
+        <v>1505851234</v>
+      </c>
+      <c r="C16" s="11"/>
+      <c r="D16" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="E16" s="12">
+        <v>-45000</v>
+      </c>
+      <c r="F16" s="11">
+        <v>0</v>
+      </c>
+      <c r="G16" s="11" t="s">
+        <v>47</v>
+      </c>
+      <c r="H16" s="11" t="s">
+        <v>62</v>
+      </c>
+      <c r="I16" s="11">
+        <v>999</v>
+      </c>
+      <c r="J16" s="45"/>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A17" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="B17" s="14" t="s">
         <v>18</v>
       </c>
-      <c r="B1" t="s">
-[...7 lines deleted...]
-      <c r="A2" s="1" t="s">
+      <c r="C17" s="13"/>
+      <c r="D17" s="15">
+        <v>5282211999900390</v>
+      </c>
+      <c r="E17" s="8">
+        <v>140000</v>
+      </c>
+      <c r="F17" s="7">
         <v>0</v>
       </c>
-      <c r="B2" s="1"/>
-[...5 lines deleted...]
-      <c r="A3" s="1" t="s">
+      <c r="G17" s="26" t="s">
+        <v>51</v>
+      </c>
+      <c r="H17" s="26" t="s">
+        <v>71</v>
+      </c>
+      <c r="I17" s="7">
+        <v>999</v>
+      </c>
+      <c r="J17" s="46" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" ht="111" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="C18" s="4"/>
+      <c r="D18" s="17">
+        <v>5282211999900590</v>
+      </c>
+      <c r="E18" s="6">
+        <v>50000</v>
+      </c>
+      <c r="F18" s="4">
+        <v>0</v>
+      </c>
+      <c r="G18" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="H18" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="I18" s="4">
+        <v>999</v>
+      </c>
+      <c r="J18" s="47"/>
+    </row>
+    <row r="19" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
+        <v>19</v>
+      </c>
+      <c r="B19" s="24"/>
+      <c r="C19" s="24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="E19" s="25">
+        <v>155000</v>
+      </c>
+      <c r="F19" s="24">
+        <v>0</v>
+      </c>
+      <c r="G19" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="H19" s="24" t="s">
+        <v>74</v>
+      </c>
+      <c r="I19" s="24">
+        <v>999</v>
+      </c>
+      <c r="J19" s="43" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="11"/>
+      <c r="B20" s="11"/>
+      <c r="C20" s="11"/>
+      <c r="D20" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="E20" s="12">
+        <v>5000</v>
+      </c>
+      <c r="F20" s="11">
+        <v>0</v>
+      </c>
+      <c r="G20" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="H20" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="I20" s="11">
+        <v>999</v>
+      </c>
+      <c r="J20" s="45"/>
+    </row>
+    <row r="21" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="26" t="s">
+        <v>22</v>
+      </c>
+      <c r="B21" s="26">
+        <v>3007084321</v>
+      </c>
+      <c r="C21" s="26"/>
+      <c r="D21" s="26" t="s">
+        <v>23</v>
+      </c>
+      <c r="E21" s="27">
+        <v>55000</v>
+      </c>
+      <c r="F21" s="26">
+        <v>0</v>
+      </c>
+      <c r="G21" s="26" t="s">
+        <v>47</v>
+      </c>
+      <c r="H21" s="26" t="s">
+        <v>75</v>
+      </c>
+      <c r="I21" s="26">
+        <v>999</v>
+      </c>
+      <c r="J21" s="48" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="4">
+        <v>3007084321</v>
+      </c>
+      <c r="C22" s="4"/>
+      <c r="D22" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E22" s="6">
+        <v>25000</v>
+      </c>
+      <c r="F22" s="4">
+        <v>0</v>
+      </c>
+      <c r="G22" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="H22" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="I22" s="4">
+        <v>999</v>
+      </c>
+      <c r="J22" s="47"/>
+    </row>
+    <row r="23" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="B23" s="28" t="s">
+        <v>27</v>
+      </c>
+      <c r="C23" s="24"/>
+      <c r="D23" s="31">
+        <v>5385011555500140</v>
+      </c>
+      <c r="E23" s="29">
+        <v>1250000</v>
+      </c>
+      <c r="F23" s="24">
         <v>1</v>
       </c>
-      <c r="C3" t="s">
-[...66 lines deleted...]
-        <v>8</v>
+      <c r="G23" s="24" t="s">
+        <v>47</v>
+      </c>
+      <c r="H23" s="24" t="s">
+        <v>62</v>
+      </c>
+      <c r="I23" s="24">
+        <v>999</v>
+      </c>
+      <c r="J23" s="43" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A24" s="9"/>
+      <c r="B24" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="C24" s="9"/>
+      <c r="D24" s="32">
+        <v>5385011555500140</v>
+      </c>
+      <c r="E24" s="19">
+        <v>1250000</v>
+      </c>
+      <c r="F24" s="9">
+        <v>1</v>
+      </c>
+      <c r="G24" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="H24" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="I24" s="9">
+        <v>999</v>
+      </c>
+      <c r="J24" s="44"/>
+    </row>
+    <row r="25" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A25" s="9"/>
+      <c r="B25" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="C25" s="9"/>
+      <c r="D25" s="32">
+        <v>5385011555500140</v>
+      </c>
+      <c r="E25" s="19">
+        <v>1250000</v>
+      </c>
+      <c r="F25" s="9">
+        <v>1</v>
+      </c>
+      <c r="G25" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="H25" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="I25" s="9">
+        <v>999</v>
+      </c>
+      <c r="J25" s="44"/>
+    </row>
+    <row r="26" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A26" s="9"/>
+      <c r="B26" s="18" t="s">
+        <v>30</v>
+      </c>
+      <c r="C26" s="9"/>
+      <c r="D26" s="32">
+        <v>5385011555500140</v>
+      </c>
+      <c r="E26" s="19">
+        <v>6183131.8700000001</v>
+      </c>
+      <c r="F26" s="9">
+        <v>1</v>
+      </c>
+      <c r="G26" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="H26" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="I26" s="9">
+        <v>999</v>
+      </c>
+      <c r="J26" s="44"/>
+    </row>
+    <row r="27" spans="1:10" ht="123.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11"/>
+      <c r="B27" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="C27" s="11"/>
+      <c r="D27" s="33">
+        <v>5385011555500140</v>
+      </c>
+      <c r="E27" s="21">
+        <v>628434.06999999995</v>
+      </c>
+      <c r="F27" s="11">
+        <v>1</v>
+      </c>
+      <c r="G27" s="9" t="s">
+        <v>60</v>
+      </c>
+      <c r="H27" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="I27" s="11">
+        <v>999</v>
+      </c>
+      <c r="J27" s="45"/>
+    </row>
+    <row r="28" spans="1:10" ht="90.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="B28" s="22">
+        <v>1512958888</v>
+      </c>
+      <c r="C28" s="22"/>
+      <c r="D28" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E28" s="22">
+        <v>175000</v>
+      </c>
+      <c r="F28" s="22"/>
+      <c r="G28" s="22" t="s">
+        <v>61</v>
+      </c>
+      <c r="H28" s="22" t="s">
+        <v>76</v>
+      </c>
+      <c r="I28" s="22">
+        <v>999</v>
+      </c>
+      <c r="J28" s="23" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>35</v>
       </c>
     </row>
   </sheetData>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-[...3 lines deleted...]
-  </tableParts>
+  <mergeCells count="5">
+    <mergeCell ref="J4:J16"/>
+    <mergeCell ref="J17:J18"/>
+    <mergeCell ref="J19:J20"/>
+    <mergeCell ref="J21:J22"/>
+    <mergeCell ref="J23:J27"/>
+  </mergeCells>
+  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="51" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Regneark</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>skabelon</vt:lpstr>
-      <vt:lpstr>forklaringer</vt:lpstr>
+      <vt:lpstr>Skabelon</vt:lpstr>
+      <vt:lpstr>Eksempler</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Danmarks Statistik</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Freya Casier</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>