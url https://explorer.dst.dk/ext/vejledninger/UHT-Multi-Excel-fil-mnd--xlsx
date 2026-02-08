--- v0 (2025-10-03)
+++ v1 (2026-02-08)
@@ -4,67 +4,67 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr codeName="Denne_projektmappe" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\bjh\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Koordinering af dataindsamling\01 - Tællingsdokumenter\UHT-M\Regneark\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="120" yWindow="15" windowWidth="19035" windowHeight="11760"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" r:id="rId1"/>
     <sheet name="Lande" sheetId="2" r:id="rId2"/>
     <sheet name="Tjenester" sheetId="3" r:id="rId3"/>
   </sheets>
-  <calcPr calcId="145621"/>
+  <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="769" uniqueCount="672">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="770" uniqueCount="672">
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>INDTÆGTER</t>
   </si>
   <si>
     <t>UDGIFTER</t>
   </si>
   <si>
     <t>205.11</t>
   </si>
   <si>
     <t>201.11</t>
   </si>
   <si>
@@ -2502,136 +2502,141 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Ark1"/>
   <dimension ref="A1:F15"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B12" sqref="B12"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="1"/>
     <col min="2" max="2" width="9.42578125" customWidth="1"/>
     <col min="3" max="3" width="17.140625" style="19" customWidth="1"/>
     <col min="4" max="4" width="12.5703125" customWidth="1"/>
     <col min="5" max="5" width="15.140625" customWidth="1"/>
     <col min="6" max="6" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>666</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>642</v>
       </c>
       <c r="C1" s="18" t="s">
         <v>10</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>667</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A2">
         <v>17150413</v>
       </c>
       <c r="B2">
-        <v>202301</v>
+        <v>202601</v>
+      </c>
+      <c r="C2" s="19" t="s">
+        <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>152</v>
       </c>
       <c r="E2">
         <v>1500</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A3">
         <v>17150413</v>
       </c>
       <c r="B3">
-        <v>202301</v>
+        <v>202601</v>
       </c>
       <c r="C3" s="19">
         <v>302</v>
       </c>
       <c r="D3" t="s">
         <v>582</v>
       </c>
       <c r="F3">
         <v>3500</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A4">
         <v>17150413</v>
       </c>
       <c r="B4">
-        <v>202301</v>
+        <v>202601</v>
       </c>
       <c r="C4" t="s">
         <v>43</v>
       </c>
       <c r="D4" t="s">
         <v>152</v>
       </c>
       <c r="E4">
         <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A5">
         <v>17150413</v>
       </c>
       <c r="B5">
-        <v>202301</v>
+        <v>202601</v>
       </c>
       <c r="C5" s="19">
         <v>302</v>
       </c>
       <c r="D5" t="s">
         <v>582</v>
       </c>
       <c r="F5">
         <v>1200</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.2">
       <c r="C6"/>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.2">
       <c r="C7"/>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.2">
       <c r="C8"/>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.2">
       <c r="C9"/>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.2">
       <c r="C10"/>