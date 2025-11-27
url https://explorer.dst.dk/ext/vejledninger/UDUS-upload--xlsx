--- v0 (2025-10-09)
+++ v1 (2025-11-27)
@@ -1,65 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\udd\Videregaaende\Udveksling\Dokumentation\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Koordinering af dataindsamling\01 - Tællingsdokumenter\UDUS\Skemaer\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="120" windowWidth="15480" windowHeight="11640" activeTab="1"/>
+    <workbookView xWindow="0" yWindow="120" windowWidth="15480" windowHeight="11640"/>
   </bookViews>
   <sheets>
-    <sheet name="Ouick Guide" sheetId="2" r:id="rId1"/>
-    <sheet name="Udvekslingsstuderende 2021-2022" sheetId="1" r:id="rId2"/>
+    <sheet name="Udvekslingsstuderende" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="145621" concurrentCalc="0"/>
+  <calcPr calcId="162913" concurrentCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Inst</t>
   </si>
   <si>
     <t>Pnr</t>
   </si>
   <si>
     <t>Udd</t>
   </si>
   <si>
     <t>Afgtp</t>
   </si>
   <si>
     <t>Aftale</t>
   </si>
   <si>
     <t>aktgrup</t>
@@ -109,103 +105,68 @@
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="7">
+  <borders count="4">
     <border>
       <left/>
       <right/>
-      <top/>
-[...27 lines deleted...]
-      </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
@@ -213,197 +174,107 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="21">
+  <cellXfs count="16">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyNumberFormat="1" applyBorder="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" quotePrefix="1" applyNumberFormat="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor indexed="45"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
-[...84 lines deleted...]
-</xdr:wsDr>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Kontor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -648,1859 +519,887 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
-[...2 lines deleted...]
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:L68"/>
+  <dimension ref="A1:Q55"/>
   <sheetViews>
-    <sheetView topLeftCell="A46" workbookViewId="0">
-      <selection activeCell="N5" sqref="N5"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="M1" sqref="M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="2" width="9.140625" style="4"/>
+    <col min="3" max="3" width="16.140625" style="4" customWidth="1"/>
+    <col min="4" max="5" width="9.140625" style="4"/>
+    <col min="6" max="6" width="11.140625" style="4" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="10.140625" style="4" bestFit="1" customWidth="1"/>
+    <col min="9" max="10" width="9.140625" style="4"/>
+    <col min="11" max="11" width="12.140625" style="4" customWidth="1"/>
+    <col min="12" max="12" width="26.7109375" style="4" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="20.140625" style="4" customWidth="1"/>
+  </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.2">
-[...27 lines deleted...]
-    <row r="3" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:13" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="14" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="G1" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="H1" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="I1" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="J1" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="K1" s="14" t="s">
+        <v>9</v>
+      </c>
+      <c r="L1" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" s="15" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="2" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A2" s="10"/>
+      <c r="B2" s="11"/>
+      <c r="C2" s="12"/>
+      <c r="D2" s="10"/>
+      <c r="E2" s="10"/>
+      <c r="F2" s="10"/>
+      <c r="G2" s="10"/>
+      <c r="H2" s="10"/>
+      <c r="I2" s="10"/>
+      <c r="J2" s="10"/>
+      <c r="K2" s="10"/>
+      <c r="L2" s="10"/>
+      <c r="M2" s="13"/>
+    </row>
+    <row r="3" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A3" s="1"/>
-      <c r="B3" s="1"/>
-      <c r="C3" s="1"/>
+      <c r="B3" s="2"/>
+      <c r="C3" s="3"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
-      <c r="L3" s="4"/>
-[...4 lines deleted...]
-      <c r="C4" s="1"/>
+      <c r="L3" s="1"/>
+    </row>
+    <row r="4" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A4" s="5"/>
+      <c r="B4" s="2"/>
+      <c r="C4" s="3"/>
       <c r="D4" s="1"/>
-      <c r="E4" s="1"/>
+      <c r="E4" s="5"/>
       <c r="F4" s="1"/>
-      <c r="G4" s="1"/>
-      <c r="H4" s="1"/>
+      <c r="G4" s="5"/>
+      <c r="H4" s="6"/>
       <c r="I4" s="1"/>
-      <c r="J4" s="1"/>
-[...3 lines deleted...]
-    <row r="5" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="J4" s="5"/>
+      <c r="K4" s="5"/>
+      <c r="L4" s="1"/>
+    </row>
+    <row r="5" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A5" s="1"/>
-      <c r="B5" s="1"/>
-      <c r="C5" s="1"/>
+      <c r="B5" s="2"/>
+      <c r="C5" s="3"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
-      <c r="L5" s="4"/>
-[...1 lines deleted...]
-    <row r="6" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="L5" s="1"/>
+    </row>
+    <row r="6" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A6" s="1"/>
-      <c r="B6" s="1"/>
-      <c r="C6" s="1"/>
+      <c r="B6" s="2"/>
+      <c r="C6" s="3"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
-      <c r="L6" s="4"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="L6" s="1"/>
+    </row>
+    <row r="7" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A7" s="1"/>
-      <c r="B7" s="1"/>
-      <c r="C7" s="1"/>
+      <c r="B7" s="2"/>
+      <c r="C7" s="3"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
-      <c r="L7" s="4"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="L7" s="1"/>
+    </row>
+    <row r="8" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A8" s="1"/>
-      <c r="B8" s="1"/>
-      <c r="C8" s="1"/>
+      <c r="B8" s="2"/>
+      <c r="C8" s="3"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
-      <c r="L8" s="4"/>
-[...4 lines deleted...]
-      <c r="C9" s="1"/>
+      <c r="L8" s="1"/>
+    </row>
+    <row r="9" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A9" s="5"/>
+      <c r="B9" s="2"/>
+      <c r="C9" s="3"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
-      <c r="L9" s="4"/>
-[...4 lines deleted...]
-      <c r="C10" s="1"/>
+      <c r="L9" s="1"/>
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A10" s="5"/>
+      <c r="B10" s="2"/>
+      <c r="C10" s="3"/>
       <c r="D10" s="1"/>
-      <c r="E10" s="1"/>
-[...2 lines deleted...]
-      <c r="H10" s="1"/>
+      <c r="E10" s="5"/>
+      <c r="G10" s="5"/>
+      <c r="H10" s="5"/>
       <c r="I10" s="1"/>
-      <c r="J10" s="1"/>
-[...3 lines deleted...]
-    <row r="11" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="J10" s="5"/>
+      <c r="K10" s="5"/>
+      <c r="L10" s="1"/>
+    </row>
+    <row r="11" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A11" s="1"/>
-      <c r="B11" s="1"/>
-      <c r="C11" s="1"/>
+      <c r="B11" s="2"/>
+      <c r="C11" s="3"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
-      <c r="L11" s="4"/>
-[...1 lines deleted...]
-    <row r="12" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="L11" s="1"/>
+    </row>
+    <row r="12" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A12" s="1"/>
-      <c r="B12" s="1"/>
-      <c r="C12" s="1"/>
+      <c r="B12" s="2"/>
+      <c r="C12" s="3"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
-      <c r="L12" s="4"/>
-[...1 lines deleted...]
-    <row r="13" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="L12" s="1"/>
+    </row>
+    <row r="13" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A13" s="1"/>
-      <c r="B13" s="1"/>
-      <c r="C13" s="1"/>
+      <c r="B13" s="2"/>
+      <c r="C13" s="3"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
-      <c r="L13" s="4"/>
-[...4 lines deleted...]
-      <c r="C14" s="1"/>
+      <c r="L13" s="1"/>
+    </row>
+    <row r="14" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A14" s="5"/>
+      <c r="B14" s="2"/>
+      <c r="C14" s="3"/>
       <c r="D14" s="1"/>
-      <c r="E14" s="1"/>
+      <c r="E14" s="5"/>
       <c r="F14" s="1"/>
-      <c r="G14" s="1"/>
-      <c r="H14" s="1"/>
+      <c r="G14" s="5"/>
+      <c r="H14" s="6"/>
       <c r="I14" s="1"/>
-      <c r="J14" s="1"/>
-[...3 lines deleted...]
-    <row r="15" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="J14" s="5"/>
+      <c r="K14" s="5"/>
+      <c r="L14" s="1"/>
+    </row>
+    <row r="15" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A15" s="1"/>
-      <c r="B15" s="1"/>
-      <c r="C15" s="1"/>
+      <c r="B15" s="2"/>
+      <c r="C15" s="3"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
-      <c r="L15" s="4"/>
-[...4 lines deleted...]
-      <c r="C16" s="1"/>
+      <c r="L15" s="1"/>
+    </row>
+    <row r="16" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A16" s="5"/>
+      <c r="B16" s="2"/>
+      <c r="C16" s="3"/>
       <c r="D16" s="1"/>
       <c r="E16" s="1"/>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
-      <c r="L16" s="4"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="L16" s="1"/>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A17" s="1"/>
-      <c r="B17" s="1"/>
-      <c r="C17" s="1"/>
+      <c r="B17" s="2"/>
+      <c r="C17" s="3"/>
       <c r="D17" s="1"/>
       <c r="E17" s="1"/>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
       <c r="I17" s="1"/>
       <c r="J17" s="1"/>
       <c r="K17" s="1"/>
-      <c r="L17" s="4"/>
-[...1 lines deleted...]
-    <row r="18" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="L17" s="1"/>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A18" s="1"/>
-      <c r="B18" s="1"/>
-      <c r="C18" s="1"/>
+      <c r="B18" s="2"/>
+      <c r="C18" s="3"/>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
-      <c r="L18" s="4"/>
-[...1 lines deleted...]
-    <row r="19" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="L18" s="1"/>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A19" s="1"/>
-      <c r="B19" s="1"/>
-      <c r="C19" s="1"/>
+      <c r="B19" s="2"/>
+      <c r="C19" s="3"/>
       <c r="D19" s="1"/>
       <c r="E19" s="1"/>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
       <c r="I19" s="1"/>
       <c r="J19" s="1"/>
       <c r="K19" s="1"/>
-      <c r="L19" s="4"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="L19" s="1"/>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A20" s="1"/>
-      <c r="B20" s="1"/>
-      <c r="C20" s="1"/>
+      <c r="B20" s="2"/>
+      <c r="C20" s="3"/>
       <c r="D20" s="1"/>
       <c r="E20" s="1"/>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
-      <c r="L20" s="4"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="L20" s="1"/>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A21" s="1"/>
-      <c r="B21" s="1"/>
-      <c r="C21" s="1"/>
+      <c r="B21" s="2"/>
+      <c r="C21" s="3"/>
       <c r="D21" s="1"/>
       <c r="E21" s="1"/>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
-      <c r="L21" s="4"/>
-[...1 lines deleted...]
-    <row r="22" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="L21" s="1"/>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A22" s="1"/>
-      <c r="B22" s="1"/>
-      <c r="C22" s="1"/>
+      <c r="B22" s="2"/>
+      <c r="C22" s="3"/>
       <c r="D22" s="1"/>
       <c r="E22" s="1"/>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
-      <c r="L22" s="4"/>
-[...4 lines deleted...]
-      <c r="C23" s="1"/>
+      <c r="L22" s="1"/>
+      <c r="Q22" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A23" s="5"/>
+      <c r="B23" s="2"/>
+      <c r="C23" s="3"/>
       <c r="D23" s="1"/>
       <c r="E23" s="1"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
-      <c r="L23" s="4"/>
-[...1 lines deleted...]
-    <row r="24" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="L23" s="1"/>
+      <c r="Q23" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A24" s="1"/>
-      <c r="B24" s="1"/>
-      <c r="C24" s="1"/>
+      <c r="B24" s="2"/>
+      <c r="C24" s="3"/>
       <c r="D24" s="1"/>
       <c r="E24" s="1"/>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
-      <c r="L24" s="4"/>
-[...1 lines deleted...]
-    <row r="25" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="L24" s="1"/>
+      <c r="Q24" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A25" s="1"/>
-      <c r="B25" s="1"/>
-      <c r="C25" s="1"/>
+      <c r="B25" s="2"/>
+      <c r="C25" s="3"/>
       <c r="D25" s="1"/>
       <c r="E25" s="1"/>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
       <c r="I25" s="1"/>
       <c r="J25" s="1"/>
       <c r="K25" s="1"/>
-      <c r="L25" s="4"/>
-[...1 lines deleted...]
-    <row r="26" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="L25" s="1"/>
+      <c r="Q25" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A26" s="1"/>
-      <c r="B26" s="1"/>
-      <c r="C26" s="1"/>
+      <c r="B26" s="2"/>
+      <c r="C26" s="3"/>
       <c r="D26" s="1"/>
       <c r="E26" s="1"/>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
       <c r="I26" s="1"/>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
-      <c r="L26" s="4"/>
-[...1 lines deleted...]
-    <row r="27" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="L26" s="1"/>
+      <c r="Q26" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A27" s="1"/>
-      <c r="B27" s="1"/>
-      <c r="C27" s="1"/>
+      <c r="B27" s="2"/>
+      <c r="C27" s="3"/>
       <c r="D27" s="1"/>
       <c r="E27" s="1"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
-      <c r="L27" s="4"/>
-[...1 lines deleted...]
-    <row r="28" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="L27" s="1"/>
+      <c r="Q27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A28" s="1"/>
-      <c r="B28" s="1"/>
-      <c r="C28" s="1"/>
+      <c r="B28" s="2"/>
+      <c r="C28" s="3"/>
       <c r="D28" s="1"/>
       <c r="E28" s="1"/>
-      <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
-      <c r="L28" s="4"/>
-[...1 lines deleted...]
-    <row r="29" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="L28" s="1"/>
+      <c r="Q28" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A29" s="1"/>
-      <c r="B29" s="1"/>
-      <c r="C29" s="1"/>
+      <c r="B29" s="2"/>
+      <c r="C29" s="7"/>
       <c r="D29" s="1"/>
       <c r="E29" s="1"/>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
       <c r="I29" s="1"/>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
-      <c r="L29" s="4"/>
-[...1 lines deleted...]
-    <row r="30" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="L29" s="1"/>
+      <c r="Q29" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A30" s="1"/>
-      <c r="B30" s="1"/>
-      <c r="C30" s="1"/>
+      <c r="B30" s="2"/>
+      <c r="C30" s="3"/>
       <c r="D30" s="1"/>
       <c r="E30" s="1"/>
-      <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
       <c r="I30" s="1"/>
       <c r="J30" s="1"/>
       <c r="K30" s="1"/>
-      <c r="L30" s="4"/>
-[...1 lines deleted...]
-    <row r="31" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="L30" s="1"/>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A31" s="1"/>
-      <c r="B31" s="1"/>
-      <c r="C31" s="1"/>
+      <c r="B31" s="2"/>
+      <c r="C31" s="3"/>
       <c r="D31" s="1"/>
       <c r="E31" s="1"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
       <c r="I31" s="1"/>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
-      <c r="L31" s="4"/>
-[...1 lines deleted...]
-    <row r="32" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="L31" s="1"/>
+    </row>
+    <row r="32" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A32" s="1"/>
-      <c r="B32" s="1"/>
-      <c r="C32" s="1"/>
+      <c r="B32" s="2"/>
+      <c r="C32" s="3"/>
       <c r="D32" s="1"/>
       <c r="E32" s="1"/>
-      <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
-      <c r="L32" s="4"/>
+      <c r="L32" s="1"/>
     </row>
     <row r="33" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A33" s="1"/>
-      <c r="B33" s="1"/>
-      <c r="C33" s="1"/>
+      <c r="B33" s="2"/>
+      <c r="C33" s="3"/>
       <c r="D33" s="1"/>
       <c r="E33" s="1"/>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
       <c r="I33" s="1"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
-      <c r="L33" s="4"/>
+      <c r="L33" s="1"/>
     </row>
     <row r="34" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A34" s="1"/>
-[...1 lines deleted...]
-      <c r="C34" s="1"/>
+      <c r="A34" s="5"/>
+      <c r="B34" s="2"/>
+      <c r="C34" s="8"/>
       <c r="D34" s="1"/>
-      <c r="E34" s="1"/>
-[...2 lines deleted...]
-      <c r="H34" s="1"/>
+      <c r="E34" s="5"/>
+      <c r="G34" s="5"/>
+      <c r="H34" s="6"/>
       <c r="I34" s="1"/>
-      <c r="J34" s="1"/>
-[...1 lines deleted...]
-      <c r="L34" s="4"/>
+      <c r="J34" s="5"/>
+      <c r="K34" s="5"/>
+      <c r="L34" s="1"/>
     </row>
     <row r="35" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A35" s="1"/>
-      <c r="B35" s="1"/>
-      <c r="C35" s="1"/>
+      <c r="B35" s="2"/>
+      <c r="C35" s="3"/>
       <c r="D35" s="1"/>
       <c r="E35" s="1"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
       <c r="I35" s="1"/>
       <c r="J35" s="1"/>
       <c r="K35" s="1"/>
-      <c r="L35" s="4"/>
+      <c r="L35" s="1"/>
     </row>
     <row r="36" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A36" s="1"/>
-      <c r="B36" s="1"/>
-      <c r="C36" s="1"/>
+      <c r="B36" s="2"/>
+      <c r="C36" s="3"/>
       <c r="D36" s="1"/>
       <c r="E36" s="1"/>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="1"/>
-      <c r="L36" s="4"/>
+      <c r="L36" s="1"/>
     </row>
     <row r="37" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A37" s="1"/>
-[...1 lines deleted...]
-      <c r="C37" s="1"/>
+      <c r="A37" s="5"/>
+      <c r="B37" s="2"/>
+      <c r="C37" s="8"/>
       <c r="D37" s="1"/>
       <c r="E37" s="1"/>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
-      <c r="L37" s="4"/>
+      <c r="L37" s="1"/>
     </row>
     <row r="38" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A38" s="1"/>
-      <c r="B38" s="1"/>
-      <c r="C38" s="1"/>
+      <c r="B38" s="2"/>
+      <c r="C38" s="3"/>
       <c r="D38" s="1"/>
       <c r="E38" s="1"/>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
       <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
-      <c r="L38" s="4"/>
+      <c r="L38" s="1"/>
     </row>
     <row r="39" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A39" s="1"/>
-[...1 lines deleted...]
-      <c r="C39" s="1"/>
+      <c r="A39" s="5"/>
+      <c r="B39" s="2"/>
+      <c r="C39" s="3"/>
       <c r="D39" s="1"/>
       <c r="E39" s="1"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
       <c r="I39" s="1"/>
       <c r="J39" s="1"/>
       <c r="K39" s="1"/>
-      <c r="L39" s="4"/>
+      <c r="L39" s="1"/>
     </row>
     <row r="40" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A40" s="1"/>
-      <c r="B40" s="1"/>
-      <c r="C40" s="1"/>
+      <c r="B40" s="2"/>
+      <c r="C40" s="3"/>
       <c r="D40" s="1"/>
       <c r="E40" s="1"/>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
       <c r="I40" s="1"/>
       <c r="J40" s="1"/>
       <c r="K40" s="1"/>
-      <c r="L40" s="4"/>
+      <c r="L40" s="1"/>
     </row>
     <row r="41" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A41" s="1"/>
-      <c r="B41" s="1"/>
-      <c r="C41" s="1"/>
+      <c r="B41" s="2"/>
+      <c r="C41" s="3"/>
       <c r="D41" s="1"/>
       <c r="E41" s="1"/>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
       <c r="I41" s="1"/>
       <c r="J41" s="1"/>
       <c r="K41" s="1"/>
-      <c r="L41" s="4"/>
+      <c r="L41" s="1"/>
     </row>
     <row r="42" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A42" s="1"/>
-      <c r="B42" s="1"/>
-      <c r="C42" s="1"/>
+      <c r="B42" s="2"/>
+      <c r="C42" s="3"/>
       <c r="D42" s="1"/>
       <c r="E42" s="1"/>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1"/>
-      <c r="L42" s="4"/>
+      <c r="L42" s="1"/>
     </row>
     <row r="43" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A43" s="1"/>
-      <c r="B43" s="1"/>
-      <c r="C43" s="1"/>
+      <c r="B43" s="2"/>
+      <c r="C43" s="3"/>
       <c r="D43" s="1"/>
       <c r="E43" s="1"/>
-      <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
-      <c r="L43" s="4"/>
+      <c r="L43" s="1"/>
     </row>
     <row r="44" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A44" s="1"/>
-      <c r="B44" s="1"/>
-      <c r="C44" s="1"/>
+      <c r="B44" s="2"/>
+      <c r="C44" s="3"/>
       <c r="D44" s="1"/>
       <c r="E44" s="1"/>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
       <c r="I44" s="1"/>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
-      <c r="L44" s="4"/>
+      <c r="L44" s="1"/>
     </row>
     <row r="45" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A45" s="1"/>
-      <c r="B45" s="1"/>
-      <c r="C45" s="1"/>
+      <c r="B45" s="2"/>
+      <c r="C45" s="3"/>
       <c r="D45" s="1"/>
       <c r="E45" s="1"/>
-      <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
-      <c r="L45" s="4"/>
+      <c r="L45" s="1"/>
     </row>
     <row r="46" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A46" s="1"/>
-      <c r="B46" s="1"/>
-      <c r="C46" s="1"/>
+      <c r="B46" s="2"/>
+      <c r="C46" s="3"/>
       <c r="D46" s="1"/>
       <c r="E46" s="1"/>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
-      <c r="L46" s="4"/>
+      <c r="L46" s="1"/>
     </row>
     <row r="47" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A47" s="1"/>
-[...1 lines deleted...]
-      <c r="C47" s="1"/>
+      <c r="A47" s="5"/>
+      <c r="B47" s="2"/>
+      <c r="C47" s="3"/>
       <c r="D47" s="1"/>
       <c r="E47" s="1"/>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
       <c r="I47" s="1"/>
       <c r="J47" s="1"/>
       <c r="K47" s="1"/>
-      <c r="L47" s="4"/>
+      <c r="L47" s="1"/>
     </row>
     <row r="48" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A48" s="1"/>
-[...1 lines deleted...]
-      <c r="C48" s="1"/>
+      <c r="A48" s="5"/>
+      <c r="B48" s="2"/>
+      <c r="C48" s="8"/>
       <c r="D48" s="1"/>
-      <c r="E48" s="1"/>
-[...2 lines deleted...]
-      <c r="H48" s="1"/>
+      <c r="E48" s="5"/>
+      <c r="G48" s="5"/>
+      <c r="H48" s="6"/>
       <c r="I48" s="1"/>
-      <c r="J48" s="1"/>
-[...1 lines deleted...]
-      <c r="L48" s="4"/>
+      <c r="J48" s="5"/>
+      <c r="K48" s="5"/>
+      <c r="L48" s="1"/>
     </row>
     <row r="49" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A49" s="1"/>
-      <c r="B49" s="1"/>
-      <c r="C49" s="1"/>
+      <c r="B49" s="2"/>
+      <c r="C49" s="3"/>
       <c r="D49" s="1"/>
       <c r="E49" s="1"/>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
       <c r="I49" s="1"/>
       <c r="J49" s="1"/>
       <c r="K49" s="1"/>
-      <c r="L49" s="4"/>
+      <c r="L49" s="1"/>
     </row>
     <row r="50" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A50" s="1"/>
-      <c r="B50" s="1"/>
-      <c r="C50" s="1"/>
+      <c r="B50" s="2"/>
+      <c r="C50" s="3"/>
       <c r="D50" s="1"/>
       <c r="E50" s="1"/>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
       <c r="I50" s="1"/>
       <c r="J50" s="1"/>
       <c r="K50" s="1"/>
-      <c r="L50" s="4"/>
+      <c r="L50" s="1"/>
     </row>
     <row r="51" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A51" s="1"/>
-      <c r="B51" s="1"/>
-      <c r="C51" s="1"/>
+      <c r="B51" s="2"/>
+      <c r="C51" s="3"/>
       <c r="D51" s="1"/>
       <c r="E51" s="1"/>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
       <c r="I51" s="1"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1"/>
-      <c r="L51" s="4"/>
+      <c r="L51" s="1"/>
     </row>
     <row r="52" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A52" s="1"/>
-[...1 lines deleted...]
-      <c r="C52" s="1"/>
+      <c r="A52" s="5"/>
+      <c r="B52" s="2"/>
+      <c r="C52" s="9"/>
       <c r="D52" s="1"/>
-      <c r="E52" s="1"/>
+      <c r="E52" s="5"/>
       <c r="F52" s="1"/>
-      <c r="G52" s="1"/>
-      <c r="H52" s="1"/>
+      <c r="G52" s="5"/>
+      <c r="H52" s="6"/>
       <c r="I52" s="1"/>
-      <c r="J52" s="1"/>
-[...1 lines deleted...]
-      <c r="L52" s="4"/>
+      <c r="J52" s="5"/>
+      <c r="K52" s="5"/>
+      <c r="L52" s="1"/>
     </row>
     <row r="53" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A53" s="1"/>
-      <c r="B53" s="1"/>
+      <c r="A53" s="5"/>
+      <c r="B53" s="2"/>
       <c r="C53" s="1"/>
       <c r="D53" s="1"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
-      <c r="L53" s="4"/>
+      <c r="L53" s="1"/>
     </row>
     <row r="54" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A54" s="1"/>
-      <c r="B54" s="1"/>
+      <c r="A54" s="5"/>
+      <c r="B54" s="2"/>
       <c r="C54" s="1"/>
       <c r="D54" s="1"/>
       <c r="E54" s="1"/>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
       <c r="I54" s="1"/>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
-      <c r="L54" s="4"/>
+      <c r="L54" s="1"/>
     </row>
     <row r="55" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A55" s="1"/>
-[...1 lines deleted...]
-      <c r="C55" s="1"/>
+      <c r="A55" s="5"/>
+      <c r="B55" s="2"/>
+      <c r="C55" s="8"/>
       <c r="D55" s="1"/>
-      <c r="E55" s="1"/>
+      <c r="E55" s="5"/>
       <c r="F55" s="1"/>
-      <c r="G55" s="1"/>
-      <c r="H55" s="1"/>
+      <c r="G55" s="5"/>
+      <c r="H55" s="6"/>
       <c r="I55" s="1"/>
-      <c r="J55" s="1"/>
-[...1024 lines deleted...]
-      <c r="L55" s="6"/>
+      <c r="J55" s="5"/>
+      <c r="K55" s="5"/>
+      <c r="L55" s="1"/>
     </row>
   </sheetData>
   <phoneticPr fontId="2" type="noConversion"/>
   <conditionalFormatting sqref="C3:C8 C10">
     <cfRule type="expression" dxfId="0" priority="1" stopIfTrue="1">
       <formula>LEFT(RIGHT($D3,2),1)="x"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="13">
     <dataValidation type="whole" errorStyle="warning" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="invalid type" error="Den indtastede værdi er ikke en valid udvekslingstype._x000a_Hvis du stadig mener koden er korrekt bedes du medsende en forklaring på hvorfor denne kode er korrekt." promptTitle="Udvekslingstype" prompt="Type = 1: _x000a_Udenlandske udvekslingsstuderende i Danmark_x000a_Type = 2: _x000a_Danske udvekslingsstuderende i udlandet (incl. udlændinge indskrevet på danske uddannelser) _x000a_" sqref="A1:A1048576">
       <formula1>1</formula1>
       <formula2>2</formula2>
     </dataValidation>
     <dataValidation type="textLength" errorStyle="warning" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid institutionsnummer" error="Institutionsnumre er som udgangspunkt 6 cifrede._x000a_" promptTitle="Institutionsnummer" prompt="NB: Hvis der indberettes for flere_x000a_Institutionsnumre (afdelinger) i samme indberetning er det vigtigt, at hver afdeling indberettes med sit eget institutionsnummer, såfremt det overhovedet er muligt._x000a_" sqref="B1:B1048576">
       <formula1>6</formula1>
     </dataValidation>
     <dataValidation type="textLength" errorStyle="warning" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid cpr nummer" error="Husk at cpr numrene ikke må indeholde bindestreg og der skal være foranstillede 0._x000a_Hvis cpr numret er ukendt eller udenlandsk skal eleven have et konstrueret cpr nummer." promptTitle="Person nummer" prompt="Ukendt CPR: _x000a_Fødselsdato + initialer i 3 første cifre af løbenr._x000a_Sidste ciffer er kønsciffer: _x000a_1 = mand, 2 = kvinde. _x000a_" sqref="C1:C1048576">
       <formula1>10</formula1>
     </dataValidation>
     <dataValidation type="textLength" errorStyle="warning" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid udd kode" error="Alle uddannelseskoder er 4 cifre lange." promptTitle="Uddannelseskode" prompt="Danmarks Statistiks Udd-kode. _x000a_Brug samme koder, som ved indberetning af de ordinære uddannelser. _x000a_" sqref="D1:D1048576">
       <formula1>4</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Aktivitetsgruppe kode" prompt="Udfyldes kun hvis der ikke kan indberettes en Udd-kode." sqref="E1:E1048576"/>
     <dataValidation type="textLength" errorStyle="warning" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid ISO-landekode" error="Alle ISO-landekoder er en forkortelse på to bogstaver." promptTitle="Udvekslingsland" prompt="Afsender-/modtagerland uden for Danmark._x000a_Anvend ISO-landekoder._x000a_" sqref="F1:F1048576">
       <formula1>2</formula1>
@@ -2520,51 +1419,50 @@
     <dataValidation type="whole" errorStyle="warning" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid opholdsgrad" error="Denne variable skal have værdien 0 for ikke fælles-/dobbeltgrad eller 1 for Ophold ved fælles-/dobbeltgrad._x000a_Er du sikker på at du vil fortsætte med den angivende værdi?" promptTitle="Ophold grad" prompt="1 = Ophold ved fælles-/dobbeltgrad_x000a_0 = IKKE fælles-/dobbeltgrad" sqref="M1:M1048576">
       <formula1>0</formula1>
       <formula2>1</formula2>
     </dataValidation>
     <dataValidation type="list" errorStyle="warning" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid aftale kode" error="Vælg den korrekte værdi fra listen" promptTitle="Udvekslingsaftale" prompt="Vælg korrekt værdi fra listen" sqref="I1:I1048576">
       <formula1>$Q$23:$Q$29</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Regneark</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>Udvekslingsstuderende 2021-2022</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Udvekslingsstuderende</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>rmc</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>CLR</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>