--- v0 (2025-11-19)
+++ v1 (2026-02-28)
@@ -1,164 +1,178 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp7.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp8.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp9.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp10.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp11.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp12.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp13.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp14.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp15.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr codeName="Denne_projektmappe" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Koordinering af dataindsamling\01 - Tællingsdokumenter\REGN\Faglige vejledninger\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Koordinering af dataindsamling\01 - Tællingsdokumenter\REGN\Regneark\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{368780EB-DD31-4FBE-955F-662F979AF817}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="135" yWindow="225" windowWidth="14535" windowHeight="9975"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Start - Guide" sheetId="9" r:id="rId1"/>
     <sheet name="Regnskabsstatistik" sheetId="7" r:id="rId2"/>
     <sheet name="REGN Information" sheetId="11" r:id="rId3"/>
     <sheet name="XBRL" sheetId="8" r:id="rId4"/>
     <sheet name="XBRL upload" sheetId="12" r:id="rId5"/>
     <sheet name="FAQ" sheetId="13" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Regnskabsstatistik!$A$1:$F$146</definedName>
     <definedName name="CVRnummer">#REF!</definedName>
     <definedName name="form_lang">Regnskabsstatistik!$E$1</definedName>
     <definedName name="kamEpost">#REF!</definedName>
     <definedName name="kamNavn">#REF!</definedName>
     <definedName name="kamTelefon">#REF!</definedName>
     <definedName name="Titel" localSheetId="4">'XBRL upload'!$A$1</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">Regnskabsstatistik!$A:$B,Regnskabsstatistik!$1:$3</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <webPublishing vml="1" allowPng="1" targetScreenSize="1024x768" codePage="1252"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="G59" i="7" l="1"/>
   <c r="G37" i="7" l="1"/>
   <c r="G26" i="7"/>
   <c r="F129" i="7" l="1"/>
   <c r="G104" i="7" l="1"/>
   <c r="AB129" i="7"/>
   <c r="G129" i="7" s="1"/>
   <c r="F125" i="7"/>
   <c r="AB125" i="7" s="1"/>
   <c r="G125" i="7" s="1"/>
   <c r="F120" i="7"/>
   <c r="AB120" i="7" s="1"/>
   <c r="G120" i="7" s="1"/>
   <c r="F114" i="7"/>
+  <c r="AB114" i="7" s="1"/>
+  <c r="G114" i="7" s="1"/>
   <c r="F110" i="7"/>
   <c r="F105" i="7"/>
   <c r="AB105" i="7" s="1"/>
   <c r="G105" i="7" s="1"/>
   <c r="F90" i="7"/>
-  <c r="F94" i="7" s="1"/>
   <c r="F86" i="7"/>
+  <c r="AB86" i="7" s="1"/>
+  <c r="G86" i="7" s="1"/>
   <c r="F79" i="7"/>
   <c r="G102" i="7"/>
-  <c r="AB114" i="7"/>
-  <c r="G114" i="7" s="1"/>
   <c r="G128" i="7"/>
   <c r="G127" i="7"/>
   <c r="G124" i="7"/>
   <c r="G123" i="7"/>
   <c r="G122" i="7"/>
   <c r="G119" i="7"/>
   <c r="G118" i="7"/>
   <c r="G117" i="7"/>
   <c r="G116" i="7"/>
   <c r="G113" i="7"/>
   <c r="G112" i="7"/>
   <c r="G109" i="7"/>
   <c r="G108" i="7"/>
   <c r="G107" i="7"/>
   <c r="G103" i="7"/>
   <c r="G101" i="7"/>
   <c r="G92" i="7"/>
   <c r="G89" i="7"/>
   <c r="G88" i="7"/>
   <c r="G85" i="7"/>
   <c r="G84" i="7"/>
   <c r="G83" i="7"/>
   <c r="G82" i="7"/>
   <c r="G81" i="7"/>
-  <c r="AB86" i="7"/>
-  <c r="G86" i="7" s="1"/>
   <c r="G78" i="7"/>
-  <c r="AB131" i="7" l="1"/>
+  <c r="F94" i="7" l="1"/>
+  <c r="AB131" i="7"/>
   <c r="G131" i="7" s="1"/>
   <c r="F131" i="7"/>
   <c r="AB110" i="7"/>
   <c r="G110" i="7" s="1"/>
   <c r="AB94" i="7"/>
   <c r="G94" i="7" s="1"/>
   <c r="AB90" i="7"/>
   <c r="G90" i="7" s="1"/>
   <c r="G77" i="7"/>
   <c r="G76" i="7"/>
   <c r="G75" i="7"/>
   <c r="G74" i="7"/>
   <c r="G48" i="7"/>
   <c r="G42" i="7"/>
   <c r="G21" i="7"/>
   <c r="G36" i="7"/>
   <c r="G33" i="7"/>
   <c r="G32" i="7"/>
   <c r="G31" i="7"/>
   <c r="G30" i="7"/>
   <c r="G29" i="7"/>
   <c r="G28" i="7"/>
   <c r="G27" i="7"/>
   <c r="G24" i="7"/>
   <c r="G25" i="7"/>
@@ -613,85 +627,84 @@
   <c r="E65" i="8"/>
   <c r="F64" i="8"/>
   <c r="G64" i="8" s="1"/>
   <c r="H64" i="8" s="1"/>
   <c r="E64" i="8"/>
   <c r="F63" i="8"/>
   <c r="G63" i="8" s="1"/>
   <c r="E63" i="8"/>
   <c r="F62" i="8"/>
   <c r="G62" i="8" s="1"/>
   <c r="H62" i="8" s="1"/>
   <c r="E62" i="8"/>
   <c r="F61" i="8"/>
   <c r="G61" i="8" s="1"/>
   <c r="H61" i="8" s="1"/>
   <c r="E61" i="8"/>
   <c r="F60" i="8"/>
   <c r="G60" i="8" s="1"/>
   <c r="H60" i="8" s="1"/>
   <c r="E60" i="8"/>
   <c r="F59" i="8"/>
   <c r="G59" i="8" s="1"/>
   <c r="H59" i="8" s="1"/>
   <c r="E59" i="8"/>
   <c r="J59" i="8" s="1"/>
-  <c r="G58" i="8"/>
+  <c r="F58" i="8"/>
+  <c r="G58" i="8" s="1"/>
   <c r="H58" i="8" s="1"/>
-  <c r="F58" i="8"/>
   <c r="E58" i="8"/>
   <c r="J58" i="8" s="1"/>
   <c r="F57" i="8"/>
   <c r="G57" i="8" s="1"/>
   <c r="H57" i="8" s="1"/>
   <c r="E57" i="8"/>
   <c r="F56" i="8"/>
   <c r="G56" i="8" s="1"/>
   <c r="H56" i="8" s="1"/>
   <c r="E56" i="8"/>
   <c r="F55" i="8"/>
   <c r="G55" i="8" s="1"/>
   <c r="H55" i="8" s="1"/>
   <c r="E55" i="8"/>
   <c r="F54" i="8"/>
   <c r="G54" i="8" s="1"/>
   <c r="H54" i="8" s="1"/>
   <c r="E54" i="8"/>
   <c r="J54" i="8" s="1"/>
   <c r="F53" i="8"/>
   <c r="G53" i="8" s="1"/>
   <c r="H53" i="8" s="1"/>
   <c r="E53" i="8"/>
   <c r="F52" i="8"/>
   <c r="G52" i="8" s="1"/>
   <c r="H52" i="8" s="1"/>
   <c r="E52" i="8"/>
   <c r="F51" i="8"/>
   <c r="G51" i="8" s="1"/>
   <c r="H51" i="8" s="1"/>
   <c r="E51" i="8"/>
-  <c r="J51" i="8" s="1"/>
   <c r="F50" i="8"/>
   <c r="G50" i="8" s="1"/>
   <c r="E50" i="8"/>
   <c r="J50" i="8" s="1"/>
   <c r="F49" i="8"/>
   <c r="G49" i="8" s="1"/>
   <c r="H49" i="8" s="1"/>
   <c r="E49" i="8"/>
   <c r="F48" i="8"/>
   <c r="G48" i="8" s="1"/>
   <c r="H48" i="8" s="1"/>
   <c r="E48" i="8"/>
   <c r="F47" i="8"/>
   <c r="G47" i="8" s="1"/>
   <c r="H47" i="8" s="1"/>
   <c r="E47" i="8"/>
   <c r="F46" i="8"/>
   <c r="G46" i="8" s="1"/>
   <c r="H46" i="8" s="1"/>
   <c r="E46" i="8"/>
   <c r="J46" i="8" s="1"/>
   <c r="F45" i="8"/>
   <c r="G45" i="8" s="1"/>
   <c r="H45" i="8" s="1"/>
   <c r="E45" i="8"/>
@@ -742,72 +755,71 @@
   <c r="G34" i="8" s="1"/>
   <c r="E34" i="8"/>
   <c r="F33" i="8"/>
   <c r="G33" i="8" s="1"/>
   <c r="E33" i="8"/>
   <c r="F32" i="8"/>
   <c r="G32" i="8" s="1"/>
   <c r="E32" i="8"/>
   <c r="F31" i="8"/>
   <c r="G31" i="8" s="1"/>
   <c r="E31" i="8"/>
   <c r="F30" i="8"/>
   <c r="G30" i="8" s="1"/>
   <c r="E30" i="8"/>
   <c r="F29" i="8"/>
   <c r="G29" i="8" s="1"/>
   <c r="E29" i="8"/>
   <c r="F28" i="8"/>
   <c r="G28" i="8" s="1"/>
   <c r="H28" i="8" s="1"/>
   <c r="E28" i="8"/>
   <c r="F27" i="8"/>
   <c r="G27" i="8" s="1"/>
   <c r="H27" i="8" s="1"/>
   <c r="E27" i="8"/>
-  <c r="G26" i="8"/>
+  <c r="F26" i="8"/>
+  <c r="G26" i="8" s="1"/>
   <c r="H26" i="8" s="1"/>
-  <c r="F26" i="8"/>
   <c r="E26" i="8"/>
   <c r="J26" i="8" s="1"/>
   <c r="F25" i="8"/>
   <c r="G25" i="8" s="1"/>
   <c r="H25" i="8" s="1"/>
   <c r="E25" i="8"/>
   <c r="F24" i="8"/>
   <c r="G24" i="8" s="1"/>
   <c r="H24" i="8" s="1"/>
   <c r="E24" i="8"/>
   <c r="F23" i="8"/>
   <c r="G23" i="8" s="1"/>
   <c r="H23" i="8" s="1"/>
   <c r="E23" i="8"/>
   <c r="F22" i="8"/>
   <c r="G22" i="8" s="1"/>
   <c r="H22" i="8" s="1"/>
   <c r="E22" i="8"/>
-  <c r="J22" i="8" s="1"/>
   <c r="F21" i="8"/>
   <c r="G21" i="8" s="1"/>
   <c r="H21" i="8" s="1"/>
   <c r="E21" i="8"/>
   <c r="F20" i="8"/>
   <c r="G20" i="8" s="1"/>
   <c r="H20" i="8" s="1"/>
   <c r="E20" i="8"/>
   <c r="F19" i="8"/>
   <c r="G19" i="8" s="1"/>
   <c r="H19" i="8" s="1"/>
   <c r="E19" i="8"/>
   <c r="J19" i="8" s="1"/>
   <c r="F18" i="8"/>
   <c r="G18" i="8" s="1"/>
   <c r="H18" i="8" s="1"/>
   <c r="E18" i="8"/>
   <c r="J18" i="8" s="1"/>
   <c r="F17" i="8"/>
   <c r="G17" i="8" s="1"/>
   <c r="E17" i="8"/>
   <c r="F16" i="8"/>
   <c r="G16" i="8" s="1"/>
   <c r="H16" i="8" s="1"/>
   <c r="E16" i="8"/>
@@ -837,56 +849,58 @@
   <c r="E10" i="8"/>
   <c r="F9" i="8"/>
   <c r="G9" i="8" s="1"/>
   <c r="H9" i="8" s="1"/>
   <c r="E9" i="8"/>
   <c r="F8" i="8"/>
   <c r="G8" i="8" s="1"/>
   <c r="H8" i="8" s="1"/>
   <c r="E8" i="8"/>
   <c r="F7" i="8"/>
   <c r="G7" i="8" s="1"/>
   <c r="H7" i="8" s="1"/>
   <c r="E7" i="8"/>
   <c r="F6" i="8"/>
   <c r="G6" i="8" s="1"/>
   <c r="H6" i="8" s="1"/>
   <c r="E6" i="8"/>
   <c r="J6" i="8" s="1"/>
   <c r="F5" i="8"/>
   <c r="G5" i="8" s="1"/>
   <c r="E5" i="8"/>
   <c r="J5" i="8" s="1"/>
   <c r="F4" i="8"/>
   <c r="G4" i="8" s="1"/>
   <c r="E4" i="8"/>
-  <c r="J4" i="8" s="1"/>
   <c r="F3" i="8"/>
   <c r="G3" i="8" s="1"/>
   <c r="E3" i="8"/>
-  <c r="J3" i="8" s="1"/>
-  <c r="J27" i="8" l="1"/>
+  <c r="J3" i="8" l="1"/>
+  <c r="J51" i="8"/>
+  <c r="J4" i="8"/>
+  <c r="J22" i="8"/>
+  <c r="J27" i="8"/>
   <c r="J104" i="8"/>
   <c r="P104" i="8" s="1"/>
   <c r="J106" i="8"/>
   <c r="P106" i="8" s="1"/>
   <c r="J112" i="8"/>
   <c r="P112" i="8" s="1"/>
   <c r="J115" i="8"/>
   <c r="J67" i="8"/>
   <c r="J11" i="8"/>
   <c r="J13" i="8"/>
   <c r="J30" i="8"/>
   <c r="J34" i="8"/>
   <c r="J43" i="8"/>
   <c r="J62" i="8"/>
   <c r="J66" i="8"/>
   <c r="J75" i="8"/>
   <c r="J77" i="8"/>
   <c r="J79" i="8"/>
   <c r="J81" i="8"/>
   <c r="J83" i="8"/>
   <c r="J23" i="8"/>
   <c r="J31" i="8"/>
   <c r="J39" i="8"/>
   <c r="J47" i="8"/>
   <c r="J55" i="8"/>
@@ -923,258 +937,258 @@
   <c r="J69" i="8"/>
   <c r="J73" i="8"/>
   <c r="J89" i="8"/>
   <c r="P89" i="8" s="1"/>
   <c r="J91" i="8"/>
   <c r="J93" i="8"/>
   <c r="P93" i="8" s="1"/>
   <c r="J95" i="8"/>
   <c r="P95" i="8" s="1"/>
   <c r="J97" i="8"/>
   <c r="P97" i="8" s="1"/>
   <c r="J103" i="8"/>
   <c r="P103" i="8" s="1"/>
   <c r="J105" i="8"/>
   <c r="P105" i="8" s="1"/>
   <c r="J107" i="8"/>
   <c r="J111" i="8"/>
   <c r="P111" i="8" s="1"/>
   <c r="J114" i="8"/>
   <c r="P114" i="8" s="1"/>
   <c r="L8" i="8"/>
   <c r="L9" i="8"/>
   <c r="L16" i="8"/>
   <c r="H3" i="8"/>
   <c r="L3" i="8"/>
+  <c r="P3" i="8" s="1"/>
   <c r="J7" i="8"/>
   <c r="J15" i="8"/>
   <c r="J20" i="8"/>
   <c r="J24" i="8"/>
   <c r="J28" i="8"/>
   <c r="J32" i="8"/>
   <c r="J36" i="8"/>
   <c r="J40" i="8"/>
   <c r="J44" i="8"/>
   <c r="J48" i="8"/>
   <c r="J52" i="8"/>
   <c r="J56" i="8"/>
   <c r="J60" i="8"/>
   <c r="J64" i="8"/>
   <c r="J68" i="8"/>
   <c r="J72" i="8"/>
   <c r="P9" i="8"/>
   <c r="L6" i="8"/>
   <c r="P6" i="8" s="1"/>
   <c r="L14" i="8"/>
   <c r="P14" i="8" s="1"/>
   <c r="L10" i="8"/>
-  <c r="P3" i="8"/>
   <c r="L7" i="8"/>
   <c r="L11" i="8"/>
-  <c r="P11" i="8" s="1"/>
   <c r="L15" i="8"/>
-  <c r="P15" i="8" s="1"/>
   <c r="H17" i="8"/>
   <c r="L17" i="8" s="1"/>
   <c r="L19" i="8"/>
   <c r="P19" i="8" s="1"/>
   <c r="L20" i="8"/>
   <c r="L21" i="8"/>
   <c r="P21" i="8" s="1"/>
   <c r="L22" i="8"/>
   <c r="P22" i="8" s="1"/>
   <c r="L23" i="8"/>
   <c r="L24" i="8"/>
-  <c r="P24" i="8" s="1"/>
   <c r="L40" i="8"/>
-  <c r="P40" i="8" s="1"/>
   <c r="L41" i="8"/>
   <c r="L42" i="8"/>
   <c r="P42" i="8" s="1"/>
   <c r="L43" i="8"/>
   <c r="P43" i="8" s="1"/>
   <c r="L44" i="8"/>
   <c r="L46" i="8"/>
   <c r="P46" i="8" s="1"/>
   <c r="L47" i="8"/>
   <c r="L48" i="8"/>
   <c r="P48" i="8" s="1"/>
   <c r="L56" i="8"/>
   <c r="P56" i="8" s="1"/>
   <c r="L57" i="8"/>
   <c r="L58" i="8"/>
   <c r="P58" i="8" s="1"/>
   <c r="L59" i="8"/>
   <c r="P59" i="8" s="1"/>
   <c r="L60" i="8"/>
   <c r="L61" i="8"/>
-  <c r="P61" i="8" s="1"/>
   <c r="L62" i="8"/>
   <c r="L64" i="8"/>
-  <c r="P64" i="8" s="1"/>
   <c r="L66" i="8"/>
   <c r="P66" i="8" s="1"/>
   <c r="L68" i="8"/>
-  <c r="P68" i="8" s="1"/>
   <c r="L70" i="8"/>
   <c r="P70" i="8" s="1"/>
   <c r="L72" i="8"/>
-  <c r="P72" i="8" s="1"/>
   <c r="L74" i="8"/>
   <c r="P74" i="8" s="1"/>
   <c r="J76" i="8"/>
   <c r="H77" i="8"/>
-  <c r="L77" i="8"/>
+  <c r="L77" i="8" s="1"/>
   <c r="P77" i="8" s="1"/>
   <c r="J80" i="8"/>
   <c r="H81" i="8"/>
   <c r="L81" i="8" s="1"/>
-  <c r="P81" i="8" s="1"/>
   <c r="J84" i="8"/>
   <c r="P86" i="8"/>
   <c r="J88" i="8"/>
   <c r="H91" i="8"/>
   <c r="L91" i="8" s="1"/>
   <c r="P91" i="8" s="1"/>
   <c r="H98" i="8"/>
   <c r="L98" i="8" s="1"/>
   <c r="P98" i="8" s="1"/>
   <c r="J100" i="8"/>
   <c r="P100" i="8" s="1"/>
   <c r="H107" i="8"/>
   <c r="L107" i="8" s="1"/>
   <c r="J109" i="8"/>
   <c r="P109" i="8" s="1"/>
   <c r="J116" i="8"/>
   <c r="P116" i="8" s="1"/>
   <c r="L18" i="8"/>
   <c r="P18" i="8" s="1"/>
   <c r="L25" i="8"/>
   <c r="L26" i="8"/>
   <c r="P26" i="8" s="1"/>
   <c r="L27" i="8"/>
-  <c r="P27" i="8" s="1"/>
   <c r="L28" i="8"/>
   <c r="L35" i="8"/>
   <c r="P35" i="8" s="1"/>
   <c r="L36" i="8"/>
-  <c r="P36" i="8" s="1"/>
   <c r="L37" i="8"/>
   <c r="P37" i="8" s="1"/>
   <c r="L38" i="8"/>
   <c r="P38" i="8" s="1"/>
   <c r="L39" i="8"/>
   <c r="L45" i="8"/>
   <c r="P45" i="8" s="1"/>
   <c r="L49" i="8"/>
   <c r="P49" i="8" s="1"/>
   <c r="L51" i="8"/>
   <c r="P51" i="8" s="1"/>
   <c r="L52" i="8"/>
-  <c r="P52" i="8" s="1"/>
   <c r="L53" i="8"/>
   <c r="L54" i="8"/>
   <c r="P54" i="8" s="1"/>
   <c r="L55" i="8"/>
   <c r="P55" i="8" s="1"/>
   <c r="H80" i="8"/>
   <c r="L80" i="8" s="1"/>
   <c r="H88" i="8"/>
   <c r="L88" i="8" s="1"/>
   <c r="H29" i="8"/>
   <c r="L29" i="8" s="1"/>
   <c r="P29" i="8" s="1"/>
   <c r="H30" i="8"/>
   <c r="L30" i="8" s="1"/>
-  <c r="P30" i="8" s="1"/>
   <c r="H31" i="8"/>
   <c r="L31" i="8" s="1"/>
   <c r="H32" i="8"/>
   <c r="L32" i="8" s="1"/>
-  <c r="P32" i="8" s="1"/>
   <c r="H33" i="8"/>
   <c r="L33" i="8" s="1"/>
   <c r="P33" i="8" s="1"/>
   <c r="H34" i="8"/>
   <c r="L34" i="8" s="1"/>
   <c r="P34" i="8" s="1"/>
   <c r="H50" i="8"/>
   <c r="L50" i="8" s="1"/>
   <c r="P50" i="8" s="1"/>
   <c r="H63" i="8"/>
   <c r="L63" i="8" s="1"/>
-  <c r="P63" i="8" s="1"/>
   <c r="L65" i="8"/>
-  <c r="P65" i="8" s="1"/>
   <c r="L67" i="8"/>
-  <c r="P67" i="8" s="1"/>
   <c r="L69" i="8"/>
   <c r="L71" i="8"/>
   <c r="P71" i="8" s="1"/>
   <c r="L73" i="8"/>
   <c r="H75" i="8"/>
   <c r="L75" i="8" s="1"/>
   <c r="P75" i="8" s="1"/>
   <c r="J78" i="8"/>
   <c r="H79" i="8"/>
   <c r="L79" i="8" s="1"/>
   <c r="P79" i="8" s="1"/>
   <c r="J82" i="8"/>
   <c r="H83" i="8"/>
   <c r="L83" i="8" s="1"/>
-  <c r="P83" i="8" s="1"/>
   <c r="J85" i="8"/>
   <c r="P85" i="8" s="1"/>
   <c r="J87" i="8"/>
   <c r="P87" i="8" s="1"/>
   <c r="J92" i="8"/>
   <c r="J99" i="8"/>
   <c r="P99" i="8" s="1"/>
   <c r="J101" i="8"/>
   <c r="J108" i="8"/>
   <c r="P108" i="8" s="1"/>
   <c r="J110" i="8"/>
   <c r="H115" i="8"/>
   <c r="L115" i="8" s="1"/>
   <c r="P115" i="8" s="1"/>
   <c r="J117" i="8"/>
   <c r="P117" i="8" s="1"/>
   <c r="H76" i="8"/>
   <c r="L76" i="8" s="1"/>
   <c r="H84" i="8"/>
   <c r="L84" i="8" s="1"/>
   <c r="H78" i="8"/>
-  <c r="L78" i="8"/>
+  <c r="L78" i="8" s="1"/>
   <c r="H82" i="8"/>
   <c r="L82" i="8" s="1"/>
   <c r="H92" i="8"/>
   <c r="L92" i="8" s="1"/>
   <c r="H101" i="8"/>
   <c r="L101" i="8"/>
   <c r="H110" i="8"/>
   <c r="L110" i="8" s="1"/>
-  <c r="P31" i="8" l="1"/>
+  <c r="P27" i="8" l="1"/>
+  <c r="P63" i="8"/>
+  <c r="P40" i="8"/>
+  <c r="P83" i="8"/>
+  <c r="P24" i="8"/>
+  <c r="P32" i="8"/>
+  <c r="P68" i="8"/>
+  <c r="P67" i="8"/>
+  <c r="P11" i="8"/>
+  <c r="P81" i="8"/>
+  <c r="P61" i="8"/>
+  <c r="P30" i="8"/>
+  <c r="P72" i="8"/>
+  <c r="P36" i="8"/>
+  <c r="P15" i="8"/>
+  <c r="P64" i="8"/>
+  <c r="P65" i="8"/>
+  <c r="P52" i="8"/>
+  <c r="P31" i="8"/>
   <c r="P60" i="8"/>
   <c r="P44" i="8"/>
   <c r="P13" i="8"/>
   <c r="P28" i="8"/>
   <c r="P62" i="8"/>
   <c r="P53" i="8"/>
   <c r="P47" i="8"/>
   <c r="P73" i="8"/>
   <c r="P69" i="8"/>
   <c r="P25" i="8"/>
   <c r="P107" i="8"/>
   <c r="P57" i="8"/>
   <c r="P41" i="8"/>
   <c r="P7" i="8"/>
   <c r="P10" i="8"/>
   <c r="P8" i="8"/>
   <c r="P88" i="8"/>
   <c r="P84" i="8"/>
   <c r="P101" i="8"/>
   <c r="P82" i="8"/>
   <c r="P76" i="8"/>
   <c r="P110" i="8"/>
   <c r="P92" i="8"/>
   <c r="P78" i="8"/>
   <c r="P80" i="8"/>
@@ -2249,76 +2263,69 @@
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>ÅÅÅÅ-MM-DD</t>
     </r>
   </si>
   <si>
     <t>Regnskabsstatistik</t>
   </si>
   <si>
     <t>Årets resultat (+/-)</t>
   </si>
   <si>
     <t>Profit or loss for the year (+/-)</t>
   </si>
   <si>
     <t>Ordinært resultat, før skat (+/-)</t>
   </si>
   <si>
     <t>Profit or loss before tax (+/-)</t>
   </si>
   <si>
     <t>Tab på debitorer (konstaterede tab og ændringer i hensættelse) (+/-)</t>
   </si>
   <si>
-    <t>Profit retained (+) or loss sustained (-)</t>
-[...1 lines deleted...]
-  <si>
     <t>Egenkapital ultimo (+/-)</t>
   </si>
   <si>
     <t>DKK</t>
   </si>
   <si>
     <t xml:space="preserve"> 1000--&gt;</t>
   </si>
   <si>
     <t>test@test.dk</t>
   </si>
   <si>
     <t>Figur A</t>
   </si>
   <si>
     <t>Figure A</t>
   </si>
   <si>
     <t>Arbejde udført for egen regning og opført under aktiver som tilgang</t>
-  </si>
-[...2 lines deleted...]
-• Udgifter til køretøjer, reparation, vedligeholdelse, rengøring, uddannelse, arbejdstøj, kontorartikler, telefon, revisor , forsikringer ol.</t>
   </si>
   <si>
     <t>Sekundære omkostninger
 •Tab af salg af immaterielle og materielle anlægsafgifter, udgifter til erstatninger ol.</t>
   </si>
   <si>
     <t>Tilgang af Erhvervede koncessioner, patenter, licenser, varemærker samt lignende rettigheder til kostpris</t>
   </si>
   <si>
     <t>Tilgang af Immaterialle aktiver under udvikling</t>
   </si>
   <si>
     <t>Tilgang/Køb af ubebyggede grunde</t>
   </si>
   <si>
     <t>Tilgang af produktionsanlæg og maskiner
 • Bemærk, at overførsel fra posten Aktiver under opførelse er ikke en tilgang</t>
   </si>
   <si>
     <t>Disposals of production machinery and equipment (cost value)</t>
   </si>
   <si>
     <t>Tilbageførte afskrivninger immaterielle anlægsaktiver i alt
 (pkt.91+92+93+94)</t>
   </si>
@@ -2393,82 +2400,70 @@
   </si>
   <si>
     <t xml:space="preserve">Nedskrivninger af omsætningsaktiver (bortset fra finansielle omsætningsaktiver)
 </t>
   </si>
   <si>
     <t xml:space="preserve">Sekundære omkostninger
 </t>
   </si>
   <si>
     <t xml:space="preserve">Renteindtægter o.l. af finansielle anlægsaktiver og omsætningsaktiver
 </t>
   </si>
   <si>
     <t xml:space="preserve">Nedskrivning af finansielle anlægs- og omsætningsaktiver
 </t>
   </si>
   <si>
     <t>Depreciation and amortisation of tangible and intangible fixed assets</t>
   </si>
   <si>
     <t>Medtages: 
 • Omkostninger for egen regning til materialer, egne lønninger m.v. til forbedring af egne bygninger, maskiner, udvikling af software o.l. 
 Medtages ikke: 
 • Køb af andres forbedring af virksomhedens bygninger, maskiner, udvikling af software o.l.</t>
-  </si>
-[...4 lines deleted...]
-    <t>1. Dan og gem XBRL fil</t>
   </si>
   <si>
     <t>2.1 Virk.dk - Regnskabsstatistik</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Regnskabsstatistik til Danmarks Statistik </t>
     </r>
   </si>
   <si>
-    <t>2.2 Upload XBRL fil</t>
-[...4 lines deleted...]
-  <si>
     <t>3. Kvittering</t>
   </si>
   <si>
     <t>2. Start</t>
   </si>
   <si>
     <t>3. Receipt</t>
   </si>
   <si>
     <t>Læs venligst Start-siden grundigt.</t>
   </si>
   <si>
     <t xml:space="preserve">Arket " Regnskabsstatistik" viser indberetningsskemaet. 
 Alle de grå felter skal udfyldes for, at indberetningen er korrekt. </t>
   </si>
   <si>
     <t>Hvis du ikke har tal for en given post, skrives et "0".</t>
   </si>
   <si>
     <t>Årets resultat (+/-)
 (pkt. 24-25)</t>
   </si>
   <si>
     <t>This Excel contain the following worksheets:</t>
   </si>
@@ -2512,59 +2507,50 @@
   </si>
   <si>
     <t>Forbrug af varer (materialer)</t>
   </si>
   <si>
     <t xml:space="preserve">Renteomkostninger o.l. af finansielle anlægsaktiver og omsætningsaktiver
 </t>
   </si>
   <si>
     <t xml:space="preserve">Excel-arket indeholder følgende faner: </t>
   </si>
   <si>
     <t>Arket "XBRL" viser posterne, som de ser ud, når de er i XBRL-format.</t>
   </si>
   <si>
     <t>6. ¨FAQ¨: Q&amp;A</t>
   </si>
   <si>
     <t>XBRL-filen til Danmarks Statistik er lavet med en anden taksonomi end XBRL-filen til Erhvervsstyrelsen og indeholder fortrolige oplysninger, som ikke er tilgængelig i det officielle regnskab.</t>
   </si>
   <si>
     <t>Vejledning i XBRL-upload</t>
   </si>
   <si>
     <t xml:space="preserve">Regnskabsstatistik </t>
-  </si>
-[...7 lines deleted...]
-    <t>2025-05-01</t>
   </si>
   <si>
     <t>Indberetningen skal indeholde regnskabsdata for det udtrukkede cvr nr., indtast i højre kolonne (grå felter). 
 Hvis jeres firma er et moderselskab, skal I kun indtaste oplysninger om moderselskabet, ikke hele koncernen.
 Pkt.19 til 60, skal stemme overens med den officielle Årsrapport.</t>
   </si>
   <si>
     <t>The report must contain accounting data for the selected CVR-number - specify in the column to the right (grey cell).
 If the company is a parent company, you should only report data for the parent company - not consolidated financial data and not for the whole group.
 Item no. 19 to 60 must correspond with the official Annual Financial Report.</t>
   </si>
   <si>
     <t>Revenue (excluding discounts, VAT and excise duties)</t>
   </si>
   <si>
     <t xml:space="preserve">Include: 
 • Costs at your own expense for materials, own salaries, etc. to improve your buildings, machinery, software development, etc.
 Do not include: 
 • Costs of materials or salaries for development and improvement made by others, to the company's buildings, machinery, software development, etc.
 </t>
   </si>
   <si>
     <t>Medtages: 
 • Indtægt, som ikke angår den egentlige drift, fx lejeindtægter og gevinst ved salg af immaterielle og materielle anlægsaktiver.
 • Refunderede syge- og barselsdagpenge eller løntilskud til fx elever samt viderefaktureret løn.
@@ -3142,53 +3128,50 @@
   <si>
     <t>Reversal of depreciation, amortisation and impairment of the disposed machinery, plant and equipment, total</t>
   </si>
   <si>
     <t>Disposals, at book value, total 
 (item no. 83+87+90-95-99-102)</t>
   </si>
   <si>
     <t>Statistics Denmark</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Date of approval of the official annual report: </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>YYYY-MM-DD</t>
     </r>
   </si>
   <si>
-    <t>Business accounts statistics 2024</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Business accounts statistics </t>
   </si>
   <si>
     <t>Please read the ¨Start - Guide¨ thoroughly.</t>
   </si>
   <si>
     <t>The "Regnskabsstatistik" worksheet contains the reporting form.  
 All of the gray cells must be filled in for the report to be valid.</t>
   </si>
   <si>
     <t>All amounts must be written in whole 1.000 and must not contain any decimals.</t>
   </si>
   <si>
     <t xml:space="preserve">• Only items no. 8, 19, 24-27 and item no. 55 may comtain a negative sign.  </t>
   </si>
   <si>
     <t xml:space="preserve">• Some validations have been built into the cells. If a cell turns red, it is due to either incorrect signs or decimals in the cell. 
 Therefore, please dounle-check numbers you have entered. </t>
   </si>
   <si>
     <t xml:space="preserve">Posterne skrives i hele 1.000 kroner og må ikke indeholde decimaler - i eksemplet er anvendt DKK. </t>
   </si>
   <si>
     <t>1. ¨Start-guide¨: Her finder du en forside med oversigt og generelle råd vedrørende Regnskabsstatistikken.</t>
   </si>
@@ -3207,71 +3190,64 @@
     <t>3. ¨REGN Information¨: Denne fane indeholder en mere detaljeret oversigt over de enkelte poster, som vi efterspørger til Regnskabsstatistikken.
 -Er du i tvivl om en post, kan du ofte finde et svar her.</t>
   </si>
   <si>
     <t>3. ¨REGN Information¨: In this worksheet you can find more detailed overview of the individual items we request for the Business accounts statistics. 
 - If you are in doubt about an item, you can often find an answer here.</t>
   </si>
   <si>
     <t>4. ¨XBRL¨: I denne fane ligger selve XBRL-koden. Det er her, du finder og trækker den færdige XBRL-fil, som kan bruges til at indberette til Regnskabsstatistikken.</t>
   </si>
   <si>
     <t>5. ¨XBRL upload¨: I denne fane ligger der en vejledning i, hvordan du danner og gemmer en XBRL-fil (fra fanen: ¨XBRL¨),
 samt hvordan du efterfølgende indberetter til Regnskabsstatistikken med en XBRL-fil.</t>
   </si>
   <si>
     <t>If you have no income/expense to report under an item, please type a "0" in the cell.</t>
   </si>
   <si>
     <t xml:space="preserve">4. ¨XBRL¨: This worksheet contains the actual XBRL-code. This is where you find and export the completed XBRL code, which can be used to submit the report to the Business accounts statistics.  </t>
   </si>
   <si>
     <t xml:space="preserve">5. ¨XBRL upload¨: This worksheet contains instructions on how to create and save an XBRL file (from the "XBRL" worksheet), as well as how to subseqently submit to the Business accounts statistics using an XBRL file.
 </t>
   </si>
   <si>
-    <t>2024-12-31</t>
-[...1 lines deleted...]
-  <si>
     <t>Køb af underentrepriser/underleverandører
 • Køb af andres arbejde i forbindelse med virksomhedens primære drift (fremmed arbejde).</t>
   </si>
   <si>
     <t>Cost of subcontractors and other work done by others (by non-employees)
 • Purchase of work performed by others in connection with the primary operating business (contract work).</t>
   </si>
   <si>
     <t>Rent paid (excl. heating bill)
 • Includes expenses only related to tenancy.</t>
   </si>
   <si>
     <t>Small/minor equipment and fixtures costs, not capitalised 
 • Acquisition costs that are fully expensed through the income statement in the year of purchase, i.e. immediately amortised.</t>
-  </si>
-[...2 lines deleted...]
-• Vehicle expenses, repairs, maintenance, royalties, licences, training, work clothes, office supplies, telephone, insurance etc. and services such as accountants and lawyers. </t>
   </si>
   <si>
     <t xml:space="preserve">Wages and salaries, total
 • Reimbursements and re-invoiced wages are not deducted and are reported under item no. 3 as other operating income.
 </t>
   </si>
   <si>
     <t>Other social security costs
 • The employers' contribution to ATP, AER, BST etc. and cost of employee insurance eg. health- and life insurances etc.</t>
   </si>
   <si>
     <t>Write downs of current assets (other than current financial assets)</t>
   </si>
   <si>
     <t>Other operating expenses
 • Loss from sale of intangible and tangible fixed assets, compensation expenses, etc.</t>
   </si>
   <si>
     <t>Income from equity investments and other dividends from financial assets
 • Profits, dividends, royalties and revaluations (value adjustments). 
 • Negative dividends or value adjustments (added to item no. 22, e.g. write-downs).</t>
   </si>
   <si>
     <t>Interest income and other income from financial fixed assets and current assets
 • From receivables, bonds and other securities, as well as cash and cash equivalents.</t>
@@ -3575,163 +3551,117 @@
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> og til </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>ÅÅÅÅ-MM-DD:</t>
     </r>
   </si>
   <si>
     <t>Andre omkostninger til social sikring
 • Arbejdsgiverens bidrag til ATP, AER, BST ol. og personaleforsikringer i form af syge-, arbejdsskade-, ulykkes- og livsforsikringer m.m.</t>
   </si>
   <si>
     <t>Disposals, at book value, total 
 (items no. 83+87+90-95-99-102)</t>
   </si>
   <si>
-    <t xml:space="preserve">XBRL upload guide </t>
-[...1 lines deleted...]
-  <si>
     <t>1. How to create and save an XBRL file</t>
   </si>
   <si>
-    <t xml:space="preserve">Fill in the reporting form in the "Regnskabsstatistik" worksheet. All of the gray fields must be filled in for the report to be valid. </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">The "XBRL" worksheet shows the items as they appear in XBRL format.  </t>
   </si>
   <si>
     <t xml:space="preserve">Copy column P to e.g. Notepad and save it. Now your XBRL file is created. </t>
   </si>
   <si>
     <t>Please note: If you use Notepad to create and save the XBRL file, the file must be saved with UTF-8 encoding  - see figure A below.</t>
   </si>
   <si>
-    <r>
-[...23 lines deleted...]
-  <si>
     <t>Filen bliver afvist, hvis filen ikke er gemt med en UTF-8 kodning.</t>
   </si>
   <si>
-    <t>Kopier kolonne P til fx Notesblokken eller Notepad og gem den, så er XBRL-filen dannet.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">The file will be rejected if it is not saved with UTF-8 encoding. </t>
   </si>
   <si>
     <t>2.1 Virk.dk - Business accounts statistics</t>
   </si>
   <si>
     <t>Click on the ”Næste” button to continue.</t>
   </si>
   <si>
     <t>2.2 Upload the XBRL file</t>
   </si>
   <si>
     <t>Click on the ”Vælg fil” button to upload your XBRL file. Click on the ”Næste” button to continue.</t>
   </si>
   <si>
     <t xml:space="preserve">Note: If you have generated the XBRL file yourself using this spreadsheet, you must select "All files" in the file browser, in order to see it. </t>
   </si>
   <si>
     <t>2.3 Test the XBRL file and and submit your report</t>
   </si>
   <si>
     <t xml:space="preserve">You can now test your XBRL file and submit the report. </t>
   </si>
   <si>
     <t>Du kan nu teste din indberetningsfil, og indsende indberetningen.</t>
   </si>
   <si>
     <t xml:space="preserve">Please check that the company name and CVR number you are reporting for, appear in the overview.  </t>
   </si>
   <si>
-    <t xml:space="preserve">You wil receive a receipt once the report has been submitted. </t>
-[...1 lines deleted...]
-  <si>
     <t>Afslutningsvis får du en kvittering.</t>
   </si>
   <si>
     <t>Gå ind på vores hjemmeside:</t>
   </si>
   <si>
     <t>Go to our homepage:</t>
   </si>
   <si>
-    <t>Start indberetning med XBRL via ¨UPLOAD XBRL-FIL¨ knappen:</t>
-[...4 lines deleted...]
-  <si>
     <t>Login with MitID Erhverv provided by your company and click ¨Start selvbetjening¨.</t>
   </si>
   <si>
     <t>Log ind med MitID Erhverv og tryk på "Start selvbetjening".</t>
   </si>
   <si>
     <t>Under "Vælg den ønskede indberetning og myndighed", vælg:</t>
   </si>
   <si>
     <t>Hvorefter der trykkes "Næste".</t>
   </si>
   <si>
     <t>Under ¨Vælg den ønskede indberetning og myndighed¨ you must choose:</t>
-  </si>
-[...1 lines deleted...]
-    <t>OBS Har du selv dannet XBRL filen via dette regneark, skal du trykke på "Alle filer" for at kunne se filen.</t>
   </si>
   <si>
     <t>Tryk på ”Vælg fil”, og upload din XBRL-fil. Tryk på "Næste" for at fortsætte.</t>
   </si>
   <si>
     <r>
       <t>HUSK</t>
     </r>
     <r>
       <rPr>
         <sz val="10.5"/>
         <color theme="1"/>
         <rFont val="Georgia"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">! Kontroller at </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10.5"/>
         <color theme="1"/>
         <rFont val="Georgia"/>
         <family val="1"/>
       </rPr>
@@ -3769,56 +3699,50 @@
     <t>There can be various reasons why an XBRL file is rejected:</t>
   </si>
   <si>
     <t>Der kan være forskellige årsager til at en XBRL-fil afvises:</t>
   </si>
   <si>
     <t xml:space="preserve">The XBRL file that is used to report to Statistics Denmark is created with a different taxonomy (i.e. it is more detailed and contains confidential data, that is not found in the company's official annual report), than the XBRL file you report to the Danish Business Authority. 
 </t>
   </si>
   <si>
     <t>Telephone: +45 39 17 35 70</t>
   </si>
   <si>
     <t xml:space="preserve">Email: regn@dst.dk </t>
   </si>
   <si>
     <t>Email: regn@dst.dk</t>
   </si>
   <si>
     <t>Tlf. nr. : +45 39 17 35 70</t>
   </si>
   <si>
     <t>Hvorfor bliver min XBRL-fil bliver afvist, når jeg forsøger at indberette?</t>
   </si>
   <si>
-    <t>• Forkert taksonomi. Som nævnt i afsnittet ovenfor - tjek, at filen ikke er årsrapporten til Erhvervsstyrelsen.
-[...4 lines deleted...]
-  <si>
     <t>• Incorrect taxonomy.  As mentioned above, make sure that the file is not the annual report that you submit to the Danish Business Authority. 
 • Incorrect CVR number or date formatting. 
 • The file is incomplete and lacks items (tags). Try creating a new XBRL file. 
 • The XBRL file contains decimals (e.g. commas) - check your entries. Remember that all amounts must be written in whole thousands (000).</t>
   </si>
   <si>
     <t xml:space="preserve">Kontakt Erhvervslivets Udvikling: </t>
   </si>
   <si>
     <t xml:space="preserve">Contact the Business Dynamics section: </t>
   </si>
   <si>
     <t xml:space="preserve">FAQ about Business accounts statistics and XBRL </t>
   </si>
   <si>
     <t>FAQ vedrørende Regnskabsstatistik og XBRL</t>
   </si>
   <si>
     <r>
       <t>Kan jeg bruge X</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
@@ -3831,59 +3755,149 @@
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>en til Erhvervsstyrelsen til indberetning til Regnskabsstatistik?</t>
     </r>
   </si>
   <si>
     <t>• Kun pkt. 8, 19, 24-27 samt pkt. 55 må indeholde et negativt fortegn.</t>
   </si>
   <si>
     <t>• Der er indlagt nogle valideringer i cellerne. Hvis en celle bliver rød, skyldes det enten forkerte fortegn eller decimaler i cellen.
 Derfor tjek venligst dine indtastede tal igen.</t>
   </si>
   <si>
     <t>Du kan indberette til Danmarks Statistiks lovpligtige Regnskabsstatistik i XBRL-format gennem ”Regnskab - Special” på Virk.dk via vores hjemmeside.
 Dette er en vejledning til at udfylde og danne en XBRL-fil til indberetning.</t>
   </si>
   <si>
     <t>You can report the mandatory Business accounts statistics to Statistics Denmark in XBRL format via our homepage. 
 This is a guide on how to create and upload an XBRL file.</t>
   </si>
+  <si>
+    <t>2025-01-01</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>Business accounts statistics 2025</t>
+  </si>
+  <si>
+    <t>Regnskabsstatistik 2025</t>
+  </si>
+  <si>
+    <t>2026-05-01</t>
+  </si>
+  <si>
+    <t>Choose the ¨REPORT VIA XBRL FORMAT¨ button:</t>
+  </si>
+  <si>
+    <t>Start indberetning med XBRL via ¨INDBERET XBRL-FIL¨ knappen:</t>
+  </si>
+  <si>
+    <t>Udfyld indberetningsskemaet i fanen " Regnskabsstatistik". Alle de grå felter skal udfyldes.</t>
+  </si>
+  <si>
+    <t>Fill in the reporting form in the "Regnskabsstatistik" worksheet. Make sure that all of the gray cells are filled in.</t>
+  </si>
+  <si>
+    <t>OBS: Har du selv dannet XBRL-filen via dette regneark, skal du trykke på "Alle filer" for at kunne se filen.</t>
+  </si>
+  <si>
+    <t>2.3 Test XBRL-fil og indsend indberetning</t>
+  </si>
+  <si>
+    <t xml:space="preserve">You will receive a receipt once the report has been submitted. </t>
+  </si>
+  <si>
+    <t>2.2 Upload XBRL-fil</t>
+  </si>
+  <si>
+    <r>
+      <t>OBS! Benyttes f.eks. Notesblok/Notepad til at danne XBRL-filen, skal filen gemmes med</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> kodning "UTF-8"</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - se figur A nedenfor.</t>
+    </r>
+  </si>
+  <si>
+    <t>1. Dan og gem XBRL-fil</t>
+  </si>
+  <si>
+    <t>XBRL upload instructions</t>
+  </si>
+  <si>
+    <t>Kopier kolonne P til f. eks. Notesblok/Notepad og gem den, så er XBRL-filen dannet.</t>
+  </si>
+  <si>
+    <t>• Forkert taksonomi. Som nævnt i afsnittet ovenfor - tjek, at filen ikke er årsrapporten til Erhvervsstyrelsen.
+• Forkert CVR-nummer eller datoformatering.
+• Filen er ufuldstændig og mangler regnskabsposter (tags). Prøv at lave en ny XBRL-fil.
+• XBRL-filen indeholder kommategn - tjek filen. Husk at alle tal skal være i hele tusinder (000).</t>
+  </si>
+  <si>
+    <t>Other external costs 
+• Vehicle expenses, repairs, maintenance, royalties, cleaning, training, work clothes, office supplies, telephone, insurance, advertising, business travel, entertainment, etc. and services such as accountants, solicitors and lawyers.</t>
+  </si>
+  <si>
+    <t>Eksterne omkostninger i øvrigt 
+• Udgifter til køretøjer, reparation, vedligeholdelse, royalties, rengøring, uddannelse, arbejdstøj, kontorartikler, telefon, revisor, advokat, forsikring, reklame, forretningsrejser, repræsentation o.l.</t>
+  </si>
+  <si>
+    <t>Consolidation i.e. profit retained (+) or loss sustained (-)</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
-    <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
-[...1 lines deleted...]
-    <numFmt numFmtId="165" formatCode="yyyy/mm/dd;@"/>
+    <numFmt numFmtId="164" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="166" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="34" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
@@ -4690,741 +4704,657 @@
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="301">
+  <cellXfs count="258">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="3" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="3" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="13" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="6" fillId="3" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="13" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="5" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="166" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="165" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="166" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="3" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="5" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="14" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="5" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2"/>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...2 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="33" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="33" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="6" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="6" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="6" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="38" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="39" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="38" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="8" fillId="3" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="44" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="6" fillId="3" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...2 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
-    <cellStyle name="Komma 2" xfId="1"/>
-    <cellStyle name="Komma 2 2" xfId="4"/>
+    <cellStyle name="Komma 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
+    <cellStyle name="Komma 2 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Link" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="3"/>
+    <cellStyle name="Normal 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
   </cellStyles>
-  <dxfs count="143">
-[...12 lines deleted...]
-    </dxf>
+  <dxfs count="37">
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <u val="none"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
@@ -5442,723 +5372,63 @@
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <u val="none"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
-      <fill>
-[...5 lines deleted...]
-    <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <u val="none"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
-      <fill>
-[...651 lines deleted...]
-      </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <u val="none"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
@@ -6195,345 +5465,50 @@
         <b val="0"/>
         <i val="0"/>
         <u val="none"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <u val="none"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
-      <font>
-[...293 lines deleted...]
-      </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <u val="none"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
@@ -6597,204 +5572,130 @@
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <u val="none"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
-      <font>
-[...104 lines deleted...]
-    <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <u val="none"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <u val="none"/>
+        <color auto="1"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <u val="none"/>
+        <color auto="1"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <u val="none"/>
+        <color auto="1"/>
+      </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <u val="none"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
@@ -6860,143 +5761,155 @@
 <file path=xl/ctrlProps/ctrlProp4.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp5.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" checked="Checked" firstButton="1" fmlaLink="E1" lockText="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp6.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp7.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp8.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" checked="Checked" firstButton="1" fmlaLink="E1" lockText="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp9.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1"/>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>4854776</xdr:colOff>
           <xdr:row>0</xdr:row>
           <xdr:rowOff>112093</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>6534150</xdr:colOff>
           <xdr:row>0</xdr:row>
           <xdr:rowOff>428625</xdr:rowOff>
         </xdr:to>
         <xdr:grpSp>
           <xdr:nvGrpSpPr>
-            <xdr:cNvPr id="10" name="Gruppe 9"/>
+            <xdr:cNvPr id="10" name="Gruppe 9">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000A000000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
             <xdr:cNvGrpSpPr/>
           </xdr:nvGrpSpPr>
           <xdr:grpSpPr>
             <a:xfrm>
               <a:off x="5464376" y="112093"/>
               <a:ext cx="1679374" cy="316532"/>
-              <a:chOff x="3092652" y="731264"/>
+              <a:chOff x="3092652" y="731269"/>
               <a:chExt cx="1562103" cy="307008"/>
             </a:xfrm>
           </xdr:grpSpPr>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="3083" name="Group Box 11" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s3083"/>
                   </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000B0C0000}"/>
+                  </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
-                <a:off x="3092652" y="731264"/>
+                <a:off x="3092652" y="731269"/>
                 <a:ext cx="1562103" cy="307008"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln w="9525">
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:noFill/>
                   </a14:hiddenFill>
                 </a:ext>
               </a:extLst>
             </xdr:spPr>
             <xdr:txBody>
               <a:bodyPr vertOverflow="clip" wrap="none" lIns="27432" tIns="18288" rIns="0" bIns="0" anchor="t" upright="1"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="l" rtl="0">
                   <a:defRPr sz="1000"/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="da-DK" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="Tahoma"/>
                     <a:ea typeface="Tahoma"/>
                     <a:cs typeface="Tahoma"/>
                   </a:rPr>
                   <a:t>Sprog / language</a:t>
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="3084" name="Option Button 12" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s3084"/>
+                  </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000C0C0000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="3283848" y="787803"/>
                 <a:ext cx="453124" cy="233266"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                     </a:solidFill>
                   </a14:hiddenFill>
                 </a:ext>
@@ -7017,50 +5930,53 @@
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="l" rtl="0">
                   <a:defRPr sz="1000"/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="da-DK" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="Tahoma"/>
                     <a:ea typeface="Tahoma"/>
                     <a:cs typeface="Tahoma"/>
                   </a:rPr>
                   <a:t>Dansk</a:t>
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="3085" name="Option Button 13" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s3085"/>
+                  </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000D0C0000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="3954036" y="787803"/>
                 <a:ext cx="470514" cy="233266"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                     </a:solidFill>
                   </a14:hiddenFill>
                 </a:ext>
@@ -7103,67 +6019,76 @@
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>5216726</xdr:colOff>
           <xdr:row>0</xdr:row>
           <xdr:rowOff>54943</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>6569279</xdr:colOff>
           <xdr:row>0</xdr:row>
           <xdr:rowOff>363844</xdr:rowOff>
         </xdr:to>
         <xdr:grpSp>
           <xdr:nvGrpSpPr>
-            <xdr:cNvPr id="3" name="Gruppe 2"/>
+            <xdr:cNvPr id="3" name="Gruppe 2">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000003000000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
             <xdr:cNvGrpSpPr/>
           </xdr:nvGrpSpPr>
           <xdr:grpSpPr>
             <a:xfrm>
               <a:off x="5788226" y="54943"/>
               <a:ext cx="1352553" cy="308901"/>
               <a:chOff x="3037649" y="712168"/>
               <a:chExt cx="1562103" cy="308901"/>
             </a:xfrm>
           </xdr:grpSpPr>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="2050" name="Group Box 2" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s2050"/>
+                  </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002080000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="3037649" y="712168"/>
                 <a:ext cx="1562103" cy="307008"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln w="9525">
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:noFill/>
                   </a14:hiddenFill>
                 </a:ext>
@@ -7174,50 +6099,53 @@
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="l" rtl="0">
                   <a:defRPr sz="1000"/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="da-DK" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="Tahoma"/>
                     <a:ea typeface="Tahoma"/>
                     <a:cs typeface="Tahoma"/>
                   </a:rPr>
                   <a:t>Sprog / language</a:t>
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="2051" name="Option Button 3" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s2051"/>
+                  </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000003080000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="3283848" y="787803"/>
                 <a:ext cx="453124" cy="233266"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                     </a:solidFill>
                   </a14:hiddenFill>
                 </a:ext>
@@ -7238,50 +6166,53 @@
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="l" rtl="0">
                   <a:defRPr sz="1000"/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="da-DK" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="Tahoma"/>
                     <a:ea typeface="Tahoma"/>
                     <a:cs typeface="Tahoma"/>
                   </a:rPr>
                   <a:t>Dansk</a:t>
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="2052" name="Option Button 4" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s2052"/>
+                  </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000004080000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="3954036" y="787803"/>
                 <a:ext cx="470514" cy="233266"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                     </a:solidFill>
                   </a14:hiddenFill>
                 </a:ext>
@@ -7324,121 +6255,133 @@
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>5169102</xdr:colOff>
           <xdr:row>0</xdr:row>
           <xdr:rowOff>66676</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>6686550</xdr:colOff>
           <xdr:row>0</xdr:row>
           <xdr:rowOff>504825</xdr:rowOff>
         </xdr:to>
         <xdr:grpSp>
           <xdr:nvGrpSpPr>
-            <xdr:cNvPr id="2" name="Gruppe 1"/>
+            <xdr:cNvPr id="2" name="Gruppe 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002000000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
             <xdr:cNvGrpSpPr/>
           </xdr:nvGrpSpPr>
           <xdr:grpSpPr>
             <a:xfrm>
-              <a:off x="5797752" y="66674"/>
-[...1 lines deleted...]
-              <a:chOff x="3215497" y="744342"/>
+              <a:off x="5797752" y="66676"/>
+              <a:ext cx="1517448" cy="438149"/>
+              <a:chOff x="3215497" y="744345"/>
               <a:chExt cx="1562104" cy="307008"/>
             </a:xfrm>
           </xdr:grpSpPr>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="7169" name="Group Box 1" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s7169"/>
                   </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-0000011C0000}"/>
+                  </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
-                <a:off x="3215497" y="744342"/>
+                <a:off x="3215497" y="744345"/>
                 <a:ext cx="1562104" cy="307008"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln w="9525">
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:noFill/>
                   </a14:hiddenFill>
                 </a:ext>
               </a:extLst>
             </xdr:spPr>
             <xdr:txBody>
               <a:bodyPr vertOverflow="clip" wrap="none" lIns="27432" tIns="18288" rIns="0" bIns="0" anchor="t" upright="1"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="l" rtl="0">
                   <a:defRPr sz="1000"/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="da-DK" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="Tahoma"/>
                     <a:ea typeface="Tahoma"/>
                     <a:cs typeface="Tahoma"/>
                   </a:rPr>
                   <a:t>Sprog / language</a:t>
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="7170" name="Option Button 2" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s7170"/>
+                  </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-0000021C0000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="3283848" y="787803"/>
                 <a:ext cx="453125" cy="233266"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                     </a:solidFill>
                   </a14:hiddenFill>
                 </a:ext>
@@ -7459,50 +6402,53 @@
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="l" rtl="0">
                   <a:defRPr sz="1000"/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="da-DK" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="Tahoma"/>
                     <a:ea typeface="Tahoma"/>
                     <a:cs typeface="Tahoma"/>
                   </a:rPr>
                   <a:t>Dansk</a:t>
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="7171" name="Option Button 3" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s7171"/>
+                  </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-0000031C0000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="3954029" y="787803"/>
                 <a:ext cx="470514" cy="233266"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                     </a:solidFill>
                   </a14:hiddenFill>
                 </a:ext>
@@ -7528,84 +6474,137 @@
                 <a:r>
                   <a:rPr lang="da-DK" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="Tahoma"/>
                     <a:ea typeface="Tahoma"/>
                     <a:cs typeface="Tahoma"/>
                   </a:rPr>
                   <a:t>English</a:t>
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
         </xdr:grpSp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8733333</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>218694</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="Billede 13">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00000E000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="609600" y="5676900"/>
+          <a:ext cx="8733333" cy="3047619"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>4886325</xdr:colOff>
           <xdr:row>0</xdr:row>
           <xdr:rowOff>112093</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>6600825</xdr:colOff>
           <xdr:row>0</xdr:row>
           <xdr:rowOff>457200</xdr:rowOff>
         </xdr:to>
         <xdr:grpSp>
           <xdr:nvGrpSpPr>
-            <xdr:cNvPr id="2" name="Gruppe 1"/>
+            <xdr:cNvPr id="2" name="Gruppe 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000002000000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
             <xdr:cNvGrpSpPr/>
           </xdr:nvGrpSpPr>
           <xdr:grpSpPr>
             <a:xfrm>
-              <a:off x="5495922" y="112093"/>
-              <a:ext cx="1714499" cy="345107"/>
+              <a:off x="5495925" y="112093"/>
+              <a:ext cx="1714500" cy="345107"/>
               <a:chOff x="3092656" y="731222"/>
               <a:chExt cx="1562102" cy="307008"/>
             </a:xfrm>
           </xdr:grpSpPr>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="9217" name="Group Box 1" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s9217"/>
+                  </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000001240000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="3092656" y="731222"/>
                 <a:ext cx="1562102" cy="307008"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln w="9525">
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:noFill/>
                   </a14:hiddenFill>
                 </a:ext>
@@ -7616,50 +6615,53 @@
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="l" rtl="0">
                   <a:defRPr sz="1000"/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="da-DK" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="Tahoma"/>
                     <a:ea typeface="Tahoma"/>
                     <a:cs typeface="Tahoma"/>
                   </a:rPr>
                   <a:t>Sprog / language</a:t>
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="9218" name="Option Button 2" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s9218"/>
+                  </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000002240000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="3283848" y="787803"/>
                 <a:ext cx="453124" cy="233266"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                     </a:solidFill>
                   </a14:hiddenFill>
                 </a:ext>
@@ -7680,50 +6682,53 @@
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="l" rtl="0">
                   <a:defRPr sz="1000"/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="da-DK" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="Tahoma"/>
                     <a:ea typeface="Tahoma"/>
                     <a:cs typeface="Tahoma"/>
                   </a:rPr>
                   <a:t>Dansk</a:t>
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="9219" name="Option Button 3" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s9219"/>
+                  </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000003240000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="3954036" y="787803"/>
                 <a:ext cx="470514" cy="233266"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                     </a:solidFill>
                   </a14:hiddenFill>
                 </a:ext>
@@ -7759,125 +6764,143 @@
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
         </xdr:grpSp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8619051</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>142689</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="Billede 5"/>
+        <xdr:cNvPr id="6" name="Billede 5">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000006000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="638175" y="3467100"/>
           <a:ext cx="8590476" cy="1485714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>46</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8591550</xdr:colOff>
       <xdr:row>65</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="Billede 6"/>
+        <xdr:cNvPr id="7" name="Billede 6">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000007000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="800100" y="5267325"/>
           <a:ext cx="8401050" cy="3657600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>7242021</xdr:colOff>
       <xdr:row>49</xdr:row>
       <xdr:rowOff>80030</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>7679957</xdr:colOff>
       <xdr:row>54</xdr:row>
       <xdr:rowOff>104311</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="8" name="Højrepil 7"/>
+        <xdr:cNvPr id="8" name="Højrepil 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000008000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm rot="8010354">
           <a:off x="7558386" y="10917440"/>
           <a:ext cx="1024406" cy="437936"/>
         </a:xfrm>
         <a:prstGeom prst="rightArrow">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent2">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent2"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent2"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
@@ -7891,94 +6914,106 @@
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="da-DK"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>152400</xdr:colOff>
       <xdr:row>71</xdr:row>
       <xdr:rowOff>190499</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8763000</xdr:colOff>
       <xdr:row>97</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="Billede 8"/>
+        <xdr:cNvPr id="9" name="Billede 8">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000009000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:srcRect l="24218" t="9445" r="23125" b="18607"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="762000" y="10201274"/>
           <a:ext cx="8610600" cy="4838701"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
             <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>5044420</xdr:colOff>
       <xdr:row>82</xdr:row>
       <xdr:rowOff>140124</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>5467485</xdr:colOff>
       <xdr:row>87</xdr:row>
       <xdr:rowOff>158517</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="10" name="Højrepil 9"/>
+        <xdr:cNvPr id="10" name="Højrepil 9">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00000A000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm rot="8010354">
           <a:off x="5380106" y="12520313"/>
           <a:ext cx="970893" cy="423065"/>
         </a:xfrm>
         <a:prstGeom prst="rightArrow">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent2">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent2"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent2"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
@@ -7992,51 +7027,57 @@
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="da-DK"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8206718</xdr:colOff>
       <xdr:row>89</xdr:row>
       <xdr:rowOff>6775</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8629783</xdr:colOff>
       <xdr:row>94</xdr:row>
       <xdr:rowOff>25168</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="11" name="Højrepil 10"/>
+        <xdr:cNvPr id="11" name="Højrepil 10">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00000B000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm rot="8010354">
           <a:off x="8542404" y="13720464"/>
           <a:ext cx="970893" cy="423065"/>
         </a:xfrm>
         <a:prstGeom prst="rightArrow">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent2">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent2"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent2"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
@@ -8050,100 +7091,112 @@
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="da-DK"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>219074</xdr:colOff>
       <xdr:row>101</xdr:row>
       <xdr:rowOff>76199</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8686799</xdr:colOff>
       <xdr:row>129</xdr:row>
       <xdr:rowOff>9524</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="Billede 11"/>
+        <xdr:cNvPr id="12" name="Billede 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00000C000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect l="21339" t="10131" r="13228" b="10553"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="828674" y="15801974"/>
           <a:ext cx="8467725" cy="5267325"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
             <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>7044668</xdr:colOff>
       <xdr:row>115</xdr:row>
       <xdr:rowOff>187750</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>7467733</xdr:colOff>
       <xdr:row>121</xdr:row>
       <xdr:rowOff>15643</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="13" name="Højrepil 12"/>
+        <xdr:cNvPr id="13" name="Højrepil 12">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00000D000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm rot="8010354">
           <a:off x="7380354" y="18854439"/>
           <a:ext cx="970893" cy="423065"/>
         </a:xfrm>
         <a:prstGeom prst="rightArrow">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent2">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent2"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent2"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
@@ -8157,264 +7210,256 @@
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="da-DK"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>123824</xdr:colOff>
       <xdr:row>141</xdr:row>
       <xdr:rowOff>85725</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8610599</xdr:colOff>
       <xdr:row>175</xdr:row>
       <xdr:rowOff>130781</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Billede 3"/>
+        <xdr:cNvPr id="4" name="Billede 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="733424" y="22526625"/>
           <a:ext cx="8486775" cy="6522056"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>104775</xdr:colOff>
       <xdr:row>180</xdr:row>
       <xdr:rowOff>123825</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8890053</xdr:colOff>
       <xdr:row>209</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="Billede 4"/>
+        <xdr:cNvPr id="5" name="Billede 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000005000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="714375" y="30051375"/>
           <a:ext cx="8785278" cy="5410200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>914400</xdr:colOff>
       <xdr:row>132</xdr:row>
       <xdr:rowOff>85725</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>7034530</xdr:colOff>
       <xdr:row>135</xdr:row>
       <xdr:rowOff>53340</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="Billede 17"/>
+        <xdr:cNvPr id="18" name="Billede 17">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000012000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
-      </xdr:nvPicPr>
-[...36 lines deleted...]
-        </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="590087" y="6296025"/>
-          <a:ext cx="8550422" cy="3505200"/>
+          <a:off x="1524000" y="27470100"/>
+          <a:ext cx="6120130" cy="539115"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>7048970</xdr:colOff>
       <xdr:row>130</xdr:row>
       <xdr:rowOff>142562</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>7841519</xdr:colOff>
       <xdr:row>132</xdr:row>
       <xdr:rowOff>175102</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="19" name="Højrepil 18"/>
+        <xdr:cNvPr id="19" name="Højrepil 18">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000013000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm rot="8648160">
           <a:off x="7658570" y="27145937"/>
           <a:ext cx="792549" cy="423065"/>
         </a:xfrm>
         <a:prstGeom prst="rightArrow">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent2">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent2"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent2"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
           <a:prstTxWarp prst="textNoShape">
             <a:avLst/>
           </a:prstTxWarp>
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="da-DK"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>7575396</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>70507</xdr:rowOff>
+      <xdr:colOff>6022819</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>146707</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>8013332</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>142413</xdr:rowOff>
+      <xdr:colOff>6460755</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>56688</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="20" name="Højrepil 19"/>
+        <xdr:cNvPr id="20" name="Højrepil 19">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000014000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm rot="8010354">
-          <a:off x="7891761" y="8021842"/>
+          <a:off x="6339184" y="5926342"/>
           <a:ext cx="1024406" cy="437936"/>
         </a:xfrm>
         <a:prstGeom prst="rightArrow">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent2">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent2"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent2"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
           <a:prstTxWarp prst="textNoShape">
@@ -8430,67 +7475,76 @@
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>5838825</xdr:colOff>
           <xdr:row>0</xdr:row>
           <xdr:rowOff>83518</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>7886700</xdr:colOff>
           <xdr:row>0</xdr:row>
           <xdr:rowOff>466725</xdr:rowOff>
         </xdr:to>
         <xdr:grpSp>
           <xdr:nvGrpSpPr>
-            <xdr:cNvPr id="2" name="Gruppe 1"/>
+            <xdr:cNvPr id="2" name="Gruppe 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000002000000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
             <xdr:cNvGrpSpPr/>
           </xdr:nvGrpSpPr>
           <xdr:grpSpPr>
             <a:xfrm>
-              <a:off x="6448427" y="83518"/>
-              <a:ext cx="2047876" cy="383207"/>
+              <a:off x="6448425" y="83518"/>
+              <a:ext cx="2047875" cy="383207"/>
               <a:chOff x="3092650" y="731237"/>
               <a:chExt cx="1562103" cy="307008"/>
             </a:xfrm>
           </xdr:grpSpPr>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="10241" name="Group Box 1" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s10241"/>
+                  </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000001280000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="3092650" y="731237"/>
                 <a:ext cx="1562103" cy="307008"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln w="9525">
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:noFill/>
                   </a14:hiddenFill>
                 </a:ext>
@@ -8501,50 +7555,53 @@
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="l" rtl="0">
                   <a:defRPr sz="1000"/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="da-DK" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="Tahoma"/>
                     <a:ea typeface="Tahoma"/>
                     <a:cs typeface="Tahoma"/>
                   </a:rPr>
                   <a:t>Sprog / language</a:t>
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="10242" name="Option Button 2" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s10242"/>
+                  </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000002280000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="3283848" y="787803"/>
                 <a:ext cx="453124" cy="233266"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                     </a:solidFill>
                   </a14:hiddenFill>
                 </a:ext>
@@ -8565,50 +7622,53 @@
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="l" rtl="0">
                   <a:defRPr sz="1000"/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="da-DK" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="Tahoma"/>
                     <a:ea typeface="Tahoma"/>
                     <a:cs typeface="Tahoma"/>
                   </a:rPr>
                   <a:t>Dansk</a:t>
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="10243" name="Option Button 3" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s10243"/>
+                  </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000003280000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="3954036" y="787803"/>
                 <a:ext cx="470514" cy="233266"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                     </a:solidFill>
                   </a14:hiddenFill>
                 </a:ext>
@@ -8633,163 +7693,163 @@
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="da-DK" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="Tahoma"/>
                     <a:ea typeface="Tahoma"/>
                     <a:cs typeface="Tahoma"/>
                   </a:rPr>
                   <a:t>English</a:t>
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
         </xdr:grpSp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Kontor">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Kontor">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Kontor">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -8938,340 +7998,328 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dst.dk/regn" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Ark1"/>
-  <dimension ref="A1:G28"/>
+  <dimension ref="A1:F28"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="C1" sqref="C1:E1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" outlineLevelCol="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="2"/>
     <col min="2" max="2" width="125.5703125" style="2" customWidth="1"/>
-    <col min="3" max="3" width="118.7109375" style="4" hidden="1" customWidth="1" outlineLevel="1"/>
-[...4 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="4"/>
+    <col min="3" max="3" width="118.7109375" style="2" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="4" max="4" width="97.28515625" style="2" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="5" max="5" width="9.140625" style="7" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="6" max="6" width="9.140625" style="8" collapsed="1"/>
+    <col min="7" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="38.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="125" t="str">
+      <c r="A1" s="99" t="str">
         <f ca="1">OFFSET($C1,0,E1-1)</f>
         <v xml:space="preserve">Regnskabsstatistik </v>
       </c>
-      <c r="B1" s="22"/>
-[...6 lines deleted...]
-      <c r="E1" s="10">
+      <c r="B1" s="12"/>
+      <c r="C1" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="D1" s="78" t="s">
+        <v>479</v>
+      </c>
+      <c r="E1" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:5" ht="60.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="124"/>
-      <c r="B2" s="236" t="str">
+      <c r="A2" s="98"/>
+      <c r="B2" s="200" t="str">
         <f ca="1">OFFSET($C2,0,$E$1-1)</f>
         <v>Du kan indberette til Danmarks Statistiks lovpligtige Regnskabsstatistik i XBRL-format gennem ”Regnskab - Special” på Virk.dk via vores hjemmeside.
 Dette er en vejledning til at udfylde og danne en XBRL-fil til indberetning.</v>
       </c>
-      <c r="C2" s="234" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="4"/>
+      <c r="C2" s="199" t="s">
+        <v>617</v>
+      </c>
+      <c r="D2" s="91" t="s">
+        <v>618</v>
+      </c>
+      <c r="E2" s="2"/>
     </row>
     <row r="3" spans="1:5" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="124"/>
-      <c r="B3" s="238" t="str">
+      <c r="A3" s="98"/>
+      <c r="B3" s="202" t="str">
         <f ca="1">OFFSET($C3,0,$E$1-1)</f>
         <v>Læs venligst Start-siden grundigt.</v>
       </c>
-      <c r="C3" s="234" t="s">
-[...5 lines deleted...]
-      <c r="E3" s="4"/>
+      <c r="C3" s="199" t="s">
+        <v>335</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="E3" s="2"/>
     </row>
     <row r="4" spans="1:5" ht="9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="124"/>
-[...3 lines deleted...]
-      <c r="E4" s="4"/>
+      <c r="A4" s="98"/>
+      <c r="B4" s="200"/>
+      <c r="C4" s="199"/>
+      <c r="E4" s="2"/>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A5" s="16"/>
-      <c r="B5" s="126" t="str">
+      <c r="B5" s="100" t="str">
         <f t="shared" ref="B5:B10" ca="1" si="0">OFFSET($C5,0,$E$1-1)</f>
         <v xml:space="preserve">Regnskabsstatistik </v>
       </c>
-      <c r="C5" s="122" t="s">
-[...3 lines deleted...]
-        <v>489</v>
+      <c r="C5" s="97" t="s">
+        <v>358</v>
+      </c>
+      <c r="D5" s="78" t="s">
+        <v>479</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="124"/>
-      <c r="B6" s="236" t="str">
+      <c r="A6" s="98"/>
+      <c r="B6" s="200" t="str">
         <f t="shared" ca="1" si="0"/>
         <v xml:space="preserve">Arket " Regnskabsstatistik" viser indberetningsskemaet. 
 Alle de grå felter skal udfyldes for, at indberetningen er korrekt. </v>
       </c>
-      <c r="C6" s="234" t="s">
-[...3 lines deleted...]
-        <v>491</v>
+      <c r="C6" s="199" t="s">
+        <v>336</v>
+      </c>
+      <c r="D6" s="200" t="s">
+        <v>481</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="124"/>
-      <c r="B7" s="235" t="str">
+      <c r="A7" s="98"/>
+      <c r="B7" s="102" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Hvis du ikke har tal for en given post, skrives et "0".</v>
       </c>
-      <c r="C7" s="121" t="s">
-[...3 lines deleted...]
-        <v>504</v>
+      <c r="C7" s="96" t="s">
+        <v>337</v>
+      </c>
+      <c r="D7" s="102" t="s">
+        <v>494</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="124"/>
-      <c r="B8" s="235" t="str">
+      <c r="A8" s="98"/>
+      <c r="B8" s="102" t="str">
         <f t="shared" ca="1" si="0"/>
         <v xml:space="preserve">Posterne skrives i hele 1.000 kroner og må ikke indeholde decimaler - i eksemplet er anvendt DKK. </v>
       </c>
-      <c r="C8" s="121" t="s">
-[...3 lines deleted...]
-        <v>492</v>
+      <c r="C8" s="96" t="s">
+        <v>485</v>
+      </c>
+      <c r="D8" s="102" t="s">
+        <v>482</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="124"/>
-      <c r="B9" s="235" t="str">
+      <c r="A9" s="98"/>
+      <c r="B9" s="102" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>• Kun pkt. 8, 19, 24-27 samt pkt. 55 må indeholde et negativt fortegn.</v>
       </c>
-      <c r="C9" s="121" t="s">
-[...3 lines deleted...]
-        <v>493</v>
+      <c r="C9" s="96" t="s">
+        <v>615</v>
+      </c>
+      <c r="D9" s="96" t="s">
+        <v>483</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="48" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="124"/>
-      <c r="B10" s="236" t="str">
+      <c r="A10" s="98"/>
+      <c r="B10" s="200" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>• Der er indlagt nogle valideringer i cellerne. Hvis en celle bliver rød, skyldes det enten forkerte fortegn eller decimaler i cellen.
 Derfor tjek venligst dine indtastede tal igen.</v>
       </c>
-      <c r="C10" s="234" t="s">
-[...3 lines deleted...]
-        <v>494</v>
+      <c r="C10" s="199" t="s">
+        <v>616</v>
+      </c>
+      <c r="D10" s="199" t="s">
+        <v>484</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="124"/>
-[...3 lines deleted...]
-      <c r="E11" s="4"/>
+      <c r="A11" s="98"/>
+      <c r="B11"/>
+      <c r="C11" s="96"/>
+      <c r="E11" s="2"/>
     </row>
     <row r="12" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="124"/>
-      <c r="B12" s="126" t="str">
+      <c r="A12" s="98"/>
+      <c r="B12" s="100" t="str">
         <f t="shared" ref="B12:B18" ca="1" si="1">OFFSET($C12,0,$E$1-1)</f>
         <v xml:space="preserve">Excel-arket indeholder følgende faner: </v>
       </c>
-      <c r="C12" s="121" t="s">
-[...5 lines deleted...]
-      <c r="E12" s="4"/>
+      <c r="C12" s="96" t="s">
+        <v>353</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>339</v>
+      </c>
+      <c r="E12" s="2"/>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A13" s="16"/>
-      <c r="B13" s="236" t="str">
+      <c r="B13" s="200" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>1. ¨Start-guide¨: Her finder du en forside med oversigt og generelle råd vedrørende Regnskabsstatistikken.</v>
       </c>
-      <c r="C13" s="121" t="s">
-[...3 lines deleted...]
-        <v>497</v>
+      <c r="C13" s="96" t="s">
+        <v>486</v>
+      </c>
+      <c r="D13" s="96" t="s">
+        <v>487</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="236" t="str">
+      <c r="B14" s="200" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>2. ¨Regnskabsstatistik¨: Her indtaster du selve indberetningen.
 • Hvis du kopierer og indsætter tal, indsæt kun tal uden formatering.</v>
       </c>
-      <c r="C14" s="247" t="s">
-[...3 lines deleted...]
-        <v>499</v>
+      <c r="C14" s="209" t="s">
+        <v>488</v>
+      </c>
+      <c r="D14" s="91" t="s">
+        <v>489</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="45" x14ac:dyDescent="0.25">
-      <c r="B15" s="236" t="str">
+      <c r="B15" s="200" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>3. ¨REGN Information¨: Denne fane indeholder en mere detaljeret oversigt over de enkelte poster, som vi efterspørger til Regnskabsstatistikken.
 -Er du i tvivl om en post, kan du ofte finde et svar her.</v>
       </c>
-      <c r="C15" s="247" t="s">
-[...3 lines deleted...]
-        <v>501</v>
+      <c r="C15" s="209" t="s">
+        <v>490</v>
+      </c>
+      <c r="D15" s="91" t="s">
+        <v>491</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B16" s="236" t="str">
+      <c r="B16" s="200" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>4. ¨XBRL¨: I denne fane ligger selve XBRL-koden. Det er her, du finder og trækker den færdige XBRL-fil, som kan bruges til at indberette til Regnskabsstatistikken.</v>
       </c>
-      <c r="C16" s="247" t="s">
-[...7 lines deleted...]
-      <c r="B17" s="236" t="str">
+      <c r="C16" s="209" t="s">
+        <v>492</v>
+      </c>
+      <c r="D16" s="91" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="200" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>5. ¨XBRL upload¨: I denne fane ligger der en vejledning i, hvordan du danner og gemmer en XBRL-fil (fra fanen: ¨XBRL¨),
 samt hvordan du efterfølgende indberetter til Regnskabsstatistikken med en XBRL-fil.</v>
       </c>
-      <c r="C17" s="247" t="s">
-[...7 lines deleted...]
-      <c r="B18" s="248" t="str">
+      <c r="C17" s="209" t="s">
+        <v>493</v>
+      </c>
+      <c r="D17" s="91" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" s="210" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>6. ¨FAQ¨: Q&amp;A</v>
       </c>
-      <c r="C18" s="4" t="s">
-[...8 lines deleted...]
-      <c r="B19" s="123"/>
+      <c r="C18" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19"/>
       <c r="C19"/>
     </row>
-    <row r="20" spans="1:4" ht="18.75" x14ac:dyDescent="0.3">
-[...34 lines deleted...]
-      <c r="B28" s="123"/>
+    <row r="20" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="B20" s="155"/>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C21" s="96"/>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22"/>
+      <c r="C22" s="96"/>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23"/>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24"/>
+      <c r="C24" s="96"/>
+      <c r="D24" s="101"/>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25"/>
+      <c r="C25" s="96"/>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26"/>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27"/>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="3083" r:id="rId4" name="Group Box 11">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>4857750</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>114300</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>6534150</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>428625</xdr:rowOff>
@@ -9310,3936 +8358,3243 @@
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>5781675</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>171450</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>6286500</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>409575</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Ark2"/>
   <dimension ref="A1:AY151"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <pane xSplit="2" ySplit="1" topLeftCell="F2" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="1" topLeftCell="D26" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="F2" sqref="F2"/>
+      <selection pane="bottomRight" activeCell="D36" sqref="D36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" outlineLevelCol="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.5703125" style="2" customWidth="1"/>
     <col min="2" max="2" width="128" style="2" customWidth="1"/>
-    <col min="3" max="3" width="125.28515625" style="4" hidden="1" customWidth="1" outlineLevel="1"/>
-[...9 lines deleted...]
-    <col min="30" max="16384" width="9.140625" style="4"/>
+    <col min="3" max="3" width="125.28515625" style="2" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="4" max="4" width="118.42578125" style="60" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="5" max="5" width="9.5703125" style="7" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="6" max="6" width="11.7109375" style="8" customWidth="1" collapsed="1"/>
+    <col min="7" max="7" width="57.5703125" style="2" customWidth="1"/>
+    <col min="8" max="25" width="9.140625" style="2" customWidth="1"/>
+    <col min="26" max="26" width="7.5703125" style="2" customWidth="1"/>
+    <col min="27" max="27" width="21" style="2" hidden="1" customWidth="1"/>
+    <col min="28" max="28" width="18.42578125" style="2" hidden="1" customWidth="1"/>
+    <col min="29" max="29" width="9.140625" style="2" customWidth="1"/>
+    <col min="30" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="37" t="str">
+      <c r="A1" s="25" t="str">
         <f ca="1">OFFSET($C1,0,form_lang-1)</f>
-        <v>Regnskabsstatistik 2024</v>
-[...1 lines deleted...]
-      <c r="B1" s="14"/>
+        <v>Regnskabsstatistik 2025</v>
+      </c>
+      <c r="B1" s="1"/>
       <c r="C1" s="1" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>488</v>
+        <v>622</v>
+      </c>
+      <c r="D1" s="158" t="s">
+        <v>621</v>
       </c>
       <c r="E1" s="1">
         <v>1</v>
       </c>
-      <c r="F1" s="9"/>
+      <c r="F1" s="6"/>
     </row>
     <row r="2" spans="1:7" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="29"/>
-      <c r="B2" s="38" t="str">
+      <c r="A2" s="19"/>
+      <c r="B2" s="26" t="str">
         <f ca="1">OFFSET($C2,0,form_lang-1)</f>
         <v>Regnskabsaflæggende virksomheds CVR-nr.:</v>
       </c>
-      <c r="C2" s="38" t="s">
-[...6 lines deleted...]
-      <c r="F2" s="291">
+      <c r="C2" s="26" t="s">
+        <v>561</v>
+      </c>
+      <c r="D2" s="159" t="s">
+        <v>560</v>
+      </c>
+      <c r="E2" s="19"/>
+      <c r="F2" s="252">
         <v>17150413</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="18"/>
-      <c r="B3" s="82" t="str">
+      <c r="A3" s="3"/>
+      <c r="B3" s="63" t="str">
         <f ca="1">OFFSET($C3,0,form_lang-1)</f>
         <v>Regnskabsaflæggende virksomheds navn:</v>
       </c>
-      <c r="C3" s="82" t="s">
-[...5 lines deleted...]
-      <c r="E3" s="33" t="s">
+      <c r="C3" s="63" t="s">
+        <v>562</v>
+      </c>
+      <c r="D3" s="160" t="s">
+        <v>559</v>
+      </c>
+      <c r="E3" s="22" t="s">
         <v>53</v>
       </c>
-      <c r="F3" s="274" t="s">
+      <c r="F3" s="235" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="15"/>
-[...3 lines deleted...]
-      <c r="E4" s="63" t="s">
+      <c r="E4" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F4" s="255"/>
+      <c r="F4" s="217"/>
     </row>
     <row r="5" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="50" t="str">
+      <c r="A5" s="38" t="str">
         <f ca="1">OFFSET($C5,0,form_lang-1)</f>
         <v>Regnskabsår og valuta</v>
       </c>
-      <c r="B5" s="51"/>
-      <c r="C5" s="51" t="s">
+      <c r="B5" s="39"/>
+      <c r="C5" s="39" t="s">
         <v>19</v>
       </c>
-      <c r="D5" s="191" t="s">
+      <c r="D5" s="161" t="s">
         <v>44</v>
       </c>
-      <c r="E5" s="64" t="s">
+      <c r="E5" s="51" t="s">
         <v>53</v>
       </c>
-      <c r="F5" s="275" t="s">
+      <c r="F5" s="236" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="16"/>
-      <c r="B6" s="39" t="str">
+      <c r="B6" s="27" t="str">
         <f ca="1">OFFSET($C6,0,form_lang-1)</f>
         <v>De anførte oplysninger vedrører regnskabsperiode:  Fra ÅÅÅÅ-MM-DD og til ÅÅÅÅ-MM-DD:</v>
       </c>
-      <c r="C6" s="101" t="s">
-[...5 lines deleted...]
-      <c r="E6" s="65" t="s">
+      <c r="C6" s="79" t="s">
+        <v>564</v>
+      </c>
+      <c r="D6" s="61" t="s">
+        <v>558</v>
+      </c>
+      <c r="E6" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F6" s="55" t="s">
-[...3 lines deleted...]
-        <v>507</v>
+      <c r="F6" s="42" t="s">
+        <v>619</v>
+      </c>
+      <c r="G6" s="256" t="s">
+        <v>620</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="15"/>
-[...3 lines deleted...]
-      <c r="E7" s="63" t="s">
+      <c r="E7" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F7" s="255"/>
+      <c r="F7" s="217"/>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A8" s="15"/>
-      <c r="B8" s="39" t="str">
+      <c r="B8" s="27" t="str">
         <f ca="1">OFFSET($C8,0,form_lang-1)</f>
         <v>Angiv, hvilken valuta virksomheden indberetter beløb i:</v>
       </c>
-      <c r="C8" s="39" t="s">
+      <c r="C8" s="27" t="s">
         <v>70</v>
       </c>
-      <c r="D8" s="80" t="s">
-[...2 lines deleted...]
-      <c r="E8" s="63" t="s">
+      <c r="D8" s="61" t="s">
+        <v>556</v>
+      </c>
+      <c r="E8" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F8" s="276" t="s">
-        <v>293</v>
+      <c r="F8" s="237" t="s">
+        <v>292</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="16"/>
-[...3 lines deleted...]
-      <c r="E9" s="65" t="s">
+      <c r="E9" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F9" s="277"/>
+      <c r="F9" s="238"/>
     </row>
     <row r="10" spans="1:7" ht="21.95" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="26" t="str">
+      <c r="A10" s="16" t="str">
         <f ca="1">OFFSET($C10,0,form_lang-1)</f>
         <v>Resultatopgørelse</v>
       </c>
-      <c r="B10" s="23"/>
-      <c r="C10" s="23" t="s">
+      <c r="B10" s="13"/>
+      <c r="C10" s="13" t="s">
         <v>0</v>
       </c>
-      <c r="D10" s="163" t="s">
+      <c r="D10" s="134" t="s">
         <v>45</v>
       </c>
-      <c r="E10" s="66" t="s">
+      <c r="E10" s="52" t="s">
         <v>53</v>
       </c>
-      <c r="F10" s="278" t="str">
+      <c r="F10" s="239" t="str">
         <f>IF(form_lang=1,"I alt for","In total for")</f>
         <v>I alt for</v>
       </c>
     </row>
     <row r="11" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="22"/>
-      <c r="B11" s="252" t="str">
+      <c r="A11" s="12"/>
+      <c r="B11" s="214" t="str">
         <f ca="1">OFFSET($C11,0,form_lang-1)</f>
         <v>Posterne er yderligere kommenteret under "REGN Information".</v>
       </c>
       <c r="C11" t="s">
-        <v>575</v>
-[...4 lines deleted...]
-      <c r="E11" s="36" t="s">
+        <v>563</v>
+      </c>
+      <c r="D11" s="143" t="s">
+        <v>509</v>
+      </c>
+      <c r="E11" s="24" t="s">
         <v>53</v>
       </c>
-      <c r="F11" s="279" t="str">
+      <c r="F11" s="240" t="str">
         <f>IF(form_lang=1,"eget CVR-nr.","own CVR-no.")</f>
         <v>eget CVR-nr.</v>
       </c>
     </row>
     <row r="12" spans="1:7" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="16"/>
-[...3 lines deleted...]
-      <c r="E12" s="65" t="s">
+      <c r="B12" s="8"/>
+      <c r="C12" s="8"/>
+      <c r="D12" s="111"/>
+      <c r="E12" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F12" s="255"/>
+      <c r="F12" s="217"/>
     </row>
     <row r="13" spans="1:7" ht="54.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="16"/>
-      <c r="B13" s="130" t="str">
+      <c r="B13" s="103" t="str">
         <f ca="1">OFFSET($C13,0,form_lang-1)</f>
         <v>Indberetningen skal indeholde regnskabsdata for det udtrukkede cvr nr., indtast i højre kolonne (grå felter). 
 Hvis jeres firma er et moderselskab, skal I kun indtaste oplysninger om moderselskabet, ikke hele koncernen.
 Pkt.19 til 60, skal stemme overens med den officielle Årsrapport.</v>
       </c>
-      <c r="C13" s="181" t="s">
-[...5 lines deleted...]
-      <c r="E13" s="65" t="s">
+      <c r="C13" s="151" t="s">
+        <v>359</v>
+      </c>
+      <c r="D13" s="123" t="s">
+        <v>360</v>
+      </c>
+      <c r="E13" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F13" s="255"/>
+      <c r="F13" s="217"/>
     </row>
     <row r="14" spans="1:7" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="46"/>
-[...3 lines deleted...]
-      <c r="E14" s="253" t="s">
+      <c r="A14" s="34"/>
+      <c r="B14" s="34"/>
+      <c r="E14" s="215" t="s">
         <v>53</v>
       </c>
-      <c r="F14" s="255"/>
+      <c r="F14" s="217"/>
     </row>
     <row r="15" spans="1:7" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="52" t="str">
+      <c r="A15" s="40" t="str">
         <f ca="1">OFFSET($C15,0,form_lang-1)</f>
         <v>Ordinær drift, før finansielle poster</v>
       </c>
-      <c r="B15" s="53"/>
-      <c r="C15" s="53" t="s">
+      <c r="B15" s="41"/>
+      <c r="C15" s="41" t="s">
         <v>24</v>
       </c>
-      <c r="D15" s="164" t="s">
+      <c r="D15" s="135" t="s">
         <v>46</v>
       </c>
-      <c r="E15" s="67" t="s">
+      <c r="E15" s="53" t="s">
         <v>53</v>
       </c>
-      <c r="F15" s="280" t="str">
+      <c r="F15" s="241" t="str">
         <f>"1.000 "&amp;F$8</f>
         <v>1.000 DKK</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="134">
+      <c r="A16" s="107">
         <v>1</v>
       </c>
-      <c r="B16" s="81" t="str">
+      <c r="B16" s="62" t="str">
         <f t="shared" ref="B16:B34" ca="1" si="0">OFFSET($C16,0,form_lang-1)</f>
         <v>Nettoomsætning (efter fradrag af prisnedslag, merværdi- og punktafgifter)</v>
       </c>
-      <c r="C16" s="39" t="s">
+      <c r="C16" s="27" t="s">
         <v>32</v>
       </c>
-      <c r="D16" s="80" t="s">
-[...2 lines deleted...]
-      <c r="E16" s="40">
+      <c r="D16" s="61" t="s">
+        <v>361</v>
+      </c>
+      <c r="E16" s="28">
         <v>1</v>
       </c>
-      <c r="F16" s="256">
+      <c r="F16" s="218">
         <v>0</v>
       </c>
-      <c r="G16" s="294" t="str">
+      <c r="G16" s="255" t="str">
         <f t="shared" ref="G16:G24" si="1">IF(F16=0," ",IF(F16&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="131">
+      <c r="A17" s="104">
         <v>2</v>
       </c>
-      <c r="B17" s="132" t="str">
+      <c r="B17" s="105" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Arbejde udført for egen regning og opført under aktiver som tilgang</v>
       </c>
-      <c r="C17" s="199" t="s">
-[...5 lines deleted...]
-      <c r="E17" s="41">
+      <c r="C17" s="106" t="s">
+        <v>297</v>
+      </c>
+      <c r="D17" s="44" t="s">
+        <v>349</v>
+      </c>
+      <c r="E17" s="29">
         <v>2</v>
       </c>
-      <c r="F17" s="256">
+      <c r="F17" s="218">
         <v>0</v>
       </c>
-      <c r="G17" s="294" t="str">
+      <c r="G17" s="255" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="131">
+      <c r="A18" s="104">
         <v>3</v>
       </c>
-      <c r="B18" s="78" t="str">
+      <c r="B18" s="59" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Andre driftsindtægter 
 • Her anføres kun indtægter af sekundær karakter.</v>
       </c>
-      <c r="C18" s="58" t="s">
-[...5 lines deleted...]
-      <c r="E18" s="41">
+      <c r="C18" s="45" t="s">
+        <v>555</v>
+      </c>
+      <c r="D18" s="106" t="s">
+        <v>557</v>
+      </c>
+      <c r="E18" s="29">
         <v>3</v>
       </c>
-      <c r="F18" s="256">
+      <c r="F18" s="218">
         <v>0</v>
       </c>
-      <c r="G18" s="294" t="str">
+      <c r="G18" s="255" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A19" s="131">
+      <c r="A19" s="104">
         <v>4</v>
       </c>
-      <c r="B19" s="199" t="str">
+      <c r="B19" s="106" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Forbrug af varer (materialer)</v>
       </c>
-      <c r="C19" s="58" t="s">
-[...5 lines deleted...]
-      <c r="E19" s="41">
+      <c r="C19" s="45" t="s">
+        <v>351</v>
+      </c>
+      <c r="D19" s="44" t="s">
+        <v>365</v>
+      </c>
+      <c r="E19" s="29">
         <v>4</v>
       </c>
-      <c r="F19" s="256">
+      <c r="F19" s="218">
         <v>0</v>
       </c>
-      <c r="G19" s="294" t="str">
+      <c r="G19" s="255" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="131">
+      <c r="A20" s="104">
         <v>5</v>
       </c>
-      <c r="B20" s="78" t="str">
+      <c r="B20" s="59" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Køb af underentrepriser/underleverandører
 • Køb af andres arbejde i forbindelse med virksomhedens primære drift (fremmed arbejde).</v>
       </c>
-      <c r="C20" s="58" t="s">
-[...5 lines deleted...]
-      <c r="E20" s="41">
+      <c r="C20" s="45" t="s">
+        <v>497</v>
+      </c>
+      <c r="D20" s="106" t="s">
+        <v>498</v>
+      </c>
+      <c r="E20" s="29">
         <v>5</v>
       </c>
-      <c r="F20" s="256">
+      <c r="F20" s="218">
         <v>0</v>
       </c>
-      <c r="G20" s="294" t="str">
+      <c r="G20" s="255" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="131">
+      <c r="A21" s="104">
         <v>6</v>
       </c>
-      <c r="B21" s="199" t="str">
+      <c r="B21" s="106" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Omkostninger til husleje (ekskl. varme og el)
 • Omfatter kun udgifter til lejeforhold.</v>
       </c>
-      <c r="C21" s="58" t="s">
-[...5 lines deleted...]
-      <c r="E21" s="41">
+      <c r="C21" s="45" t="s">
+        <v>554</v>
+      </c>
+      <c r="D21" s="106" t="s">
+        <v>499</v>
+      </c>
+      <c r="E21" s="29">
         <v>6</v>
       </c>
-      <c r="F21" s="256">
+      <c r="F21" s="218">
         <v>0</v>
       </c>
-      <c r="G21" s="294" t="str">
+      <c r="G21" s="255" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="131">
+      <c r="A22" s="104">
         <v>7</v>
       </c>
-      <c r="B22" s="78" t="str">
+      <c r="B22" s="59" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Omkostninger til anskaffelse af småinventar/driftsmidler med kort levetid
 • Udgifter til anskaffelser, der udgiftsføres fuldt ud over resultatopgørelsen i købsåret, dvs. straksafskrives.</v>
       </c>
-      <c r="C22" s="199" t="s">
-[...5 lines deleted...]
-      <c r="E22" s="41">
+      <c r="C22" s="106" t="s">
+        <v>553</v>
+      </c>
+      <c r="D22" s="106" t="s">
+        <v>500</v>
+      </c>
+      <c r="E22" s="29">
         <v>7</v>
       </c>
-      <c r="F22" s="256">
+      <c r="F22" s="218">
         <v>0</v>
       </c>
-      <c r="G22" s="294" t="str">
+      <c r="G22" s="255" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="131">
+      <c r="A23" s="104">
         <v>8</v>
       </c>
-      <c r="B23" s="199" t="str">
+      <c r="B23" s="106" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Omkostninger til leje af arbejdskraft fra andet firma (fx vikarbureau)</v>
       </c>
-      <c r="C23" s="42" t="s">
+      <c r="C23" s="30" t="s">
         <v>55</v>
       </c>
-      <c r="D23" s="57" t="s">
-[...2 lines deleted...]
-      <c r="E23" s="41">
+      <c r="D23" s="44" t="s">
+        <v>343</v>
+      </c>
+      <c r="E23" s="29">
         <v>8</v>
       </c>
-      <c r="F23" s="256">
+      <c r="F23" s="218">
         <v>0</v>
       </c>
-      <c r="G23" s="294" t="str">
+      <c r="G23" s="255" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="136">
+      <c r="A24" s="109">
         <v>9</v>
       </c>
-      <c r="B24" s="200" t="str">
+      <c r="B24" s="167" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Omkostninger til langtidsleje og operationel leasing</v>
       </c>
-      <c r="C24" s="45" t="s">
+      <c r="C24" s="33" t="s">
         <v>56</v>
       </c>
-      <c r="D24" s="48" t="s">
+      <c r="D24" s="36" t="s">
         <v>48</v>
       </c>
-      <c r="E24" s="44">
+      <c r="E24" s="32">
         <v>9</v>
       </c>
-      <c r="F24" s="256">
+      <c r="F24" s="218">
         <v>0</v>
       </c>
-      <c r="G24" s="294" t="str">
+      <c r="G24" s="255" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="136">
+      <c r="A25" s="109">
         <v>10</v>
       </c>
-      <c r="B25" s="200" t="str">
+      <c r="B25" s="167" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Tab på debitorer (konstaterede tab og ændringer i hensættelse) (+/-)</v>
       </c>
-      <c r="C25" s="45" t="s">
+      <c r="C25" s="33" t="s">
         <v>290</v>
       </c>
-      <c r="D25" s="48" t="s">
-[...2 lines deleted...]
-      <c r="E25" s="44">
+      <c r="D25" s="36" t="s">
+        <v>344</v>
+      </c>
+      <c r="E25" s="32">
         <v>10</v>
       </c>
-      <c r="F25" s="256">
+      <c r="F25" s="218">
         <v>0</v>
       </c>
-      <c r="G25" s="4" t="str">
+      <c r="G25" s="2" t="str">
         <f>IF(F25=0," ",IF(F25&lt;0,"Negativt fortegn anvendes kun hvis denne post er en indtægt/Only use a negative sign if this item is an income"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="136">
+      <c r="A26" s="109">
         <v>11</v>
       </c>
-      <c r="B26" s="141" t="str">
+      <c r="B26" s="114" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Eksterne omkostninger i øvrigt (bortset fra poster af sekundær karakter)
-[...8 lines deleted...]
-      <c r="E26" s="44">
+        <v>Eksterne omkostninger i øvrigt 
+• Udgifter til køretøjer, reparation, vedligeholdelse, royalties, rengøring, uddannelse, arbejdstøj, kontorartikler, telefon, revisor, advokat, forsikring, reklame, forretningsrejser, repræsentation o.l.</v>
+      </c>
+      <c r="C26" s="167" t="s">
+        <v>638</v>
+      </c>
+      <c r="D26" s="167" t="s">
+        <v>637</v>
+      </c>
+      <c r="E26" s="32">
         <v>11</v>
       </c>
-      <c r="F26" s="256">
+      <c r="F26" s="218">
         <v>0</v>
       </c>
-      <c r="G26" s="294" t="str">
+      <c r="G26" s="255" t="str">
         <f>IF(F26=0,"Denne omkostning må ikke være 0/This expense cannot be 0",IF(F26&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v>Denne omkostning må ikke være 0/This expense cannot be 0</v>
       </c>
     </row>
     <row r="27" spans="1:7" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="136">
+      <c r="A27" s="109">
         <v>12</v>
       </c>
-      <c r="B27" s="200" t="str">
+      <c r="B27" s="167" t="str">
         <f ca="1">OFFSET($C27,0,form_lang-1)</f>
         <v>Lønninger og gager
 • Refusioner og viderefaktureret løn fratrækkes ikke og anføres i pkt. 3 som anden driftsindtægt.</v>
       </c>
-      <c r="C27" s="200" t="s">
-[...5 lines deleted...]
-      <c r="E27" s="44">
+      <c r="C27" s="167" t="s">
+        <v>552</v>
+      </c>
+      <c r="D27" s="167" t="s">
+        <v>501</v>
+      </c>
+      <c r="E27" s="32">
         <v>12</v>
       </c>
-      <c r="F27" s="256">
+      <c r="F27" s="218">
         <v>0</v>
       </c>
-      <c r="G27" s="294" t="str">
+      <c r="G27" s="255" t="str">
         <f t="shared" ref="G27:G33" si="2">IF(F27=0," ",IF(F27&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="28" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="136">
+      <c r="A28" s="109">
         <v>13</v>
       </c>
-      <c r="B28" s="200" t="str">
+      <c r="B28" s="167" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Pensionsomkostninger</v>
       </c>
-      <c r="C28" s="45" t="s">
+      <c r="C28" s="33" t="s">
         <v>57</v>
       </c>
-      <c r="D28" s="48" t="s">
-[...2 lines deleted...]
-      <c r="E28" s="44">
+      <c r="D28" s="36" t="s">
+        <v>321</v>
+      </c>
+      <c r="E28" s="32">
         <v>13</v>
       </c>
-      <c r="F28" s="256">
+      <c r="F28" s="218">
         <v>0</v>
       </c>
-      <c r="G28" s="294" t="str">
+      <c r="G28" s="255" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="136">
+      <c r="A29" s="109">
         <v>14</v>
       </c>
-      <c r="B29" s="200" t="str">
+      <c r="B29" s="167" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Andre omkostninger til social sikring
 • Arbejdsgiverens bidrag til ATP, AER, BST ol. og personaleforsikringer i form af syge-, arbejdsskade-, ulykkes- og livsforsikringer m.m.</v>
       </c>
-      <c r="C29" s="200" t="s">
-[...5 lines deleted...]
-      <c r="E29" s="44">
+      <c r="C29" s="167" t="s">
+        <v>565</v>
+      </c>
+      <c r="D29" s="167" t="s">
+        <v>502</v>
+      </c>
+      <c r="E29" s="32">
         <v>14</v>
       </c>
-      <c r="F29" s="256">
+      <c r="F29" s="218">
         <v>0</v>
       </c>
-      <c r="G29" s="294" t="str">
+      <c r="G29" s="255" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="30" spans="1:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="136">
+      <c r="A30" s="109">
         <v>15</v>
       </c>
-      <c r="B30" s="200" t="str">
+      <c r="B30" s="167" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Afskrivninger af materielle og immaterielle anlægsaktiver</v>
       </c>
-      <c r="C30" s="45" t="s">
+      <c r="C30" s="33" t="s">
         <v>94</v>
       </c>
-      <c r="D30" s="48" t="s">
-[...2 lines deleted...]
-      <c r="E30" s="44">
+      <c r="D30" s="36" t="s">
+        <v>328</v>
+      </c>
+      <c r="E30" s="32">
         <v>15</v>
       </c>
-      <c r="F30" s="256">
+      <c r="F30" s="218">
         <v>0</v>
       </c>
-      <c r="G30" s="294" t="str">
+      <c r="G30" s="255" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="31" spans="1:7" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="136">
+      <c r="A31" s="109">
         <v>16</v>
       </c>
-      <c r="B31" s="200" t="str">
+      <c r="B31" s="167" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Nedskrivninger af materielle og immaterielle anlægsaktiver</v>
       </c>
-      <c r="C31" s="45" t="s">
+      <c r="C31" s="33" t="s">
         <v>95</v>
       </c>
-      <c r="D31" s="48" t="s">
-[...2 lines deleted...]
-      <c r="E31" s="44">
+      <c r="D31" s="36" t="s">
+        <v>346</v>
+      </c>
+      <c r="E31" s="32">
         <v>16</v>
       </c>
-      <c r="F31" s="256">
+      <c r="F31" s="218">
         <v>0</v>
       </c>
-      <c r="G31" s="294" t="str">
+      <c r="G31" s="255" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="32" spans="1:7" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="131">
+      <c r="A32" s="104">
         <v>17</v>
       </c>
-      <c r="B32" s="133" t="str">
+      <c r="B32" s="106" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Nedskrivninger af omsætningsaktiver (bortset fra finansielle omsætningsaktiver)</v>
       </c>
-      <c r="C32" s="42" t="s">
+      <c r="C32" s="30" t="s">
         <v>58</v>
       </c>
-      <c r="D32" s="199" t="s">
-[...2 lines deleted...]
-      <c r="E32" s="41">
+      <c r="D32" s="106" t="s">
+        <v>503</v>
+      </c>
+      <c r="E32" s="29">
         <v>17</v>
       </c>
-      <c r="F32" s="256">
+      <c r="F32" s="218">
         <v>0</v>
       </c>
-      <c r="G32" s="294" t="str">
+      <c r="G32" s="255" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="33" spans="1:28" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="136">
+      <c r="A33" s="109">
         <v>18</v>
       </c>
-      <c r="B33" s="200" t="str">
+      <c r="B33" s="167" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Sekundære omkostninger
 •Tab af salg af immaterielle og materielle anlægsafgifter, udgifter til erstatninger ol.</v>
       </c>
-      <c r="C33" s="49" t="s">
-[...5 lines deleted...]
-      <c r="E33" s="44">
+      <c r="C33" s="37" t="s">
+        <v>298</v>
+      </c>
+      <c r="D33" s="167" t="s">
+        <v>504</v>
+      </c>
+      <c r="E33" s="32">
         <v>18</v>
       </c>
-      <c r="F33" s="256">
+      <c r="F33" s="218">
         <v>0</v>
       </c>
-      <c r="G33" s="294" t="str">
+      <c r="G33" s="255" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="34" spans="1:28" s="7" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="135">
+    <row r="34" spans="1:28" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="108">
         <v>19</v>
       </c>
-      <c r="B34" s="165" t="str">
+      <c r="B34" s="136" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Ordinært driftsresultat før finansielle poster iht. årsregnskabet</v>
       </c>
-      <c r="C34" s="20" t="s">
+      <c r="C34" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="D34" s="165" t="s">
+      <c r="D34" s="136" t="s">
         <v>64</v>
       </c>
-      <c r="E34" s="19">
+      <c r="E34" s="9">
         <v>19</v>
       </c>
-      <c r="F34" s="281">
+      <c r="F34" s="242">
         <v>0</v>
       </c>
-      <c r="G34" s="294" t="str">
+      <c r="G34" s="255" t="str">
         <f>IF(AB35&gt;0,"Der er en differnce mellem pkt. 1-18 i forhold til pkt. 19. Tjek venligst tallene igen og ret evt. i pkt. 11./There is a discrepancy between items no. 1–18 and item no. 19. Please check the items again and correct item no. 11, if necessary. ",IF(AB35&lt;0,"Der er en differnce mellem pkt. 1-18 i forhold til pkt. 19. Tjek venligst tallene igen og ret evt. i pkt. 11./There is a discrepancy between items no. 1–18 and item no. 19. Please check the items again and correct item no. 11, if necessary."," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="35" spans="1:28" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="50" t="str">
+      <c r="A35" s="38" t="str">
         <f ca="1">OFFSET($C35,0,form_lang-1)</f>
         <v>Finansielle poster</v>
       </c>
-      <c r="B35" s="56"/>
-      <c r="C35" s="56" t="s">
+      <c r="B35" s="43"/>
+      <c r="C35" s="43" t="s">
         <v>1</v>
       </c>
-      <c r="D35" s="166" t="s">
+      <c r="D35" s="137" t="s">
         <v>50</v>
       </c>
-      <c r="E35" s="64" t="s">
+      <c r="E35" s="51" t="s">
         <v>53</v>
       </c>
-      <c r="F35" s="282" t="str">
+      <c r="F35" s="243" t="str">
         <f>"1.000 "&amp;F$8</f>
         <v>1.000 DKK</v>
       </c>
-      <c r="AA35" s="4">
+      <c r="AA35" s="2">
         <f>(F16+F17+F18)-(F19+F20+F21+F22+F23+F24+F25+F26+F27+F28+F29+F30+F31+F32+F33)</f>
         <v>0</v>
       </c>
-      <c r="AB35" s="4">
+      <c r="AB35" s="2">
         <f>(AA35-F34)</f>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:28" ht="51" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="138">
+      <c r="A36" s="111">
         <v>20</v>
       </c>
-      <c r="B36" s="201" t="str">
+      <c r="B36" s="93" t="str">
         <f ca="1">OFFSET($C36,0,form_lang-1)</f>
         <v>Indtægter af kapitalandele og øvrigt udbytte af finansielle anlægsaktiver 
 • Overskud, udbytte, royalties og opskrivninger.
 • Negativt udbytte eller værdiregulering angives i pkt. 22 (fx nedskrivninger).</v>
       </c>
-      <c r="C36" s="114" t="s">
-[...5 lines deleted...]
-      <c r="E36" s="16">
+      <c r="C36" s="91" t="s">
+        <v>551</v>
+      </c>
+      <c r="D36" s="93" t="s">
+        <v>505</v>
+      </c>
+      <c r="E36" s="2">
         <v>20</v>
       </c>
-      <c r="F36" s="256">
+      <c r="F36" s="218">
         <v>0</v>
       </c>
-      <c r="G36" s="4" t="str">
+      <c r="G36" s="2" t="str">
         <f>IF(F36=0," ",IF(F36&lt;0,"Feltet må ikke være negativt. Negativt udbytte eller nedskrivninger af kapitalandele, skal placeres på pkt. 22./This item cannot be negative. Negative dividends or impairments of equity investments must be entered under item no. 22."," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="37" spans="1:28" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="136">
+      <c r="A37" s="109">
         <v>21</v>
       </c>
-      <c r="B37" s="200" t="str">
+      <c r="B37" s="167" t="str">
         <f ca="1">OFFSET($C37,0,form_lang-1)</f>
         <v>Renteindtægter o.l. af finansielle anlægsaktiver og omsætningsaktiver
 • Af tilgodehavende, obligationer samt andre værdipapirer og likvide beholdninger.</v>
       </c>
-      <c r="C37" s="49" t="s">
-[...5 lines deleted...]
-      <c r="E37" s="45">
+      <c r="C37" s="37" t="s">
+        <v>550</v>
+      </c>
+      <c r="D37" s="167" t="s">
+        <v>506</v>
+      </c>
+      <c r="E37" s="33">
         <v>21</v>
       </c>
-      <c r="F37" s="256">
+      <c r="F37" s="218">
         <v>0</v>
       </c>
-      <c r="G37" s="4" t="str">
+      <c r="G37" s="2" t="str">
         <f>IF(F37=0," ",IF(F37&lt;0,"Feltet må ikke være negativt. Negative renteindtægter, skal placeres på pkt. 23./This item cannot be negative. Negative interest costs must be entered under item no. 23."," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="38" spans="1:28" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="136">
+      <c r="A38" s="109">
         <v>22</v>
       </c>
-      <c r="B38" s="200" t="str">
+      <c r="B38" s="167" t="str">
         <f ca="1">OFFSET($C38,0,form_lang-1)</f>
         <v>Nedskrivning af finansielle anlægs- og omsætningsaktiver
 • Nedskrivninger, hvor aktivets værdi permanent antages at være lavere end  anskaffelses-eller kostprisen, incl negativ udbytte.</v>
       </c>
-      <c r="C38" s="49" t="s">
-[...5 lines deleted...]
-      <c r="E38" s="44">
+      <c r="C38" s="37" t="s">
+        <v>549</v>
+      </c>
+      <c r="D38" s="167" t="s">
+        <v>507</v>
+      </c>
+      <c r="E38" s="32">
         <v>22</v>
       </c>
-      <c r="F38" s="256">
+      <c r="F38" s="218">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:28" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="136">
+      <c r="A39" s="109">
         <v>23</v>
       </c>
-      <c r="B39" s="200" t="str">
+      <c r="B39" s="167" t="str">
         <f ca="1">OFFSET($C39,0,form_lang-1)</f>
         <v>Renteomkostninger o.l.</v>
       </c>
-      <c r="C39" s="45" t="s">
+      <c r="C39" s="33" t="s">
         <v>25</v>
       </c>
-      <c r="D39" s="200" t="s">
-[...2 lines deleted...]
-      <c r="E39" s="44">
+      <c r="D39" s="167" t="s">
+        <v>407</v>
+      </c>
+      <c r="E39" s="32">
         <v>23</v>
       </c>
-      <c r="F39" s="256">
+      <c r="F39" s="218">
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="1:28" s="7" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="145">
+    <row r="40" spans="1:28" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="118">
         <v>24</v>
       </c>
-      <c r="B40" s="165" t="str">
+      <c r="B40" s="136" t="str">
         <f ca="1">OFFSET($C40,0,form_lang-1)</f>
         <v>Ordinært resultat, før skat (+/-)</v>
       </c>
-      <c r="C40" s="20" t="s">
+      <c r="C40" s="10" t="s">
         <v>288</v>
       </c>
-      <c r="D40" s="165" t="s">
+      <c r="D40" s="136" t="s">
         <v>289</v>
       </c>
-      <c r="E40" s="19">
+      <c r="E40" s="9">
         <v>24</v>
       </c>
-      <c r="F40" s="281">
+      <c r="F40" s="242">
         <v>0</v>
       </c>
-      <c r="G40" s="294" t="str">
+      <c r="G40" s="255" t="str">
         <f>IF(AB40&gt;0,"Der er en difference mellem pkt. 19-23 i forhold til pkt. 24, tjek venligst tallene igen./There is a discrepancy between items no. 19–23 in correlation to item no. 24. Please check these items again.",IF(AB40&lt;0,"Der er en difference mellem pkt. 19-23 i forhold til pkt. 24, tjek venligst tallene igen./There is a discrepancy between items no. 19–23 in correlation to item no. 24. Please check these items again."," "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="AA40" s="7">
+      <c r="AA40" s="4">
         <f>F34+F36+F37-F38-F39</f>
         <v>0</v>
       </c>
-      <c r="AB40" s="7">
+      <c r="AB40" s="4">
         <f>(AA40)-(F40)</f>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="50" t="str">
+      <c r="A41" s="38" t="str">
         <f ca="1">OFFSET($C41,0,form_lang-1)</f>
         <v>Skatter</v>
       </c>
-      <c r="B41" s="46"/>
-      <c r="C41" s="46" t="s">
+      <c r="B41" s="34"/>
+      <c r="C41" s="34" t="s">
         <v>2</v>
       </c>
-      <c r="D41" s="167" t="s">
+      <c r="D41" s="138" t="s">
         <v>49</v>
       </c>
-      <c r="E41" s="64" t="s">
+      <c r="E41" s="51" t="s">
         <v>53</v>
       </c>
-      <c r="F41" s="283"/>
+      <c r="F41" s="244"/>
     </row>
     <row r="42" spans="1:28" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="139">
+      <c r="A42" s="112">
         <v>25</v>
       </c>
-      <c r="B42" s="62" t="str">
+      <c r="B42" s="49" t="str">
         <f ca="1">OFFSET($C42,0,form_lang-1)</f>
         <v>Selskabsskat mv. af ordinært resultat (+/-)</v>
       </c>
-      <c r="C42" s="62" t="s">
+      <c r="C42" s="49" t="s">
         <v>69</v>
       </c>
-      <c r="D42" s="168" t="s">
-[...2 lines deleted...]
-      <c r="E42" s="62">
+      <c r="D42" s="139" t="s">
+        <v>508</v>
+      </c>
+      <c r="E42" s="49">
         <v>25</v>
       </c>
-      <c r="F42" s="256">
+      <c r="F42" s="218">
         <v>0</v>
       </c>
-      <c r="G42" s="4" t="str">
+      <c r="G42" s="2" t="str">
         <f>IF(F42=0," ",IF(F42&lt;0,"Negativt fortegn anvendes hvis denne post er en indtægt./Only use a negative sign if this item is an income."," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="43" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="50" t="str">
+      <c r="A43" s="38" t="str">
         <f ca="1">OFFSET($C43,0,form_lang-1)</f>
         <v>Årets resultat</v>
       </c>
-      <c r="B43" s="46"/>
-      <c r="C43" s="46" t="s">
+      <c r="B43" s="34"/>
+      <c r="C43" s="34" t="s">
         <v>28</v>
       </c>
-      <c r="D43" s="167" t="s">
+      <c r="D43" s="138" t="s">
         <v>65</v>
       </c>
-      <c r="E43" s="64" t="s">
+      <c r="E43" s="51" t="s">
         <v>53</v>
       </c>
-      <c r="F43" s="283"/>
-[...2 lines deleted...]
-      <c r="A44" s="140">
+      <c r="F43" s="244"/>
+    </row>
+    <row r="44" spans="1:28" s="4" customFormat="1" ht="36.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="113">
         <v>26</v>
       </c>
-      <c r="B44" s="239" t="str">
+      <c r="B44" s="203" t="str">
         <f ca="1">OFFSET($C44,0,form_lang-1)</f>
         <v>Årets resultat (+/-)
 (pkt. 24-25)</v>
       </c>
-      <c r="C44" s="239" t="s">
-[...2 lines deleted...]
-      <c r="D44" s="103" t="s">
+      <c r="C44" s="203" t="s">
+        <v>338</v>
+      </c>
+      <c r="D44" s="81" t="s">
         <v>287</v>
       </c>
-      <c r="E44" s="61">
+      <c r="E44" s="48">
         <v>26</v>
       </c>
-      <c r="F44" s="281">
+      <c r="F44" s="242">
         <v>0</v>
       </c>
-      <c r="G44" s="294" t="str">
+      <c r="G44" s="255" t="str">
         <f>IF(AA44&gt;0,"Der er en differnce mellem pkt. 24-25 i forhold til pkt. 26, tjek venligst tallene igen./There is a discrepancy between items no. 24–25 in correlation to item no. 26. Please check these items again.",IF(AA44&lt;0,"Der er en differnce mellem pkt. 24-25 i forhold til pkt. 26, tjek venligst tallene igen./There is a discrepancy between items no. 24–25 in correlation to item no. 26. Please check these items again."," "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="AA44" s="7">
+      <c r="AA44" s="4">
         <f>F44 -((F40)-(F42))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="45" spans="1:28" s="7" customFormat="1" ht="9.9499999999999993" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E45" s="68" t="s">
+    <row r="45" spans="1:28" s="4" customFormat="1" ht="9.9499999999999993" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="D45" s="140"/>
+      <c r="E45" s="54" t="s">
         <v>53</v>
       </c>
-      <c r="F45" s="284"/>
+      <c r="F45" s="245"/>
     </row>
     <row r="46" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="50" t="str">
+      <c r="A46" s="38" t="str">
         <f ca="1">OFFSET($C46,0,form_lang-1)</f>
         <v>Resultatanvendelse</v>
       </c>
-      <c r="B46" s="46"/>
-      <c r="C46" s="46" t="s">
+      <c r="B46" s="34"/>
+      <c r="C46" s="34" t="s">
         <v>3</v>
       </c>
-      <c r="D46" s="167" t="s">
+      <c r="D46" s="138" t="s">
         <v>51</v>
       </c>
-      <c r="E46" s="64" t="s">
+      <c r="E46" s="51" t="s">
         <v>53</v>
       </c>
-      <c r="F46" s="280" t="str">
+      <c r="F46" s="241" t="str">
         <f>"1.000 "&amp;F$8</f>
         <v>1.000 DKK</v>
       </c>
     </row>
     <row r="47" spans="1:28" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="134">
+      <c r="A47" s="107">
         <v>27</v>
       </c>
-      <c r="B47" s="47" t="str">
+      <c r="B47" s="35" t="str">
         <f ca="1">OFFSET($C47,0,form_lang-1)</f>
         <v>Konsolidering, dvs. overførsel til (+) eller fra (-) egenkapitalen</v>
       </c>
-      <c r="C47" s="47" t="s">
+      <c r="C47" s="35" t="s">
         <v>29</v>
       </c>
-      <c r="D47" s="170" t="s">
-[...2 lines deleted...]
-      <c r="E47" s="39">
+      <c r="D47" s="141" t="s">
+        <v>639</v>
+      </c>
+      <c r="E47" s="27">
         <v>27</v>
       </c>
-      <c r="F47" s="281">
+      <c r="F47" s="242">
         <v>0</v>
       </c>
-      <c r="G47" s="294" t="str">
+      <c r="G47" s="255" t="str">
         <f>IF(AA47&gt;0,"Resultatanvendelse skal stemme overens med Årets resultat, tjek venligst pkt. 27 og 28 igen./Appropriation of profit or treatment of loss has to correlate to Profit or loss for the year. Please check items no. 27 and 28 again.",IF(AA47&lt;0,"Resultatanvendelse skal stemme overens med Årets resultat, tjek venligst pkt. 27 og 28 igen./Appropriation of profit or treatment of loss has to correlate to Profit or loss for the year. Please check items no. 27 and 28 again."," "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="AA47" s="4">
+      <c r="AA47" s="2">
         <f>(F47+F48)-F44</f>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:28" ht="30" x14ac:dyDescent="0.25">
-      <c r="A48" s="131">
+      <c r="A48" s="104">
         <v>28</v>
       </c>
-      <c r="B48" s="78" t="str">
+      <c r="B48" s="59" t="str">
         <f ca="1">OFFSET($C48,0,form_lang-1)</f>
         <v>Udbytte, ekstraordinært udbytte, udbetaling til indehavere, efterbetaling til andelshavere og anden udlodning
 Udbetalt eller deklareret.</v>
       </c>
-      <c r="C48" s="78" t="s">
-[...5 lines deleted...]
-      <c r="E48" s="57">
+      <c r="C48" s="59" t="s">
+        <v>548</v>
+      </c>
+      <c r="D48" s="59" t="s">
+        <v>410</v>
+      </c>
+      <c r="E48" s="44">
         <v>28</v>
       </c>
-      <c r="F48" s="281">
+      <c r="F48" s="242">
         <v>0</v>
       </c>
-      <c r="G48" s="4" t="str">
+      <c r="G48" s="2" t="str">
         <f>IF(F48=0," ",IF(F48&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="49" spans="1:7" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A49" s="16"/>
-[...3 lines deleted...]
-      <c r="E49" s="65" t="s">
+      <c r="E49" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F49" s="285"/>
-[...2 lines deleted...]
-      <c r="A50" s="27" t="str">
+      <c r="F49" s="246"/>
+    </row>
+    <row r="50" spans="1:7" s="8" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A50" s="17" t="str">
         <f ca="1">OFFSET($C50,0,form_lang-1)</f>
         <v>Balance</v>
       </c>
-      <c r="B50" s="24"/>
-      <c r="C50" s="24" t="s">
+      <c r="B50" s="14"/>
+      <c r="C50" s="14" t="s">
         <v>4</v>
       </c>
-      <c r="D50" s="171" t="s">
+      <c r="D50" s="142" t="s">
         <v>59</v>
       </c>
-      <c r="E50" s="69" t="s">
+      <c r="E50" s="55" t="s">
         <v>53</v>
       </c>
-      <c r="F50" s="278" t="str">
+      <c r="F50" s="239" t="str">
         <f>IF(form_lang=1,"I alt for","In total for")</f>
         <v>I alt for</v>
       </c>
     </row>
     <row r="51" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A51" s="22"/>
-[...2 lines deleted...]
-      <c r="D51" s="172" t="s">
+      <c r="A51" s="12"/>
+      <c r="B51" s="15"/>
+      <c r="C51" s="15"/>
+      <c r="D51" s="143" t="s">
         <v>53</v>
       </c>
-      <c r="E51" s="36" t="s">
+      <c r="E51" s="24" t="s">
         <v>53</v>
       </c>
-      <c r="F51" s="279" t="str">
+      <c r="F51" s="240" t="str">
         <f>IF(form_lang=1,"eget CVR-nr.","own CVR-no.")</f>
         <v>eget CVR-nr.</v>
       </c>
     </row>
     <row r="52" spans="1:7" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="16"/>
-[...3 lines deleted...]
-      <c r="E52" s="65" t="s">
+      <c r="B52" s="8"/>
+      <c r="C52" s="8"/>
+      <c r="D52" s="111"/>
+      <c r="E52" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F52" s="255"/>
+      <c r="F52" s="217"/>
     </row>
     <row r="53" spans="1:7" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="16"/>
-      <c r="B53" s="130" t="str">
+      <c r="B53" s="103" t="str">
         <f ca="1">OFFSET($C53,0,form_lang-1)</f>
         <v>Indberetningen skal indeholde regnskabsdata for det udtrukkede cvr nr., indtast i højre kolonne (grå felter). 
 Hvis jeres firma er et moderselskab, skal I kun indtaste oplysninger om moderselskabet, ikke hele koncernen.
 Pkt.19 til 60, skal stemme overens med den officielle Årsrapport.</v>
       </c>
-      <c r="C53" s="181" t="s">
-[...5 lines deleted...]
-      <c r="E53" s="65" t="s">
+      <c r="C53" s="151" t="s">
+        <v>359</v>
+      </c>
+      <c r="D53" s="123" t="s">
+        <v>360</v>
+      </c>
+      <c r="E53" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F53" s="255"/>
+      <c r="F53" s="217"/>
     </row>
     <row r="54" spans="1:7" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A54" s="16"/>
-[...3 lines deleted...]
-      <c r="E54" s="65" t="s">
+      <c r="E54" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F54" s="255"/>
-[...6 lines deleted...]
-      <c r="E55" s="68" t="s">
+      <c r="F54" s="217"/>
+    </row>
+    <row r="55" spans="1:7" s="4" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D55" s="140"/>
+      <c r="E55" s="54" t="s">
         <v>53</v>
       </c>
-      <c r="F55" s="284"/>
+      <c r="F55" s="245"/>
     </row>
     <row r="56" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="50" t="str">
+      <c r="A56" s="38" t="str">
         <f ca="1">OFFSET($C56,0,form_lang-1)</f>
         <v>Passiver</v>
       </c>
-      <c r="B56" s="46"/>
-      <c r="C56" s="46" t="s">
+      <c r="B56" s="34"/>
+      <c r="C56" s="34" t="s">
         <v>5</v>
       </c>
-      <c r="D56" s="167" t="s">
+      <c r="D56" s="138" t="s">
         <v>61</v>
       </c>
-      <c r="E56" s="64" t="s">
+      <c r="E56" s="51" t="s">
         <v>53</v>
       </c>
-      <c r="F56" s="286" t="str">
+      <c r="F56" s="247" t="str">
         <f>"1.000 "&amp;F$8</f>
         <v>1.000 DKK</v>
       </c>
     </row>
     <row r="57" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A57" s="209">
+      <c r="A57" s="175">
         <v>55</v>
       </c>
-      <c r="B57" s="225" t="str">
+      <c r="B57" s="191" t="str">
         <f ca="1">OFFSET($C57,0,form_lang-1)</f>
         <v>Egenkapital ultimo (+/-)</v>
       </c>
-      <c r="C57" s="16" t="s">
-[...5 lines deleted...]
-      <c r="E57" s="16">
+      <c r="C57" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="D57" s="60" t="s">
+        <v>411</v>
+      </c>
+      <c r="E57" s="2">
         <v>55</v>
       </c>
-      <c r="F57" s="256">
+      <c r="F57" s="218">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:7" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="16"/>
-[...3 lines deleted...]
-      <c r="E58" s="60" t="s">
+      <c r="B58" s="4"/>
+      <c r="C58" s="21"/>
+      <c r="D58" s="144"/>
+      <c r="E58" s="47" t="s">
         <v>53</v>
       </c>
-      <c r="F58" s="287"/>
-[...2 lines deleted...]
-      <c r="A59" s="210">
+      <c r="F58" s="248"/>
+    </row>
+    <row r="59" spans="1:7" s="4" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="176">
         <v>61</v>
       </c>
-      <c r="B59" s="224" t="str">
+      <c r="B59" s="190" t="str">
         <f ca="1">OFFSET($C59,0,form_lang-1)</f>
         <v>Passiver i alt</v>
       </c>
-      <c r="C59" s="61" t="s">
+      <c r="C59" s="48" t="s">
         <v>30</v>
       </c>
-      <c r="D59" s="103" t="s">
+      <c r="D59" s="81" t="s">
         <v>90</v>
       </c>
-      <c r="E59" s="61">
+      <c r="E59" s="48">
         <v>61</v>
       </c>
-      <c r="F59" s="290">
+      <c r="F59" s="251">
         <v>0</v>
       </c>
-      <c r="G59" s="294" t="str">
+      <c r="G59" s="255" t="str">
         <f>IF(F59&lt;0,"Passiver i alt kan ikke være negativt /Total Equity and liabilities, cannot be negative",IF(F59&lt;F57,"Passiver i alt kan ikke være mindre end Egenkapitalen/Equity and liabilities, total, cannot be lower than Equity, at the end of the year"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="60" spans="1:7" s="7" customFormat="1" ht="9.9499999999999993" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E60" s="68" t="s">
+    <row r="60" spans="1:7" s="4" customFormat="1" ht="9.9499999999999993" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="D60" s="140"/>
+      <c r="E60" s="54" t="s">
         <v>53</v>
       </c>
-      <c r="F60" s="284"/>
+      <c r="F60" s="245"/>
     </row>
     <row r="61" spans="1:7" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A61" s="15"/>
-[...3 lines deleted...]
-      <c r="E61" s="63" t="s">
+      <c r="E61" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F61" s="255"/>
+      <c r="F61" s="217"/>
     </row>
     <row r="62" spans="1:7" ht="21.95" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A62" s="31" t="str">
+      <c r="A62" s="20" t="str">
         <f ca="1">OFFSET($C62,0,form_lang-1)</f>
         <v>Regnskabsårets investeringer</v>
       </c>
-      <c r="B62" s="32"/>
-      <c r="C62" s="32" t="s">
+      <c r="B62" s="21"/>
+      <c r="C62" s="21" t="s">
         <v>7</v>
       </c>
-      <c r="D62" s="173" t="s">
+      <c r="D62" s="144" t="s">
         <v>66</v>
       </c>
-      <c r="E62" s="70" t="s">
+      <c r="E62" s="56" t="s">
         <v>53</v>
       </c>
-      <c r="F62" s="287" t="str">
+      <c r="F62" s="248" t="str">
         <f>IF(form_lang=1,"I alt for","In total for")</f>
         <v>I alt for</v>
       </c>
     </row>
     <row r="63" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A63" s="18"/>
-      <c r="B63" s="246" t="str">
+      <c r="A63" s="3"/>
+      <c r="B63" s="208" t="str">
         <f ca="1">OFFSET($C63,0,form_lang-1)</f>
         <v>Posterne er yderligere kommenteret i vejledningen</v>
       </c>
       <c r="C63" t="s">
         <v>54</v>
       </c>
-      <c r="D63" s="172" t="s">
-[...2 lines deleted...]
-      <c r="E63" s="33" t="s">
+      <c r="D63" s="143" t="s">
+        <v>509</v>
+      </c>
+      <c r="E63" s="22" t="s">
         <v>53</v>
       </c>
-      <c r="F63" s="285" t="str">
+      <c r="F63" s="246" t="str">
         <f>IF(form_lang=1,"eget CVR-nr.","own CVR-no.")</f>
         <v>eget CVR-nr.</v>
       </c>
     </row>
     <row r="64" spans="1:7" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A64" s="35"/>
-[...3 lines deleted...]
-      <c r="E64" s="60" t="s">
+      <c r="A64" s="23"/>
+      <c r="B64" s="46"/>
+      <c r="C64" s="46"/>
+      <c r="D64" s="146"/>
+      <c r="E64" s="47" t="s">
         <v>53</v>
       </c>
-      <c r="F64" s="287"/>
+      <c r="F64" s="248"/>
     </row>
     <row r="65" spans="1:51" x14ac:dyDescent="0.25">
-      <c r="A65" s="3"/>
-      <c r="B65" s="130" t="str">
+      <c r="B65" s="103" t="str">
         <f ca="1">OFFSET($C65,0,form_lang-1)</f>
         <v>Investeringer omfatter alene aktiver, der er bestemt til firmaets vedvarende eje eller brug.</v>
       </c>
-      <c r="C65" s="21" t="s">
+      <c r="C65" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="D65" s="151" t="s">
-[...2 lines deleted...]
-      <c r="E65" s="245" t="s">
+      <c r="D65" s="123" t="s">
+        <v>412</v>
+      </c>
+      <c r="E65" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F65" s="255"/>
+      <c r="F65" s="217"/>
     </row>
     <row r="66" spans="1:51" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A66" s="16"/>
-[...3 lines deleted...]
-      <c r="E66" s="65" t="s">
+      <c r="E66" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F66" s="255"/>
+      <c r="F66" s="217"/>
     </row>
     <row r="67" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="50" t="str">
+      <c r="A67" s="38" t="str">
         <f ca="1">OFFSET($C67,0,form_lang-1)</f>
         <v>Tilgang</v>
       </c>
-      <c r="B67" s="254"/>
-      <c r="C67" s="46" t="s">
+      <c r="B67" s="216"/>
+      <c r="C67" s="34" t="s">
         <v>8</v>
       </c>
-      <c r="D67" s="167" t="s">
-[...2 lines deleted...]
-      <c r="E67" s="64" t="s">
+      <c r="D67" s="138" t="s">
+        <v>413</v>
+      </c>
+      <c r="E67" s="51" t="s">
         <v>53</v>
       </c>
-      <c r="F67" s="286" t="str">
+      <c r="F67" s="247" t="str">
         <f>"1.000 "&amp;F$8</f>
         <v>1.000 DKK</v>
       </c>
     </row>
     <row r="68" spans="1:51" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A68" s="15"/>
-[...3 lines deleted...]
-      <c r="E68" s="63" t="s">
+      <c r="E68" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F68" s="288"/>
+      <c r="F68" s="249"/>
     </row>
     <row r="69" spans="1:51" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A69" s="115"/>
-      <c r="B69" s="186" t="str">
+      <c r="A69" s="92"/>
+      <c r="B69" s="156" t="str">
         <f ca="1">OFFSET($C69,0,form_lang-1)</f>
         <v>Under tilgang anføres værdien før bogføringsmæssige og finansielle reguleringer,
 fx forskudsafskrivninger, kurstab og offentlige tilskud. 
 Overførsel (som følge af færdiggørelse) fra pkt. 66 og 77 til andre punkter anses ikke for tilgang.</v>
       </c>
-      <c r="C69" s="244" t="s">
+      <c r="C69" s="207" t="s">
         <v>88</v>
       </c>
-      <c r="D69" s="184" t="s">
-[...2 lines deleted...]
-      <c r="E69" s="112" t="s">
+      <c r="D69" s="154" t="s">
+        <v>414</v>
+      </c>
+      <c r="E69" s="89" t="s">
         <v>53</v>
       </c>
-      <c r="F69" s="267"/>
-[...3 lines deleted...]
-      <c r="F70" s="266"/>
+      <c r="F69" s="229"/>
+    </row>
+    <row r="70" spans="1:51" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E70" s="2"/>
+      <c r="F70" s="228"/>
     </row>
     <row r="71" spans="1:51" ht="129" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A71" s="16"/>
-      <c r="B71" s="130" t="str">
+      <c r="B71" s="103" t="str">
         <f ca="1">OFFSET($C71,0,form_lang-1)</f>
         <v>Medtages: 
 • Aktiverede udgifter til egenproduktion af såvel materielle og immaterielle anlægsaktiver.
 • Hvis der i regnskabsåret er indgået nye finansielle leasingkontrakter, skal leasings-aktivernes anskaffelsessum medtages (dog ikke IFRS16 leasing).
 Medtages ikke 
 • Køb af Byggegrunde eller opførelsesudgifter til nybyggeri, der er bestemt til videresalg.
 • Moms, samt småinventar/drifstmidler, der straks-udgiftsføres i resultatopgørelsen.
 • TIl-og afgang i anlægsaktiverne i forbindelse med fusion/spaltning skal ikke medtages.
 • Til- og afgang af IFRS16 aktiver.</v>
       </c>
-      <c r="C71" s="147" t="s">
-[...5 lines deleted...]
-      <c r="E71" s="65" t="s">
+      <c r="C71" s="120" t="s">
+        <v>547</v>
+      </c>
+      <c r="D71" s="154" t="s">
+        <v>416</v>
+      </c>
+      <c r="E71" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F71" s="267"/>
-[...93 lines deleted...]
-      <c r="AY72" s="16"/>
+      <c r="F71" s="229"/>
+    </row>
+    <row r="72" spans="1:51" s="34" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D72" s="138"/>
+      <c r="F72" s="250"/>
+      <c r="G72" s="2"/>
+      <c r="H72" s="2"/>
+      <c r="I72" s="2"/>
+      <c r="J72" s="2"/>
+      <c r="K72" s="2"/>
+      <c r="L72" s="2"/>
+      <c r="M72" s="2"/>
+      <c r="N72" s="2"/>
+      <c r="O72" s="2"/>
+      <c r="P72" s="2"/>
+      <c r="Q72" s="2"/>
+      <c r="R72" s="2"/>
+      <c r="S72" s="2"/>
+      <c r="T72" s="2"/>
+      <c r="U72" s="2"/>
+      <c r="V72" s="2"/>
+      <c r="W72" s="2"/>
+      <c r="X72" s="2"/>
+      <c r="Y72" s="2"/>
+      <c r="Z72" s="2"/>
+      <c r="AA72" s="2"/>
+      <c r="AB72" s="2"/>
+      <c r="AC72" s="2"/>
+      <c r="AD72" s="2"/>
+      <c r="AE72" s="2"/>
+      <c r="AF72" s="2"/>
+      <c r="AG72" s="2"/>
+      <c r="AH72" s="2"/>
+      <c r="AI72" s="2"/>
+      <c r="AJ72" s="2"/>
+      <c r="AK72" s="2"/>
+      <c r="AL72" s="2"/>
+      <c r="AM72" s="2"/>
+      <c r="AN72" s="2"/>
+      <c r="AO72" s="2"/>
+      <c r="AP72" s="2"/>
+      <c r="AQ72" s="2"/>
+      <c r="AR72" s="2"/>
+      <c r="AS72" s="2"/>
+      <c r="AT72" s="2"/>
+      <c r="AU72" s="2"/>
+      <c r="AV72" s="2"/>
+      <c r="AW72" s="2"/>
+      <c r="AX72" s="2"/>
+      <c r="AY72" s="2"/>
     </row>
     <row r="73" spans="1:51" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A73" s="115"/>
-      <c r="B73" s="226" t="str">
+      <c r="A73" s="92"/>
+      <c r="B73" s="192" t="str">
         <f t="shared" ref="B73:B79" ca="1" si="3">OFFSET($C73,0,form_lang-1)</f>
         <v>Immaterielle anlægsaktiver</v>
       </c>
-      <c r="C73" s="111" t="s">
+      <c r="C73" s="88" t="s">
         <v>13</v>
       </c>
-      <c r="D73" s="177" t="s">
-[...2 lines deleted...]
-      <c r="E73" s="112" t="s">
+      <c r="D73" s="148" t="s">
+        <v>347</v>
+      </c>
+      <c r="E73" s="89" t="s">
         <v>53</v>
       </c>
-      <c r="F73" s="267"/>
-      <c r="J73" s="298"/>
+      <c r="F73" s="229"/>
     </row>
     <row r="74" spans="1:51" ht="30" x14ac:dyDescent="0.25">
-      <c r="A74" s="144">
+      <c r="A74" s="117">
         <v>62</v>
       </c>
-      <c r="B74" s="218" t="str">
+      <c r="B74" s="184" t="str">
         <f t="shared" ca="1" si="3"/>
         <v>Tilgang af Færdiggjorte udviklingsprojekter til kostpris
 • Bemærk at overførsel fra posten immaterielle aktiver under udvikling ikke er en tilgang.</v>
       </c>
-      <c r="C74" s="114" t="s">
-[...5 lines deleted...]
-      <c r="E74" s="16">
+      <c r="C74" s="91" t="s">
+        <v>546</v>
+      </c>
+      <c r="D74" s="93" t="s">
+        <v>510</v>
+      </c>
+      <c r="E74" s="2">
         <v>62</v>
       </c>
-      <c r="F74" s="262">
+      <c r="F74" s="224">
         <v>0</v>
       </c>
-      <c r="G74" s="294" t="str">
+      <c r="G74" s="255" t="str">
         <f>IF(F74=0," ",IF(F74&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="J74" s="16"/>
     </row>
     <row r="75" spans="1:51" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A75" s="144">
+      <c r="A75" s="117">
         <v>63</v>
       </c>
-      <c r="B75" s="142" t="str">
+      <c r="B75" s="115" t="str">
         <f t="shared" ca="1" si="3"/>
         <v>Tilgang af Erhvervede koncessioner, patenter, licenser, varemærker samt lignende rettigheder til kostpris</v>
       </c>
-      <c r="C75" s="45" t="s">
-[...5 lines deleted...]
-      <c r="E75" s="45">
+      <c r="C75" s="33" t="s">
+        <v>299</v>
+      </c>
+      <c r="D75" s="167" t="s">
+        <v>511</v>
+      </c>
+      <c r="E75" s="33">
         <v>63</v>
       </c>
-      <c r="F75" s="256">
+      <c r="F75" s="218">
         <v>0</v>
       </c>
-      <c r="G75" s="294" t="str">
+      <c r="G75" s="255" t="str">
         <f>IF(F75=0," ",IF(F75&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="J75" s="16"/>
     </row>
     <row r="76" spans="1:51" ht="30" x14ac:dyDescent="0.25">
-      <c r="A76" s="203">
+      <c r="A76" s="169">
         <v>64</v>
       </c>
-      <c r="B76" s="219" t="str">
+      <c r="B76" s="185" t="str">
         <f t="shared" ca="1" si="3"/>
         <v>Tilgang af Software til kostpris
 • Bemærk at overførsel fra posten immaterielle aktiver under udvikling ikke er en tilgang.</v>
       </c>
-      <c r="C76" s="49" t="s">
-[...5 lines deleted...]
-      <c r="E76" s="45">
+      <c r="C76" s="37" t="s">
+        <v>545</v>
+      </c>
+      <c r="D76" s="167" t="s">
+        <v>512</v>
+      </c>
+      <c r="E76" s="33">
         <v>64</v>
       </c>
-      <c r="F76" s="256">
+      <c r="F76" s="218">
         <v>0</v>
       </c>
-      <c r="G76" s="294" t="str">
+      <c r="G76" s="255" t="str">
         <f>IF(F76=0," ",IF(F76&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="J76" s="16"/>
     </row>
     <row r="77" spans="1:51" ht="30" x14ac:dyDescent="0.25">
-      <c r="A77" s="144">
+      <c r="A77" s="117">
         <v>65</v>
       </c>
-      <c r="B77" s="142" t="str">
+      <c r="B77" s="115" t="str">
         <f t="shared" ca="1" si="3"/>
         <v>Tilgang af Goodwill
 • Bemærk at overførsel fra posten immaterielle aktiver under udvikling ikke er en tilgang.</v>
       </c>
-      <c r="C77" s="58" t="s">
-[...5 lines deleted...]
-      <c r="E77" s="42">
+      <c r="C77" s="45" t="s">
+        <v>544</v>
+      </c>
+      <c r="D77" s="106" t="s">
+        <v>513</v>
+      </c>
+      <c r="E77" s="30">
         <v>65</v>
       </c>
-      <c r="F77" s="256">
+      <c r="F77" s="218">
         <v>0</v>
       </c>
-      <c r="G77" s="294" t="str">
+      <c r="G77" s="255" t="str">
         <f>IF(F77=0," ",IF(F77&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="J77" s="16"/>
     </row>
     <row r="78" spans="1:51" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A78" s="213">
+      <c r="A78" s="179">
         <v>66</v>
       </c>
-      <c r="B78" s="214" t="str">
+      <c r="B78" s="180" t="str">
         <f t="shared" ca="1" si="3"/>
         <v>Tilgang af Immaterialle aktiver under udvikling</v>
       </c>
-      <c r="C78" s="16" t="s">
-[...5 lines deleted...]
-      <c r="E78" s="16">
+      <c r="C78" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="D78" s="60" t="s">
+        <v>425</v>
+      </c>
+      <c r="E78" s="2">
         <v>66</v>
       </c>
-      <c r="F78" s="258">
+      <c r="F78" s="220">
         <v>0</v>
       </c>
-      <c r="G78" s="294" t="str">
+      <c r="G78" s="255" t="str">
         <f>IF(F78=0," ",IF(F78&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="J78" s="298"/>
-      <c r="AB78" s="4">
+      <c r="AB78" s="2">
         <f>(F74+F75+F76+F77+F78)-F79</f>
         <v>0</v>
       </c>
     </row>
-    <row r="79" spans="1:51" s="7" customFormat="1" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A79" s="137">
+    <row r="79" spans="1:51" s="4" customFormat="1" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="110">
         <v>67</v>
       </c>
-      <c r="B79" s="154" t="str">
+      <c r="B79" s="126" t="str">
         <f t="shared" ca="1" si="3"/>
         <v>Immaterielle anlægsaktiver i alt
 (pkt. 62+63+64+65+66)</v>
       </c>
-      <c r="C79" s="102" t="s">
-[...5 lines deleted...]
-      <c r="E79" s="19">
+      <c r="C79" s="80" t="s">
+        <v>307</v>
+      </c>
+      <c r="D79" s="152" t="s">
+        <v>514</v>
+      </c>
+      <c r="E79" s="9">
         <v>67</v>
       </c>
-      <c r="F79" s="259">
+      <c r="F79" s="221">
         <f>F74+F75+F76+F77+F78</f>
         <v>0</v>
       </c>
-      <c r="G79" s="294" t="str">
+      <c r="G79" s="255" t="str">
         <f>IF(AB78&gt;0,"Der er en difference mellem pkt. 62-66 og pkt. 67, tjek venligst tallene igen./There is a discrepancy between items no. 62–66 and item no. 67. Please check these items again. ",IF(AB78&lt;0,"Der er en difference mellem pkt. 62-66 og pkt. 67, tjek venligst tallene igen/There is a discrepancy between items no. 62–66 and item no. 67. Please check these items again.", " "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="80" spans="1:51" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A80" s="143"/>
-      <c r="B80" s="198" t="str">
+      <c r="A80" s="116"/>
+      <c r="B80" s="166" t="str">
         <f t="shared" ref="B80:B86" ca="1" si="4">OFFSET($C80,0,form_lang-1)</f>
         <v>Grunde og bygninger</v>
       </c>
-      <c r="C80" s="111" t="s">
+      <c r="C80" s="88" t="s">
         <v>62</v>
       </c>
-      <c r="D80" s="177" t="s">
+      <c r="D80" s="148" t="s">
         <v>60</v>
       </c>
-      <c r="E80" s="113" t="s">
+      <c r="E80" s="90" t="s">
         <v>53</v>
       </c>
-      <c r="F80" s="267"/>
-      <c r="G80" s="109"/>
+      <c r="F80" s="229"/>
+      <c r="G80" s="86"/>
     </row>
     <row r="81" spans="1:28" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A81" s="144">
+      <c r="A81" s="117">
         <v>68</v>
       </c>
-      <c r="B81" s="142" t="str">
+      <c r="B81" s="115" t="str">
         <f t="shared" ca="1" si="4"/>
         <v>Tilgang/Køb af eksisterende bygninger (inkl. grundværdi)
 • Bemærk, at overførsel fra posten Aktiver under opførelse er ikke en tilgang.</v>
       </c>
-      <c r="C81" s="114" t="s">
-[...5 lines deleted...]
-      <c r="E81" s="16">
+      <c r="C81" s="91" t="s">
+        <v>543</v>
+      </c>
+      <c r="D81" s="93" t="s">
+        <v>515</v>
+      </c>
+      <c r="E81" s="2">
         <v>68</v>
       </c>
-      <c r="F81" s="262">
+      <c r="F81" s="224">
         <v>0</v>
       </c>
-      <c r="G81" s="294" t="str">
+      <c r="G81" s="255" t="str">
         <f>IF(F81=0," ",IF(F81&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="82" spans="1:28" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A82" s="144">
+      <c r="A82" s="117">
         <v>69</v>
       </c>
-      <c r="B82" s="142" t="str">
+      <c r="B82" s="115" t="str">
         <f t="shared" ca="1" si="4"/>
         <v>Tilgang af opførelsesudgifter for nybygninger (ekskl. grunde)
 • Bemærk, at overførsel fra posten Aktiver under opførelse er ikke en tilgang.</v>
       </c>
-      <c r="C82" s="49" t="s">
-[...5 lines deleted...]
-      <c r="E82" s="45">
+      <c r="C82" s="37" t="s">
+        <v>542</v>
+      </c>
+      <c r="D82" s="167" t="s">
+        <v>516</v>
+      </c>
+      <c r="E82" s="33">
         <v>69</v>
       </c>
-      <c r="F82" s="256">
+      <c r="F82" s="218">
         <v>0</v>
       </c>
-      <c r="G82" s="294" t="str">
+      <c r="G82" s="255" t="str">
         <f>IF(F82=0," ",IF(F82&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="83" spans="1:28" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A83" s="203">
+      <c r="A83" s="169">
         <v>70</v>
       </c>
-      <c r="B83" s="212" t="str">
+      <c r="B83" s="178" t="str">
         <f t="shared" ca="1" si="4"/>
         <v>Tilgang/Køb af ubebyggede grunde
 • Bemærk, at overførsel fra posten Aktiver under opførelse er ikke en tilgang.</v>
       </c>
-      <c r="C83" s="49" t="s">
-[...5 lines deleted...]
-      <c r="E83" s="45">
+      <c r="C83" s="37" t="s">
+        <v>541</v>
+      </c>
+      <c r="D83" s="167" t="s">
+        <v>517</v>
+      </c>
+      <c r="E83" s="33">
         <v>70</v>
       </c>
-      <c r="F83" s="256">
+      <c r="F83" s="218">
         <v>0</v>
       </c>
-      <c r="G83" s="294" t="str">
+      <c r="G83" s="255" t="str">
         <f>IF(F83=0," ",IF(F83&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="84" spans="1:28" ht="60" x14ac:dyDescent="0.25">
-      <c r="A84" s="203">
+      <c r="A84" s="169">
         <v>71</v>
       </c>
-      <c r="B84" s="212" t="str">
+      <c r="B84" s="178" t="str">
         <f t="shared" ca="1" si="4"/>
         <v>Tilgang af ombygning af bygninger til kostpris
 Medtages ikke:
 • Omkostninger til ombygning af lejede lokaler (Angives i pkt. 75).
 • Bemærk, at overførsel fra posten Aktiver under opførelse er ikke en tilgang.</v>
       </c>
-      <c r="C84" s="58" t="s">
-[...5 lines deleted...]
-      <c r="E84" s="57">
+      <c r="C84" s="45" t="s">
+        <v>540</v>
+      </c>
+      <c r="D84" s="106" t="s">
+        <v>518</v>
+      </c>
+      <c r="E84" s="44">
         <v>71</v>
       </c>
-      <c r="F84" s="256">
+      <c r="F84" s="218">
         <v>0</v>
       </c>
-      <c r="G84" s="294" t="str">
+      <c r="G84" s="255" t="str">
         <f>IF(F84=0," ",IF(F84&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="85" spans="1:28" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A85" s="213">
+      <c r="A85" s="179">
         <v>72</v>
       </c>
-      <c r="B85" s="214" t="str">
+      <c r="B85" s="180" t="str">
         <f t="shared" ca="1" si="4"/>
         <v>Tilgang af veje, havne, pladser o.l. til kostpris
 • Bemærk, at overførsel fra posten Aktiver under opførelse er ikke en tilgang.</v>
       </c>
-      <c r="C85" s="200" t="s">
-[...5 lines deleted...]
-      <c r="E85" s="48">
+      <c r="C85" s="167" t="s">
+        <v>539</v>
+      </c>
+      <c r="D85" s="167" t="s">
+        <v>519</v>
+      </c>
+      <c r="E85" s="36">
         <v>72</v>
       </c>
-      <c r="F85" s="263">
+      <c r="F85" s="225">
         <v>0</v>
       </c>
-      <c r="G85" s="294" t="str">
+      <c r="G85" s="255" t="str">
         <f>IF(F85=0," ",IF(F85&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="86" spans="1:28" s="6" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A86" s="137">
+    <row r="86" spans="1:28" s="4" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="110">
         <v>73</v>
       </c>
-      <c r="B86" s="154" t="str">
+      <c r="B86" s="126" t="str">
         <f t="shared" ca="1" si="4"/>
         <v>Fast ejendom i alt
 (pkt. 68+69+70+71+72)</v>
       </c>
-      <c r="C86" s="102" t="s">
-[...5 lines deleted...]
-      <c r="E86" s="19">
+      <c r="C86" s="80" t="s">
+        <v>308</v>
+      </c>
+      <c r="D86" s="152" t="s">
+        <v>520</v>
+      </c>
+      <c r="E86" s="9">
         <v>73</v>
       </c>
-      <c r="F86" s="259">
+      <c r="F86" s="221">
         <f>F81+F82+F83+F84+F85</f>
         <v>0</v>
       </c>
-      <c r="G86" s="295" t="str">
+      <c r="G86" s="255" t="str">
         <f>IF(AB86&gt;0,"Der er en difference mellem pkt. 68-72 og pkt. 73, tjek venligst tallene igen./There is a discrepancy between items no. 68-72 and item no. 73. Please check these items again. ",IF(AB86&lt;0,"Der er en difference mellem pkt. 68-72 og pkt. 73, tjek venligst tallene igen./There is a discrepancy between items no. 68-72 and item no. 73. Please check these items again.", " "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="AB86" s="4">
+      <c r="AB86" s="2">
         <f>(F81+F82+F83+F84+F85)-F86</f>
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A87" s="143"/>
-      <c r="B87" s="198" t="str">
+      <c r="A87" s="116"/>
+      <c r="B87" s="166" t="str">
         <f ca="1">OFFSET($C87,0,form_lang-1)</f>
         <v>Driftsmidler</v>
       </c>
-      <c r="C87" s="111" t="s">
+      <c r="C87" s="88" t="s">
         <v>9</v>
       </c>
-      <c r="D87" s="177" t="s">
+      <c r="D87" s="148" t="s">
         <v>91</v>
       </c>
-      <c r="E87" s="113" t="s">
+      <c r="E87" s="90" t="s">
         <v>53</v>
       </c>
-      <c r="F87" s="260"/>
-      <c r="G87" s="109"/>
+      <c r="F87" s="222"/>
+      <c r="G87" s="86"/>
     </row>
     <row r="88" spans="1:28" ht="30" x14ac:dyDescent="0.25">
-      <c r="A88" s="203">
+      <c r="A88" s="169">
         <v>74</v>
       </c>
-      <c r="B88" s="212" t="str">
+      <c r="B88" s="178" t="str">
         <f ca="1">OFFSET($C88,0,form_lang-1)</f>
         <v>Tilgang af produktionsanlæg og maskiner
 • Bemærk, at overførsel fra posten Aktiver under opførelse er ikke en tilgang</v>
       </c>
-      <c r="C88" s="101" t="s">
-[...5 lines deleted...]
-      <c r="E88" s="39">
+      <c r="C88" s="79" t="s">
+        <v>302</v>
+      </c>
+      <c r="D88" s="62" t="s">
+        <v>521</v>
+      </c>
+      <c r="E88" s="27">
         <v>74</v>
       </c>
-      <c r="F88" s="262">
+      <c r="F88" s="224">
         <v>0</v>
       </c>
-      <c r="G88" s="294" t="str">
+      <c r="G88" s="255" t="str">
         <f>IF(F88=0," ",IF(F88&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="89" spans="1:28" ht="45" x14ac:dyDescent="0.25">
-      <c r="A89" s="144">
+      <c r="A89" s="117">
         <v>75</v>
       </c>
-      <c r="B89" s="142" t="str">
+      <c r="B89" s="115" t="str">
         <f ca="1">OFFSET($C89,0,form_lang-1)</f>
         <v>Tilgang af andre anlæg, driftsmateriel og inventar til kostpris 
 • Bemærk, at overførsel fra posten Aktiver under opførelse er ikke en tilgang
 (inkl. omkostninger til inventar i, og ombygning af lejede lokaler).</v>
       </c>
-      <c r="C89" s="114" t="s">
-[...5 lines deleted...]
-      <c r="E89" s="16">
+      <c r="C89" s="91" t="s">
+        <v>538</v>
+      </c>
+      <c r="D89" s="93" t="s">
+        <v>522</v>
+      </c>
+      <c r="E89" s="2">
         <v>75</v>
       </c>
-      <c r="F89" s="256">
+      <c r="F89" s="218">
         <v>0</v>
       </c>
-      <c r="G89" s="294" t="str">
+      <c r="G89" s="255" t="str">
         <f>IF(F89=0," ",IF(F89&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="90" spans="1:28" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A90" s="137">
+    <row r="90" spans="1:28" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A90" s="110">
         <v>76</v>
       </c>
-      <c r="B90" s="154" t="str">
+      <c r="B90" s="126" t="str">
         <f ca="1">OFFSET($C90,0,form_lang-1)</f>
         <v>Driftsmidler i alt
 (pkt. 74+75)</v>
       </c>
-      <c r="C90" s="102" t="s">
-[...5 lines deleted...]
-      <c r="E90" s="19">
+      <c r="C90" s="80" t="s">
+        <v>309</v>
+      </c>
+      <c r="D90" s="152" t="s">
+        <v>523</v>
+      </c>
+      <c r="E90" s="9">
         <v>76</v>
       </c>
-      <c r="F90" s="268">
+      <c r="F90" s="230">
         <f>F88+F89</f>
         <v>0</v>
       </c>
-      <c r="G90" s="295" t="str">
+      <c r="G90" s="255" t="str">
         <f>IF(AB90&gt;0,"Der er en difference mellem pkt.74+75 og pkt. 76, tjek venligst tallene igen./There is a discrepancy between items no. 74+75 and item no. 76. Please check these items again. ",IF(AB90&lt;0,"Der er en difference mellem pkt. 74+75 og pkt. 76, tjek venligst tallene igen./There is a discrepancy between items no. 74+75 and item no. 76. Please check these items again.", " "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="AB90" s="6">
+      <c r="AB90" s="4">
         <f>(F88+F89)-F90</f>
         <v>0</v>
       </c>
     </row>
-    <row r="91" spans="1:28" s="12" customFormat="1" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E91" s="65" t="s">
+    <row r="91" spans="1:28" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="111"/>
+      <c r="B91" s="128"/>
+      <c r="C91" s="92"/>
+      <c r="D91" s="149"/>
+      <c r="E91" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F91" s="269"/>
-      <c r="G91" s="296"/>
+      <c r="F91" s="228"/>
+      <c r="G91" s="86"/>
     </row>
     <row r="92" spans="1:28" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A92" s="138">
+      <c r="A92" s="111">
         <v>77</v>
       </c>
-      <c r="B92" s="201" t="str">
+      <c r="B92" s="93" t="str">
         <f ca="1">OFFSET($C92,0,form_lang-1)</f>
         <v>Tilgang af materielle anlægsaktiver under udførelse og 
 forudbetalinger for materielle anlægsaktiver</v>
       </c>
-      <c r="C92" s="81" t="s">
+      <c r="C92" s="62" t="s">
         <v>82</v>
       </c>
-      <c r="D92" s="81" t="s">
-[...2 lines deleted...]
-      <c r="E92" s="80">
+      <c r="D92" s="62" t="s">
+        <v>438</v>
+      </c>
+      <c r="E92" s="61">
         <v>77</v>
       </c>
-      <c r="F92" s="261">
+      <c r="F92" s="223">
         <v>0</v>
       </c>
-      <c r="G92" s="294" t="str">
+      <c r="G92" s="255" t="str">
         <f>IF(F92=0," ",IF(F92&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="93" spans="1:28" ht="8.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A93" s="18"/>
-[...3 lines deleted...]
-      <c r="E93" s="65" t="s">
+      <c r="A93" s="3"/>
+      <c r="B93" s="121"/>
+      <c r="E93" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F93" s="270"/>
-[...3 lines deleted...]
-      <c r="A94" s="210">
+      <c r="F93" s="231"/>
+      <c r="G93" s="86"/>
+    </row>
+    <row r="94" spans="1:28" s="4" customFormat="1" ht="41.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="176">
         <v>78</v>
       </c>
-      <c r="B94" s="206" t="str">
+      <c r="B94" s="172" t="str">
         <f ca="1">OFFSET($C94,0,form_lang-1)</f>
         <v>Tilgang i alt
 (pkt. 67+73+76+77)</v>
       </c>
-      <c r="C94" s="158" t="s">
-[...5 lines deleted...]
-      <c r="E94" s="61">
+      <c r="C94" s="129" t="s">
+        <v>310</v>
+      </c>
+      <c r="D94" s="129" t="s">
+        <v>524</v>
+      </c>
+      <c r="E94" s="48">
         <v>78</v>
       </c>
-      <c r="F94" s="271">
+      <c r="F94" s="232">
         <f>F79+F86+F90+F92</f>
         <v>0</v>
       </c>
-      <c r="G94" s="295" t="str">
+      <c r="G94" s="255" t="str">
         <f>IF(AB94&gt;0,"Der er en difference mellem pkt. 67+73+76+77 og pkt. 78, tjek venligst tallene igen./There is a discrepancy between items no. 67+73+76+77 and item no. 78. Please check these items again. ",IF(AB94&lt;0,"Der er en difference mellem pkt. 67+73+76+77 og pkt. 78, tjek venligst tallene igen./There is a discrepancy between items no. 67+73+76+77 and item no. 78. Please check these items again.", " "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="AB94" s="7">
+      <c r="AB94" s="4">
         <f>(F92+F90+F86+F79)-F94</f>
         <v>0</v>
       </c>
     </row>
-    <row r="95" spans="1:28" s="7" customFormat="1" ht="9.9499999999999993" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E95" s="68" t="s">
+    <row r="95" spans="1:28" s="4" customFormat="1" ht="9.9499999999999993" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="B95" s="126"/>
+      <c r="D95" s="140"/>
+      <c r="E95" s="54" t="s">
         <v>53</v>
       </c>
-      <c r="F95" s="273"/>
-      <c r="G95" s="294"/>
+      <c r="F95" s="234"/>
+      <c r="G95" s="255"/>
     </row>
     <row r="96" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A96" s="50" t="str">
+      <c r="A96" s="38" t="str">
         <f ca="1">OFFSET($C96,0,form_lang-1)</f>
         <v>Afgang (til bogført værdi)</v>
       </c>
-      <c r="B96" s="142"/>
-      <c r="C96" s="46" t="s">
+      <c r="B96" s="115"/>
+      <c r="C96" s="34" t="s">
         <v>18</v>
       </c>
-      <c r="D96" s="167" t="s">
-[...2 lines deleted...]
-      <c r="E96" s="64" t="s">
+      <c r="D96" s="138" t="s">
+        <v>440</v>
+      </c>
+      <c r="E96" s="51" t="s">
         <v>53</v>
       </c>
-      <c r="F96" s="272" t="str">
+      <c r="F96" s="233" t="str">
         <f>"1.000 "&amp;F$8</f>
         <v>1.000 DKK</v>
       </c>
-      <c r="G96" s="109"/>
+      <c r="G96" s="86"/>
     </row>
     <row r="97" spans="1:28" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A97" s="16"/>
-[...3 lines deleted...]
-      <c r="E97" s="65" t="s">
+      <c r="B97" s="93"/>
+      <c r="D97" s="93"/>
+      <c r="E97" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F97" s="255"/>
-      <c r="G97" s="109"/>
+      <c r="F97" s="217"/>
+      <c r="G97" s="86"/>
     </row>
     <row r="98" spans="1:28" ht="128.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A98" s="115"/>
-      <c r="B98" s="153" t="str">
+      <c r="A98" s="92"/>
+      <c r="B98" s="125" t="str">
         <f ca="1">OFFSET($C98,0,form_lang-1)</f>
         <v>Under afgang anføres afgangen af aktiver i kostpriser samt de tilbageførte afskrivninger/nedskrivninger i forbindelse med årets afgang.
 • Værdien af afgangen til kostpris (pkt. 79-90) Inkl evt. værdireguleringer (opskrivninger).
 • Værdien af de tilbageførte afskrivninger på årets afgang (pkt. 91-102) inkl. evt. værdireguleringer (nedskrivninger).
 Bemærk at overførsler fra projekter under udvikling til andre anlægsaktiver ikke er reel afgang og skal derfor ikke medtages. 
 Tilbageførte afskrivninger kan/må ikke overskride kostpris-værdien.</v>
       </c>
-      <c r="C98" s="153" t="s">
-[...2 lines deleted...]
-      <c r="D98" s="151" t="s">
+      <c r="C98" s="125" t="s">
         <v>537</v>
       </c>
-      <c r="E98" s="112" t="s">
+      <c r="D98" s="123" t="s">
+        <v>525</v>
+      </c>
+      <c r="E98" s="89" t="s">
         <v>53</v>
       </c>
-      <c r="F98" s="255"/>
-      <c r="G98" s="109"/>
+      <c r="F98" s="217"/>
+      <c r="G98" s="86"/>
     </row>
     <row r="99" spans="1:28" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A99" s="16"/>
-[...3 lines deleted...]
-      <c r="E99" s="65" t="s">
+      <c r="B99" s="93"/>
+      <c r="E99" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F99" s="255"/>
-      <c r="G99" s="109"/>
+      <c r="F99" s="217"/>
+      <c r="G99" s="86"/>
     </row>
     <row r="100" spans="1:28" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A100" s="115"/>
-      <c r="B100" s="198" t="str">
+      <c r="A100" s="92"/>
+      <c r="B100" s="166" t="str">
         <f t="shared" ref="B100:B105" ca="1" si="5">OFFSET($C100,0,form_lang-1)</f>
         <v>Afgang immaterielle anlægsaktiver</v>
       </c>
-      <c r="C100" s="111" t="s">
+      <c r="C100" s="88" t="s">
         <v>76</v>
       </c>
-      <c r="D100" s="177" t="s">
-[...2 lines deleted...]
-      <c r="E100" s="112" t="s">
+      <c r="D100" s="148" t="s">
+        <v>445</v>
+      </c>
+      <c r="E100" s="89" t="s">
         <v>53</v>
       </c>
-      <c r="F100" s="255"/>
-      <c r="G100" s="109"/>
+      <c r="F100" s="217"/>
+      <c r="G100" s="86"/>
     </row>
     <row r="101" spans="1:28" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A101" s="144">
+      <c r="A101" s="117">
         <v>79</v>
       </c>
-      <c r="B101" s="142" t="str">
+      <c r="B101" s="115" t="str">
         <f t="shared" ca="1" si="5"/>
         <v>Afgang af færdiggjorte udviklingsprojekter til kostpris</v>
       </c>
-      <c r="C101" s="16" t="s">
+      <c r="C101" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="D101" s="117" t="s">
-[...2 lines deleted...]
-      <c r="E101" s="16">
+      <c r="D101" s="60" t="s">
+        <v>446</v>
+      </c>
+      <c r="E101" s="2">
         <v>79</v>
       </c>
-      <c r="F101" s="256">
+      <c r="F101" s="218">
         <v>0</v>
       </c>
-      <c r="G101" s="294" t="str">
+      <c r="G101" s="255" t="str">
         <f>IF(F101=0," ",IF(F101&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="102" spans="1:28" ht="30" x14ac:dyDescent="0.25">
-      <c r="A102" s="203">
+      <c r="A102" s="169">
         <v>80</v>
       </c>
-      <c r="B102" s="212" t="str">
+      <c r="B102" s="178" t="str">
         <f t="shared" ca="1" si="5"/>
         <v>Afgang af erhvervede koncessioner, patenter, licenser, varemærker 
 samt lignende rettigheder til kostpris</v>
       </c>
-      <c r="C102" s="200" t="s">
+      <c r="C102" s="167" t="s">
         <v>35</v>
       </c>
-      <c r="D102" s="200" t="s">
-[...2 lines deleted...]
-      <c r="E102" s="48">
+      <c r="D102" s="167" t="s">
+        <v>447</v>
+      </c>
+      <c r="E102" s="36">
         <v>80</v>
       </c>
-      <c r="F102" s="256">
+      <c r="F102" s="218">
         <v>0</v>
       </c>
-      <c r="G102" s="294" t="str">
+      <c r="G102" s="255" t="str">
         <f>IF(F102=0," ",IF(F102&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="103" spans="1:28" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A103" s="203">
+      <c r="A103" s="169">
         <v>81</v>
       </c>
-      <c r="B103" s="212" t="str">
+      <c r="B103" s="178" t="str">
         <f t="shared" ca="1" si="5"/>
         <v>Afgang af software til kostpris</v>
       </c>
-      <c r="C103" s="42" t="s">
+      <c r="C103" s="30" t="s">
         <v>15</v>
       </c>
-      <c r="D103" s="57" t="s">
-[...2 lines deleted...]
-      <c r="E103" s="42">
+      <c r="D103" s="44" t="s">
+        <v>448</v>
+      </c>
+      <c r="E103" s="30">
         <v>81</v>
       </c>
-      <c r="F103" s="257">
+      <c r="F103" s="219">
         <v>0</v>
       </c>
-      <c r="G103" s="294" t="str">
+      <c r="G103" s="255" t="str">
         <f>IF(F103=0," ",IF(F103&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="104" spans="1:28" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A104" s="213">
+      <c r="A104" s="179">
         <v>82</v>
       </c>
-      <c r="B104" s="214" t="str">
+      <c r="B104" s="180" t="str">
         <f t="shared" ca="1" si="5"/>
         <v>Afgang af goodwill til kostpris</v>
       </c>
-      <c r="C104" s="16" t="s">
+      <c r="C104" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="D104" s="117" t="s">
-[...2 lines deleted...]
-      <c r="E104" s="16">
+      <c r="D104" s="60" t="s">
+        <v>449</v>
+      </c>
+      <c r="E104" s="2">
         <v>82</v>
       </c>
-      <c r="F104" s="258">
+      <c r="F104" s="220">
         <v>0</v>
       </c>
-      <c r="G104" s="294" t="str">
+      <c r="G104" s="255" t="str">
         <f>IF(F104=0," ",IF(F104&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="105" spans="1:28" s="6" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A105" s="137">
+    <row r="105" spans="1:28" s="4" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="110">
         <v>83</v>
       </c>
-      <c r="B105" s="154" t="str">
+      <c r="B105" s="126" t="str">
         <f t="shared" ca="1" si="5"/>
         <v>Afgang immaterielle anlægsaktiver til kostpris i alt
 (pkt.79+80+81+82)</v>
       </c>
-      <c r="C105" s="102" t="s">
+      <c r="C105" s="80" t="s">
         <v>86</v>
       </c>
-      <c r="D105" s="182" t="s">
-[...2 lines deleted...]
-      <c r="E105" s="19">
+      <c r="D105" s="152" t="s">
+        <v>526</v>
+      </c>
+      <c r="E105" s="9">
         <v>83</v>
       </c>
-      <c r="F105" s="259">
+      <c r="F105" s="221">
         <f>F101+F102+F103+F104</f>
         <v>0</v>
       </c>
-      <c r="G105" s="295" t="str">
+      <c r="G105" s="255" t="str">
         <f>IF(AB105&gt;0,"Der er en difference mellem pkt. 79-82 og pkt. 83, tjek venligst tallene igen./There is a discrepancy between items no. 79-82 and item no. 83. Please check these items again. ",IF(AB105&lt;0,"Der er en difference mellem pkt. 79-82 og pkt. 83, tjek venligst tallene igen./There is a discrepancy between items no. 79-82 and item no. 83. Please check these items again.", " "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="AB105" s="7">
+      <c r="AB105" s="4">
         <f>(F101+F102+F103+F104)-F105</f>
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A106" s="138"/>
-      <c r="B106" s="198" t="str">
+      <c r="A106" s="111"/>
+      <c r="B106" s="166" t="str">
         <f t="shared" ref="B106:B114" ca="1" si="6">OFFSET($C106,0,form_lang-1)</f>
         <v>Afgang af grunde og bygninger</v>
       </c>
-      <c r="C106" s="111" t="s">
+      <c r="C106" s="88" t="s">
         <v>79</v>
       </c>
-      <c r="D106" s="177" t="s">
-[...2 lines deleted...]
-      <c r="E106" s="65" t="s">
+      <c r="D106" s="148" t="s">
+        <v>451</v>
+      </c>
+      <c r="E106" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F106" s="260"/>
-      <c r="G106" s="109"/>
+      <c r="F106" s="222"/>
+      <c r="G106" s="86"/>
     </row>
     <row r="107" spans="1:28" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A107" s="203">
+      <c r="A107" s="169">
         <v>84</v>
       </c>
-      <c r="B107" s="212" t="str">
+      <c r="B107" s="178" t="str">
         <f t="shared" ca="1" si="6"/>
         <v>Afgang af grunde og bygninger (inkl. grundværdi) til kostpris</v>
       </c>
-      <c r="C107" s="16" t="s">
+      <c r="C107" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="D107" s="117" t="s">
-[...2 lines deleted...]
-      <c r="E107" s="16">
+      <c r="D107" s="60" t="s">
+        <v>452</v>
+      </c>
+      <c r="E107" s="2">
         <v>84</v>
       </c>
-      <c r="F107" s="256">
+      <c r="F107" s="218">
         <v>0</v>
       </c>
-      <c r="G107" s="294" t="str">
+      <c r="G107" s="255" t="str">
         <f>IF(F107=0," ",IF(F107&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="108" spans="1:28" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A108" s="203">
+      <c r="A108" s="169">
         <v>85</v>
       </c>
-      <c r="B108" s="212" t="str">
+      <c r="B108" s="178" t="str">
         <f t="shared" ca="1" si="6"/>
         <v>Afgang af ubebyggede grunde til kostpris</v>
       </c>
-      <c r="C108" s="42" t="s">
+      <c r="C108" s="30" t="s">
         <v>36</v>
       </c>
-      <c r="D108" s="57" t="s">
-[...2 lines deleted...]
-      <c r="E108" s="42">
+      <c r="D108" s="44" t="s">
+        <v>453</v>
+      </c>
+      <c r="E108" s="30">
         <v>85</v>
       </c>
-      <c r="F108" s="257">
+      <c r="F108" s="219">
         <v>0</v>
       </c>
-      <c r="G108" s="294" t="str">
+      <c r="G108" s="255" t="str">
         <f>IF(F108=0," ",IF(F108&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="109" spans="1:28" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A109" s="213">
+      <c r="A109" s="179">
         <v>86</v>
       </c>
-      <c r="B109" s="214" t="str">
+      <c r="B109" s="180" t="str">
         <f t="shared" ca="1" si="6"/>
         <v>Afgang af veje, havne, pladser o.l. til kostpris</v>
       </c>
-      <c r="C109" s="16" t="s">
+      <c r="C109" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="D109" s="117" t="s">
-[...2 lines deleted...]
-      <c r="E109" s="16">
+      <c r="D109" s="60" t="s">
+        <v>454</v>
+      </c>
+      <c r="E109" s="2">
         <v>86</v>
       </c>
-      <c r="F109" s="258">
+      <c r="F109" s="220">
         <v>0</v>
       </c>
-      <c r="G109" s="294" t="str">
+      <c r="G109" s="255" t="str">
         <f>IF(F109=0," ",IF(F109&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="110" spans="1:28" s="6" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A110" s="137">
+    <row r="110" spans="1:28" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="110">
         <v>87</v>
       </c>
-      <c r="B110" s="154" t="str">
+      <c r="B110" s="126" t="str">
         <f ca="1">OFFSET($C110,0,form_lang-1)</f>
         <v>Afgang af grunde og bygninger til kostpris i alt
 (pkt. 84+85+86)</v>
       </c>
-      <c r="C110" s="102" t="s">
+      <c r="C110" s="80" t="s">
         <v>83</v>
       </c>
-      <c r="D110" s="182" t="s">
-[...2 lines deleted...]
-      <c r="E110" s="19">
+      <c r="D110" s="152" t="s">
+        <v>527</v>
+      </c>
+      <c r="E110" s="9">
         <v>87</v>
       </c>
-      <c r="F110" s="259">
+      <c r="F110" s="221">
         <f>F107+F108+F109</f>
         <v>0</v>
       </c>
-      <c r="G110" s="295" t="str">
+      <c r="G110" s="255" t="str">
         <f>IF(AB110&gt;0,"Der er en difference mellem pkt. 84-86 og pkt. 87, tjek venligst tallene igen./There is a discrepancy between items no. 84-86 and item no. 87. Please check these items again. ",IF(AB110&lt;0,"Der er en difference mellem pkt.84-86 og pkt. 87, tjek venligst tallene igen./There is a discrepancy between items no. 84-86 and item no. 87. Please check these items again.", " "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="AB110" s="7">
+      <c r="AB110" s="4">
         <f>(F107+F108+F109)-F110</f>
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:28" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A111" s="138"/>
-      <c r="B111" s="198" t="str">
+      <c r="A111" s="111"/>
+      <c r="B111" s="166" t="str">
         <f t="shared" ca="1" si="6"/>
         <v>Afgang af driftsmidler</v>
       </c>
-      <c r="C111" s="111" t="s">
+      <c r="C111" s="88" t="s">
         <v>77</v>
       </c>
-      <c r="D111" s="177" t="s">
-[...2 lines deleted...]
-      <c r="E111" s="65" t="s">
+      <c r="D111" s="148" t="s">
+        <v>456</v>
+      </c>
+      <c r="E111" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F111" s="260"/>
-      <c r="G111" s="109"/>
+      <c r="F111" s="222"/>
+      <c r="G111" s="86"/>
     </row>
     <row r="112" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A112" s="203">
+      <c r="A112" s="169">
         <v>88</v>
       </c>
-      <c r="B112" s="212" t="str">
+      <c r="B112" s="178" t="str">
         <f t="shared" ca="1" si="6"/>
         <v>Afgang af produktionsanlæg og maskiner til kostpris</v>
       </c>
-      <c r="C112" s="16" t="s">
+      <c r="C112" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="D112" s="117" t="s">
-[...2 lines deleted...]
-      <c r="E112" s="16">
+      <c r="D112" s="60" t="s">
+        <v>303</v>
+      </c>
+      <c r="E112" s="2">
         <v>88</v>
       </c>
-      <c r="F112" s="262">
+      <c r="F112" s="224">
         <v>0</v>
       </c>
-      <c r="G112" s="294" t="str">
+      <c r="G112" s="255" t="str">
         <f>IF(F112=0," ",IF(F112&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="113" spans="1:28" customFormat="1" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A113" s="213">
+      <c r="A113" s="179">
         <v>89</v>
       </c>
-      <c r="B113" s="214" t="str">
+      <c r="B113" s="180" t="str">
         <f t="shared" ca="1" si="6"/>
         <v>Afgang af andre anlæg, driftsmateriel og inventar til kostpris, 
 inkl. afgang af inventar i lejede lokaler</v>
       </c>
-      <c r="C113" s="114" t="s">
+      <c r="C113" s="91" t="s">
         <v>87</v>
       </c>
-      <c r="D113" s="201" t="s">
-[...2 lines deleted...]
-      <c r="E113" s="16">
+      <c r="D113" s="93" t="s">
+        <v>459</v>
+      </c>
+      <c r="E113" s="2">
         <v>89</v>
       </c>
-      <c r="F113" s="258">
+      <c r="F113" s="220">
         <v>0</v>
       </c>
-      <c r="G113" s="294" t="str">
+      <c r="G113" s="255" t="str">
         <f>IF(F113=0," ",IF(F113&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="114" spans="1:28" s="6" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A114" s="137">
+    <row r="114" spans="1:28" s="4" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="110">
         <v>90</v>
       </c>
-      <c r="B114" s="220" t="str">
+      <c r="B114" s="186" t="str">
         <f t="shared" ca="1" si="6"/>
         <v>Afgang af driftsmidler til kostpris i alt
 (pkt. 88+89)</v>
       </c>
-      <c r="C114" s="102" t="s">
+      <c r="C114" s="80" t="s">
         <v>85</v>
       </c>
-      <c r="D114" s="182" t="s">
-[...2 lines deleted...]
-      <c r="E114" s="19">
+      <c r="D114" s="152" t="s">
+        <v>528</v>
+      </c>
+      <c r="E114" s="9">
         <v>90</v>
       </c>
-      <c r="F114" s="259">
+      <c r="F114" s="221">
         <f>F112+F113</f>
         <v>0</v>
       </c>
-      <c r="G114" s="295" t="str">
+      <c r="G114" s="255" t="str">
         <f>IF(AB114&gt;0,"Der er en difference mellem pkt. 88+89 og pkt. 90, tjek venligst tallene igen./There is a discrepancy between items no. 88+89 and item no. 90. Please check these items again. ",IF(AB114&lt;0,"Der er en difference mellem pkt. 88-89 og pkt. 90, tjek venligst tallene igen./There is a discrepancy between items no. 88+89 and item no. 90. Please check these items again.", " "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="AB114" s="7">
+      <c r="AB114" s="4">
         <f>(F112+F113)-F114</f>
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A115" s="146"/>
-      <c r="B115" s="198" t="str">
+      <c r="A115" s="119"/>
+      <c r="B115" s="166" t="str">
         <f t="shared" ref="B115:B120" ca="1" si="7">OFFSET($C115,0,form_lang-1)</f>
         <v>Tilbageførte afskrivninger immaterielle anlægsaktiver</v>
       </c>
-      <c r="C115" s="111" t="s">
+      <c r="C115" s="88" t="s">
         <v>17</v>
       </c>
-      <c r="D115" s="177" t="s">
-[...2 lines deleted...]
-      <c r="E115" s="112" t="s">
+      <c r="D115" s="148" t="s">
+        <v>461</v>
+      </c>
+      <c r="E115" s="89" t="s">
         <v>53</v>
       </c>
-      <c r="F115" s="260"/>
-      <c r="G115" s="109"/>
+      <c r="F115" s="222"/>
+      <c r="G115" s="86"/>
     </row>
     <row r="116" spans="1:28" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A116" s="203">
+      <c r="A116" s="169">
         <v>91</v>
       </c>
-      <c r="B116" s="212" t="str">
+      <c r="B116" s="178" t="str">
         <f t="shared" ca="1" si="7"/>
         <v>Tilbageførte afskrivninger på årets afgang af færdiggjorte udviklingsprojekter</v>
       </c>
-      <c r="C116" s="16" t="s">
+      <c r="C116" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="D116" s="117" t="s">
-[...2 lines deleted...]
-      <c r="E116" s="16">
+      <c r="D116" s="60" t="s">
+        <v>462</v>
+      </c>
+      <c r="E116" s="2">
         <v>91</v>
       </c>
-      <c r="F116" s="262">
+      <c r="F116" s="224">
         <v>0</v>
       </c>
-      <c r="G116" s="294" t="str">
+      <c r="G116" s="255" t="str">
         <f>IF(F116=0," ",IF(F116&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="117" spans="1:28" ht="30" x14ac:dyDescent="0.25">
-      <c r="A117" s="203">
+      <c r="A117" s="169">
         <v>92</v>
       </c>
-      <c r="B117" s="212" t="str">
+      <c r="B117" s="178" t="str">
         <f t="shared" ca="1" si="7"/>
         <v>Tilbageførte afskrivninger på årets afgang af erhvervede koncessioner, 
 patenter, licenser, varemærker samt lignende rettigheder</v>
       </c>
-      <c r="C117" s="49" t="s">
+      <c r="C117" s="37" t="s">
         <v>71</v>
       </c>
-      <c r="D117" s="200" t="s">
-[...2 lines deleted...]
-      <c r="E117" s="48">
+      <c r="D117" s="167" t="s">
+        <v>463</v>
+      </c>
+      <c r="E117" s="36">
         <v>92</v>
       </c>
-      <c r="F117" s="256">
+      <c r="F117" s="218">
         <v>0</v>
       </c>
-      <c r="G117" s="294" t="str">
+      <c r="G117" s="255" t="str">
         <f>IF(F117=0," ",IF(F117&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="118" spans="1:28" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A118" s="203">
+      <c r="A118" s="169">
         <v>93</v>
       </c>
-      <c r="B118" s="212" t="str">
+      <c r="B118" s="178" t="str">
         <f t="shared" ca="1" si="7"/>
         <v>Tilbageførte afskrivninger på årets afgang af software</v>
       </c>
-      <c r="C118" s="42" t="s">
+      <c r="C118" s="30" t="s">
         <v>72</v>
       </c>
-      <c r="D118" s="57" t="s">
-[...2 lines deleted...]
-      <c r="E118" s="42">
+      <c r="D118" s="44" t="s">
+        <v>464</v>
+      </c>
+      <c r="E118" s="30">
         <v>93</v>
       </c>
-      <c r="F118" s="256">
+      <c r="F118" s="218">
         <v>0</v>
       </c>
-      <c r="G118" s="294" t="str">
+      <c r="G118" s="255" t="str">
         <f>IF(F118=0," ",IF(F118&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="119" spans="1:28" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A119" s="213">
+      <c r="A119" s="179">
         <v>94</v>
       </c>
-      <c r="B119" s="214" t="str">
+      <c r="B119" s="180" t="str">
         <f t="shared" ca="1" si="7"/>
         <v>Tilbageførte afskrivninger på årets afgang af goodwill</v>
       </c>
-      <c r="C119" s="16" t="s">
+      <c r="C119" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="D119" s="117" t="s">
-[...2 lines deleted...]
-      <c r="E119" s="16">
+      <c r="D119" s="60" t="s">
+        <v>465</v>
+      </c>
+      <c r="E119" s="2">
         <v>94</v>
       </c>
-      <c r="F119" s="263">
+      <c r="F119" s="225">
         <v>0</v>
       </c>
-      <c r="G119" s="294" t="str">
+      <c r="G119" s="255" t="str">
         <f>IF(F119=0," ",IF(F119&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="120" spans="1:28" s="6" customFormat="1" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A120" s="137">
+    <row r="120" spans="1:28" s="4" customFormat="1" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="110">
         <v>95</v>
       </c>
-      <c r="B120" s="154" t="str">
+      <c r="B120" s="126" t="str">
         <f t="shared" ca="1" si="7"/>
         <v>Tilbageførte afskrivninger immaterielle anlægsaktiver i alt
 (pkt.91+92+93+94)</v>
       </c>
-      <c r="C120" s="182" t="s">
-[...5 lines deleted...]
-      <c r="E120" s="19">
+      <c r="C120" s="152" t="s">
+        <v>304</v>
+      </c>
+      <c r="D120" s="152" t="s">
+        <v>529</v>
+      </c>
+      <c r="E120" s="9">
         <v>95</v>
       </c>
-      <c r="F120" s="259">
+      <c r="F120" s="221">
         <f>F116+F117+F118+F119</f>
         <v>0</v>
       </c>
-      <c r="G120" s="295" t="str">
+      <c r="G120" s="255" t="str">
         <f>IF(AB120&gt;0,"Der er en difference mellem pkt. 91-94 og pkt. 95, tjek venligst tallene igen./There is a discrepancy between items no. 91-94 and item no. 95. Please check these items again. ",IF(AB120&lt;0,"Der er en difference mellem pkt. 91-94  og pkt. 95, tjek venligst tallene igen./There is a discrepancy between items no. 91-94 and item no. 95. Please check these items again.", " "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="AB120" s="7">
+      <c r="AB120" s="4">
         <f>(F116+F117+F118+F119)-F120</f>
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A121" s="138"/>
-      <c r="B121" s="198" t="str">
+      <c r="A121" s="111"/>
+      <c r="B121" s="166" t="str">
         <f t="shared" ref="B121:B129" ca="1" si="8">OFFSET($C121,0,form_lang-1)</f>
         <v>Tilbageførte afskrivninger på grunde og bygninger</v>
       </c>
-      <c r="C121" s="111" t="s">
+      <c r="C121" s="88" t="s">
         <v>43</v>
       </c>
-      <c r="D121" s="177" t="s">
-[...2 lines deleted...]
-      <c r="E121" s="65" t="s">
+      <c r="D121" s="148" t="s">
+        <v>467</v>
+      </c>
+      <c r="E121" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F121" s="260"/>
-      <c r="G121" s="109"/>
+      <c r="F121" s="222"/>
+      <c r="G121" s="86"/>
     </row>
     <row r="122" spans="1:28" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A122" s="203">
+      <c r="A122" s="169">
         <v>96</v>
       </c>
-      <c r="B122" s="212" t="str">
+      <c r="B122" s="178" t="str">
         <f t="shared" ca="1" si="8"/>
         <v>Tilbageførte afskrivninger på årets afgang af bygninger</v>
       </c>
-      <c r="C122" s="16" t="s">
+      <c r="C122" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="D122" s="117" t="s">
-[...2 lines deleted...]
-      <c r="E122" s="16">
+      <c r="D122" s="60" t="s">
+        <v>468</v>
+      </c>
+      <c r="E122" s="2">
         <v>96</v>
       </c>
-      <c r="F122" s="262">
+      <c r="F122" s="224">
         <v>0</v>
       </c>
-      <c r="G122" s="294" t="str">
+      <c r="G122" s="255" t="str">
         <f>IF(F122=0," ",IF(F122&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="123" spans="1:28" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A123" s="203">
+      <c r="A123" s="169">
         <v>97</v>
       </c>
-      <c r="B123" s="212" t="str">
+      <c r="B123" s="178" t="str">
         <f t="shared" ca="1" si="8"/>
         <v>Tilbageførte afskrivninger på årets afgang af ubebyggede grunde</v>
       </c>
-      <c r="C123" s="42" t="s">
+      <c r="C123" s="30" t="s">
         <v>74</v>
       </c>
-      <c r="D123" s="57" t="s">
-[...2 lines deleted...]
-      <c r="E123" s="42">
+      <c r="D123" s="44" t="s">
+        <v>469</v>
+      </c>
+      <c r="E123" s="30">
         <v>97</v>
       </c>
-      <c r="F123" s="256">
+      <c r="F123" s="218">
         <v>0</v>
       </c>
-      <c r="G123" s="294" t="str">
+      <c r="G123" s="255" t="str">
         <f>IF(F123=0," ",IF(F123&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="124" spans="1:28" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A124" s="213">
+      <c r="A124" s="179">
         <v>98</v>
       </c>
-      <c r="B124" s="214" t="str">
+      <c r="B124" s="180" t="str">
         <f t="shared" ca="1" si="8"/>
         <v>Tilbageførte afskrivninger på årets afgang af veje, havne, pladser o.l.</v>
       </c>
-      <c r="C124" s="16" t="s">
+      <c r="C124" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="D124" s="117" t="s">
-[...2 lines deleted...]
-      <c r="E124" s="16">
+      <c r="D124" s="60" t="s">
+        <v>470</v>
+      </c>
+      <c r="E124" s="2">
         <v>98</v>
       </c>
-      <c r="F124" s="263">
+      <c r="F124" s="225">
         <v>0</v>
       </c>
-      <c r="G124" s="294" t="str">
+      <c r="G124" s="255" t="str">
         <f>IF(F124=0," ",IF(F124&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="125" spans="1:28" s="6" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A125" s="137">
+    <row r="125" spans="1:28" s="4" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="110">
         <v>99</v>
       </c>
-      <c r="B125" s="154" t="str">
+      <c r="B125" s="126" t="str">
         <f t="shared" ca="1" si="8"/>
         <v>Tilbageførte afskrivninger på grunde og bygninger i alt
 (pkt.96+97+98)</v>
       </c>
-      <c r="C125" s="102" t="s">
-[...5 lines deleted...]
-      <c r="E125" s="19">
+      <c r="C125" s="80" t="s">
+        <v>305</v>
+      </c>
+      <c r="D125" s="152" t="s">
+        <v>530</v>
+      </c>
+      <c r="E125" s="9">
         <v>99</v>
       </c>
-      <c r="F125" s="259">
+      <c r="F125" s="221">
         <f>F122+F123+F124</f>
         <v>0</v>
       </c>
-      <c r="G125" s="295" t="str">
+      <c r="G125" s="255" t="str">
         <f>IF(AB125&gt;0,"Der er en difference mellem pkt. 96-98 og pkt. 99, tjek venligst tallene igen./There is a discrepancy between items no. 96-98 and item no. 99. Please check these items again. ",IF(AB125&lt;0,"Der er en difference mellem pkt. 96-98 og pkt. 99, tjek venligst tallene igen./There is a discrepancy between items no.  96-98 and item no. 99. Please check these items again.", " "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="AB125" s="7">
+      <c r="AB125" s="4">
         <f>(F122+F123+F124)-F125</f>
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A126" s="138"/>
-      <c r="B126" s="198" t="str">
+      <c r="A126" s="111"/>
+      <c r="B126" s="166" t="str">
         <f t="shared" ca="1" si="8"/>
         <v>Tilbageførte afskrivninger på driftsmidler</v>
       </c>
-      <c r="C126" s="111" t="s">
+      <c r="C126" s="88" t="s">
         <v>41</v>
       </c>
-      <c r="D126" s="177" t="s">
-[...2 lines deleted...]
-      <c r="E126" s="65" t="s">
+      <c r="D126" s="148" t="s">
+        <v>472</v>
+      </c>
+      <c r="E126" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F126" s="260"/>
-      <c r="G126" s="109"/>
+      <c r="F126" s="222"/>
+      <c r="G126" s="86"/>
     </row>
     <row r="127" spans="1:28" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A127" s="203">
+      <c r="A127" s="169">
         <v>100</v>
       </c>
-      <c r="B127" s="212" t="str">
+      <c r="B127" s="178" t="str">
         <f t="shared" ca="1" si="8"/>
         <v>Tilbageførte afskrivninger på årets afgang af produktionsanlæg og maskiner</v>
       </c>
-      <c r="C127" s="39" t="s">
+      <c r="C127" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="D127" s="80" t="s">
-[...2 lines deleted...]
-      <c r="E127" s="39">
+      <c r="D127" s="61" t="s">
+        <v>473</v>
+      </c>
+      <c r="E127" s="27">
         <v>100</v>
       </c>
-      <c r="F127" s="262">
+      <c r="F127" s="224">
         <v>0</v>
       </c>
-      <c r="G127" s="294" t="str">
+      <c r="G127" s="255" t="str">
         <f>IF(F127=0," ",IF(F127&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="128" spans="1:28" customFormat="1" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A128" s="213">
+      <c r="A128" s="179">
         <v>101</v>
       </c>
-      <c r="B128" s="214" t="str">
+      <c r="B128" s="180" t="str">
         <f t="shared" ca="1" si="8"/>
         <v>Tilbageførte afskrivninger på årets afgang af andre anlæg, 
 driftsmateriel og inventar, inkl. tilbageførte afskrivninger på årets afgang af inventar i lejede lokaler</v>
       </c>
-      <c r="C128" s="201" t="s">
+      <c r="C128" s="93" t="s">
         <v>81</v>
       </c>
-      <c r="D128" s="201" t="s">
-[...2 lines deleted...]
-      <c r="E128" s="117">
+      <c r="D128" s="93" t="s">
+        <v>474</v>
+      </c>
+      <c r="E128" s="60">
         <v>101</v>
       </c>
-      <c r="F128" s="263">
+      <c r="F128" s="225">
         <v>0</v>
       </c>
-      <c r="G128" s="294" t="str">
+      <c r="G128" s="255" t="str">
         <f>IF(F128=0," ",IF(F128&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="129" spans="1:28" s="6" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A129" s="137">
+    <row r="129" spans="1:28" s="4" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="110">
         <v>102</v>
       </c>
-      <c r="B129" s="154" t="str">
+      <c r="B129" s="126" t="str">
         <f t="shared" ca="1" si="8"/>
         <v>Tilbageførte afskrivninger på driftsmidler i alt
 (pkt. 100+101)</v>
       </c>
-      <c r="C129" s="182" t="s">
-[...5 lines deleted...]
-      <c r="E129" s="19">
+      <c r="C129" s="152" t="s">
+        <v>306</v>
+      </c>
+      <c r="D129" s="152" t="s">
+        <v>531</v>
+      </c>
+      <c r="E129" s="9">
         <v>102</v>
       </c>
-      <c r="F129" s="259">
+      <c r="F129" s="221">
         <f>F127+F128</f>
         <v>0</v>
       </c>
-      <c r="G129" s="295" t="str">
+      <c r="G129" s="255" t="str">
         <f>IF(AB129&gt;0,"Der er en difference mellem pkt. 100+101 og pkt. 102, tjek venligst tallene igen./There is a discrepancy between items no. 100+101 and item no. 102. Please check these items again. ",IF(AB129&lt;0,"Der er en difference mellem pkt. 100+101 og pkt. 102, tjek venligst tallene igen./There is a discrepancy between items no. 100+101 and item no. 102. Please check these items again.", " "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="AB129" s="7">
+      <c r="AB129" s="4">
         <f>(F127+F128)-F129</f>
         <v>0</v>
       </c>
     </row>
-    <row r="130" spans="1:28" s="12" customFormat="1" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="E130" s="65" t="s">
+    <row r="130" spans="1:28" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A130" s="181"/>
+      <c r="B130" s="189"/>
+      <c r="C130" s="92"/>
+      <c r="D130" s="149"/>
+      <c r="E130" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F130" s="264"/>
-[...3 lines deleted...]
-      <c r="A131" s="221">
+      <c r="F130" s="226"/>
+      <c r="G130" s="86"/>
+    </row>
+    <row r="131" spans="1:28" s="4" customFormat="1" ht="31.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A131" s="187">
         <v>103</v>
       </c>
-      <c r="B131" s="222" t="str">
+      <c r="B131" s="188" t="str">
         <f ca="1">OFFSET($C131,0,form_lang-1)</f>
         <v>Afgang til bogført værdi i alt 
 (pkt. 83+87+90-95-99-102)</v>
       </c>
-      <c r="C131" s="119" t="s">
+      <c r="C131" s="94" t="s">
         <v>84</v>
       </c>
-      <c r="D131" s="179" t="s">
-[...2 lines deleted...]
-      <c r="E131" s="120">
+      <c r="D131" s="150" t="s">
+        <v>566</v>
+      </c>
+      <c r="E131" s="95">
         <v>103</v>
       </c>
-      <c r="F131" s="265">
+      <c r="F131" s="227">
         <f>(F105+F110+F114)-(F120+F125+F129)</f>
         <v>0</v>
       </c>
-      <c r="G131" s="295" t="str">
+      <c r="G131" s="255" t="str">
         <f>IF(AB131&lt;0,"De tilbageførte afskrivninger (pkt. 95+99+102) må ikke være højere end afgangen på pkt. 83+87+90. Tjek venligst tallene igen./The reversals (items no.  95+99+102) cannot be higher than the disposals (items no. 83+87+90). Please check these items again. ",IF(AB131&lt;0,"De tilbageførte afskrivninger (pkt. 95+99+102) må ikke være højere end afgangen på pkt. 83+87+90. Tjek venligst tallene igen./The reversals (items no.  95+99+102) cannot be higher than the disposals (items no. 83+87+90). Please check these items again.", " "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="AB131" s="7">
+      <c r="AB131" s="4">
         <f>(F105+F110+F114)-(F120+F125+F129)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="132" spans="1:28" s="7" customFormat="1" ht="3.95" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E132" s="68" t="s">
+    <row r="132" spans="1:28" s="4" customFormat="1" ht="3.95" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="D132" s="140"/>
+      <c r="E132" s="54" t="s">
         <v>53</v>
       </c>
-      <c r="F132" s="17"/>
     </row>
     <row r="133" spans="1:28" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A133" s="15"/>
-[...3 lines deleted...]
-      <c r="E133" s="63" t="s">
+      <c r="E133" s="50" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="134" spans="1:28" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A134" s="84" t="str">
+      <c r="A134" s="65" t="str">
         <f ca="1">OFFSET($C134,0,form_lang-1)</f>
         <v>Supplerende spørgsmål</v>
       </c>
-      <c r="B134" s="85"/>
-      <c r="C134" s="28" t="s">
+      <c r="B134" s="66"/>
+      <c r="C134" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="D134" s="192" t="s">
-[...2 lines deleted...]
-      <c r="E134" s="72" t="s">
+      <c r="D134" s="162" t="s">
+        <v>532</v>
+      </c>
+      <c r="E134" s="57" t="s">
         <v>53</v>
       </c>
-      <c r="F134" s="8"/>
+      <c r="F134" s="5"/>
     </row>
     <row r="135" spans="1:28" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A135" s="86"/>
-[...3 lines deleted...]
-      <c r="E135" s="73" t="s">
+      <c r="A135" s="67"/>
+      <c r="B135" s="68"/>
+      <c r="E135" s="58" t="s">
         <v>53</v>
       </c>
-      <c r="F135" s="13"/>
     </row>
     <row r="136" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A136" s="88" t="str">
+      <c r="A136" s="69" t="str">
         <f ca="1">OFFSET($C136,0,form_lang-1)</f>
         <v>Kontaktperson i Deres virksomhed</v>
       </c>
-      <c r="B136" s="89"/>
-      <c r="C136" s="54" t="s">
+      <c r="B136" s="70"/>
+      <c r="C136" s="34" t="s">
         <v>11</v>
       </c>
-      <c r="D136" s="194" t="s">
-[...2 lines deleted...]
-      <c r="E136" s="74" t="s">
+      <c r="D136" s="138" t="s">
+        <v>536</v>
+      </c>
+      <c r="E136" s="51" t="s">
         <v>53</v>
       </c>
-      <c r="F136" s="13"/>
     </row>
     <row r="137" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A137" s="83"/>
-      <c r="B137" s="87" t="str">
+      <c r="A137" s="64"/>
+      <c r="B137" s="68" t="str">
         <f ca="1">OFFSET($C137,0,form_lang-1)</f>
         <v>Navn:</v>
       </c>
       <c r="C137" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="D137" s="180" t="s">
-[...2 lines deleted...]
-      <c r="E137" s="71" t="s">
+      <c r="D137" s="60" t="s">
+        <v>533</v>
+      </c>
+      <c r="E137" s="50" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="138" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A138" s="86"/>
-      <c r="B138" s="90" t="s">
+      <c r="A138" s="67"/>
+      <c r="B138" s="71" t="s">
         <v>283</v>
       </c>
-      <c r="C138" s="43"/>
-[...1 lines deleted...]
-      <c r="E138" s="75" t="s">
+      <c r="C138" s="31"/>
+      <c r="D138" s="163"/>
+      <c r="E138" s="58" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="139" spans="1:28" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A139" s="91"/>
-[...1 lines deleted...]
-      <c r="E139" s="76" t="s">
+      <c r="A139" s="67"/>
+      <c r="B139" s="68"/>
+      <c r="E139" s="58" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="140" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A140" s="83"/>
-      <c r="B140" s="87" t="str">
+      <c r="A140" s="64"/>
+      <c r="B140" s="68" t="str">
         <f ca="1">OFFSET($C140,0,form_lang-1)</f>
         <v>Telefonnummer:</v>
       </c>
-      <c r="C140" s="3" t="s">
+      <c r="C140" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="D140" s="193" t="s">
-[...2 lines deleted...]
-      <c r="E140" s="71" t="s">
+      <c r="D140" s="60" t="s">
+        <v>534</v>
+      </c>
+      <c r="E140" s="50" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="141" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A141" s="86"/>
-      <c r="B141" s="110">
+      <c r="A141" s="67"/>
+      <c r="B141" s="87">
         <v>11223344</v>
       </c>
-      <c r="C141" s="43"/>
-[...1 lines deleted...]
-      <c r="E141" s="75" t="s">
+      <c r="C141" s="31"/>
+      <c r="D141" s="163"/>
+      <c r="E141" s="58" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="142" spans="1:28" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A142" s="91"/>
-[...1 lines deleted...]
-      <c r="E142" s="77" t="s">
+      <c r="A142" s="67"/>
+      <c r="B142" s="68"/>
+      <c r="E142" s="58" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="143" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A143" s="83"/>
-      <c r="B143" s="87" t="str">
+      <c r="A143" s="64"/>
+      <c r="B143" s="68" t="str">
         <f ca="1">OFFSET($C143,0,form_lang-1)</f>
         <v>E-post:</v>
       </c>
       <c r="C143" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="D143" s="180" t="s">
-[...2 lines deleted...]
-      <c r="E143" s="71" t="s">
+      <c r="D143" s="60" t="s">
+        <v>535</v>
+      </c>
+      <c r="E143" s="50" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="144" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A144" s="86"/>
-[...5 lines deleted...]
-      <c r="E144" s="75" t="s">
+      <c r="A144" s="67"/>
+      <c r="B144" s="87" t="s">
+        <v>294</v>
+      </c>
+      <c r="C144" s="31"/>
+      <c r="D144" s="163"/>
+      <c r="E144" s="58" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="145" spans="1:6" ht="8.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A145" s="93"/>
-[...3 lines deleted...]
-      <c r="E145" s="36" t="s">
+      <c r="A145" s="72"/>
+      <c r="B145" s="73"/>
+      <c r="C145" s="3"/>
+      <c r="D145" s="164"/>
+      <c r="E145" s="24" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="146" spans="1:6" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-    </row>
+    <row r="146" spans="1:6" ht="8.1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="147" spans="1:6" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A147" s="15"/>
-[...3 lines deleted...]
-      <c r="E147" s="63" t="s">
+      <c r="E147" s="50" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="148" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A148" s="84" t="str">
+      <c r="A148" s="65" t="str">
         <f ca="1">OFFSET($C148,0,form_lang-1)</f>
         <v xml:space="preserve">Danmarks Statistik </v>
       </c>
-      <c r="B148" s="187"/>
-      <c r="C148" s="28" t="s">
+      <c r="B148" s="157"/>
+      <c r="C148" s="18" t="s">
         <v>93</v>
       </c>
-      <c r="D148" s="192" t="s">
-[...2 lines deleted...]
-      <c r="E148" s="72" t="s">
+      <c r="D148" s="162" t="s">
+        <v>477</v>
+      </c>
+      <c r="E148" s="57" t="s">
         <v>53</v>
       </c>
-      <c r="F148" s="8"/>
+      <c r="F148" s="5"/>
     </row>
     <row r="149" spans="1:6" ht="8.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A149" s="99"/>
-[...3 lines deleted...]
-      <c r="E149" s="73" t="s">
+      <c r="A149" s="77"/>
+      <c r="B149" s="23"/>
+      <c r="E149" s="58" t="s">
         <v>53</v>
       </c>
-      <c r="F149" s="13"/>
     </row>
     <row r="150" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A150" s="97"/>
-      <c r="B150" s="96" t="str">
+      <c r="A150" s="76"/>
+      <c r="B150" s="75" t="str">
         <f ca="1">OFFSET($C150,0,form_lang-1)</f>
         <v>Dato for godkendelse af årsrapporten: ÅÅÅÅ-MM-DD</v>
       </c>
-      <c r="C150" s="39" t="s">
+      <c r="C150" s="27" t="s">
         <v>284</v>
       </c>
-      <c r="D150" s="80" t="s">
-[...2 lines deleted...]
-      <c r="E150" s="63" t="s">
+      <c r="D150" s="61" t="s">
+        <v>478</v>
+      </c>
+      <c r="E150" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F150" s="95" t="s">
-        <v>367</v>
+      <c r="F150" s="74" t="s">
+        <v>623</v>
       </c>
     </row>
     <row r="151" spans="1:6" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A151" s="100"/>
-[...3 lines deleted...]
-      <c r="E151" s="73" t="s">
+      <c r="A151" s="78"/>
+      <c r="E151" s="58" t="s">
         <v>53</v>
       </c>
-      <c r="F151" s="13"/>
     </row>
   </sheetData>
-  <conditionalFormatting sqref="F16">
-    <cfRule type="cellIs" dxfId="142" priority="196" operator="lessThan">
+  <conditionalFormatting sqref="F16:F18">
+    <cfRule type="cellIs" dxfId="36" priority="145" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F34">
-[...5 lines deleted...]
-    <cfRule type="containsText" dxfId="140" priority="165" operator="containsText" text=",">
+  <conditionalFormatting sqref="F16:F34">
+    <cfRule type="containsText" dxfId="35" priority="118" operator="containsText" text=",">
       <formula>NOT(ISERROR(SEARCH(",",F16)))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F26">
-[...20 lines deleted...]
-    <cfRule type="cellIs" dxfId="135" priority="147" operator="lessThan">
+  <conditionalFormatting sqref="F20:F24">
+    <cfRule type="cellIs" dxfId="34" priority="135" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F17">
-[...5 lines deleted...]
-    <cfRule type="cellIs" dxfId="133" priority="145" operator="lessThan">
+  <conditionalFormatting sqref="F26:F33">
+    <cfRule type="cellIs" dxfId="33" priority="119" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F18">
-[...5 lines deleted...]
-    <cfRule type="cellIs" dxfId="131" priority="143" operator="lessThan">
+  <conditionalFormatting sqref="F36:F39">
+    <cfRule type="cellIs" dxfId="32" priority="111" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F20">
-[...120 lines deleted...]
-    <cfRule type="containsText" dxfId="106" priority="116" operator="containsText" text=",">
+  <conditionalFormatting sqref="F36:F40">
+    <cfRule type="containsText" dxfId="31" priority="105" operator="containsText" text=",">
       <formula>NOT(ISERROR(SEARCH(",",F36)))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F37">
-[...48 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="F42">
-    <cfRule type="containsText" dxfId="95" priority="104" operator="containsText" text=",">
+    <cfRule type="containsText" dxfId="30" priority="104" operator="containsText" text=",">
       <formula>NOT(ISERROR(SEARCH(",",F42)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F44">
-    <cfRule type="containsText" dxfId="94" priority="103" operator="containsText" text=",">
+    <cfRule type="containsText" dxfId="29" priority="103" operator="containsText" text=",">
       <formula>NOT(ISERROR(SEARCH(",",F44)))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F47">
-    <cfRule type="containsText" dxfId="93" priority="102" operator="containsText" text=",">
+  <conditionalFormatting sqref="F47:F48">
+    <cfRule type="containsText" dxfId="28" priority="100" operator="containsText" text=",">
       <formula>NOT(ISERROR(SEARCH(",",F47)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F48">
-    <cfRule type="cellIs" dxfId="92" priority="101" operator="lessThan">
+    <cfRule type="cellIs" dxfId="27" priority="101" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F48">
-[...1 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH(",",F48)))</formula>
+  <conditionalFormatting sqref="F57">
+    <cfRule type="containsText" dxfId="26" priority="153" operator="containsText" text=",">
+      <formula>NOT(ISERROR(SEARCH(",",F57)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F59">
-    <cfRule type="cellIs" dxfId="90" priority="99" operator="lessThan">
+    <cfRule type="containsText" dxfId="25" priority="98" operator="containsText" text=",">
+      <formula>NOT(ISERROR(SEARCH(",",F59)))</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="24" priority="99" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F59">
-[...1 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH(",",F59)))</formula>
+  <conditionalFormatting sqref="F74:F79">
+    <cfRule type="cellIs" dxfId="23" priority="87" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="22" priority="86" operator="containsText" text=",">
+      <formula>NOT(ISERROR(SEARCH(",",F74)))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F74">
-    <cfRule type="cellIs" dxfId="88" priority="97" operator="lessThan">
+  <conditionalFormatting sqref="F81:F86">
+    <cfRule type="cellIs" dxfId="21" priority="57" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="20" priority="56" operator="containsText" text=",">
+      <formula>NOT(ISERROR(SEARCH(",",F81)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F88:F90">
+    <cfRule type="cellIs" dxfId="19" priority="53" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="18" priority="52" operator="containsText" text=",">
+      <formula>NOT(ISERROR(SEARCH(",",F88)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F92">
+    <cfRule type="cellIs" dxfId="17" priority="51" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="16" priority="50" operator="containsText" text=",">
+      <formula>NOT(ISERROR(SEARCH(",",F92)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F94">
+    <cfRule type="containsText" dxfId="15" priority="80" operator="containsText" text=",">
+      <formula>NOT(ISERROR(SEARCH(",",F94)))</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="14" priority="81" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F74">
-[...1 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH(",",F74)))</formula>
+  <conditionalFormatting sqref="F101:F105">
+    <cfRule type="cellIs" dxfId="13" priority="43" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="12" priority="42" operator="containsText" text=",">
+      <formula>NOT(ISERROR(SEARCH(",",F101)))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F75">
-    <cfRule type="cellIs" dxfId="86" priority="95" operator="lessThan">
+  <conditionalFormatting sqref="F107:F110">
+    <cfRule type="cellIs" dxfId="11" priority="37" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="10" priority="36" operator="containsText" text=",">
+      <formula>NOT(ISERROR(SEARCH(",",F107)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F112:F114">
+    <cfRule type="cellIs" dxfId="9" priority="33" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="8" priority="32" operator="containsText" text=",">
+      <formula>NOT(ISERROR(SEARCH(",",F112)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F116:F120">
+    <cfRule type="containsText" dxfId="7" priority="11" operator="containsText" text=",">
+      <formula>NOT(ISERROR(SEARCH(",",F116)))</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="6" priority="12" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F75">
-[...5 lines deleted...]
-    <cfRule type="cellIs" dxfId="84" priority="93" operator="lessThan">
+  <conditionalFormatting sqref="F122:F125">
+    <cfRule type="cellIs" dxfId="5" priority="18" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-  </conditionalFormatting>
-[...321 lines deleted...]
-    <cfRule type="containsText" dxfId="19" priority="21" operator="containsText" text=",">
+    <cfRule type="containsText" dxfId="4" priority="17" operator="containsText" text=",">
       <formula>NOT(ISERROR(SEARCH(",",F122)))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F122">
-    <cfRule type="cellIs" dxfId="18" priority="22" operator="lessThan">
+  <conditionalFormatting sqref="F127:F131">
+    <cfRule type="cellIs" dxfId="3" priority="14" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-  </conditionalFormatting>
-[...21 lines deleted...]
-    <cfRule type="containsText" dxfId="13" priority="15" operator="containsText" text=",">
+    <cfRule type="containsText" dxfId="2" priority="13" operator="containsText" text=",">
       <formula>NOT(ISERROR(SEARCH(",",F127)))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F127">
-    <cfRule type="cellIs" dxfId="12" priority="16" operator="lessThan">
+  <conditionalFormatting sqref="J74:J77">
+    <cfRule type="cellIs" dxfId="1" priority="2" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-  </conditionalFormatting>
-[...31 lines deleted...]
-    <cfRule type="containsText" dxfId="5" priority="7" operator="containsText" text=",">
+    <cfRule type="containsText" dxfId="0" priority="1" operator="containsText" text=",">
       <formula>NOT(ISERROR(SEARCH(",",J74)))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J75">
-[...23 lines deleted...]
-  </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="B11" location="'REGN Information'!A1" display="'REGN Information'!A1"/>
-    <hyperlink ref="B63" location="'REGN Information'!A65" display="'REGN Information'!A65"/>
+    <hyperlink ref="B11" location="'REGN Information'!A1" display="'REGN Information'!A1" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
+    <hyperlink ref="B63" location="'REGN Information'!A65" display="'REGN Information'!A65" xr:uid="{00000000-0004-0000-0100-000001000000}"/>
   </hyperlinks>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.31496062992125984" bottom="0.19685039370078741" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="85" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;9REGNSTOR 2017&amp;RSide &amp;P af &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="6" manualBreakCount="6">
     <brk id="34" max="16383" man="1"/>
     <brk id="48" max="16383" man="1"/>
     <brk id="54" max="16383" man="1"/>
     <brk id="60" max="16383" man="1"/>
     <brk id="95" max="16383" man="1"/>
     <brk id="132" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="F152:F1048576 F134:F146 F100 F132 F73 F80 F87 F95:F98 F106 F111 F115 F126 F121 F93 F71" formula="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="2050" r:id="rId4" name="Group Box 2">
@@ -13291,2199 +11646,2150 @@
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>6010275</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>133350</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>6419850</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>361950</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Ark3"/>
   <dimension ref="A1:F155"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="G3" sqref="G3"/>
+      <selection pane="bottomRight" activeCell="D54" sqref="D54"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" outlineLevelCol="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.42578125" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="16384" width="9.140625" style="4"/>
+    <col min="1" max="1" width="9.42578125" style="2" customWidth="1"/>
+    <col min="2" max="2" width="112.7109375" style="93" customWidth="1"/>
+    <col min="3" max="3" width="104.5703125" style="60" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="4" max="4" width="92.42578125" style="60" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="5" max="5" width="9.5703125" style="7" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="6" max="6" width="9.140625" style="2" collapsed="1"/>
+    <col min="7" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" s="5" customFormat="1" ht="47.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="241" t="str">
+    <row r="1" spans="1:5" s="3" customFormat="1" ht="47.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A1" s="204" t="str">
         <f ca="1">OFFSET($C1,0,E1-1)</f>
         <v>Regnskabsstatistik</v>
       </c>
-      <c r="B1" s="292"/>
-      <c r="C1" s="162" t="s">
+      <c r="B1" s="253"/>
+      <c r="C1" s="133" t="s">
         <v>285</v>
       </c>
-      <c r="D1" s="162" t="s">
-[...2 lines deleted...]
-      <c r="E1" s="148">
+      <c r="D1" s="133" t="s">
+        <v>479</v>
+      </c>
+      <c r="E1" s="12">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:5" ht="21.95" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="160" t="str">
+      <c r="A2" s="131" t="str">
         <f ca="1">OFFSET($C2,0,$E$1-1)</f>
         <v>Resultatopgørelse</v>
       </c>
-      <c r="B2" s="155"/>
-      <c r="C2" s="163" t="s">
+      <c r="B2" s="127"/>
+      <c r="C2" s="134" t="s">
         <v>0</v>
       </c>
-      <c r="D2" s="163" t="s">
+      <c r="D2" s="134" t="s">
         <v>45</v>
       </c>
-      <c r="E2" s="66" t="s">
+      <c r="E2" s="52" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="66.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="16"/>
-      <c r="B3" s="130" t="str">
+      <c r="B3" s="103" t="str">
         <f t="shared" ref="B3:B21" ca="1" si="0">OFFSET($C3,0,$E$1-1)</f>
         <v>Indberetningen skal indeholde regnskabsdata for det udtrukkede cvr nr., indtast i højre kolonne (grå felter). 
 Hvis jeres firma er et moderselskab, skal I kun indtaste oplysninger om moderselskabet, ikke hele koncernen.
 Pkt.19 til 60, skal stemme overens med den officielle Årsrapport.</v>
       </c>
-      <c r="C3" s="130" t="s">
-[...5 lines deleted...]
-      <c r="E3" s="65" t="s">
+      <c r="C3" s="103" t="s">
+        <v>359</v>
+      </c>
+      <c r="D3" s="123" t="s">
+        <v>360</v>
+      </c>
+      <c r="E3" s="50" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="217" t="str">
+      <c r="A4" s="183" t="str">
         <f ca="1">OFFSET($C4,0,$E$1-1)</f>
         <v>Ordinær drift, før finansielle poster</v>
       </c>
-      <c r="B4" s="152"/>
-      <c r="C4" s="164" t="s">
+      <c r="B4" s="124"/>
+      <c r="C4" s="135" t="s">
         <v>24</v>
       </c>
-      <c r="D4" s="164" t="s">
+      <c r="D4" s="135" t="s">
         <v>46</v>
       </c>
-      <c r="E4" s="67" t="s">
+      <c r="E4" s="53" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A5" s="203">
+      <c r="A5" s="169">
         <v>1</v>
       </c>
-      <c r="B5" s="205" t="str">
+      <c r="B5" s="171" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Nettoomsætning (efter fradrag af prisnedslag, merværdi- og punktafgifter)</v>
       </c>
-      <c r="C5" s="80" t="s">
+      <c r="C5" s="61" t="s">
         <v>32</v>
       </c>
-      <c r="D5" s="80" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="4"/>
+      <c r="D5" s="61" t="s">
+        <v>361</v>
+      </c>
+      <c r="E5" s="2"/>
     </row>
     <row r="6" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="144">
+      <c r="A6" s="117">
         <v>2</v>
       </c>
-      <c r="B6" s="202" t="str">
+      <c r="B6" s="168" t="str">
         <f t="shared" ca="1" si="0"/>
         <v xml:space="preserve">Arbejde udført for egen regning og opført under aktiver som tilgang
 </v>
       </c>
-      <c r="C6" s="199" t="s">
-[...5 lines deleted...]
-      <c r="E6" s="4"/>
+      <c r="C6" s="106" t="s">
+        <v>350</v>
+      </c>
+      <c r="D6" s="44" t="s">
+        <v>349</v>
+      </c>
+      <c r="E6" s="2"/>
     </row>
     <row r="7" spans="1:5" ht="127.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="203"/>
-      <c r="B7" s="142" t="str">
+      <c r="A7" s="169"/>
+      <c r="B7" s="115" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Medtages: 
 • Omkostninger for egen regning til materialer, egne lønninger m.v. til forbedring af egne bygninger, maskiner, udvikling af software o.l. 
 Medtages ikke: 
 • Køb af andres forbedring af virksomhedens bygninger, maskiner, udvikling af software o.l.</v>
       </c>
-      <c r="C7" s="199" t="s">
-[...5 lines deleted...]
-      <c r="E7" s="4"/>
+      <c r="C7" s="106" t="s">
+        <v>329</v>
+      </c>
+      <c r="D7" s="106" t="s">
+        <v>362</v>
+      </c>
+      <c r="E7" s="2"/>
     </row>
     <row r="8" spans="1:5" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="138">
+      <c r="A8" s="111">
         <v>3</v>
       </c>
-      <c r="B8" s="159" t="str">
+      <c r="B8" s="130" t="str">
         <f t="shared" ca="1" si="0"/>
         <v xml:space="preserve">Andre driftsindtægter 
 </v>
       </c>
-      <c r="C8" s="199" t="s">
-[...5 lines deleted...]
-      <c r="E8" s="4"/>
+      <c r="C8" s="106" t="s">
+        <v>312</v>
+      </c>
+      <c r="D8" s="106" t="s">
+        <v>311</v>
+      </c>
+      <c r="E8" s="2"/>
     </row>
     <row r="9" spans="1:5" ht="124.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="144"/>
-      <c r="B9" s="142" t="str">
+      <c r="A9" s="117"/>
+      <c r="B9" s="115" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Medtages: 
 • Indtægt, som ikke angår den egentlige drift, fx lejeindtægter og gevinst ved salg af immaterielle og materielle anlægsaktiver.
 • Refunderede syge- og barselsdagpenge eller løntilskud til fx elever samt viderefaktureret løn.
 Medtages ikke:
 • Tab, som ikke angår den egentlige drift, fx. tab ved salg af immaterielle og materielle anlægsaktiver eller negative lejeindtægter angives under pkt. 18.</v>
       </c>
-      <c r="C9" s="199" t="s">
-[...5 lines deleted...]
-      <c r="E9" s="4"/>
+      <c r="C9" s="106" t="s">
+        <v>363</v>
+      </c>
+      <c r="D9" s="106" t="s">
+        <v>364</v>
+      </c>
+      <c r="E9" s="2"/>
     </row>
     <row r="10" spans="1:5" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="138">
+      <c r="A10" s="111">
         <v>4</v>
       </c>
-      <c r="B10" s="159" t="str">
+      <c r="B10" s="130" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Forbrug af varer (materialer)</v>
       </c>
-      <c r="C10" s="199" t="s">
-[...5 lines deleted...]
-      <c r="E10" s="4"/>
+      <c r="C10" s="106" t="s">
+        <v>351</v>
+      </c>
+      <c r="D10" s="106" t="s">
+        <v>365</v>
+      </c>
+      <c r="E10" s="2"/>
     </row>
     <row r="11" spans="1:5" ht="165" x14ac:dyDescent="0.25">
-      <c r="A11" s="144"/>
-      <c r="B11" s="142" t="str">
+      <c r="A11" s="117"/>
+      <c r="B11" s="115" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Medtages: 
 • Færdigvarer/råvarer og hjælpemidler inkl. fragt og told. Fratræk prisnedslag, godtgørelser, kontantrabatter og bonus.
 • Kun for TRANSPORTBRANCHEN: medtag brændstof til fly/færger/busser/lastbiler.
 Medtages ikke:
 • Løn (pkt. 12).
 • Køb af underentreprise (pkt. 5) som f.eks. fremmed kørsel.
 • Andre omkostninger, der kan henføres til vikaromkostninger (pkt. 8), leasing (pkt. 9), småanskaffelser (pkt. 7), eller reparationer og forsikringer o.l. (pkt. 11).</v>
       </c>
-      <c r="C11" s="199" t="s">
-[...5 lines deleted...]
-      <c r="E11" s="4"/>
+      <c r="C11" s="106" t="s">
+        <v>366</v>
+      </c>
+      <c r="D11" s="106" t="s">
+        <v>367</v>
+      </c>
+      <c r="E11" s="2"/>
     </row>
     <row r="12" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="138">
+      <c r="A12" s="111">
         <v>5</v>
       </c>
-      <c r="B12" s="159" t="str">
+      <c r="B12" s="130" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Køb af underentrepriser/underleverandører</v>
       </c>
-      <c r="C12" s="199" t="s">
-[...2 lines deleted...]
-      <c r="D12" s="199" t="s">
+      <c r="C12" s="106" t="s">
+        <v>313</v>
+      </c>
+      <c r="D12" s="106" t="s">
         <v>47</v>
       </c>
-      <c r="E12" s="4"/>
+      <c r="E12" s="2"/>
     </row>
     <row r="13" spans="1:5" ht="66.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="144"/>
-      <c r="B13" s="142" t="str">
+      <c r="A13" s="117"/>
+      <c r="B13" s="115" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Køb af andres arbejde i forbindelse med virksomhedens primære drift (fremmed arbejde).
 • Omkostninger til andres bearbejdning af virksomhedens råmaterialer og halvfabrikata.
 • Omkostninger til arbejder, som er udført af underentreprenører/underleveandører.
 fx. transportbranchen: omkostninger til andre vognmænd, fragtfirmaer o.l.</v>
       </c>
-      <c r="C13" s="199" t="s">
-[...5 lines deleted...]
-      <c r="E13" s="4"/>
+      <c r="C13" s="106" t="s">
+        <v>368</v>
+      </c>
+      <c r="D13" s="254" t="s">
+        <v>369</v>
+      </c>
+      <c r="E13" s="2"/>
     </row>
     <row r="14" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="138">
+      <c r="A14" s="111">
         <v>6</v>
       </c>
-      <c r="B14" s="159" t="str">
+      <c r="B14" s="130" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Omkostninger til husleje (ekskl. varme og el)</v>
       </c>
-      <c r="C14" s="199" t="s">
-[...5 lines deleted...]
-      <c r="E14" s="4"/>
+      <c r="C14" s="106" t="s">
+        <v>314</v>
+      </c>
+      <c r="D14" s="106" t="s">
+        <v>315</v>
+      </c>
+      <c r="E14" s="2"/>
     </row>
     <row r="15" spans="1:5" ht="169.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="144"/>
-      <c r="B15" s="142" t="str">
+      <c r="A15" s="117"/>
+      <c r="B15" s="115" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Omfatter kun udgifter til lejeforhold såsom: 
 • Husleje. 
 • Arealleje.
 • Lagerleje (kun for opbevaringsvirksomheder). 
 • Garageleje (kun for transportvirksomheder).
 Medtages ikke: 
 • Varme og energiforbrug (pkt. 11).
 • Andre lokaleomkostninger, fx fællesomkostninger (pkt. 11).</v>
       </c>
-      <c r="C15" s="199" t="s">
-[...5 lines deleted...]
-      <c r="E15" s="4"/>
+      <c r="C15" s="106" t="s">
+        <v>370</v>
+      </c>
+      <c r="D15" s="106" t="s">
+        <v>371</v>
+      </c>
+      <c r="E15" s="2"/>
     </row>
     <row r="16" spans="1:5" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="138">
+      <c r="A16" s="111">
         <v>7</v>
       </c>
-      <c r="B16" s="159" t="str">
+      <c r="B16" s="130" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Omkostninger til anskaffelse af småinventar/driftsmidler med kort levetid</v>
       </c>
-      <c r="C16" s="199" t="s">
-[...5 lines deleted...]
-      <c r="E16" s="4"/>
+      <c r="C16" s="106" t="s">
+        <v>316</v>
+      </c>
+      <c r="D16" s="44" t="s">
+        <v>372</v>
+      </c>
+      <c r="E16" s="2"/>
     </row>
     <row r="17" spans="1:5" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="144"/>
-      <c r="B17" s="142" t="str">
+      <c r="A17" s="117"/>
+      <c r="B17" s="115" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>• Udgifter til anskaffelser, der udgiftsføres fuldt ud over resultatopgørelsen i købsåret, dvs. straksafskrives.</v>
       </c>
-      <c r="C17" s="199" t="s">
-[...5 lines deleted...]
-      <c r="E17" s="4"/>
+      <c r="C17" s="106" t="s">
+        <v>373</v>
+      </c>
+      <c r="D17" s="106" t="s">
+        <v>374</v>
+      </c>
+      <c r="E17" s="2"/>
     </row>
     <row r="18" spans="1:5" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="138">
+      <c r="A18" s="111">
         <v>8</v>
       </c>
-      <c r="B18" s="159" t="str">
+      <c r="B18" s="130" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Omkostninger til leje af arbejdskraft fra andet firma (fx vikarbureau)</v>
       </c>
-      <c r="C18" s="199" t="s">
+      <c r="C18" s="106" t="s">
         <v>55</v>
       </c>
-      <c r="D18" s="57" t="s">
-[...2 lines deleted...]
-      <c r="E18" s="4"/>
+      <c r="D18" s="44" t="s">
+        <v>343</v>
+      </c>
+      <c r="E18" s="2"/>
     </row>
     <row r="19" spans="1:5" ht="122.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="144"/>
-      <c r="B19" s="142" t="str">
+      <c r="A19" s="117"/>
+      <c r="B19" s="115" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Medtages: 
 • Lejet arbejdskraft fra anden virksomhed fx. vikarbureauer.
 • Lejet arbejdskraft internt i koncernen.
 • Løn til medarbejdere i udenlandske filialer.
 Medtages ikke:  
 •  Kun for vikarbureauer: omkostninger til løn, hvis virksomhedens prmære driftsaktivet er udlejning af vikarer (angives i pkt 12,13 og 14).</v>
       </c>
-      <c r="C19" s="200" t="s">
-[...5 lines deleted...]
-      <c r="E19" s="4"/>
+      <c r="C19" s="167" t="s">
+        <v>375</v>
+      </c>
+      <c r="D19" s="167" t="s">
+        <v>376</v>
+      </c>
+      <c r="E19" s="2"/>
     </row>
     <row r="20" spans="1:5" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="138">
+      <c r="A20" s="111">
         <v>9</v>
       </c>
-      <c r="B20" s="159" t="str">
+      <c r="B20" s="130" t="str">
         <f t="shared" ca="1" si="0"/>
         <v xml:space="preserve">Omkostninger til langtidsleje og operationel leasing
 </v>
       </c>
-      <c r="C20" s="200" t="s">
-[...2 lines deleted...]
-      <c r="D20" s="48" t="s">
+      <c r="C20" s="167" t="s">
+        <v>317</v>
+      </c>
+      <c r="D20" s="36" t="s">
         <v>48</v>
       </c>
-      <c r="E20" s="4"/>
+      <c r="E20" s="2"/>
     </row>
     <row r="21" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="144"/>
-      <c r="B21" s="142" t="str">
+      <c r="A21" s="117"/>
+      <c r="B21" s="115" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Som ikke er IFRS16 leasing.</v>
       </c>
-      <c r="C21" s="200" t="s">
-[...5 lines deleted...]
-      <c r="E21" s="4"/>
+      <c r="C21" s="167" t="s">
+        <v>377</v>
+      </c>
+      <c r="D21" s="36" t="s">
+        <v>378</v>
+      </c>
+      <c r="E21" s="2"/>
     </row>
     <row r="22" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="138">
+      <c r="A22" s="111">
         <v>10</v>
       </c>
-      <c r="B22" s="159" t="str">
+      <c r="B22" s="130" t="str">
         <f t="shared" ref="B22:B100" ca="1" si="1">OFFSET($C22,0,$E$1-1)</f>
         <v>Tab på debitorer (konstaterede tab og ændringer i hensættelse) (+/-)</v>
       </c>
-      <c r="C22" s="200" t="s">
+      <c r="C22" s="167" t="s">
         <v>290</v>
       </c>
-      <c r="D22" s="48" t="s">
-[...2 lines deleted...]
-      <c r="E22" s="4"/>
+      <c r="D22" s="36" t="s">
+        <v>344</v>
+      </c>
+      <c r="E22" s="2"/>
     </row>
     <row r="23" spans="1:5" ht="57" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="144"/>
-      <c r="B23" s="142" t="str">
+      <c r="A23" s="117"/>
+      <c r="B23" s="115" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>• Konstaterede tab.
 • Hensættelser til imødegåelse af tab på debitorer.
 • Regulering af hensættelse til tab på debitorer (deriblandt tilbageførsel af tidligere hensættelser).</v>
       </c>
-      <c r="C23" s="200" t="s">
-[...5 lines deleted...]
-      <c r="E23" s="4"/>
+      <c r="C23" s="167" t="s">
+        <v>379</v>
+      </c>
+      <c r="D23" s="167" t="s">
+        <v>380</v>
+      </c>
+      <c r="E23" s="2"/>
     </row>
     <row r="24" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="138">
+      <c r="A24" s="111">
         <v>11</v>
       </c>
-      <c r="B24" s="159" t="str">
+      <c r="B24" s="130" t="str">
         <f t="shared" ca="1" si="1"/>
         <v xml:space="preserve">Eksterne omkostninger i øvrigt (bortset fra poster af sekundær karakter)
 </v>
       </c>
-      <c r="C24" s="200" t="s">
-[...5 lines deleted...]
-      <c r="E24" s="4"/>
+      <c r="C24" s="167" t="s">
+        <v>318</v>
+      </c>
+      <c r="D24" s="167" t="s">
+        <v>381</v>
+      </c>
+      <c r="E24" s="2"/>
     </row>
     <row r="25" spans="1:5" ht="48" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="144"/>
-      <c r="B25" s="142" t="str">
+      <c r="A25" s="117"/>
+      <c r="B25" s="115" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Udgifter til køretøjer, reparation, vedligeholdelse, rengøring, uddannelse, arbejdstøj, kontorartikler, telefon, revisor , forsikringer o.l.</v>
       </c>
-      <c r="C25" s="200" t="s">
-[...5 lines deleted...]
-      <c r="E25" s="4"/>
+      <c r="C25" s="167" t="s">
+        <v>382</v>
+      </c>
+      <c r="D25" s="167" t="s">
+        <v>383</v>
+      </c>
+      <c r="E25" s="2"/>
     </row>
     <row r="26" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="138">
+      <c r="A26" s="111">
         <v>12</v>
       </c>
-      <c r="B26" s="159" t="str">
+      <c r="B26" s="130" t="str">
         <f t="shared" ca="1" si="1"/>
         <v xml:space="preserve">Lønninger og gager
 </v>
       </c>
-      <c r="C26" s="200" t="s">
-[...5 lines deleted...]
-      <c r="E26" s="4"/>
+      <c r="C26" s="167" t="s">
+        <v>319</v>
+      </c>
+      <c r="D26" s="167" t="s">
+        <v>320</v>
+      </c>
+      <c r="E26" s="2"/>
     </row>
     <row r="27" spans="1:5" ht="188.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="144"/>
-      <c r="B27" s="142" t="str">
+      <c r="A27" s="117"/>
+      <c r="B27" s="115" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Refusioner og viderefaktureret løn fratrækkes ikke og anføres i pkt. 3 som anden driftsindtægt.
 Medtages: 
 •  De samlede lønninger  (herunder produktionsløn, samt gager og vederlag til arbejdere, funktionærer, direktion og bestyrelse, inkl. ferieløn og godtgørelse, overtidsbetalinger, løntillæg i form af gratis ydelser), løn under sygdom eller graviditet og diverse bonusordninger.
 Medtages ikke: 
 • Løn til vikarer, der aflønnes af andre virksomheder, som f.eks. vikarbureauer (angives i pkt. 8).
 • Underentrepriser/fremmed arbejde (se pkt. 5).</v>
       </c>
-      <c r="C27" s="200" t="s">
-[...5 lines deleted...]
-      <c r="E27" s="4"/>
+      <c r="C27" s="167" t="s">
+        <v>384</v>
+      </c>
+      <c r="D27" s="167" t="s">
+        <v>385</v>
+      </c>
+      <c r="E27" s="2"/>
     </row>
     <row r="28" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="138">
+      <c r="A28" s="111">
         <v>13</v>
       </c>
-      <c r="B28" s="154" t="str">
+      <c r="B28" s="126" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Pensionsomkostninger</v>
       </c>
-      <c r="C28" s="200" t="s">
+      <c r="C28" s="167" t="s">
         <v>57</v>
       </c>
-      <c r="D28" s="48" t="s">
-[...2 lines deleted...]
-      <c r="E28" s="4"/>
+      <c r="D28" s="36" t="s">
+        <v>321</v>
+      </c>
+      <c r="E28" s="2"/>
     </row>
     <row r="29" spans="1:5" ht="48" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="144"/>
-      <c r="B29" s="142" t="str">
+      <c r="A29" s="117"/>
+      <c r="B29" s="115" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>• Arbejdsgiverens bidrag til de ansattes pensionsordninger i form af overenskomstaftale pensionsordninger, firmapensionordninger o.l.
 • Pensionsudbetalinger til fratrådte medarbejdere.</v>
       </c>
-      <c r="C29" s="200" t="s">
-[...5 lines deleted...]
-      <c r="E29" s="4"/>
+      <c r="C29" s="167" t="s">
+        <v>386</v>
+      </c>
+      <c r="D29" s="167" t="s">
+        <v>387</v>
+      </c>
+      <c r="E29" s="2"/>
     </row>
     <row r="30" spans="1:5" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="138">
+      <c r="A30" s="111">
         <v>14</v>
       </c>
-      <c r="B30" s="159" t="str">
+      <c r="B30" s="130" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Andre omkostninger til social sikring</v>
       </c>
-      <c r="C30" s="200" t="s">
-[...5 lines deleted...]
-      <c r="E30" s="4"/>
+      <c r="C30" s="167" t="s">
+        <v>323</v>
+      </c>
+      <c r="D30" s="167" t="s">
+        <v>322</v>
+      </c>
+      <c r="E30" s="2"/>
     </row>
     <row r="31" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="144"/>
-      <c r="B31" s="142" t="str">
+      <c r="A31" s="117"/>
+      <c r="B31" s="115" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>• Arbejdsgiverens bidrag til ATP, AER, BST etc. og personaleforsikringer i form af syge-, arbejdsskade- ulykkes og livsforsikringer mm.</v>
       </c>
-      <c r="C31" s="200" t="s">
-[...5 lines deleted...]
-      <c r="E31" s="4"/>
+      <c r="C31" s="167" t="s">
+        <v>345</v>
+      </c>
+      <c r="D31" s="167" t="s">
+        <v>342</v>
+      </c>
+      <c r="E31" s="2"/>
     </row>
     <row r="32" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="138">
+      <c r="A32" s="111">
         <v>15</v>
       </c>
-      <c r="B32" s="159" t="str">
+      <c r="B32" s="130" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Afskrivninger af materielle og immaterielle anlægsaktiver</v>
       </c>
-      <c r="C32" s="200" t="s">
+      <c r="C32" s="167" t="s">
         <v>94</v>
       </c>
-      <c r="D32" s="48" t="s">
-[...2 lines deleted...]
-      <c r="E32" s="4"/>
+      <c r="D32" s="36" t="s">
+        <v>328</v>
+      </c>
+      <c r="E32" s="2"/>
     </row>
     <row r="33" spans="1:5" ht="105" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="144"/>
-      <c r="B33" s="142" t="str">
+      <c r="A33" s="117"/>
+      <c r="B33" s="115" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Medtages: 
 • Årets afskrivninger på materielle anlægsaktiver (bygninger, installationer, maskiner og inventar, transport- og andet driftsmateriel) og immaterielle anlægsaktiver (erhvervet goodwill, knowhow samt aktiverede udgifter til rationalisering og udvikling).
 Medtages ikke:
 • Småanskaffelser angives under pkt. 7.</v>
       </c>
-      <c r="C33" s="200" t="s">
-[...5 lines deleted...]
-      <c r="E33" s="4"/>
+      <c r="C33" s="167" t="s">
+        <v>388</v>
+      </c>
+      <c r="D33" s="167" t="s">
+        <v>389</v>
+      </c>
+      <c r="E33" s="2"/>
     </row>
     <row r="34" spans="1:5" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="138">
+      <c r="A34" s="111">
         <v>16</v>
       </c>
-      <c r="B34" s="159" t="str">
+      <c r="B34" s="130" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Nedskrivninger af materielle og immaterielle anlægsaktiver</v>
       </c>
-      <c r="C34" s="200" t="s">
+      <c r="C34" s="167" t="s">
         <v>95</v>
       </c>
-      <c r="D34" s="48" t="s">
-[...2 lines deleted...]
-      <c r="E34" s="4"/>
+      <c r="D34" s="36" t="s">
+        <v>346</v>
+      </c>
+      <c r="E34" s="2"/>
     </row>
     <row r="35" spans="1:5" ht="107.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="144"/>
-      <c r="B35" s="142" t="str">
+      <c r="A35" s="117"/>
+      <c r="B35" s="115" t="str">
         <f t="shared" ca="1" si="1"/>
         <v xml:space="preserve">Medtages: 
 • Årets nedskrivninger på materielle anlægsaktiver (bygninger, installationer, maskiner og inventar, transport- og andet driftsmateriel) og immaterielle anlægsaktiver (erhvervet goodwill, knowhow samt aktiverede udgifter til rationalisering og udvikling).
 Medtages ikke:
 • Småanskaffelser angives under pkt. 7.
 </v>
       </c>
-      <c r="C35" s="200" t="s">
-[...5 lines deleted...]
-      <c r="E35" s="4"/>
+      <c r="C35" s="167" t="s">
+        <v>390</v>
+      </c>
+      <c r="D35" s="167" t="s">
+        <v>391</v>
+      </c>
+      <c r="E35" s="2"/>
     </row>
     <row r="36" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="138">
+      <c r="A36" s="111">
         <v>17</v>
       </c>
-      <c r="B36" s="159" t="str">
+      <c r="B36" s="130" t="str">
         <f t="shared" ca="1" si="1"/>
         <v xml:space="preserve">Nedskrivninger af omsætningsaktiver (bortset fra finansielle omsætningsaktiver)
 </v>
       </c>
-      <c r="C36" s="199" t="s">
-[...5 lines deleted...]
-      <c r="E36" s="4"/>
+      <c r="C36" s="106" t="s">
+        <v>324</v>
+      </c>
+      <c r="D36" s="106" t="s">
+        <v>392</v>
+      </c>
+      <c r="E36" s="2"/>
     </row>
     <row r="37" spans="1:5" ht="109.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="144"/>
-      <c r="B37" s="142" t="str">
+      <c r="A37" s="117"/>
+      <c r="B37" s="115" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Medtages: 
 • Nedskrivninger, der er unormale med hensyn til størrelse eller firmaets forhold i øvrigt. Fx tab på varebeholdninger og debitorer under firmaets i øvrigt uændrede drift.
 Medtages ikke:
 • Tab grundet strukturændringer - fx. fusioner, angives under pkt. 11. 
 • Finansielle nedskrivninger angives under pkt. 22.</v>
       </c>
-      <c r="C37" s="200" t="s">
-[...5 lines deleted...]
-      <c r="E37" s="4"/>
+      <c r="C37" s="167" t="s">
+        <v>393</v>
+      </c>
+      <c r="D37" s="167" t="s">
+        <v>394</v>
+      </c>
+      <c r="E37" s="2"/>
     </row>
     <row r="38" spans="1:5" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="138">
+      <c r="A38" s="111">
         <v>18</v>
       </c>
-      <c r="B38" s="159" t="str">
+      <c r="B38" s="130" t="str">
         <f t="shared" ca="1" si="1"/>
         <v xml:space="preserve">Sekundære omkostninger
 </v>
       </c>
-      <c r="C38" s="200" t="s">
-[...2 lines deleted...]
-      <c r="D38" s="48" t="s">
+      <c r="C38" s="167" t="s">
+        <v>325</v>
+      </c>
+      <c r="D38" s="36" t="s">
         <v>63</v>
       </c>
-      <c r="E38" s="4"/>
+      <c r="E38" s="2"/>
     </row>
     <row r="39" spans="1:5" ht="81.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="144"/>
-      <c r="B39" s="142" t="str">
+      <c r="A39" s="117"/>
+      <c r="B39" s="115" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>• Tab af salg af immaterielle og materielle anlægsafgifter, udgifter til erstatninger o.l.
 • Udgifter på omsætningsejendomme (hvis ejendomme ikke er primær driftsaktivitet). Indtægt angives i pkt. 3.</v>
       </c>
-      <c r="C39" s="201" t="s">
-[...8 lines deleted...]
-      <c r="A40" s="118">
+      <c r="C39" s="93" t="s">
+        <v>395</v>
+      </c>
+      <c r="D39" s="93" t="s">
+        <v>396</v>
+      </c>
+      <c r="E39" s="2"/>
+    </row>
+    <row r="40" spans="1:5" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A40" s="5">
         <v>19</v>
       </c>
-      <c r="B40" s="159" t="str">
+      <c r="B40" s="130" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Ordinært driftsresultat før finansielle poster iht. årsregnskabet</v>
       </c>
-      <c r="C40" s="165" t="s">
+      <c r="C40" s="136" t="s">
         <v>23</v>
       </c>
-      <c r="D40" s="165" t="s">
+      <c r="D40" s="136" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="41" spans="1:5" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A41" s="217" t="str">
+      <c r="A41" s="183" t="str">
         <f ca="1">OFFSET($C41,0,$E$1-1)</f>
         <v>Finansielle poster</v>
       </c>
-      <c r="B41" s="142"/>
-      <c r="C41" s="166" t="s">
+      <c r="B41" s="115"/>
+      <c r="C41" s="137" t="s">
         <v>1</v>
       </c>
-      <c r="D41" s="166" t="s">
+      <c r="D41" s="137" t="s">
         <v>50</v>
       </c>
-      <c r="E41" s="4"/>
+      <c r="E41" s="2"/>
     </row>
     <row r="42" spans="1:5" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="138">
+      <c r="A42" s="111">
         <v>20</v>
       </c>
-      <c r="B42" s="154" t="str">
+      <c r="B42" s="126" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Indtægter af kapitalandele og øvrigt udbytte af finansielle anlægsaktiver</v>
       </c>
-      <c r="C42" s="201" t="s">
-[...5 lines deleted...]
-      <c r="E42" s="4"/>
+      <c r="C42" s="93" t="s">
+        <v>397</v>
+      </c>
+      <c r="D42" s="93" t="s">
+        <v>398</v>
+      </c>
+      <c r="E42" s="2"/>
     </row>
     <row r="43" spans="1:5" ht="94.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="144"/>
-      <c r="B43" s="142" t="str">
+      <c r="A43" s="117"/>
+      <c r="B43" s="115" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Overskud, udbytte, royalties og opskrivninger (værdireguleringer).
 Medtages ikke: 
 • Renteindtægter angives i pkt 21.
 • Negativt udbytte eller værdiregulering angives i pkt. 22 (fx nedskrivninger).
 • Renteindtægter fra tilgodehavende i tilknyttede eller associerede selskaber angives i pkt. 22.</v>
       </c>
-      <c r="C43" s="201" t="s">
-[...5 lines deleted...]
-      <c r="E43" s="4"/>
+      <c r="C43" s="93" t="s">
+        <v>399</v>
+      </c>
+      <c r="D43" s="93" t="s">
+        <v>400</v>
+      </c>
+      <c r="E43" s="2"/>
     </row>
     <row r="44" spans="1:5" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="138">
+      <c r="A44" s="111">
         <v>21</v>
       </c>
-      <c r="B44" s="154" t="str">
+      <c r="B44" s="126" t="str">
         <f t="shared" ca="1" si="1"/>
         <v xml:space="preserve">Renteindtægter o.l. af finansielle anlægsaktiver og omsætningsaktiver
 </v>
       </c>
-      <c r="C44" s="200" t="s">
-[...5 lines deleted...]
-      <c r="E44" s="4"/>
+      <c r="C44" s="167" t="s">
+        <v>326</v>
+      </c>
+      <c r="D44" s="167" t="s">
+        <v>401</v>
+      </c>
+      <c r="E44" s="2"/>
     </row>
     <row r="45" spans="1:5" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="144"/>
-      <c r="B45" s="142" t="str">
+      <c r="A45" s="117"/>
+      <c r="B45" s="115" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>• Af tilgodehavende, obligationer samt andre værdipapirer og likvide beholdninger.</v>
       </c>
-      <c r="C45" s="200" t="s">
-[...5 lines deleted...]
-      <c r="E45" s="4"/>
+      <c r="C45" s="167" t="s">
+        <v>402</v>
+      </c>
+      <c r="D45" s="167" t="s">
+        <v>403</v>
+      </c>
+      <c r="E45" s="2"/>
     </row>
     <row r="46" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="138">
+      <c r="A46" s="111">
         <v>22</v>
       </c>
-      <c r="B46" s="154" t="str">
+      <c r="B46" s="126" t="str">
         <f t="shared" ca="1" si="1"/>
         <v xml:space="preserve">Nedskrivning af finansielle anlægs- og omsætningsaktiver
 </v>
       </c>
-      <c r="C46" s="200" t="s">
-[...5 lines deleted...]
-      <c r="E46" s="4"/>
+      <c r="C46" s="167" t="s">
+        <v>327</v>
+      </c>
+      <c r="D46" s="167" t="s">
+        <v>404</v>
+      </c>
+      <c r="E46" s="2"/>
     </row>
     <row r="47" spans="1:5" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="144"/>
-      <c r="B47" s="142" t="str">
+      <c r="A47" s="117"/>
+      <c r="B47" s="115" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>• Nedskrivninger, hvor aktivets værdi permanent antages at være lavere end  anskaffelses- eller kostprisen ( fx negativ udbytte og negativ værdiregulering).</v>
       </c>
-      <c r="C47" s="200" t="s">
-[...5 lines deleted...]
-      <c r="E47" s="4"/>
+      <c r="C47" s="167" t="s">
+        <v>405</v>
+      </c>
+      <c r="D47" s="167" t="s">
+        <v>406</v>
+      </c>
+      <c r="E47" s="2"/>
     </row>
     <row r="48" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="138">
+      <c r="A48" s="111">
         <v>23</v>
       </c>
-      <c r="B48" s="154" t="str">
+      <c r="B48" s="126" t="str">
         <f t="shared" ca="1" si="1"/>
         <v xml:space="preserve">Renteomkostninger o.l. af finansielle anlægsaktiver og omsætningsaktiver
 </v>
       </c>
-      <c r="C48" s="200" t="s">
-[...5 lines deleted...]
-      <c r="E48" s="4"/>
+      <c r="C48" s="167" t="s">
+        <v>352</v>
+      </c>
+      <c r="D48" s="167" t="s">
+        <v>407</v>
+      </c>
+      <c r="E48" s="2"/>
     </row>
     <row r="49" spans="1:5" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="144"/>
-      <c r="B49" s="142" t="str">
+      <c r="A49" s="117"/>
+      <c r="B49" s="115" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>• Af tilgodehavende, obligationer samt andre værdipapirer og likvide beholdninger.</v>
       </c>
-      <c r="C49" s="201" t="s">
-[...8 lines deleted...]
-      <c r="A50" s="204">
+      <c r="C49" s="93" t="s">
+        <v>402</v>
+      </c>
+      <c r="D49" s="93" t="s">
+        <v>408</v>
+      </c>
+      <c r="E49" s="2"/>
+    </row>
+    <row r="50" spans="1:5" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A50" s="170">
         <v>24</v>
       </c>
-      <c r="B50" s="205" t="str">
+      <c r="B50" s="171" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Ordinært resultat, før skat (+/-)</v>
       </c>
-      <c r="C50" s="165" t="s">
+      <c r="C50" s="136" t="s">
         <v>288</v>
       </c>
-      <c r="D50" s="165" t="s">
+      <c r="D50" s="136" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="51" spans="1:5" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A51" s="124" t="str">
+      <c r="A51" s="98" t="str">
         <f ca="1">OFFSET($C51,0,$E$1-1)</f>
         <v>Skatter</v>
       </c>
-      <c r="B51" s="201"/>
-      <c r="C51" s="167" t="s">
+      <c r="C51" s="138" t="s">
         <v>2</v>
       </c>
-      <c r="D51" s="167" t="s">
+      <c r="D51" s="138" t="s">
         <v>49</v>
       </c>
-      <c r="E51" s="4"/>
+      <c r="E51" s="2"/>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A52" s="144">
+      <c r="A52" s="117">
         <v>25</v>
       </c>
-      <c r="B52" s="142" t="str">
+      <c r="B52" s="115" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Selskabsskat mv. af ordinært resultat (+/-)</v>
       </c>
-      <c r="C52" s="168" t="s">
+      <c r="C52" s="139" t="s">
         <v>69</v>
       </c>
-      <c r="D52" s="168" t="s">
-[...2 lines deleted...]
-      <c r="E52" s="4"/>
+      <c r="D52" s="139" t="s">
+        <v>409</v>
+      </c>
+      <c r="E52" s="2"/>
     </row>
     <row r="53" spans="1:5" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="124" t="str">
+      <c r="A53" s="98" t="str">
         <f ca="1">OFFSET($C53,0,$E$1-1)</f>
         <v>Årets resultat</v>
       </c>
-      <c r="B53" s="201"/>
-      <c r="C53" s="167" t="s">
+      <c r="C53" s="138" t="s">
         <v>28</v>
       </c>
-      <c r="D53" s="167" t="s">
+      <c r="D53" s="138" t="s">
         <v>65</v>
       </c>
-      <c r="E53" s="4"/>
-[...2 lines deleted...]
-      <c r="A54" s="211">
+      <c r="E53" s="2"/>
+    </row>
+    <row r="54" spans="1:5" s="4" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="177">
         <v>26</v>
       </c>
-      <c r="B54" s="206" t="str">
+      <c r="B54" s="172" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Årets resultat (+/-)</v>
       </c>
-      <c r="C54" s="103" t="s">
+      <c r="C54" s="81" t="s">
         <v>286</v>
       </c>
-      <c r="D54" s="103" t="s">
+      <c r="D54" s="81" t="s">
         <v>287</v>
       </c>
     </row>
-    <row r="55" spans="1:5" s="7" customFormat="1" ht="9.9499999999999993" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D55" s="169"/>
+    <row r="55" spans="1:5" s="4" customFormat="1" ht="9.9499999999999993" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="B55" s="93"/>
+      <c r="C55" s="140"/>
+      <c r="D55" s="140"/>
     </row>
     <row r="56" spans="1:5" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="50" t="str">
+      <c r="A56" s="38" t="str">
         <f ca="1">OFFSET($C56,0,$E$1-1)</f>
         <v>Resultatanvendelse</v>
       </c>
-      <c r="B56" s="142"/>
-      <c r="C56" s="167" t="s">
+      <c r="B56" s="115"/>
+      <c r="C56" s="138" t="s">
         <v>3</v>
       </c>
-      <c r="D56" s="167" t="s">
+      <c r="D56" s="138" t="s">
         <v>51</v>
       </c>
-      <c r="E56" s="4"/>
+      <c r="E56" s="2"/>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A57" s="138">
+      <c r="A57" s="111">
         <v>27</v>
       </c>
-      <c r="B57" s="116" t="str">
+      <c r="B57" s="93" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Konsolidering, dvs. overførsel til (+) eller fra (-) egenkapitalen</v>
       </c>
-      <c r="C57" s="170" t="s">
+      <c r="C57" s="141" t="s">
         <v>29</v>
       </c>
-      <c r="D57" s="170" t="s">
-[...2 lines deleted...]
-      <c r="E57" s="4"/>
+      <c r="D57" s="141" t="s">
+        <v>639</v>
+      </c>
+      <c r="E57" s="2"/>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A58" s="138"/>
-[...3 lines deleted...]
-      <c r="E58" s="4"/>
+      <c r="A58" s="111"/>
+      <c r="C58" s="141"/>
+      <c r="D58" s="141"/>
+      <c r="E58" s="2"/>
     </row>
     <row r="59" spans="1:5" ht="30" x14ac:dyDescent="0.25">
-      <c r="A59" s="138">
+      <c r="A59" s="111">
         <v>28</v>
       </c>
-      <c r="B59" s="116" t="str">
+      <c r="B59" s="93" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Udbytte, ekstraordinær udbytte, udbetaling til indehavere, efterbetaling til andelshavere og anden udlodning
 Udbetalt eller deklareret</v>
       </c>
-      <c r="C59" s="78" t="s">
+      <c r="C59" s="59" t="s">
         <v>89</v>
       </c>
-      <c r="D59" s="78" t="s">
-[...2 lines deleted...]
-      <c r="E59" s="4"/>
+      <c r="D59" s="59" t="s">
+        <v>410</v>
+      </c>
+      <c r="E59" s="2"/>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A60" s="138"/>
-[...3 lines deleted...]
-      <c r="E60" s="4"/>
+      <c r="A60" s="111"/>
+      <c r="C60" s="165"/>
+      <c r="D60" s="165"/>
+      <c r="E60" s="2"/>
     </row>
     <row r="61" spans="1:5" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A61" s="18"/>
-[...6 lines deleted...]
-      <c r="A62" s="160" t="str">
+      <c r="A61" s="3"/>
+      <c r="B61" s="121"/>
+      <c r="E61" s="2"/>
+    </row>
+    <row r="62" spans="1:5" s="8" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="131" t="str">
         <f ca="1">OFFSET($C62,0,$E$1-1)</f>
         <v>Balance</v>
       </c>
-      <c r="B62" s="116"/>
-      <c r="C62" s="171" t="s">
+      <c r="B62" s="93"/>
+      <c r="C62" s="142" t="s">
         <v>4</v>
       </c>
-      <c r="D62" s="171" t="s">
+      <c r="D62" s="142" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="63" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A63" s="22"/>
-[...2 lines deleted...]
-      <c r="D63" s="172" t="s">
+      <c r="A63" s="12"/>
+      <c r="B63" s="121"/>
+      <c r="C63" s="143"/>
+      <c r="D63" s="143" t="s">
         <v>53</v>
       </c>
-      <c r="E63" s="4"/>
+      <c r="E63" s="2"/>
     </row>
     <row r="64" spans="1:5" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A64" s="16"/>
-[...3 lines deleted...]
-      <c r="E64" s="4"/>
+      <c r="C64" s="111"/>
+      <c r="D64" s="111"/>
+      <c r="E64" s="2"/>
     </row>
     <row r="65" spans="1:5" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A65" s="16"/>
-      <c r="B65" s="153" t="str">
+      <c r="B65" s="125" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Indberetningen skal indeholde regnskabsdata for det udtrukkede cvr nr., indtast i højre kolonne (grå felter). 
 Hvis jeres firma er et moderselskab, skal I kun indtaste oplysninger om moderselskabet, ikke hele koncernen.
 Pkt.19 til 60, skal stemme overens med den officielle Årsrapport.</v>
       </c>
-      <c r="C65" s="181" t="s">
-[...5 lines deleted...]
-      <c r="E65" s="4"/>
+      <c r="C65" s="151" t="s">
+        <v>359</v>
+      </c>
+      <c r="D65" s="123" t="s">
+        <v>360</v>
+      </c>
+      <c r="E65" s="2"/>
     </row>
     <row r="66" spans="1:5" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A66" s="16"/>
-[...9 lines deleted...]
-      <c r="D67" s="169"/>
+      <c r="E66" s="2"/>
+    </row>
+    <row r="67" spans="1:5" s="4" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B67" s="93"/>
+      <c r="C67" s="140"/>
+      <c r="D67" s="140"/>
     </row>
     <row r="68" spans="1:5" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A68" s="217" t="str">
+      <c r="A68" s="183" t="str">
         <f ca="1">OFFSET($C68,0,$E$1-1)</f>
         <v>Passiver</v>
       </c>
-      <c r="B68" s="142"/>
-      <c r="C68" s="167" t="s">
+      <c r="B68" s="115"/>
+      <c r="C68" s="138" t="s">
         <v>5</v>
       </c>
-      <c r="D68" s="167" t="s">
+      <c r="D68" s="138" t="s">
         <v>61</v>
       </c>
-      <c r="E68" s="4"/>
+      <c r="E68" s="2"/>
     </row>
     <row r="69" spans="1:5" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A69" s="208">
+      <c r="A69" s="174">
         <v>55</v>
       </c>
-      <c r="B69" s="150" t="str">
+      <c r="B69" s="122" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Egenkapital ultimo (+/-)</v>
       </c>
-      <c r="C69" s="117" t="s">
-[...5 lines deleted...]
-      <c r="E69" s="4"/>
+      <c r="C69" s="60" t="s">
+        <v>291</v>
+      </c>
+      <c r="D69" s="60" t="s">
+        <v>411</v>
+      </c>
+      <c r="E69" s="2"/>
     </row>
     <row r="70" spans="1:5" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A70" s="16"/>
-[...6 lines deleted...]
-      <c r="A71" s="210">
+      <c r="C70" s="144"/>
+      <c r="D70" s="144"/>
+      <c r="E70" s="2"/>
+    </row>
+    <row r="71" spans="1:5" s="4" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="176">
         <v>61</v>
       </c>
-      <c r="B71" s="161" t="str">
+      <c r="B71" s="132" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Passiver i alt</v>
       </c>
-      <c r="C71" s="103" t="s">
+      <c r="C71" s="81" t="s">
         <v>30</v>
       </c>
-      <c r="D71" s="103" t="s">
+      <c r="D71" s="81" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="72" spans="1:5" s="7" customFormat="1" ht="9.9499999999999993" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D72" s="169"/>
+    <row r="72" spans="1:5" s="4" customFormat="1" ht="9.9499999999999993" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="B72" s="93"/>
+      <c r="C72" s="140"/>
+      <c r="D72" s="140"/>
     </row>
     <row r="73" spans="1:5" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A73" s="18"/>
-[...3 lines deleted...]
-      <c r="E73" s="4"/>
+      <c r="A73" s="3"/>
+      <c r="B73" s="121"/>
+      <c r="E73" s="2"/>
     </row>
     <row r="74" spans="1:5" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A74" s="160" t="str">
+      <c r="A74" s="131" t="str">
         <f ca="1">OFFSET($C74,0,$E$1-1)</f>
         <v>Regnskabsårets investeringer</v>
       </c>
-      <c r="B74" s="116"/>
-      <c r="C74" s="173" t="s">
+      <c r="C74" s="144" t="s">
         <v>7</v>
       </c>
-      <c r="D74" s="173" t="s">
+      <c r="D74" s="144" t="s">
         <v>66</v>
       </c>
-      <c r="E74" s="4"/>
+      <c r="E74" s="2"/>
     </row>
     <row r="75" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A75" s="18"/>
-      <c r="B75" s="149">
+      <c r="A75" s="3"/>
+      <c r="B75" s="121">
         <f t="shared" ca="1" si="1"/>
         <v>0</v>
       </c>
-      <c r="C75" s="174"/>
-      <c r="D75" s="174" t="s">
+      <c r="C75" s="145"/>
+      <c r="D75" s="145" t="s">
         <v>53</v>
       </c>
-      <c r="E75" s="4"/>
+      <c r="E75" s="2"/>
     </row>
     <row r="76" spans="1:5" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A76" s="16"/>
-[...3 lines deleted...]
-      <c r="E76" s="4"/>
+      <c r="C76" s="146"/>
+      <c r="D76" s="146"/>
+      <c r="E76" s="2"/>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="B77" s="183" t="str">
+      <c r="B77" s="153" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Investeringer omfatter alene aktiver, der er bestemt til firmaets vedvarende eje eller brug.</v>
       </c>
-      <c r="C77" s="181" t="s">
+      <c r="C77" s="151" t="s">
         <v>6</v>
       </c>
-      <c r="D77" s="151" t="s">
-[...2 lines deleted...]
-      <c r="E77" s="4"/>
+      <c r="D77" s="123" t="s">
+        <v>412</v>
+      </c>
+      <c r="E77" s="2"/>
     </row>
     <row r="78" spans="1:5" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A78" s="16"/>
-[...3 lines deleted...]
-      <c r="E78" s="4"/>
+      <c r="E78" s="2"/>
     </row>
     <row r="79" spans="1:5" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A79" s="50" t="str">
+      <c r="A79" s="38" t="str">
         <f ca="1">OFFSET($C79,0,$E$1-1)</f>
         <v>Tilgang</v>
       </c>
-      <c r="B79" s="142"/>
-      <c r="C79" s="167" t="s">
+      <c r="B79" s="115"/>
+      <c r="C79" s="138" t="s">
         <v>8</v>
       </c>
-      <c r="D79" s="167" t="s">
-[...2 lines deleted...]
-      <c r="E79" s="4"/>
+      <c r="D79" s="138" t="s">
+        <v>413</v>
+      </c>
+      <c r="E79" s="2"/>
     </row>
     <row r="80" spans="1:5" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A80" s="16"/>
-[...3 lines deleted...]
-      <c r="E80" s="4"/>
+      <c r="E80" s="2"/>
     </row>
     <row r="81" spans="1:5" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A81" s="115"/>
-      <c r="B81" s="184" t="str">
+      <c r="A81" s="92"/>
+      <c r="B81" s="154" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Under tilgang anføres værdien før bogføringsmæssige og finansielle reguleringer,
 fx forskudsafskrivninger, kurstab og offentlige tilskud. 
 Overførsel (som følge af færdiggørelse) fra pkt. 66 og 77 til andre punkter anses ikke for tilgang.</v>
       </c>
-      <c r="C81" s="184" t="s">
+      <c r="C81" s="154" t="s">
         <v>88</v>
       </c>
-      <c r="D81" s="184" t="s">
-[...7 lines deleted...]
-      <c r="D82" s="117"/>
+      <c r="D81" s="154" t="s">
+        <v>414</v>
+      </c>
+      <c r="E81" s="2"/>
+    </row>
+    <row r="82" spans="1:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E82" s="2"/>
     </row>
     <row r="83" spans="1:5" ht="152.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A83" s="16"/>
-      <c r="B83" s="184" t="str">
+      <c r="B83" s="154" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Medtages: 
 • Aktiverede udgifter til egenproduktion af såvel materielle og immaterielle anlægsaktiver.
 • Hvis der i regnskabsåret er indgået nye finansielle leasingkontrakter, skal leasings-aktivernes anskaffelsessum medtages (dog ikke IFRS16 leasing).
 Medtages ikke 
 • Køb af byggegrunde eller opførelsesudgifter til nybyggeri, der er bestemt til videresalg.
 • Moms, samt småinventar/driftsmidler, der straks-udgiftsføres i resultatopgørelsen.
 • TIl-og afgang i anlægsaktiverne i forbindelse med fusion/spaltning skal ikke medtages.
 • Til- og afgang af IFRS16 aktiver.</v>
       </c>
-      <c r="C83" s="184" t="s">
-[...11 lines deleted...]
-      <c r="D84" s="167"/>
+      <c r="C83" s="154" t="s">
+        <v>415</v>
+      </c>
+      <c r="D83" s="154" t="s">
+        <v>416</v>
+      </c>
+      <c r="E83" s="2"/>
+    </row>
+    <row r="84" spans="1:5" s="34" customFormat="1" ht="9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="3"/>
+      <c r="B84" s="121"/>
+      <c r="C84" s="138"/>
+      <c r="D84" s="138"/>
     </row>
     <row r="85" spans="1:5" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A85" s="115"/>
-      <c r="B85" s="216" t="str">
+      <c r="A85" s="92"/>
+      <c r="B85" s="182" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Immaterielle anlægsaktiver</v>
       </c>
-      <c r="C85" s="176" t="s">
+      <c r="C85" s="147" t="s">
         <v>13</v>
       </c>
-      <c r="D85" s="176" t="s">
-[...2 lines deleted...]
-      <c r="E85" s="4"/>
+      <c r="D85" s="147" t="s">
+        <v>347</v>
+      </c>
+      <c r="E85" s="2"/>
     </row>
     <row r="86" spans="1:5" ht="45" x14ac:dyDescent="0.25">
-      <c r="A86" s="144">
+      <c r="A86" s="117">
         <v>62</v>
       </c>
-      <c r="B86" s="142" t="str">
+      <c r="B86" s="115" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Tilgang af Færdiggjorte udviklingsprojekter til kostpris
 • Bemærk at overførsel fra posten immaterielle aktiver under udvikling ikke er en tilgang.</v>
       </c>
-      <c r="C86" s="201" t="s">
-[...5 lines deleted...]
-      <c r="E86" s="4"/>
+      <c r="C86" s="93" t="s">
+        <v>417</v>
+      </c>
+      <c r="D86" s="93" t="s">
+        <v>418</v>
+      </c>
+      <c r="E86" s="2"/>
     </row>
     <row r="87" spans="1:5" ht="45" x14ac:dyDescent="0.25">
-      <c r="A87" s="144">
+      <c r="A87" s="117">
         <v>63</v>
       </c>
-      <c r="B87" s="142" t="str">
+      <c r="B87" s="115" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Tilgang af Erhvervede koncessioner, patenter, licenser, varemærker samt lignende rettigheder til kostpris
 • Bemærk at overførsel fra posten immaterielle aktiver under udvikling ikke er en tilgang.</v>
       </c>
-      <c r="C87" s="200" t="s">
-[...5 lines deleted...]
-      <c r="E87" s="4"/>
+      <c r="C87" s="167" t="s">
+        <v>419</v>
+      </c>
+      <c r="D87" s="167" t="s">
+        <v>420</v>
+      </c>
+      <c r="E87" s="2"/>
     </row>
     <row r="88" spans="1:5" ht="45" x14ac:dyDescent="0.25">
-      <c r="A88" s="203">
+      <c r="A88" s="169">
         <v>64</v>
       </c>
-      <c r="B88" s="212" t="str">
+      <c r="B88" s="178" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Tilgang af Software til kostpris
 • Bemærk at overførsel fra posten immaterielle aktiver under udvikling ikke er en tilgang.</v>
       </c>
-      <c r="C88" s="200" t="s">
-[...5 lines deleted...]
-      <c r="E88" s="4"/>
+      <c r="C88" s="167" t="s">
+        <v>421</v>
+      </c>
+      <c r="D88" s="167" t="s">
+        <v>422</v>
+      </c>
+      <c r="E88" s="2"/>
     </row>
     <row r="89" spans="1:5" ht="45" x14ac:dyDescent="0.25">
-      <c r="A89" s="203">
+      <c r="A89" s="169">
         <v>65</v>
       </c>
-      <c r="B89" s="212" t="str">
+      <c r="B89" s="178" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Tilgang af Goodwill
 • Bemærk at overførsel fra posten immaterielle aktiver under udvikling ikke er en tilgang.</v>
       </c>
-      <c r="C89" s="199" t="s">
-[...5 lines deleted...]
-      <c r="E89" s="4"/>
+      <c r="C89" s="106" t="s">
+        <v>423</v>
+      </c>
+      <c r="D89" s="106" t="s">
+        <v>424</v>
+      </c>
+      <c r="E89" s="2"/>
     </row>
     <row r="90" spans="1:5" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A90" s="213">
+      <c r="A90" s="179">
         <v>66</v>
       </c>
-      <c r="B90" s="214" t="str">
+      <c r="B90" s="180" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Tilgang af Immaterialle aktiver under udvikling</v>
       </c>
-      <c r="C90" s="117" t="s">
-[...8 lines deleted...]
-      <c r="A91" s="137">
+      <c r="C90" s="60" t="s">
+        <v>300</v>
+      </c>
+      <c r="D90" s="60" t="s">
+        <v>425</v>
+      </c>
+      <c r="E90" s="2"/>
+    </row>
+    <row r="91" spans="1:5" s="4" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="110">
         <v>67</v>
       </c>
-      <c r="B91" s="154" t="str">
+      <c r="B91" s="126" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Immaterielle anlægsaktiver i alt</v>
       </c>
-      <c r="C91" s="165" t="s">
+      <c r="C91" s="136" t="s">
         <v>31</v>
       </c>
-      <c r="D91" s="165" t="s">
+      <c r="D91" s="136" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="92" spans="1:5" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A92" s="143"/>
-      <c r="B92" s="198" t="str">
+      <c r="A92" s="116"/>
+      <c r="B92" s="166" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Grunde og bygninger</v>
       </c>
-      <c r="C92" s="177" t="s">
+      <c r="C92" s="148" t="s">
         <v>62</v>
       </c>
-      <c r="D92" s="177" t="s">
+      <c r="D92" s="148" t="s">
         <v>60</v>
       </c>
-      <c r="E92" s="4"/>
+      <c r="E92" s="2"/>
     </row>
     <row r="93" spans="1:5" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A93" s="144">
+      <c r="A93" s="117">
         <v>68</v>
       </c>
-      <c r="B93" s="142" t="str">
+      <c r="B93" s="115" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Tilgang/Køb af eksisterende bygninger (inkl. grundværdi)
 • Bemærk, at overførsel fra posten: Aktiver under opførelse ikke er en tilgang.</v>
       </c>
-      <c r="C93" s="201" t="s">
-[...5 lines deleted...]
-      <c r="E93" s="4"/>
+      <c r="C93" s="93" t="s">
+        <v>426</v>
+      </c>
+      <c r="D93" s="93" t="s">
+        <v>427</v>
+      </c>
+      <c r="E93" s="2"/>
     </row>
     <row r="94" spans="1:5" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A94" s="203">
+      <c r="A94" s="169">
         <v>69</v>
       </c>
-      <c r="B94" s="212" t="str">
+      <c r="B94" s="178" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Tilgang af opførelsesudgifter for nybygninger (ekskl. grunde)
 • Bemærk, at overførsel fra posten: Aktiver under opførelse ikke er en tilgang.</v>
       </c>
-      <c r="C94" s="200" t="s">
-[...5 lines deleted...]
-      <c r="E94" s="4"/>
+      <c r="C94" s="167" t="s">
+        <v>428</v>
+      </c>
+      <c r="D94" s="167" t="s">
+        <v>429</v>
+      </c>
+      <c r="E94" s="2"/>
     </row>
     <row r="95" spans="1:5" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A95" s="203">
+      <c r="A95" s="169">
         <v>70</v>
       </c>
-      <c r="B95" s="212" t="str">
+      <c r="B95" s="178" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Tilgang/Køb af ubebyggede grunde</v>
       </c>
-      <c r="C95" s="48" t="s">
-[...5 lines deleted...]
-      <c r="E95" s="4"/>
+      <c r="C95" s="36" t="s">
+        <v>301</v>
+      </c>
+      <c r="D95" s="167" t="s">
+        <v>430</v>
+      </c>
+      <c r="E95" s="2"/>
     </row>
     <row r="96" spans="1:5" ht="76.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A96" s="144">
+      <c r="A96" s="117">
         <v>71</v>
       </c>
-      <c r="B96" s="142" t="str">
+      <c r="B96" s="115" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Tilgang af ombygning af bygninger til kostpris
 Medtages ikke:
 • Omkostninger til ombygning af lejede lokaler angives i pkt. 75
 • Bemærk, at overførsel fra posten: Aktiver under opførelse ikke er en tilgang</v>
       </c>
-      <c r="C96" s="199" t="s">
-[...5 lines deleted...]
-      <c r="E96" s="4"/>
+      <c r="C96" s="106" t="s">
+        <v>348</v>
+      </c>
+      <c r="D96" s="106" t="s">
+        <v>431</v>
+      </c>
+      <c r="E96" s="2"/>
     </row>
     <row r="97" spans="1:5" ht="61.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A97" s="213">
+      <c r="A97" s="179">
         <v>72</v>
       </c>
-      <c r="B97" s="214" t="str">
+      <c r="B97" s="180" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Tilgang af veje, havne, pladser o.l. til kostpris
 • Bemærk, at overførsel fra posten ¨Aktiver under opførelse¨ ikke er en tilgang.</v>
       </c>
-      <c r="C97" s="200" t="s">
-[...8 lines deleted...]
-      <c r="A98" s="137">
+      <c r="C97" s="167" t="s">
+        <v>432</v>
+      </c>
+      <c r="D97" s="167" t="s">
+        <v>433</v>
+      </c>
+      <c r="E97" s="2"/>
+    </row>
+    <row r="98" spans="1:5" s="4" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="110">
         <v>73</v>
       </c>
-      <c r="B98" s="154" t="str">
+      <c r="B98" s="126" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Fast ejendom i alt</v>
       </c>
-      <c r="C98" s="165" t="s">
+      <c r="C98" s="136" t="s">
         <v>33</v>
       </c>
-      <c r="D98" s="165" t="s">
+      <c r="D98" s="136" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="99" spans="1:5" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A99" s="143"/>
-      <c r="B99" s="198" t="str">
+      <c r="A99" s="116"/>
+      <c r="B99" s="166" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Driftsmidler</v>
       </c>
-      <c r="C99" s="177" t="s">
+      <c r="C99" s="148" t="s">
         <v>9</v>
       </c>
-      <c r="D99" s="177" t="s">
+      <c r="D99" s="148" t="s">
         <v>91</v>
       </c>
-      <c r="E99" s="4"/>
+      <c r="E99" s="2"/>
     </row>
     <row r="100" spans="1:5" ht="45" x14ac:dyDescent="0.25">
-      <c r="A100" s="144">
+      <c r="A100" s="117">
         <v>74</v>
       </c>
-      <c r="B100" s="142" t="str">
+      <c r="B100" s="115" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Tilgang af produktionsanlæg og maskiner
 • Bemærk, at overførsel fra posten: Aktiver under opførelse ikke er en tilgang.</v>
       </c>
-      <c r="C100" s="81" t="s">
-[...5 lines deleted...]
-      <c r="E100" s="4"/>
+      <c r="C100" s="62" t="s">
+        <v>434</v>
+      </c>
+      <c r="D100" s="62" t="s">
+        <v>435</v>
+      </c>
+      <c r="E100" s="2"/>
     </row>
     <row r="101" spans="1:5" ht="77.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A101" s="213">
+      <c r="A101" s="179">
         <v>75</v>
       </c>
-      <c r="B101" s="214" t="str">
+      <c r="B101" s="180" t="str">
         <f t="shared" ref="B101:B144" ca="1" si="2">OFFSET($C101,0,$E$1-1)</f>
         <v xml:space="preserve">Tilgang af andre anlæg, driftsmateriel og inventar til kostpris 
 (Inkl. omkostninger til inventar i, og ombygning af lejede lokaler).
 • Bemærk, at overførsel fra posten: Aktiver under opførelse ikke er en tilgang
 </v>
       </c>
-      <c r="C101" s="201" t="s">
-[...8 lines deleted...]
-      <c r="A102" s="137">
+      <c r="C101" s="93" t="s">
+        <v>436</v>
+      </c>
+      <c r="D101" s="93" t="s">
+        <v>437</v>
+      </c>
+      <c r="E101" s="2"/>
+    </row>
+    <row r="102" spans="1:5" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="110">
         <v>76</v>
       </c>
-      <c r="B102" s="154" t="str">
+      <c r="B102" s="126" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Driftsmidler i alt</v>
       </c>
-      <c r="C102" s="165" t="s">
+      <c r="C102" s="136" t="s">
         <v>52</v>
       </c>
-      <c r="D102" s="165" t="s">
+      <c r="D102" s="136" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="103" spans="1:5" s="12" customFormat="1" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D103" s="178"/>
+    <row r="103" spans="1:5" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="117"/>
+      <c r="B103" s="115"/>
+      <c r="C103" s="149"/>
+      <c r="D103" s="149"/>
+      <c r="E103" s="2"/>
     </row>
     <row r="104" spans="1:5" ht="30" x14ac:dyDescent="0.25">
-      <c r="A104" s="138">
+      <c r="A104" s="111">
         <v>77</v>
       </c>
-      <c r="B104" s="116" t="str">
+      <c r="B104" s="93" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Tilgang af materielle anlægsaktiver under udførelse og 
 forudbetalinger for materielle anlægsaktiver</v>
       </c>
-      <c r="C104" s="81" t="s">
+      <c r="C104" s="62" t="s">
         <v>82</v>
       </c>
-      <c r="D104" s="81" t="s">
-[...2 lines deleted...]
-      <c r="E104" s="4"/>
+      <c r="D104" s="62" t="s">
+        <v>438</v>
+      </c>
+      <c r="E104" s="2"/>
     </row>
     <row r="105" spans="1:5" ht="8.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A105" s="18"/>
-[...6 lines deleted...]
-      <c r="A106" s="210">
+      <c r="A105" s="3"/>
+      <c r="B105" s="121"/>
+      <c r="E105" s="2"/>
+    </row>
+    <row r="106" spans="1:5" s="4" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A106" s="176">
         <v>78</v>
       </c>
-      <c r="B106" s="206" t="str">
+      <c r="B106" s="172" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Tilgang i alt</v>
       </c>
-      <c r="C106" s="103" t="s">
+      <c r="C106" s="81" t="s">
         <v>34</v>
       </c>
-      <c r="D106" s="103" t="s">
-[...7 lines deleted...]
-      <c r="D107" s="169"/>
+      <c r="D106" s="81" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5" s="4" customFormat="1" ht="9.9499999999999993" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="B107" s="93"/>
+      <c r="C107" s="140"/>
+      <c r="D107" s="140"/>
     </row>
     <row r="108" spans="1:5" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A108" s="50" t="str">
+      <c r="A108" s="38" t="str">
         <f ca="1">OFFSET($C108,0,$E$1-1)</f>
         <v>Afgang (til bogført værdi)</v>
       </c>
-      <c r="B108" s="142"/>
-      <c r="C108" s="167" t="s">
+      <c r="B108" s="115"/>
+      <c r="C108" s="138" t="s">
         <v>18</v>
       </c>
-      <c r="D108" s="167" t="s">
-[...2 lines deleted...]
-      <c r="E108" s="4"/>
+      <c r="D108" s="138" t="s">
+        <v>440</v>
+      </c>
+      <c r="E108" s="2"/>
     </row>
     <row r="109" spans="1:5" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A109" s="16"/>
-[...3 lines deleted...]
-      <c r="E109" s="4"/>
+      <c r="D109" s="93"/>
+      <c r="E109" s="2"/>
     </row>
     <row r="110" spans="1:5" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A110" s="16"/>
-      <c r="B110" s="207" t="str">
+      <c r="B110" s="173" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Under afgang anføres afgangen af aktiver i kostpriser samt de tilbageførte afskrivninger/nedskrivninger i forbindelse med årets afgang.</v>
       </c>
-      <c r="C110" s="181" t="s">
-[...5 lines deleted...]
-      <c r="E110" s="4"/>
+      <c r="C110" s="151" t="s">
+        <v>441</v>
+      </c>
+      <c r="D110" s="123" t="s">
+        <v>442</v>
+      </c>
+      <c r="E110" s="2"/>
     </row>
     <row r="111" spans="1:5" ht="111" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A111" s="115"/>
-      <c r="B111" s="184" t="str">
+      <c r="A111" s="92"/>
+      <c r="B111" s="154" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>• Værdien af afgangen til kostpris (pkt. 79-90) Inkl evt. værdireguleringer (opskrivninger).
 • Værdien af de tilbageførte afskrivninger på årets afgang (pkt. 91-102) inkl. evt. værdireguleringer (nedskrivninger).
 Bemærk at overførsler fra projekter under udvikling til andre anlægsaktiver ikke er reel afgang og skal derfor ikke medtages. 
 Tilbageførte afskrivninger kan/må ikke overskride kostpris-værdien.</v>
       </c>
-      <c r="C111" s="181" t="s">
-[...5 lines deleted...]
-      <c r="E111" s="4"/>
+      <c r="C111" s="151" t="s">
+        <v>443</v>
+      </c>
+      <c r="D111" s="123" t="s">
+        <v>444</v>
+      </c>
+      <c r="E111" s="2"/>
     </row>
     <row r="112" spans="1:5" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A112" s="16"/>
-[...3 lines deleted...]
-      <c r="E112" s="4"/>
+      <c r="E112" s="2"/>
     </row>
     <row r="113" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A113" s="115"/>
-      <c r="B113" s="198" t="str">
+      <c r="A113" s="92"/>
+      <c r="B113" s="166" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Afgang immaterielle anlægsaktiver</v>
       </c>
-      <c r="C113" s="169" t="s">
+      <c r="C113" s="140" t="s">
         <v>76</v>
       </c>
-      <c r="D113" s="177" t="s">
-[...2 lines deleted...]
-      <c r="E113" s="4"/>
+      <c r="D113" s="148" t="s">
+        <v>445</v>
+      </c>
+      <c r="E113" s="2"/>
     </row>
     <row r="114" spans="1:5" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A114" s="144">
+      <c r="A114" s="117">
         <v>79</v>
       </c>
-      <c r="B114" s="142" t="str">
+      <c r="B114" s="115" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Afgang af færdiggjorte udviklingsprojekter til kostpris</v>
       </c>
-      <c r="C114" s="117" t="s">
+      <c r="C114" s="60" t="s">
         <v>14</v>
       </c>
-      <c r="D114" s="117" t="s">
-[...2 lines deleted...]
-      <c r="E114" s="4"/>
+      <c r="D114" s="60" t="s">
+        <v>446</v>
+      </c>
+      <c r="E114" s="2"/>
     </row>
     <row r="115" spans="1:5" ht="30" x14ac:dyDescent="0.25">
-      <c r="A115" s="203">
+      <c r="A115" s="169">
         <v>80</v>
       </c>
-      <c r="B115" s="212" t="str">
+      <c r="B115" s="178" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Afgang af erhvervede koncessioner, patenter, licenser, varemærker 
 samt lignende rettigheder til kostpris</v>
       </c>
-      <c r="C115" s="200" t="s">
+      <c r="C115" s="167" t="s">
         <v>35</v>
       </c>
-      <c r="D115" s="200" t="s">
-[...2 lines deleted...]
-      <c r="E115" s="4"/>
+      <c r="D115" s="167" t="s">
+        <v>447</v>
+      </c>
+      <c r="E115" s="2"/>
     </row>
     <row r="116" spans="1:5" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A116" s="144">
+      <c r="A116" s="117">
         <v>81</v>
       </c>
-      <c r="B116" s="142" t="str">
+      <c r="B116" s="115" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Afgang af software til kostpris</v>
       </c>
-      <c r="C116" s="57" t="s">
+      <c r="C116" s="44" t="s">
         <v>15</v>
       </c>
-      <c r="D116" s="57" t="s">
-[...2 lines deleted...]
-      <c r="E116" s="4"/>
+      <c r="D116" s="44" t="s">
+        <v>448</v>
+      </c>
+      <c r="E116" s="2"/>
     </row>
     <row r="117" spans="1:5" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A117" s="213">
+      <c r="A117" s="179">
         <v>82</v>
       </c>
-      <c r="B117" s="214" t="str">
+      <c r="B117" s="180" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Afgang af goodwill til kostpris</v>
       </c>
-      <c r="C117" s="117" t="s">
+      <c r="C117" s="60" t="s">
         <v>16</v>
       </c>
-      <c r="D117" s="117" t="s">
-[...5 lines deleted...]
-      <c r="A118" s="137">
+      <c r="D117" s="60" t="s">
+        <v>449</v>
+      </c>
+      <c r="E117" s="2"/>
+    </row>
+    <row r="118" spans="1:5" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A118" s="110">
         <v>83</v>
       </c>
-      <c r="B118" s="154" t="str">
+      <c r="B118" s="126" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Afgang immaterielle anlægsaktiver til kostpris i alt
 (pkt.79+80+81+82)</v>
       </c>
-      <c r="C118" s="182" t="s">
+      <c r="C118" s="152" t="s">
         <v>86</v>
       </c>
-      <c r="D118" s="182" t="s">
-        <v>459</v>
+      <c r="D118" s="152" t="s">
+        <v>450</v>
       </c>
     </row>
     <row r="119" spans="1:5" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A119" s="138"/>
-      <c r="B119" s="198" t="str">
+      <c r="A119" s="111"/>
+      <c r="B119" s="166" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Afgang af grunde og bygninger</v>
       </c>
-      <c r="C119" s="169" t="s">
+      <c r="C119" s="140" t="s">
         <v>79</v>
       </c>
-      <c r="D119" s="177" t="s">
-[...2 lines deleted...]
-      <c r="E119" s="4"/>
+      <c r="D119" s="148" t="s">
+        <v>451</v>
+      </c>
+      <c r="E119" s="2"/>
     </row>
     <row r="120" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A120" s="144">
+      <c r="A120" s="117">
         <v>84</v>
       </c>
-      <c r="B120" s="142" t="str">
+      <c r="B120" s="115" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Afgang af grunde og bygninger (inkl. grundværdi) til kostpris</v>
       </c>
-      <c r="C120" s="117" t="s">
+      <c r="C120" s="60" t="s">
         <v>20</v>
       </c>
-      <c r="D120" s="117" t="s">
-[...2 lines deleted...]
-      <c r="E120" s="4"/>
+      <c r="D120" s="60" t="s">
+        <v>452</v>
+      </c>
+      <c r="E120" s="2"/>
     </row>
     <row r="121" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A121" s="144">
+      <c r="A121" s="117">
         <v>85</v>
       </c>
-      <c r="B121" s="142" t="str">
+      <c r="B121" s="115" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Afgang af ubebyggede grunde til kostpris</v>
       </c>
-      <c r="C121" s="57" t="s">
+      <c r="C121" s="44" t="s">
         <v>36</v>
       </c>
-      <c r="D121" s="57" t="s">
-[...2 lines deleted...]
-      <c r="E121" s="4"/>
+      <c r="D121" s="44" t="s">
+        <v>453</v>
+      </c>
+      <c r="E121" s="2"/>
     </row>
     <row r="122" spans="1:5" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A122" s="213">
+      <c r="A122" s="179">
         <v>86</v>
       </c>
-      <c r="B122" s="214" t="str">
+      <c r="B122" s="180" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Afgang af veje, havne, pladser o.l. til kostpris</v>
       </c>
-      <c r="C122" s="117" t="s">
+      <c r="C122" s="60" t="s">
         <v>37</v>
       </c>
-      <c r="D122" s="117" t="s">
-[...5 lines deleted...]
-      <c r="A123" s="137">
+      <c r="D122" s="60" t="s">
+        <v>454</v>
+      </c>
+      <c r="E122" s="2"/>
+    </row>
+    <row r="123" spans="1:5" s="4" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="110">
         <v>87</v>
       </c>
-      <c r="B123" s="154" t="str">
+      <c r="B123" s="126" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Afgang af grunde og bygninger til kostpris i alt
 (pkt. 84+85+86)</v>
       </c>
-      <c r="C123" s="182" t="s">
+      <c r="C123" s="152" t="s">
         <v>83</v>
       </c>
-      <c r="D123" s="182" t="s">
-        <v>464</v>
+      <c r="D123" s="152" t="s">
+        <v>455</v>
       </c>
     </row>
     <row r="124" spans="1:5" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A124" s="138"/>
-      <c r="B124" s="198" t="str">
+      <c r="A124" s="111"/>
+      <c r="B124" s="166" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Afgang af driftsmidler</v>
       </c>
-      <c r="C124" s="177" t="s">
+      <c r="C124" s="148" t="s">
         <v>77</v>
       </c>
-      <c r="D124" s="177" t="s">
-[...2 lines deleted...]
-      <c r="E124" s="4"/>
+      <c r="D124" s="148" t="s">
+        <v>456</v>
+      </c>
+      <c r="E124" s="2"/>
     </row>
     <row r="125" spans="1:5" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A125" s="144">
+      <c r="A125" s="117">
         <v>88</v>
       </c>
-      <c r="B125" s="142" t="str">
+      <c r="B125" s="115" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Afgang af produktionsanlæg og maskiner til kostpris</v>
       </c>
-      <c r="C125" s="117" t="s">
+      <c r="C125" s="60" t="s">
         <v>38</v>
       </c>
-      <c r="D125" s="117" t="s">
-[...2 lines deleted...]
-      <c r="E125" s="4"/>
+      <c r="D125" s="60" t="s">
+        <v>457</v>
+      </c>
+      <c r="E125" s="2"/>
     </row>
     <row r="126" spans="1:5" customFormat="1" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A126" s="213">
+      <c r="A126" s="179">
         <v>89</v>
       </c>
-      <c r="B126" s="214" t="str">
+      <c r="B126" s="180" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Afgang af andre anlæg, driftsmateriel og inventar til kostpris, 
 Inkl. afgang af inventar i lejede lokaler.</v>
       </c>
-      <c r="C126" s="201" t="s">
-[...7 lines deleted...]
-      <c r="A127" s="137">
+      <c r="C126" s="93" t="s">
+        <v>458</v>
+      </c>
+      <c r="D126" s="93" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="127" spans="1:5" s="4" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="110">
         <v>90</v>
       </c>
-      <c r="B127" s="154" t="str">
+      <c r="B127" s="126" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Afgang af driftsmidler til kostpris i alt
 (pkt. 88+89)</v>
       </c>
-      <c r="C127" s="182" t="s">
+      <c r="C127" s="152" t="s">
         <v>85</v>
       </c>
-      <c r="D127" s="182" t="s">
-        <v>469</v>
+      <c r="D127" s="152" t="s">
+        <v>460</v>
       </c>
     </row>
     <row r="128" spans="1:5" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A128" s="146"/>
-      <c r="B128" s="198" t="str">
+      <c r="A128" s="119"/>
+      <c r="B128" s="166" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Tilbageførte afskrivninger immaterielle anlægsaktiver</v>
       </c>
-      <c r="C128" s="177" t="s">
+      <c r="C128" s="148" t="s">
         <v>17</v>
       </c>
-      <c r="D128" s="177" t="s">
-[...2 lines deleted...]
-      <c r="E128" s="4"/>
+      <c r="D128" s="148" t="s">
+        <v>461</v>
+      </c>
+      <c r="E128" s="2"/>
     </row>
     <row r="129" spans="1:5" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A129" s="144">
+      <c r="A129" s="117">
         <v>91</v>
       </c>
-      <c r="B129" s="142" t="str">
+      <c r="B129" s="115" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Tilbageførte afskrivninger på årets afgang af færdiggjorte udviklingsprojekter</v>
       </c>
-      <c r="C129" s="117" t="s">
+      <c r="C129" s="60" t="s">
         <v>78</v>
       </c>
-      <c r="D129" s="117" t="s">
-[...2 lines deleted...]
-      <c r="E129" s="4"/>
+      <c r="D129" s="60" t="s">
+        <v>462</v>
+      </c>
+      <c r="E129" s="2"/>
     </row>
     <row r="130" spans="1:5" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A130" s="138">
+      <c r="A130" s="111">
         <v>92</v>
       </c>
-      <c r="B130" s="201" t="str">
+      <c r="B130" s="93" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Tilbageførte afskrivninger på årets afgang af erhvervede koncessioner, 
 patenter, licenser, varemærker samt lignende rettigheder</v>
       </c>
-      <c r="C130" s="200" t="s">
+      <c r="C130" s="167" t="s">
         <v>71</v>
       </c>
-      <c r="D130" s="200" t="s">
-[...2 lines deleted...]
-      <c r="E130" s="4"/>
+      <c r="D130" s="167" t="s">
+        <v>463</v>
+      </c>
+      <c r="E130" s="2"/>
     </row>
     <row r="131" spans="1:5" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A131" s="144">
+      <c r="A131" s="117">
         <v>93</v>
       </c>
-      <c r="B131" s="142" t="str">
+      <c r="B131" s="115" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Tilbageførte afskrivninger på årets afgang af software</v>
       </c>
-      <c r="C131" s="57" t="s">
+      <c r="C131" s="44" t="s">
         <v>72</v>
       </c>
-      <c r="D131" s="57" t="s">
-[...2 lines deleted...]
-      <c r="E131" s="4"/>
+      <c r="D131" s="44" t="s">
+        <v>464</v>
+      </c>
+      <c r="E131" s="2"/>
     </row>
     <row r="132" spans="1:5" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A132" s="213">
+      <c r="A132" s="179">
         <v>94</v>
       </c>
-      <c r="B132" s="214" t="str">
+      <c r="B132" s="180" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Tilbageførte afskrivninger på årets afgang af goodwill</v>
       </c>
-      <c r="C132" s="117" t="s">
+      <c r="C132" s="60" t="s">
         <v>73</v>
       </c>
-      <c r="D132" s="117" t="s">
-[...5 lines deleted...]
-      <c r="A133" s="137">
+      <c r="D132" s="60" t="s">
+        <v>465</v>
+      </c>
+      <c r="E132" s="2"/>
+    </row>
+    <row r="133" spans="1:5" s="4" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="110">
         <v>95</v>
       </c>
-      <c r="B133" s="154" t="str">
+      <c r="B133" s="126" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Tilbageførte afskrivninger immaterielle anlægsaktiver i alt</v>
       </c>
-      <c r="C133" s="165" t="s">
+      <c r="C133" s="136" t="s">
         <v>21</v>
       </c>
-      <c r="D133" s="165" t="s">
-        <v>475</v>
+      <c r="D133" s="136" t="s">
+        <v>466</v>
       </c>
     </row>
     <row r="134" spans="1:5" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A134" s="138"/>
-      <c r="B134" s="198" t="str">
+      <c r="A134" s="111"/>
+      <c r="B134" s="166" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Tilbageførte afskrivninger på grunde og bygninger</v>
       </c>
-      <c r="C134" s="177" t="s">
+      <c r="C134" s="148" t="s">
         <v>43</v>
       </c>
-      <c r="D134" s="177" t="s">
-[...2 lines deleted...]
-      <c r="E134" s="4"/>
+      <c r="D134" s="148" t="s">
+        <v>467</v>
+      </c>
+      <c r="E134" s="2"/>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A135" s="144">
+      <c r="A135" s="117">
         <v>96</v>
       </c>
-      <c r="B135" s="142" t="str">
+      <c r="B135" s="115" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Tilbageførte afskrivninger på årets afgang af bygninger</v>
       </c>
-      <c r="C135" s="117" t="s">
+      <c r="C135" s="60" t="s">
         <v>39</v>
       </c>
-      <c r="D135" s="117" t="s">
-[...2 lines deleted...]
-      <c r="E135" s="4"/>
+      <c r="D135" s="60" t="s">
+        <v>468</v>
+      </c>
+      <c r="E135" s="2"/>
     </row>
     <row r="136" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A136" s="144">
+      <c r="A136" s="117">
         <v>97</v>
       </c>
-      <c r="B136" s="142" t="str">
+      <c r="B136" s="115" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Tilbageførte afskrivninger på årets afgang af ubebyggede grunde</v>
       </c>
-      <c r="C136" s="57" t="s">
+      <c r="C136" s="44" t="s">
         <v>74</v>
       </c>
-      <c r="D136" s="57" t="s">
-[...2 lines deleted...]
-      <c r="E136" s="4"/>
+      <c r="D136" s="44" t="s">
+        <v>469</v>
+      </c>
+      <c r="E136" s="2"/>
     </row>
     <row r="137" spans="1:5" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A137" s="213">
+      <c r="A137" s="179">
         <v>98</v>
       </c>
-      <c r="B137" s="214" t="str">
+      <c r="B137" s="180" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Tilbageførte afskrivninger på årets afgang af veje, havne, pladser o.l.</v>
       </c>
-      <c r="C137" s="117" t="s">
+      <c r="C137" s="60" t="s">
         <v>75</v>
       </c>
-      <c r="D137" s="117" t="s">
-[...5 lines deleted...]
-      <c r="A138" s="137">
+      <c r="D137" s="60" t="s">
+        <v>470</v>
+      </c>
+      <c r="E137" s="2"/>
+    </row>
+    <row r="138" spans="1:5" s="4" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="110">
         <v>99</v>
       </c>
-      <c r="B138" s="154" t="str">
+      <c r="B138" s="126" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Tilbageførte afskrivninger på grunde og bygninger i alt</v>
       </c>
-      <c r="C138" s="165" t="s">
+      <c r="C138" s="136" t="s">
         <v>40</v>
       </c>
-      <c r="D138" s="165" t="s">
-        <v>480</v>
+      <c r="D138" s="136" t="s">
+        <v>471</v>
       </c>
     </row>
     <row r="139" spans="1:5" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A139" s="138"/>
-      <c r="B139" s="198" t="str">
+      <c r="A139" s="111"/>
+      <c r="B139" s="166" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Tilbageførte afskrivninger på driftsmidler</v>
       </c>
-      <c r="C139" s="177" t="s">
+      <c r="C139" s="148" t="s">
         <v>41</v>
       </c>
-      <c r="D139" s="177" t="s">
-[...2 lines deleted...]
-      <c r="E139" s="4"/>
+      <c r="D139" s="148" t="s">
+        <v>472</v>
+      </c>
+      <c r="E139" s="2"/>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A140" s="144">
+      <c r="A140" s="117">
         <v>100</v>
       </c>
-      <c r="B140" s="142" t="str">
+      <c r="B140" s="115" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Tilbageførte afskrivninger på årets afgang af produktionsanlæg og maskiner</v>
       </c>
-      <c r="C140" s="80" t="s">
+      <c r="C140" s="61" t="s">
         <v>22</v>
       </c>
-      <c r="D140" s="80" t="s">
-[...2 lines deleted...]
-      <c r="E140" s="4"/>
+      <c r="D140" s="61" t="s">
+        <v>473</v>
+      </c>
+      <c r="E140" s="2"/>
     </row>
     <row r="141" spans="1:5" customFormat="1" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A141" s="213">
+      <c r="A141" s="179">
         <v>101</v>
       </c>
-      <c r="B141" s="214" t="str">
+      <c r="B141" s="180" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Tilbageførte afskrivninger på årets afgang af andre anlæg, 
 driftsmateriel og inventar, inkl. tilbageførte afskrivninger på årets afgang af inventar i lejede lokaler</v>
       </c>
-      <c r="C141" s="201" t="s">
+      <c r="C141" s="93" t="s">
         <v>81</v>
       </c>
-      <c r="D141" s="201" t="s">
-[...4 lines deleted...]
-      <c r="A142" s="137">
+      <c r="D141" s="93" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="142" spans="1:5" s="4" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="110">
         <v>102</v>
       </c>
-      <c r="B142" s="154" t="str">
+      <c r="B142" s="126" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Tilbageførte afskrivninger på driftsmidler i alt</v>
       </c>
-      <c r="C142" s="165" t="s">
+      <c r="C142" s="136" t="s">
         <v>42</v>
       </c>
-      <c r="D142" s="165" t="s">
-[...10 lines deleted...]
-      <c r="A144" s="210">
+      <c r="D142" s="136" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="143" spans="1:5" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A143" s="181"/>
+      <c r="B143" s="121"/>
+      <c r="C143" s="149"/>
+      <c r="D143" s="149"/>
+      <c r="E143" s="2"/>
+    </row>
+    <row r="144" spans="1:5" s="4" customFormat="1" ht="31.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A144" s="176">
         <v>103</v>
       </c>
-      <c r="B144" s="206" t="str">
+      <c r="B144" s="172" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>Afgang til bogført værdi i alt 
 (pkt. 83+87+90-95-99-102)</v>
       </c>
-      <c r="C144" s="179" t="s">
+      <c r="C144" s="150" t="s">
         <v>84</v>
       </c>
-      <c r="D144" s="179" t="s">
-[...41 lines deleted...]
-      <c r="E155" s="4"/>
+      <c r="D144" s="150" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="145" spans="2:5" s="4" customFormat="1" ht="3.95" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="B145" s="93"/>
+      <c r="C145" s="140"/>
+      <c r="D145" s="140"/>
+    </row>
+    <row r="146" spans="2:5" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E146" s="2"/>
+    </row>
+    <row r="147" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E147" s="2"/>
+    </row>
+    <row r="148" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E148" s="2"/>
+    </row>
+    <row r="149" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E149" s="2"/>
+    </row>
+    <row r="150" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E150" s="2"/>
+    </row>
+    <row r="151" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E151" s="2"/>
+    </row>
+    <row r="152" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E152" s="2"/>
+    </row>
+    <row r="153" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E153" s="2"/>
+    </row>
+    <row r="154" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E154" s="2"/>
+    </row>
+    <row r="155" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E155" s="2"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="7169" r:id="rId4" name="Group Box 1">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>5172075</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>66675</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>6686550</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>504825</xdr:rowOff>
@@ -15522,5171 +13828,5160 @@
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>5886450</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>133350</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>6343650</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>457200</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Ark4"/>
   <dimension ref="A1:P117"/>
   <sheetViews>
     <sheetView topLeftCell="P1" workbookViewId="0">
       <selection activeCell="P1" sqref="P1:P1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" outlineLevelCol="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.7109375" hidden="1" customWidth="1" outlineLevel="1"/>
-    <col min="2" max="2" width="9.140625" style="104" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="2" max="2" width="9.140625" style="82" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="3" max="3" width="9.140625" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="4" max="4" width="135.42578125" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="5" max="9" width="9.140625" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="10" max="10" width="53" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="11" max="11" width="39.140625" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="12" max="15" width="9.140625" hidden="1" customWidth="1" outlineLevel="1"/>
-    <col min="16" max="16" width="10.42578125" style="105" bestFit="1" customWidth="1" collapsed="1"/>
+    <col min="16" max="16" width="10.42578125" style="83" bestFit="1" customWidth="1" collapsed="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="P1" s="105" t="s">
+      <c r="P1" s="83" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="2" spans="1:16" x14ac:dyDescent="0.25">
       <c r="E2" t="s">
         <v>97</v>
       </c>
       <c r="G2" t="s">
         <v>98</v>
       </c>
       <c r="J2" t="s">
         <v>99</v>
       </c>
       <c r="K2" t="s">
         <v>100</v>
       </c>
       <c r="L2" t="s">
         <v>101</v>
       </c>
-      <c r="P2" s="105" t="s">
+      <c r="P2" s="83" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="3" spans="1:16" x14ac:dyDescent="0.25">
       <c r="D3" t="s">
         <v>103</v>
       </c>
       <c r="E3">
         <f>FIND("&lt;",D3,1)</f>
         <v>1</v>
       </c>
       <c r="F3">
         <f>FIND("&gt;",D3,1)</f>
         <v>55</v>
       </c>
       <c r="G3">
         <f>FIND("&lt;",D3,F3)</f>
         <v>74</v>
       </c>
       <c r="H3">
         <f>FIND("&gt;",D3,G3)</f>
         <v>112</v>
       </c>
       <c r="J3" t="str">
         <f>MID(D3,E3,F3)</f>
         <v>&lt;c:InformationOnTypeOfSubmittedReport contextRef="c10"&gt;</v>
       </c>
-      <c r="K3" s="106" t="s">
+      <c r="K3" s="84" t="s">
         <v>285</v>
       </c>
       <c r="L3" t="str">
         <f>MID(D3,G3,H3)</f>
         <v>&lt;/c:InformationOnTypeOfSubmittedReport&gt;</v>
       </c>
-      <c r="P3" s="105" t="str">
+      <c r="P3" s="83" t="str">
         <f t="shared" ref="P3:P34" si="0">+J3&amp;K3&amp;L3</f>
         <v>&lt;c:InformationOnTypeOfSubmittedReport contextRef="c10"&gt;Regnskabsstatistik&lt;/c:InformationOnTypeOfSubmittedReport&gt;</v>
       </c>
     </row>
     <row r="4" spans="1:16" x14ac:dyDescent="0.25">
       <c r="D4" t="s">
         <v>104</v>
       </c>
       <c r="E4">
         <f>FIND("&lt;",D4,1)</f>
         <v>1</v>
       </c>
       <c r="F4">
         <f t="shared" ref="F4:F67" si="1">FIND("&gt;",D4,1)</f>
         <v>45</v>
       </c>
       <c r="G4">
         <f t="shared" ref="G4:G67" si="2">FIND("&lt;",D4,F4)</f>
         <v>56</v>
       </c>
       <c r="H4">
         <f t="shared" ref="H4:H67" si="3">FIND("&gt;",D4,G4)</f>
         <v>84</v>
       </c>
       <c r="J4" t="str">
         <f t="shared" ref="J4:J67" si="4">MID(D4,E4,F4)</f>
         <v>&lt;c:ReportingPeriodStartDate contextRef="c10"&gt;</v>
       </c>
-      <c r="K4" s="107" t="str">
+      <c r="K4" s="85" t="str">
         <f>Regnskabsstatistik!F6</f>
-        <v>2024-01-01</v>
+        <v>2025-01-01</v>
       </c>
       <c r="L4" t="str">
         <f t="shared" ref="L4:L66" si="5">MID(D4,G4,H4)</f>
         <v>&lt;/c:ReportingPeriodStartDate&gt;</v>
       </c>
-      <c r="P4" s="105" t="str">
+      <c r="P4" s="83" t="str">
         <f t="shared" si="0"/>
-        <v>&lt;c:ReportingPeriodStartDate contextRef="c10"&gt;2024-01-01&lt;/c:ReportingPeriodStartDate&gt;</v>
+        <v>&lt;c:ReportingPeriodStartDate contextRef="c10"&gt;2025-01-01&lt;/c:ReportingPeriodStartDate&gt;</v>
       </c>
     </row>
     <row r="5" spans="1:16" x14ac:dyDescent="0.25">
       <c r="D5" t="s">
         <v>105</v>
       </c>
       <c r="E5">
         <f t="shared" ref="E5:E68" si="6">FIND("&lt;",D5,1)</f>
         <v>1</v>
       </c>
       <c r="F5">
         <f t="shared" si="1"/>
         <v>43</v>
       </c>
       <c r="G5">
         <f t="shared" si="2"/>
         <v>54</v>
       </c>
       <c r="H5">
         <f t="shared" si="3"/>
         <v>80</v>
       </c>
       <c r="J5" t="str">
         <f t="shared" si="4"/>
         <v>&lt;c:ReportingPeriodEndDate contextRef="c10"&gt;</v>
       </c>
-      <c r="K5" s="107" t="str">
+      <c r="K5" s="85" t="str">
         <f>Regnskabsstatistik!G6</f>
-        <v>2024-12-31</v>
+        <v>2025-12-31</v>
       </c>
       <c r="L5" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/c:ReportingPeriodEndDate&gt;</v>
       </c>
-      <c r="P5" s="105" t="str">
+      <c r="P5" s="83" t="str">
         <f t="shared" si="0"/>
-        <v>&lt;c:ReportingPeriodEndDate contextRef="c10"&gt;2024-12-31&lt;/c:ReportingPeriodEndDate&gt;</v>
+        <v>&lt;c:ReportingPeriodEndDate contextRef="c10"&gt;2025-12-31&lt;/c:ReportingPeriodEndDate&gt;</v>
       </c>
     </row>
     <row r="6" spans="1:16" x14ac:dyDescent="0.25">
       <c r="D6" t="s">
         <v>106</v>
       </c>
       <c r="E6">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F6">
         <f t="shared" si="1"/>
         <v>43</v>
       </c>
       <c r="G6">
         <f t="shared" si="2"/>
         <v>54</v>
       </c>
       <c r="H6">
         <f t="shared" si="3"/>
         <v>80</v>
       </c>
       <c r="J6" t="str">
         <f t="shared" si="4"/>
         <v>&lt;c:DateOfApprovalOfReport contextRef="c10"&gt;</v>
       </c>
-      <c r="K6" s="107" t="str">
+      <c r="K6" s="85" t="str">
         <f>Regnskabsstatistik!F150</f>
-        <v>2025-05-01</v>
+        <v>2026-05-01</v>
       </c>
       <c r="L6" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/c:DateOfApprovalOfReport&gt;</v>
       </c>
-      <c r="P6" s="105" t="str">
+      <c r="P6" s="83" t="str">
         <f t="shared" si="0"/>
-        <v>&lt;c:DateOfApprovalOfReport contextRef="c10"&gt;2025-05-01&lt;/c:DateOfApprovalOfReport&gt;</v>
+        <v>&lt;c:DateOfApprovalOfReport contextRef="c10"&gt;2026-05-01&lt;/c:DateOfApprovalOfReport&gt;</v>
       </c>
     </row>
     <row r="7" spans="1:16" x14ac:dyDescent="0.25">
       <c r="D7" t="s">
         <v>107</v>
       </c>
       <c r="E7">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F7">
         <f t="shared" si="1"/>
         <v>42</v>
       </c>
       <c r="G7">
         <f t="shared" si="2"/>
         <v>65</v>
       </c>
       <c r="H7">
         <f t="shared" si="3"/>
         <v>90</v>
       </c>
       <c r="J7" t="str">
         <f t="shared" si="4"/>
         <v>&lt;c:NameOfReportingEntity contextRef="c10"&gt;</v>
       </c>
-      <c r="K7" s="106" t="str">
+      <c r="K7" s="84" t="str">
         <f>Regnskabsstatistik!F3</f>
         <v>Test A/S</v>
       </c>
       <c r="L7" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/c:NameOfReportingEntity&gt;</v>
       </c>
-      <c r="P7" s="105" t="str">
+      <c r="P7" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;c:NameOfReportingEntity contextRef="c10"&gt;Test A/S&lt;/c:NameOfReportingEntity&gt;</v>
       </c>
     </row>
     <row r="8" spans="1:16" x14ac:dyDescent="0.25">
       <c r="D8" t="s">
         <v>108</v>
       </c>
       <c r="E8">
         <f>FIND("&lt;",D8,1)</f>
         <v>1</v>
       </c>
       <c r="F8">
         <f>FIND("&gt;",D8,1)</f>
         <v>61</v>
       </c>
       <c r="G8">
         <f t="shared" si="2"/>
         <v>70</v>
       </c>
       <c r="H8">
         <f t="shared" si="3"/>
         <v>114</v>
       </c>
       <c r="J8" t="str">
         <f>MID(D8,E8,F8)</f>
         <v>&lt;c:IdentificationNumberCvrOfReportingEntity contextRef="c10"&gt;</v>
       </c>
-      <c r="K8" s="106">
+      <c r="K8" s="84">
         <f>Regnskabsstatistik!F2</f>
         <v>17150413</v>
       </c>
       <c r="L8" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/c:IdentificationNumberCvrOfReportingEntity&gt;</v>
       </c>
-      <c r="P8" s="105" t="str">
+      <c r="P8" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;c:IdentificationNumberCvrOfReportingEntity contextRef="c10"&gt;17150413&lt;/c:IdentificationNumberCvrOfReportingEntity&gt;</v>
       </c>
     </row>
     <row r="9" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>109</v>
       </c>
       <c r="D9" t="s">
         <v>110</v>
       </c>
       <c r="E9">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F9">
         <f t="shared" si="1"/>
         <v>50</v>
       </c>
       <c r="G9">
         <f t="shared" si="2"/>
         <v>64</v>
       </c>
       <c r="H9">
         <f t="shared" si="3"/>
         <v>97</v>
       </c>
       <c r="J9" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:NameAndSurnameOfContactPerson contextRef="c10"&gt;</v>
       </c>
-      <c r="K9" s="106" t="str">
+      <c r="K9" s="84" t="str">
         <f>Regnskabsstatistik!B138</f>
         <v>DST</v>
       </c>
       <c r="L9" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:NameAndSurnameOfContactPerson&gt;</v>
       </c>
-      <c r="P9" s="105" t="str">
+      <c r="P9" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:NameAndSurnameOfContactPerson contextRef="c10"&gt;DST&lt;/e:NameAndSurnameOfContactPerson&gt;</v>
       </c>
     </row>
     <row r="10" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>111</v>
       </c>
       <c r="D10" t="s">
         <v>112</v>
       </c>
       <c r="E10">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F10">
         <f t="shared" si="1"/>
         <v>40</v>
       </c>
       <c r="G10">
         <f t="shared" si="2"/>
         <v>54</v>
       </c>
       <c r="H10">
         <f t="shared" si="3"/>
         <v>77</v>
       </c>
       <c r="J10" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:ContactEmailAddress contextRef="c10"&gt;</v>
       </c>
-      <c r="K10" s="106" t="str">
+      <c r="K10" s="84" t="str">
         <f>Regnskabsstatistik!B144</f>
         <v>test@test.dk</v>
       </c>
       <c r="L10" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:ContactEmailAddress&gt;</v>
       </c>
-      <c r="P10" s="105" t="str">
+      <c r="P10" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:ContactEmailAddress contextRef="c10"&gt;test@test.dk&lt;/e:ContactEmailAddress&gt;</v>
       </c>
     </row>
     <row r="11" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>113</v>
       </c>
       <c r="D11" t="s">
         <v>114</v>
       </c>
       <c r="E11">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F11">
         <f t="shared" si="1"/>
         <v>43</v>
       </c>
       <c r="G11">
         <f t="shared" si="2"/>
         <v>57</v>
       </c>
       <c r="H11">
         <f t="shared" si="3"/>
         <v>83</v>
       </c>
       <c r="J11" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:ContactTelephoneNumber contextRef="c10"&gt;</v>
       </c>
-      <c r="K11" s="106">
+      <c r="K11" s="84">
         <f>Regnskabsstatistik!B141</f>
         <v>11223344</v>
       </c>
       <c r="L11" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:ContactTelephoneNumber&gt;</v>
       </c>
-      <c r="P11" s="105" t="str">
+      <c r="P11" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:ContactTelephoneNumber contextRef="c10"&gt;11223344&lt;/e:ContactTelephoneNumber&gt;</v>
       </c>
     </row>
     <row r="12" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>115</v>
       </c>
       <c r="D12" t="s">
         <v>116</v>
       </c>
       <c r="E12">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F12">
         <f t="shared" si="1"/>
         <v>52</v>
       </c>
       <c r="G12">
         <f t="shared" si="2"/>
         <v>66</v>
       </c>
       <c r="H12">
         <f t="shared" si="3"/>
         <v>101</v>
       </c>
       <c r="J12" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:ContactTelephoneNumberExtension contextRef="c10"&gt;</v>
       </c>
-      <c r="K12" s="106">
+      <c r="K12" s="84">
         <f>Regnskabsstatistik!B141</f>
         <v>11223344</v>
       </c>
       <c r="L12" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:ContactTelephoneNumberExtension&gt;</v>
       </c>
-      <c r="P12" s="105" t="str">
+      <c r="P12" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:ContactTelephoneNumberExtension contextRef="c10"&gt;11223344&lt;/e:ContactTelephoneNumberExtension&gt;</v>
       </c>
     </row>
     <row r="13" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>117</v>
       </c>
-      <c r="B13" s="104">
+      <c r="B13" s="82">
         <v>1</v>
       </c>
       <c r="C13">
         <v>1</v>
       </c>
       <c r="D13" t="s">
         <v>118</v>
       </c>
       <c r="E13">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F13">
         <f t="shared" si="1"/>
         <v>55</v>
       </c>
       <c r="G13">
         <f t="shared" si="2"/>
         <v>63</v>
       </c>
       <c r="H13">
         <f t="shared" si="3"/>
         <v>74</v>
       </c>
       <c r="J13" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:Revenue contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K13" s="106">
+      <c r="K13" s="84">
         <f>Regnskabsstatistik!F16*1000</f>
         <v>0</v>
       </c>
       <c r="L13" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:Revenue&gt;</v>
       </c>
-      <c r="P13" s="105" t="str">
+      <c r="P13" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;d:Revenue contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/d:Revenue&gt;</v>
       </c>
     </row>
     <row r="14" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>119</v>
       </c>
-      <c r="B14" s="104">
+      <c r="B14" s="82">
         <v>2</v>
       </c>
       <c r="C14">
         <v>4</v>
       </c>
       <c r="D14" t="s">
         <v>120</v>
       </c>
       <c r="E14">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F14">
         <f t="shared" si="1"/>
         <v>83</v>
       </c>
       <c r="G14">
         <f t="shared" si="2"/>
         <v>90</v>
       </c>
       <c r="H14">
         <f t="shared" si="3"/>
         <v>129</v>
       </c>
       <c r="J14" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:WorkPerformedByEntityAndCapitalised contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K14" s="106">
+      <c r="K14" s="84">
         <f>Regnskabsstatistik!F17*1000</f>
         <v>0</v>
       </c>
       <c r="L14" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:WorkPerformedByEntityAndCapitalised&gt;</v>
       </c>
-      <c r="P14" s="105" t="str">
+      <c r="P14" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;d:WorkPerformedByEntityAndCapitalised contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/d:WorkPerformedByEntityAndCapitalised&gt;</v>
       </c>
     </row>
     <row r="15" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>121</v>
       </c>
-      <c r="B15" s="104">
+      <c r="B15" s="82">
         <v>3</v>
       </c>
       <c r="C15">
         <v>5</v>
       </c>
       <c r="D15" t="s">
         <v>122</v>
       </c>
       <c r="E15">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F15">
         <f t="shared" si="1"/>
         <v>68</v>
       </c>
       <c r="G15">
         <f t="shared" si="2"/>
         <v>76</v>
       </c>
       <c r="H15">
         <f t="shared" si="3"/>
         <v>100</v>
       </c>
       <c r="J15" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:OtherOperatingIncome contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K15" s="106">
+      <c r="K15" s="84">
         <f>Regnskabsstatistik!F18*1000</f>
         <v>0</v>
       </c>
       <c r="L15" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:OtherOperatingIncome&gt;</v>
       </c>
-      <c r="P15" s="105" t="str">
+      <c r="P15" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;d:OtherOperatingIncome contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/d:OtherOperatingIncome&gt;</v>
       </c>
     </row>
     <row r="16" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>123</v>
       </c>
-      <c r="B16" s="104">
+      <c r="B16" s="82">
         <v>4</v>
       </c>
       <c r="C16">
         <v>6</v>
       </c>
       <c r="D16" t="s">
         <v>124</v>
       </c>
       <c r="E16">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F16">
         <f t="shared" si="1"/>
         <v>59</v>
       </c>
       <c r="G16">
         <f t="shared" si="2"/>
         <v>66</v>
       </c>
       <c r="H16">
         <f t="shared" si="3"/>
         <v>81</v>
       </c>
       <c r="J16" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:CostOfSales contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K16" s="106">
+      <c r="K16" s="84">
         <f>Regnskabsstatistik!F19*1000</f>
         <v>0</v>
       </c>
       <c r="L16" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:CostOfSales&gt;</v>
       </c>
-      <c r="P16" s="105" t="str">
+      <c r="P16" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;d:CostOfSales contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/d:CostOfSales&gt;</v>
       </c>
     </row>
     <row r="17" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>125</v>
       </c>
-      <c r="B17" s="104">
+      <c r="B17" s="82">
         <v>5</v>
       </c>
       <c r="C17">
         <v>9</v>
       </c>
-      <c r="D17" s="108" t="s">
+      <c r="D17" t="s">
         <v>126</v>
       </c>
       <c r="E17">
         <f>FIND("&lt;",D17,1)</f>
         <v>1</v>
       </c>
       <c r="F17">
         <f>FIND("&gt;",D17,1)</f>
         <v>121</v>
       </c>
       <c r="G17">
         <f>FIND("&lt;",D17,F17)</f>
         <v>123</v>
       </c>
       <c r="H17">
         <f>FIND("&gt;",D17,G17)</f>
         <v>200</v>
       </c>
       <c r="J17" t="str">
         <f>MID(D17,E17,F17)</f>
         <v>&lt;e:CostOfSubcontractorsAndOtherWorkDoneByOthersNonemployeesOnEntityMaterials contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K17" s="106">
+      <c r="K17" s="84">
         <f>Regnskabsstatistik!F20*1000</f>
         <v>0</v>
       </c>
       <c r="L17" t="str">
         <f>MID(D17,G17,H17)</f>
         <v>&lt;/e:CostOfSubcontractorsAndOtherWorkDoneByOthersNonemployeesOnEntityMaterials&gt;</v>
       </c>
-      <c r="P17" s="105" t="str">
+      <c r="P17" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:CostOfSubcontractorsAndOtherWorkDoneByOthersNonemployeesOnEntityMaterials contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:CostOfSubcontractorsAndOtherWorkDoneByOthersNonemployeesOnEntityMaterials&gt;</v>
       </c>
     </row>
     <row r="18" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>127</v>
       </c>
-      <c r="B18" s="104">
+      <c r="B18" s="82">
         <v>6</v>
       </c>
       <c r="C18">
         <v>10</v>
       </c>
-      <c r="D18" s="108" t="s">
+      <c r="D18" t="s">
         <v>128</v>
       </c>
       <c r="E18">
         <f>FIND("&lt;",D18,1)</f>
         <v>1</v>
       </c>
       <c r="F18">
         <f>FIND("&gt;",D18,1)</f>
         <v>76</v>
       </c>
       <c r="G18">
         <f>FIND("&lt;",D18,F18)</f>
         <v>82</v>
       </c>
       <c r="H18">
         <f>FIND("&gt;",D18,G18)</f>
         <v>114</v>
       </c>
       <c r="J18" t="str">
         <f>MID(D18,E18,F18)</f>
         <v>&lt;e:RentPaidExcludingHeatingBill contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K18" s="106">
+      <c r="K18" s="84">
         <f>Regnskabsstatistik!F21*1000</f>
         <v>0</v>
       </c>
       <c r="L18" t="str">
         <f>MID(D18,G18,H18)</f>
         <v>&lt;/e:RentPaidExcludingHeatingBill&gt;</v>
       </c>
-      <c r="P18" s="105" t="str">
+      <c r="P18" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:RentPaidExcludingHeatingBill contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:RentPaidExcludingHeatingBill&gt;</v>
       </c>
     </row>
     <row r="19" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
         <v>129</v>
       </c>
-      <c r="B19" s="104">
+      <c r="B19" s="82">
         <v>7</v>
       </c>
       <c r="C19">
         <v>11</v>
       </c>
-      <c r="D19" s="108" t="s">
+      <c r="D19" t="s">
         <v>130</v>
       </c>
       <c r="E19">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F19">
         <f t="shared" si="1"/>
         <v>93</v>
       </c>
       <c r="G19">
         <f t="shared" si="2"/>
         <v>99</v>
       </c>
       <c r="H19">
         <f t="shared" si="3"/>
         <v>148</v>
       </c>
       <c r="J19" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:CostOfMinorEquipmentAndFixturesNotCapitalised contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K19" s="106">
+      <c r="K19" s="84">
         <f>Regnskabsstatistik!F22*1000</f>
         <v>0</v>
       </c>
       <c r="L19" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:CostOfMinorEquipmentAndFixturesNotCapitalised&gt;</v>
       </c>
-      <c r="P19" s="105" t="str">
+      <c r="P19" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:CostOfMinorEquipmentAndFixturesNotCapitalised contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:CostOfMinorEquipmentAndFixturesNotCapitalised&gt;</v>
       </c>
     </row>
     <row r="20" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>131</v>
       </c>
-      <c r="B20" s="104">
+      <c r="B20" s="82">
         <v>8</v>
       </c>
       <c r="C20">
         <v>12</v>
       </c>
-      <c r="D20" s="108" t="s">
+      <c r="D20" t="s">
         <v>132</v>
       </c>
       <c r="E20">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F20">
         <f t="shared" si="1"/>
         <v>104</v>
       </c>
       <c r="G20">
         <f t="shared" si="2"/>
         <v>110</v>
       </c>
       <c r="H20">
         <f t="shared" si="3"/>
         <v>170</v>
       </c>
       <c r="J20" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:PaymentsForTemporaryWorkersProvidedFromAnotherEnterprise contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K20" s="106">
+      <c r="K20" s="84">
         <f>Regnskabsstatistik!F23*1000</f>
         <v>0</v>
       </c>
       <c r="L20" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:PaymentsForTemporaryWorkersProvidedFromAnotherEnterprise&gt;</v>
       </c>
-      <c r="P20" s="105" t="str">
+      <c r="P20" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:PaymentsForTemporaryWorkersProvidedFromAnotherEnterprise contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:PaymentsForTemporaryWorkersProvidedFromAnotherEnterprise&gt;</v>
       </c>
     </row>
     <row r="21" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>133</v>
       </c>
-      <c r="B21" s="104">
+      <c r="B21" s="82">
         <v>9</v>
       </c>
       <c r="C21">
         <v>13</v>
       </c>
-      <c r="D21" s="108" t="s">
+      <c r="D21" t="s">
         <v>134</v>
       </c>
       <c r="E21">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F21">
         <f t="shared" si="1"/>
         <v>101</v>
       </c>
       <c r="G21">
         <f t="shared" si="2"/>
         <v>108</v>
       </c>
       <c r="H21">
         <f t="shared" si="3"/>
         <v>165</v>
       </c>
       <c r="J21" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:PaymentsForLongtermRentalAndOperationalLeasingOfGoods contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K21" s="106">
+      <c r="K21" s="84">
         <f>Regnskabsstatistik!F24*1000</f>
         <v>0</v>
       </c>
       <c r="L21" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:PaymentsForLongtermRentalAndOperationalLeasingOfGoods&gt;</v>
       </c>
-      <c r="P21" s="105" t="str">
+      <c r="P21" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:PaymentsForLongtermRentalAndOperationalLeasingOfGoods contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:PaymentsForLongtermRentalAndOperationalLeasingOfGoods&gt;</v>
       </c>
     </row>
     <row r="22" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>135</v>
       </c>
-      <c r="B22" s="104">
+      <c r="B22" s="82">
         <v>10</v>
       </c>
       <c r="C22">
         <v>14</v>
       </c>
-      <c r="D22" s="108" t="s">
+      <c r="D22" t="s">
         <v>136</v>
       </c>
       <c r="E22">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F22">
         <f t="shared" si="1"/>
         <v>83</v>
       </c>
       <c r="G22">
         <f t="shared" si="2"/>
         <v>90</v>
       </c>
       <c r="H22">
         <f t="shared" si="3"/>
         <v>129</v>
       </c>
       <c r="J22" t="str">
         <f t="shared" si="4"/>
         <v>&lt;f:OrdinaryWriteoffsInRespectOfDebtors contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K22" s="106">
+      <c r="K22" s="84">
         <f>Regnskabsstatistik!F25*1000</f>
         <v>0</v>
       </c>
       <c r="L22" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/f:OrdinaryWriteoffsInRespectOfDebtors&gt;</v>
       </c>
-      <c r="P22" s="105" t="str">
+      <c r="P22" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;f:OrdinaryWriteoffsInRespectOfDebtors contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/f:OrdinaryWriteoffsInRespectOfDebtors&gt;</v>
       </c>
     </row>
     <row r="23" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>137</v>
       </c>
-      <c r="B23" s="104">
+      <c r="B23" s="82">
         <v>11</v>
       </c>
       <c r="C23">
         <v>15</v>
       </c>
-      <c r="D23" s="108" t="s">
+      <c r="D23" t="s">
         <v>138</v>
       </c>
       <c r="E23">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F23">
         <f t="shared" si="1"/>
         <v>86</v>
       </c>
       <c r="G23">
         <f t="shared" si="2"/>
         <v>94</v>
       </c>
       <c r="H23">
         <f t="shared" si="3"/>
         <v>136</v>
       </c>
       <c r="J23" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:OtherExternalChargesExcludingSecondary contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K23" s="106">
+      <c r="K23" s="84">
         <f>Regnskabsstatistik!F26*1000</f>
         <v>0</v>
       </c>
       <c r="L23" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:OtherExternalChargesExcludingSecondary&gt;</v>
       </c>
-      <c r="P23" s="105" t="str">
+      <c r="P23" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:OtherExternalChargesExcludingSecondary contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:OtherExternalChargesExcludingSecondary&gt;</v>
       </c>
     </row>
     <row r="24" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
         <v>139</v>
       </c>
-      <c r="B24" s="104">
+      <c r="B24" s="82">
         <v>12</v>
       </c>
       <c r="C24">
         <v>16</v>
       </c>
-      <c r="D24" s="108" t="s">
+      <c r="D24" t="s">
         <v>140</v>
       </c>
       <c r="E24">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F24">
         <f t="shared" si="1"/>
         <v>64</v>
       </c>
       <c r="G24">
         <f t="shared" si="2"/>
         <v>71</v>
       </c>
       <c r="H24">
         <f t="shared" si="3"/>
         <v>91</v>
       </c>
       <c r="J24" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:WagesAndSalaries contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K24" s="106">
+      <c r="K24" s="84">
         <f>Regnskabsstatistik!F27*1000</f>
         <v>0</v>
       </c>
       <c r="L24" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:WagesAndSalaries&gt;</v>
       </c>
-      <c r="P24" s="105" t="str">
+      <c r="P24" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;d:WagesAndSalaries contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/d:WagesAndSalaries&gt;</v>
       </c>
     </row>
     <row r="25" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
         <v>141</v>
       </c>
-      <c r="B25" s="104">
+      <c r="B25" s="82">
         <v>13</v>
       </c>
       <c r="C25">
         <v>17</v>
       </c>
-      <c r="D25" s="108" t="s">
+      <c r="D25" t="s">
         <v>142</v>
       </c>
       <c r="E25">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F25">
         <f t="shared" si="1"/>
         <v>76</v>
       </c>
       <c r="G25">
         <f t="shared" si="2"/>
         <v>83</v>
       </c>
       <c r="H25">
         <f t="shared" si="3"/>
         <v>115</v>
       </c>
       <c r="J25" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:PostemploymentBenefitExpense contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K25" s="106">
+      <c r="K25" s="84">
         <f>Regnskabsstatistik!F28*1000</f>
         <v>0</v>
       </c>
       <c r="L25" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:PostemploymentBenefitExpense&gt;</v>
       </c>
-      <c r="P25" s="105" t="str">
+      <c r="P25" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;d:PostemploymentBenefitExpense contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/d:PostemploymentBenefitExpense&gt;</v>
       </c>
     </row>
     <row r="26" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
         <v>143</v>
       </c>
-      <c r="B26" s="104">
+      <c r="B26" s="82">
         <v>14</v>
       </c>
       <c r="C26">
         <v>18</v>
       </c>
-      <c r="D26" s="108" t="s">
+      <c r="D26" t="s">
         <v>144</v>
       </c>
       <c r="E26">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F26">
         <f t="shared" si="1"/>
         <v>75</v>
       </c>
       <c r="G26">
         <f t="shared" si="2"/>
         <v>82</v>
       </c>
       <c r="H26">
         <f t="shared" si="3"/>
         <v>113</v>
       </c>
       <c r="J26" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:SocialSecurityContributions contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K26" s="106">
+      <c r="K26" s="84">
         <f>Regnskabsstatistik!F29*1000</f>
         <v>0</v>
       </c>
       <c r="L26" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:SocialSecurityContributions&gt;</v>
       </c>
-      <c r="P26" s="105" t="str">
+      <c r="P26" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;d:SocialSecurityContributions contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/d:SocialSecurityContributions&gt;</v>
       </c>
     </row>
     <row r="27" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>145</v>
       </c>
-      <c r="B27" s="104">
+      <c r="B27" s="82">
         <v>15</v>
       </c>
       <c r="C27">
         <v>19</v>
       </c>
-      <c r="D27" s="108" t="s">
+      <c r="D27" t="s">
         <v>146</v>
       </c>
       <c r="E27">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F27">
         <f t="shared" si="1"/>
         <v>149</v>
       </c>
       <c r="G27">
         <f t="shared" si="2"/>
         <v>157</v>
       </c>
       <c r="H27">
         <f t="shared" si="3"/>
         <v>262</v>
       </c>
       <c r="J27" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:DepreciationAmortisationExpenseOfPropertyPlantAndEquipmentAndIntangibleAssetsRecognisedInProfitOrLoss contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K27" s="106">
+      <c r="K27" s="84">
         <f>Regnskabsstatistik!F30*1000</f>
         <v>0</v>
       </c>
       <c r="L27" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:DepreciationAmortisationExpenseOfPropertyPlantAndEquipmentAndIntangibleAssetsRecognisedInProfitOrLoss&gt;</v>
       </c>
-      <c r="P27" s="105" t="str">
+      <c r="P27" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:DepreciationAmortisationExpenseOfPropertyPlantAndEquipmentAndIntangibleAssetsRecognisedInProfitOrLoss contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:DepreciationAmortisationExpenseOfPropertyPlantAndEquipmentAndIntangibleAssetsRecognisedInProfitOrLoss&gt;</v>
       </c>
     </row>
     <row r="28" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>147</v>
       </c>
-      <c r="B28" s="104">
+      <c r="B28" s="82">
         <v>16</v>
       </c>
       <c r="C28">
         <v>20</v>
       </c>
-      <c r="D28" s="108" t="s">
+      <c r="D28" t="s">
         <v>148</v>
       </c>
       <c r="E28">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F28">
         <f t="shared" si="1"/>
         <v>134</v>
       </c>
       <c r="G28">
         <f t="shared" si="2"/>
         <v>141</v>
       </c>
       <c r="H28">
         <f t="shared" si="3"/>
         <v>231</v>
       </c>
       <c r="J28" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:ImpairmentLossesOfPropertyPlantAndEquipmentAndIntangibleAssetsRecognisedInProfitOrLoss contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K28" s="106">
+      <c r="K28" s="84">
         <f>Regnskabsstatistik!F31*1000</f>
         <v>0</v>
       </c>
       <c r="L28" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:ImpairmentLossesOfPropertyPlantAndEquipmentAndIntangibleAssetsRecognisedInProfitOrLoss&gt;</v>
       </c>
-      <c r="P28" s="105" t="str">
+      <c r="P28" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:ImpairmentLossesOfPropertyPlantAndEquipmentAndIntangibleAssetsRecognisedInProfitOrLoss contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ImpairmentLossesOfPropertyPlantAndEquipmentAndIntangibleAssetsRecognisedInProfitOrLoss&gt;</v>
       </c>
     </row>
     <row r="29" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>149</v>
       </c>
-      <c r="B29" s="104">
+      <c r="B29" s="82">
         <v>17</v>
       </c>
       <c r="C29">
         <v>21</v>
       </c>
-      <c r="D29" s="108" t="s">
+      <c r="D29" t="s">
         <v>150</v>
       </c>
       <c r="E29">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F29">
         <f t="shared" si="1"/>
         <v>104</v>
       </c>
       <c r="G29">
         <f t="shared" si="2"/>
         <v>111</v>
       </c>
       <c r="H29">
         <f t="shared" si="3"/>
         <v>171</v>
       </c>
       <c r="J29" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:WritedownsOfCurrentAssetsOtherThanCurrentFinancialAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K29" s="106">
+      <c r="K29" s="84">
         <f>Regnskabsstatistik!F32*1000</f>
         <v>0</v>
       </c>
       <c r="L29" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:WritedownsOfCurrentAssetsOtherThanCurrentFinancialAssets&gt;</v>
       </c>
-      <c r="P29" s="105" t="str">
+      <c r="P29" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;d:WritedownsOfCurrentAssetsOtherThanCurrentFinancialAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/d:WritedownsOfCurrentAssetsOtherThanCurrentFinancialAssets&gt;</v>
       </c>
     </row>
     <row r="30" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>151</v>
       </c>
-      <c r="B30" s="104">
+      <c r="B30" s="82">
         <v>18</v>
       </c>
       <c r="C30">
         <v>22</v>
       </c>
-      <c r="D30" s="108" t="s">
+      <c r="D30" t="s">
         <v>152</v>
       </c>
       <c r="E30">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F30">
         <f t="shared" si="1"/>
         <v>85</v>
       </c>
       <c r="G30">
         <f t="shared" si="2"/>
         <v>94</v>
       </c>
       <c r="H30">
         <f t="shared" si="3"/>
         <v>135</v>
       </c>
       <c r="J30" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:OtherOperatingChargesOfNontradingType contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K30" s="106">
+      <c r="K30" s="84">
         <f>Regnskabsstatistik!F33*1000</f>
         <v>0</v>
       </c>
       <c r="L30" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:OtherOperatingChargesOfNontradingType&gt;</v>
       </c>
-      <c r="P30" s="105" t="str">
+      <c r="P30" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:OtherOperatingChargesOfNontradingType contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:OtherOperatingChargesOfNontradingType&gt;</v>
       </c>
     </row>
     <row r="31" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>153</v>
       </c>
-      <c r="B31" s="104">
+      <c r="B31" s="82">
         <v>19</v>
       </c>
       <c r="C31">
         <v>23</v>
       </c>
-      <c r="D31" s="108" t="s">
+      <c r="D31" t="s">
         <v>154</v>
       </c>
       <c r="E31">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F31">
         <f t="shared" si="1"/>
         <v>94</v>
       </c>
       <c r="G31">
         <f t="shared" si="2"/>
         <v>103</v>
       </c>
       <c r="H31">
         <f t="shared" si="3"/>
         <v>153</v>
       </c>
       <c r="J31" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:ProfitLossBeforeFinancialAndExtraordinaryItems contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K31" s="106">
+      <c r="K31" s="84">
         <f>Regnskabsstatistik!F34*1000</f>
         <v>0</v>
       </c>
       <c r="L31" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:ProfitLossBeforeFinancialAndExtraordinaryItems&gt;</v>
       </c>
-      <c r="P31" s="105" t="str">
+      <c r="P31" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:ProfitLossBeforeFinancialAndExtraordinaryItems contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ProfitLossBeforeFinancialAndExtraordinaryItems&gt;</v>
       </c>
     </row>
     <row r="32" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>155</v>
       </c>
-      <c r="B32" s="104">
+      <c r="B32" s="82">
         <v>20</v>
       </c>
       <c r="C32">
         <v>24</v>
       </c>
-      <c r="D32" s="108" t="s">
+      <c r="D32" t="s">
         <v>156</v>
       </c>
       <c r="E32">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F32">
         <f t="shared" si="1"/>
         <v>80</v>
       </c>
       <c r="G32">
         <f t="shared" si="2"/>
         <v>87</v>
       </c>
       <c r="H32">
         <f t="shared" si="3"/>
         <v>123</v>
       </c>
       <c r="J32" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:IncomeFromParticipatingInterests contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K32" s="106">
+      <c r="K32" s="84">
         <f>Regnskabsstatistik!F36*1000</f>
         <v>0</v>
       </c>
       <c r="L32" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:IncomeFromParticipatingInterests&gt;</v>
       </c>
-      <c r="P32" s="105" t="str">
+      <c r="P32" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:IncomeFromParticipatingInterests contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:IncomeFromParticipatingInterests&gt;</v>
       </c>
     </row>
     <row r="33" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
         <v>157</v>
       </c>
-      <c r="B33" s="104">
+      <c r="B33" s="82">
         <v>21</v>
       </c>
       <c r="C33">
         <v>25</v>
       </c>
-      <c r="D33" s="108" t="s">
+      <c r="D33" t="s">
         <v>158</v>
       </c>
       <c r="E33">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F33">
         <f t="shared" si="1"/>
         <v>107</v>
       </c>
       <c r="G33">
         <f t="shared" si="2"/>
         <v>113</v>
       </c>
       <c r="H33">
         <f t="shared" si="3"/>
         <v>176</v>
       </c>
       <c r="J33" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:InterestReceivedOnNoncurrentFinancialAssetsAndCurrentAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K33" s="106">
+      <c r="K33" s="84">
         <f>Regnskabsstatistik!F37*1000</f>
         <v>0</v>
       </c>
       <c r="L33" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:InterestReceivedOnNoncurrentFinancialAssetsAndCurrentAssets&gt;</v>
       </c>
-      <c r="P33" s="105" t="str">
+      <c r="P33" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:InterestReceivedOnNoncurrentFinancialAssetsAndCurrentAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:InterestReceivedOnNoncurrentFinancialAssetsAndCurrentAssets&gt;</v>
       </c>
     </row>
     <row r="34" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
         <v>159</v>
       </c>
-      <c r="B34" s="104">
+      <c r="B34" s="82">
         <v>22</v>
       </c>
       <c r="C34">
         <v>26</v>
       </c>
-      <c r="D34" s="108" t="s">
+      <c r="D34" t="s">
         <v>160</v>
       </c>
       <c r="E34">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F34">
         <f t="shared" si="1"/>
         <v>75</v>
       </c>
       <c r="G34">
         <f t="shared" si="2"/>
         <v>82</v>
       </c>
       <c r="H34">
         <f t="shared" si="3"/>
         <v>113</v>
       </c>
       <c r="J34" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:ImpairmentOfFinancialAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K34" s="106">
+      <c r="K34" s="84">
         <f>Regnskabsstatistik!F38*1000</f>
         <v>0</v>
       </c>
       <c r="L34" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:ImpairmentOfFinancialAssets&gt;</v>
       </c>
-      <c r="P34" s="105" t="str">
+      <c r="P34" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;d:ImpairmentOfFinancialAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/d:ImpairmentOfFinancialAssets&gt;</v>
       </c>
     </row>
     <row r="35" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
         <v>161</v>
       </c>
-      <c r="B35" s="104">
+      <c r="B35" s="82">
         <v>23</v>
       </c>
       <c r="C35">
         <v>27</v>
       </c>
-      <c r="D35" s="108" t="s">
+      <c r="D35" t="s">
         <v>162</v>
       </c>
       <c r="E35">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F35">
         <f t="shared" si="1"/>
         <v>80</v>
       </c>
       <c r="G35">
         <f t="shared" si="2"/>
         <v>87</v>
       </c>
       <c r="H35">
         <f t="shared" si="3"/>
         <v>123</v>
       </c>
       <c r="J35" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:InterestPayableAndSimilarCharges contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K35" s="106">
+      <c r="K35" s="84">
         <f>Regnskabsstatistik!F39*1000</f>
         <v>0</v>
       </c>
       <c r="L35" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:InterestPayableAndSimilarCharges&gt;</v>
       </c>
-      <c r="P35" s="105" t="str">
+      <c r="P35" s="83" t="str">
         <f t="shared" ref="P35:P66" si="7">+J35&amp;K35&amp;L35</f>
         <v>&lt;e:InterestPayableAndSimilarCharges contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:InterestPayableAndSimilarCharges&gt;</v>
       </c>
     </row>
     <row r="36" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
         <v>163</v>
       </c>
-      <c r="B36" s="104">
+      <c r="B36" s="82">
         <v>24</v>
       </c>
       <c r="C36">
         <v>28</v>
       </c>
-      <c r="D36" s="108" t="s">
+      <c r="D36" t="s">
         <v>164</v>
       </c>
       <c r="E36">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F36">
         <f t="shared" si="1"/>
         <v>89</v>
       </c>
       <c r="G36">
         <f t="shared" si="2"/>
         <v>97</v>
       </c>
       <c r="H36">
         <f t="shared" si="3"/>
         <v>142</v>
       </c>
       <c r="J36" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:ProfitLossFromOrdinaryActivitiesBeforeTax contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K36" s="106">
+      <c r="K36" s="84">
         <f>Regnskabsstatistik!F40*1000</f>
         <v>0</v>
       </c>
       <c r="L36" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:ProfitLossFromOrdinaryActivitiesBeforeTax&gt;</v>
       </c>
-      <c r="P36" s="105" t="str">
+      <c r="P36" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;d:ProfitLossFromOrdinaryActivitiesBeforeTax contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/d:ProfitLossFromOrdinaryActivitiesBeforeTax&gt;</v>
       </c>
     </row>
     <row r="37" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
         <v>165</v>
       </c>
-      <c r="B37" s="104">
+      <c r="B37" s="82">
         <v>25</v>
       </c>
       <c r="C37">
         <v>29</v>
       </c>
-      <c r="D37" s="108" t="s">
+      <c r="D37" t="s">
         <v>166</v>
       </c>
       <c r="E37">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F37">
         <f t="shared" si="1"/>
         <v>58</v>
       </c>
       <c r="G37">
         <f t="shared" si="2"/>
         <v>65</v>
       </c>
       <c r="H37">
         <f t="shared" si="3"/>
         <v>79</v>
       </c>
       <c r="J37" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:TaxExpense contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K37" s="106">
+      <c r="K37" s="84">
         <f>Regnskabsstatistik!F42*1000</f>
         <v>0</v>
       </c>
       <c r="L37" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:TaxExpense&gt;</v>
       </c>
-      <c r="P37" s="105" t="str">
+      <c r="P37" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;d:TaxExpense contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/d:TaxExpense&gt;</v>
       </c>
     </row>
     <row r="38" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
         <v>167</v>
       </c>
-      <c r="B38" s="104">
+      <c r="B38" s="82">
         <v>26</v>
       </c>
       <c r="C38">
         <v>30</v>
       </c>
-      <c r="D38" s="108" t="s">
+      <c r="D38" t="s">
         <v>168</v>
       </c>
       <c r="E38">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F38">
         <f t="shared" si="1"/>
         <v>58</v>
       </c>
       <c r="G38">
         <f t="shared" si="2"/>
         <v>66</v>
       </c>
       <c r="H38">
         <f t="shared" si="3"/>
         <v>80</v>
       </c>
       <c r="J38" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:ProfitLoss contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K38" s="106">
+      <c r="K38" s="84">
         <f>Regnskabsstatistik!F44*1000</f>
         <v>0</v>
       </c>
       <c r="L38" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:ProfitLoss&gt;</v>
       </c>
-      <c r="P38" s="105" t="str">
+      <c r="P38" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;d:ProfitLoss contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/d:ProfitLoss&gt;</v>
       </c>
     </row>
     <row r="39" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
         <v>169</v>
       </c>
-      <c r="B39" s="104">
+      <c r="B39" s="82">
         <v>27</v>
       </c>
       <c r="C39">
         <v>31</v>
       </c>
-      <c r="D39" s="108" t="s">
+      <c r="D39" t="s">
         <v>170</v>
       </c>
       <c r="E39">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F39">
         <f t="shared" si="1"/>
         <v>75</v>
       </c>
       <c r="G39">
         <f t="shared" si="2"/>
         <v>77</v>
       </c>
       <c r="H39">
         <f t="shared" si="3"/>
         <v>108</v>
       </c>
       <c r="J39" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:ProfitRetainedLossSustained contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K39" s="106">
+      <c r="K39" s="84">
         <f>Regnskabsstatistik!F47*1000</f>
         <v>0</v>
       </c>
       <c r="L39" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:ProfitRetainedLossSustained&gt;</v>
       </c>
-      <c r="P39" s="105" t="str">
+      <c r="P39" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:ProfitRetainedLossSustained contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ProfitRetainedLossSustained&gt;</v>
       </c>
     </row>
     <row r="40" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
         <v>171</v>
       </c>
-      <c r="B40" s="104">
+      <c r="B40" s="82">
         <v>28</v>
       </c>
       <c r="C40">
         <v>32</v>
       </c>
-      <c r="D40" s="108" t="s">
+      <c r="D40" t="s">
         <v>172</v>
       </c>
       <c r="E40">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F40">
         <f t="shared" si="1"/>
         <v>97</v>
       </c>
       <c r="G40">
         <f t="shared" si="2"/>
         <v>99</v>
       </c>
       <c r="H40">
         <f t="shared" si="3"/>
         <v>152</v>
       </c>
       <c r="J40" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:DividendsToShareholdersAndSimilarPaymentsToOwners contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K40" s="106">
+      <c r="K40" s="84">
         <f>Regnskabsstatistik!F48*1000</f>
         <v>0</v>
       </c>
       <c r="L40" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:DividendsToShareholdersAndSimilarPaymentsToOwners&gt;</v>
       </c>
-      <c r="P40" s="105" t="str">
+      <c r="P40" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:DividendsToShareholdersAndSimilarPaymentsToOwners contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:DividendsToShareholdersAndSimilarPaymentsToOwners&gt;</v>
       </c>
     </row>
     <row r="41" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
         <v>173</v>
       </c>
-      <c r="B41" s="104">
+      <c r="B41" s="82">
         <v>55</v>
       </c>
       <c r="C41">
         <v>68</v>
       </c>
-      <c r="D41" s="108" t="s">
+      <c r="D41" t="s">
         <v>174</v>
       </c>
       <c r="E41">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F41">
         <f t="shared" si="1"/>
         <v>54</v>
       </c>
       <c r="G41">
         <f t="shared" si="2"/>
         <v>63</v>
       </c>
       <c r="H41">
         <f t="shared" si="3"/>
         <v>73</v>
       </c>
       <c r="J41" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:Equity contextRef="c12" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K41" s="106">
+      <c r="K41" s="84">
         <f>Regnskabsstatistik!F57*1000</f>
         <v>0</v>
       </c>
       <c r="L41" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:Equity&gt;</v>
       </c>
-      <c r="P41" s="105" t="str">
+      <c r="P41" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;d:Equity contextRef="c12" decimals="-3" unitRef="u1"&gt;0&lt;/d:Equity&gt;</v>
       </c>
     </row>
     <row r="42" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
         <v>175</v>
       </c>
-      <c r="B42" s="104">
+      <c r="B42" s="82">
         <v>61</v>
       </c>
       <c r="C42">
         <v>74</v>
       </c>
-      <c r="D42" s="108" t="s">
+      <c r="D42" t="s">
         <v>176</v>
       </c>
       <c r="E42">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F42">
         <f t="shared" si="1"/>
         <v>68</v>
       </c>
       <c r="G42">
         <f t="shared" si="2"/>
         <v>78</v>
       </c>
       <c r="H42">
         <f t="shared" si="3"/>
         <v>102</v>
       </c>
       <c r="J42" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:LiabilitiesAndEquity contextRef="c12" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K42" s="106">
+      <c r="K42" s="84">
         <f>Regnskabsstatistik!F59*1000</f>
         <v>0</v>
       </c>
       <c r="L42" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:LiabilitiesAndEquity&gt;</v>
       </c>
-      <c r="P42" s="105" t="str">
+      <c r="P42" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;d:LiabilitiesAndEquity contextRef="c12" decimals="-3" unitRef="u1"&gt;0&lt;/d:LiabilitiesAndEquity&gt;</v>
       </c>
     </row>
     <row r="43" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
         <v>177</v>
       </c>
-      <c r="B43" s="104">
+      <c r="B43" s="82">
         <v>62</v>
       </c>
       <c r="C43">
         <v>75</v>
       </c>
-      <c r="D43" s="108" t="s">
+      <c r="D43" t="s">
         <v>178</v>
       </c>
       <c r="E43">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F43">
         <f t="shared" si="1"/>
         <v>86</v>
       </c>
       <c r="G43">
         <f t="shared" si="2"/>
         <v>96</v>
       </c>
       <c r="H43">
         <f t="shared" si="3"/>
         <v>138</v>
       </c>
       <c r="J43" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:IncreaseInCompletedDevelopmentProjects contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K43" s="106">
+      <c r="K43" s="84">
         <f>Regnskabsstatistik!F74*1000</f>
         <v>0</v>
       </c>
       <c r="L43" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:IncreaseInCompletedDevelopmentProjects&gt;</v>
       </c>
-      <c r="P43" s="105" t="str">
+      <c r="P43" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:IncreaseInCompletedDevelopmentProjects contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:IncreaseInCompletedDevelopmentProjects&gt;</v>
       </c>
     </row>
     <row r="44" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
         <v>179</v>
       </c>
-      <c r="B44" s="104">
+      <c r="B44" s="82">
         <v>63</v>
       </c>
       <c r="C44">
         <v>76</v>
       </c>
-      <c r="D44" s="108" t="s">
+      <c r="D44" t="s">
         <v>180</v>
       </c>
       <c r="E44">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F44">
         <f t="shared" si="1"/>
         <v>113</v>
       </c>
       <c r="G44">
         <f t="shared" si="2"/>
         <v>123</v>
       </c>
       <c r="H44">
         <f t="shared" si="3"/>
         <v>192</v>
       </c>
       <c r="J44" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:AcquiredConcessionsPatentsLicencesTrademarksAndOtherSimilarRights contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K44" s="106">
+      <c r="K44" s="84">
         <f>Regnskabsstatistik!F75*1000</f>
         <v>0</v>
       </c>
       <c r="L44" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:AcquiredConcessionsPatentsLicencesTrademarksAndOtherSimilarRights&gt;</v>
       </c>
-      <c r="P44" s="105" t="str">
+      <c r="P44" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:AcquiredConcessionsPatentsLicencesTrademarksAndOtherSimilarRights contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:AcquiredConcessionsPatentsLicencesTrademarksAndOtherSimilarRights&gt;</v>
       </c>
     </row>
     <row r="45" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
         <v>181</v>
       </c>
-      <c r="B45" s="104">
+      <c r="B45" s="82">
         <v>64</v>
       </c>
       <c r="C45">
         <v>77</v>
       </c>
-      <c r="D45" s="108" t="s">
+      <c r="D45" t="s">
         <v>182</v>
       </c>
       <c r="E45">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F45">
         <f t="shared" si="1"/>
         <v>66</v>
       </c>
       <c r="G45">
         <f t="shared" si="2"/>
         <v>75</v>
       </c>
       <c r="H45">
         <f t="shared" si="3"/>
         <v>97</v>
       </c>
       <c r="J45" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:PurchaseOfSoftware contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K45" s="106">
+      <c r="K45" s="84">
         <f>Regnskabsstatistik!F76*1000</f>
         <v>0</v>
       </c>
       <c r="L45" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:PurchaseOfSoftware&gt;</v>
       </c>
-      <c r="P45" s="105" t="str">
+      <c r="P45" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:PurchaseOfSoftware contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:PurchaseOfSoftware&gt;</v>
       </c>
     </row>
     <row r="46" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
         <v>183</v>
       </c>
-      <c r="B46" s="104">
+      <c r="B46" s="82">
         <v>65</v>
       </c>
       <c r="C46">
         <v>78</v>
       </c>
-      <c r="D46" s="108" t="s">
+      <c r="D46" t="s">
         <v>184</v>
       </c>
       <c r="E46">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F46">
         <f t="shared" si="1"/>
         <v>66</v>
       </c>
       <c r="G46">
         <f t="shared" si="2"/>
         <v>74</v>
       </c>
       <c r="H46">
         <f t="shared" si="3"/>
         <v>96</v>
       </c>
       <c r="J46" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:PurchaseOfGoodwill contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K46" s="106">
+      <c r="K46" s="84">
         <f>Regnskabsstatistik!F77*1000</f>
         <v>0</v>
       </c>
       <c r="L46" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:PurchaseOfGoodwill&gt;</v>
       </c>
-      <c r="P46" s="105" t="str">
+      <c r="P46" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:PurchaseOfGoodwill contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:PurchaseOfGoodwill&gt;</v>
       </c>
     </row>
     <row r="47" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
         <v>185</v>
       </c>
-      <c r="B47" s="104">
+      <c r="B47" s="82">
         <v>66</v>
       </c>
       <c r="C47">
         <v>79</v>
       </c>
-      <c r="D47" s="108" t="s">
+      <c r="D47" t="s">
         <v>186</v>
       </c>
       <c r="E47">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F47">
         <f t="shared" si="1"/>
         <v>74</v>
       </c>
       <c r="G47">
         <f t="shared" si="2"/>
         <v>82</v>
       </c>
       <c r="H47">
         <f t="shared" si="3"/>
         <v>112</v>
       </c>
       <c r="J47" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:IntangibleAssetsInProgress contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K47" s="106">
+      <c r="K47" s="84">
         <f>Regnskabsstatistik!F78*1000</f>
         <v>0</v>
       </c>
       <c r="L47" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:IntangibleAssetsInProgress&gt;</v>
       </c>
-      <c r="P47" s="105" t="str">
+      <c r="P47" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:IntangibleAssetsInProgress contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:IntangibleAssetsInProgress&gt;</v>
       </c>
     </row>
     <row r="48" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
         <v>187</v>
       </c>
-      <c r="B48" s="104">
+      <c r="B48" s="82">
         <v>67</v>
       </c>
       <c r="C48">
         <v>80</v>
       </c>
-      <c r="D48" s="108" t="s">
+      <c r="D48" t="s">
         <v>188</v>
       </c>
       <c r="E48">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F48">
         <f t="shared" si="1"/>
         <v>75</v>
       </c>
       <c r="G48">
         <f t="shared" si="2"/>
         <v>84</v>
       </c>
       <c r="H48">
         <f t="shared" si="3"/>
         <v>115</v>
       </c>
       <c r="J48" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:AdditionsToIntangibleAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K48" s="106">
+      <c r="K48" s="84">
         <f>Regnskabsstatistik!F79*1000</f>
         <v>0</v>
       </c>
       <c r="L48" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:AdditionsToIntangibleAssets&gt;</v>
       </c>
-      <c r="P48" s="105" t="str">
+      <c r="P48" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;d:AdditionsToIntangibleAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/d:AdditionsToIntangibleAssets&gt;</v>
       </c>
     </row>
     <row r="49" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
         <v>189</v>
       </c>
-      <c r="B49" s="104">
+      <c r="B49" s="82">
         <v>68</v>
       </c>
       <c r="C49">
         <v>81</v>
       </c>
-      <c r="D49" s="108" t="s">
+      <c r="D49" t="s">
         <v>190</v>
       </c>
       <c r="E49">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F49">
         <f t="shared" si="1"/>
         <v>80</v>
       </c>
       <c r="G49">
         <f t="shared" si="2"/>
         <v>87</v>
       </c>
       <c r="H49">
         <f t="shared" si="3"/>
         <v>123</v>
       </c>
       <c r="J49" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:PurchaseOfBuildingsIncludingLand contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K49" s="106">
+      <c r="K49" s="84">
         <f>Regnskabsstatistik!F81*1000</f>
         <v>0</v>
       </c>
       <c r="L49" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:PurchaseOfBuildingsIncludingLand&gt;</v>
       </c>
-      <c r="P49" s="105" t="str">
+      <c r="P49" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:PurchaseOfBuildingsIncludingLand contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:PurchaseOfBuildingsIncludingLand&gt;</v>
       </c>
     </row>
     <row r="50" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
         <v>191</v>
       </c>
-      <c r="B50" s="104">
+      <c r="B50" s="82">
         <v>69</v>
       </c>
       <c r="C50">
         <v>82</v>
       </c>
-      <c r="D50" s="108" t="s">
+      <c r="D50" t="s">
         <v>192</v>
       </c>
       <c r="E50">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F50">
         <f t="shared" si="1"/>
         <v>84</v>
       </c>
       <c r="G50">
         <f t="shared" si="2"/>
         <v>94</v>
       </c>
       <c r="H50">
         <f t="shared" si="3"/>
         <v>134</v>
       </c>
       <c r="J50" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:ConstructionOfBuildingsExcludingLand contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K50" s="106">
+      <c r="K50" s="84">
         <f>Regnskabsstatistik!F82*1000</f>
         <v>0</v>
       </c>
       <c r="L50" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:ConstructionOfBuildingsExcludingLand&gt;</v>
       </c>
-      <c r="P50" s="105" t="str">
+      <c r="P50" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:ConstructionOfBuildingsExcludingLand contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ConstructionOfBuildingsExcludingLand&gt;</v>
       </c>
     </row>
     <row r="51" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
         <v>193</v>
       </c>
-      <c r="B51" s="104">
+      <c r="B51" s="82">
         <v>70</v>
       </c>
       <c r="C51">
         <v>83</v>
       </c>
-      <c r="D51" s="108" t="s">
+      <c r="D51" t="s">
         <v>194</v>
       </c>
       <c r="E51">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F51">
         <f t="shared" si="1"/>
         <v>74</v>
       </c>
       <c r="G51">
         <f t="shared" si="2"/>
         <v>84</v>
       </c>
       <c r="H51">
         <f t="shared" si="3"/>
         <v>114</v>
       </c>
       <c r="J51" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:PurchaseOfLandNotBuiltUpon contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K51" s="106">
+      <c r="K51" s="84">
         <f>Regnskabsstatistik!F83*1000</f>
         <v>0</v>
       </c>
       <c r="L51" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:PurchaseOfLandNotBuiltUpon&gt;</v>
       </c>
-      <c r="P51" s="105" t="str">
+      <c r="P51" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:PurchaseOfLandNotBuiltUpon contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:PurchaseOfLandNotBuiltUpon&gt;</v>
       </c>
     </row>
     <row r="52" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
         <v>195</v>
       </c>
-      <c r="B52" s="104">
+      <c r="B52" s="82">
         <v>71</v>
       </c>
       <c r="C52">
         <v>84</v>
       </c>
-      <c r="D52" s="108" t="s">
+      <c r="D52" t="s">
         <v>196</v>
       </c>
       <c r="E52">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F52">
         <f t="shared" si="1"/>
         <v>101</v>
       </c>
       <c r="G52">
         <f t="shared" si="2"/>
         <v>108</v>
       </c>
       <c r="H52">
         <f t="shared" si="3"/>
         <v>165</v>
       </c>
       <c r="J52" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:AlterationsAndImprovementsOfBuildingsAndInstallations contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K52" s="106">
+      <c r="K52" s="84">
         <f>Regnskabsstatistik!F84*1000</f>
         <v>0</v>
       </c>
       <c r="L52" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:AlterationsAndImprovementsOfBuildingsAndInstallations&gt;</v>
       </c>
-      <c r="P52" s="105" t="str">
+      <c r="P52" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:AlterationsAndImprovementsOfBuildingsAndInstallations contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:AlterationsAndImprovementsOfBuildingsAndInstallations&gt;</v>
       </c>
     </row>
     <row r="53" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
         <v>197</v>
       </c>
-      <c r="B53" s="104">
+      <c r="B53" s="82">
         <v>72</v>
       </c>
       <c r="C53">
         <v>85</v>
       </c>
-      <c r="D53" s="108" t="s">
+      <c r="D53" t="s">
         <v>198</v>
       </c>
       <c r="E53">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F53">
         <f t="shared" si="1"/>
         <v>150</v>
       </c>
       <c r="G53">
         <f t="shared" si="2"/>
         <v>156</v>
       </c>
       <c r="H53">
         <f t="shared" si="3"/>
         <v>262</v>
       </c>
       <c r="J53" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:ConstructionAlterationAndImprovementOfRoadsHarboursSquaresAndSimilarAndDevelopmentAndImprovementOfLand contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K53" s="106">
+      <c r="K53" s="84">
         <f>Regnskabsstatistik!F85*1000</f>
         <v>0</v>
       </c>
       <c r="L53" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:ConstructionAlterationAndImprovementOfRoadsHarboursSquaresAndSimilarAndDevelopmentAndImprovementOfLand&gt;</v>
       </c>
-      <c r="P53" s="105" t="str">
+      <c r="P53" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:ConstructionAlterationAndImprovementOfRoadsHarboursSquaresAndSimilarAndDevelopmentAndImprovementOfLand contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ConstructionAlterationAndImprovementOfRoadsHarboursSquaresAndSimilarAndDevelopmentAndImprovementOfLand&gt;</v>
       </c>
     </row>
     <row r="54" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
         <v>199</v>
       </c>
-      <c r="B54" s="104">
+      <c r="B54" s="82">
         <v>73</v>
       </c>
       <c r="C54">
         <v>86</v>
       </c>
-      <c r="D54" s="108" t="s">
+      <c r="D54" t="s">
         <v>200</v>
       </c>
       <c r="E54">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F54">
         <f t="shared" si="1"/>
         <v>68</v>
       </c>
       <c r="G54">
         <f t="shared" si="2"/>
         <v>74</v>
       </c>
       <c r="H54">
         <f t="shared" si="3"/>
         <v>98</v>
       </c>
       <c r="J54" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:IncreaseOfRealEstate contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K54" s="106">
+      <c r="K54" s="84">
         <f>Regnskabsstatistik!F86*1000</f>
         <v>0</v>
       </c>
       <c r="L54" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:IncreaseOfRealEstate&gt;</v>
       </c>
-      <c r="P54" s="105" t="str">
+      <c r="P54" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:IncreaseOfRealEstate contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:IncreaseOfRealEstate&gt;</v>
       </c>
     </row>
     <row r="55" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
         <v>201</v>
       </c>
-      <c r="B55" s="104">
+      <c r="B55" s="82">
         <v>74</v>
       </c>
       <c r="C55">
         <v>87</v>
       </c>
-      <c r="D55" s="108" t="s">
+      <c r="D55" t="s">
         <v>202</v>
       </c>
       <c r="E55">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F55">
         <f t="shared" si="1"/>
         <v>90</v>
       </c>
       <c r="G55">
         <f t="shared" si="2"/>
         <v>97</v>
       </c>
       <c r="H55">
         <f t="shared" si="3"/>
         <v>143</v>
       </c>
       <c r="J55" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:AdditionsToProductionMachineryAndEquipment contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K55" s="106">
+      <c r="K55" s="84">
         <f>Regnskabsstatistik!F88*1000</f>
         <v>0</v>
       </c>
       <c r="L55" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:AdditionsToProductionMachineryAndEquipment&gt;</v>
       </c>
-      <c r="P55" s="105" t="str">
+      <c r="P55" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:AdditionsToProductionMachineryAndEquipment contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:AdditionsToProductionMachineryAndEquipment&gt;</v>
       </c>
     </row>
     <row r="56" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
         <v>203</v>
       </c>
-      <c r="B56" s="104">
+      <c r="B56" s="82">
         <v>75</v>
       </c>
       <c r="C56">
         <v>88</v>
       </c>
-      <c r="D56" s="108" t="s">
+      <c r="D56" t="s">
         <v>204</v>
       </c>
       <c r="E56">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F56">
         <f t="shared" si="1"/>
         <v>104</v>
       </c>
       <c r="G56">
         <f t="shared" si="2"/>
         <v>111</v>
       </c>
       <c r="H56">
         <f t="shared" si="3"/>
         <v>171</v>
       </c>
       <c r="J56" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:AdditionsToOtherPlantOperatingAssetsFixturesAndFurniture contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K56" s="106">
+      <c r="K56" s="84">
         <f>Regnskabsstatistik!F89*1000</f>
         <v>0</v>
       </c>
       <c r="L56" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:AdditionsToOtherPlantOperatingAssetsFixturesAndFurniture&gt;</v>
       </c>
-      <c r="P56" s="105" t="str">
+      <c r="P56" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:AdditionsToOtherPlantOperatingAssetsFixturesAndFurniture contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:AdditionsToOtherPlantOperatingAssetsFixturesAndFurniture&gt;</v>
       </c>
     </row>
     <row r="57" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
         <v>205</v>
       </c>
-      <c r="B57" s="104">
+      <c r="B57" s="82">
         <v>76</v>
       </c>
       <c r="C57">
         <v>89</v>
       </c>
-      <c r="D57" s="108" t="s">
+      <c r="D57" t="s">
         <v>206</v>
       </c>
       <c r="E57">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F57">
         <f t="shared" si="1"/>
         <v>84</v>
       </c>
       <c r="G57">
         <f t="shared" si="2"/>
         <v>91</v>
       </c>
       <c r="H57">
         <f t="shared" si="3"/>
         <v>131</v>
       </c>
       <c r="J57" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:IncreaseOfMachineryPlantAndEquipment contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K57" s="106">
+      <c r="K57" s="84">
         <f>Regnskabsstatistik!F90*1000</f>
         <v>0</v>
       </c>
       <c r="L57" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:IncreaseOfMachineryPlantAndEquipment&gt;</v>
       </c>
-      <c r="P57" s="105" t="str">
+      <c r="P57" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:IncreaseOfMachineryPlantAndEquipment contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:IncreaseOfMachineryPlantAndEquipment&gt;</v>
       </c>
     </row>
     <row r="58" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
         <v>207</v>
       </c>
-      <c r="B58" s="104">
+      <c r="B58" s="82">
         <v>77</v>
       </c>
       <c r="C58">
         <v>90</v>
       </c>
-      <c r="D58" s="108" t="s">
+      <c r="D58" t="s">
         <v>208</v>
       </c>
       <c r="E58">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F58">
         <f t="shared" si="1"/>
         <v>136</v>
       </c>
       <c r="G58">
         <f t="shared" si="2"/>
         <v>143</v>
       </c>
       <c r="H58">
         <f t="shared" si="3"/>
         <v>235</v>
       </c>
       <c r="J58" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:AdditionsToPropertyPlantAndEquipmentInProgressAndPrepaymentsForPropertyPlantAndEquipment contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K58" s="106">
+      <c r="K58" s="84">
         <f>Regnskabsstatistik!F92*1000</f>
         <v>0</v>
       </c>
       <c r="L58" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:AdditionsToPropertyPlantAndEquipmentInProgressAndPrepaymentsForPropertyPlantAndEquipment&gt;</v>
       </c>
-      <c r="P58" s="105" t="str">
+      <c r="P58" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:AdditionsToPropertyPlantAndEquipmentInProgressAndPrepaymentsForPropertyPlantAndEquipment contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:AdditionsToPropertyPlantAndEquipmentInProgressAndPrepaymentsForPropertyPlantAndEquipment&gt;</v>
       </c>
     </row>
     <row r="59" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
         <v>209</v>
       </c>
-      <c r="B59" s="104">
+      <c r="B59" s="82">
         <v>78</v>
       </c>
       <c r="C59">
         <v>91</v>
       </c>
-      <c r="D59" s="108" t="s">
+      <c r="D59" t="s">
         <v>210</v>
       </c>
       <c r="E59">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F59">
         <f t="shared" si="1"/>
         <v>75</v>
       </c>
       <c r="G59">
         <f t="shared" si="2"/>
         <v>82</v>
       </c>
       <c r="H59">
         <f t="shared" si="3"/>
         <v>113</v>
       </c>
       <c r="J59" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:AdditionsToNoncurrentAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K59" s="106">
+      <c r="K59" s="84">
         <f>Regnskabsstatistik!F94*1000</f>
         <v>0</v>
       </c>
       <c r="L59" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:AdditionsToNoncurrentAssets&gt;</v>
       </c>
-      <c r="P59" s="105" t="str">
+      <c r="P59" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:AdditionsToNoncurrentAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:AdditionsToNoncurrentAssets&gt;</v>
       </c>
     </row>
     <row r="60" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
         <v>211</v>
       </c>
-      <c r="B60" s="104">
+      <c r="B60" s="82">
         <v>79</v>
       </c>
       <c r="C60">
         <v>92</v>
       </c>
-      <c r="D60" s="108" t="s">
+      <c r="D60" t="s">
         <v>212</v>
       </c>
       <c r="E60">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F60">
         <f t="shared" si="1"/>
         <v>86</v>
       </c>
       <c r="G60">
         <f t="shared" si="2"/>
         <v>93</v>
       </c>
       <c r="H60">
         <f t="shared" si="3"/>
         <v>135</v>
       </c>
       <c r="J60" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:DecreaseInCompletedDevelopmentProjects contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K60" s="106">
+      <c r="K60" s="84">
         <f>Regnskabsstatistik!F101*1000</f>
         <v>0</v>
       </c>
       <c r="L60" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:DecreaseInCompletedDevelopmentProjects&gt;</v>
       </c>
-      <c r="P60" s="105" t="str">
+      <c r="P60" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:DecreaseInCompletedDevelopmentProjects contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:DecreaseInCompletedDevelopmentProjects&gt;</v>
       </c>
     </row>
     <row r="61" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A61" s="109" t="s">
+      <c r="A61" s="86" t="s">
         <v>213</v>
       </c>
-      <c r="B61" s="104">
+      <c r="B61" s="82">
         <v>80</v>
       </c>
       <c r="C61">
         <v>93</v>
       </c>
-      <c r="D61" s="108" t="s">
+      <c r="D61" t="s">
         <v>214</v>
       </c>
       <c r="E61">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F61">
         <f t="shared" si="1"/>
         <v>115</v>
       </c>
       <c r="G61">
         <f t="shared" si="2"/>
         <v>122</v>
       </c>
       <c r="H61">
         <f t="shared" si="3"/>
         <v>193</v>
       </c>
       <c r="J61" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:DecreaseOfConcessionsPatentsLicencesTrademarksAndOtherSimilarRights contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K61" s="106">
+      <c r="K61" s="84">
         <f>Regnskabsstatistik!F102*1000</f>
         <v>0</v>
       </c>
       <c r="L61" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:DecreaseOfConcessionsPatentsLicencesTrademarksAndOtherSimilarRights&gt;</v>
       </c>
-      <c r="P61" s="105" t="str">
+      <c r="P61" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:DecreaseOfConcessionsPatentsLicencesTrademarksAndOtherSimilarRights contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:DecreaseOfConcessionsPatentsLicencesTrademarksAndOtherSimilarRights&gt;</v>
       </c>
     </row>
     <row r="62" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
         <v>215</v>
       </c>
-      <c r="B62" s="104">
+      <c r="B62" s="82">
         <v>81</v>
       </c>
       <c r="C62">
         <v>94</v>
       </c>
-      <c r="D62" s="108" t="s">
+      <c r="D62" t="s">
         <v>216</v>
       </c>
       <c r="E62">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F62">
         <f t="shared" si="1"/>
         <v>66</v>
       </c>
       <c r="G62">
         <f t="shared" si="2"/>
         <v>73</v>
       </c>
       <c r="H62">
         <f t="shared" si="3"/>
         <v>95</v>
       </c>
       <c r="J62" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:DisposalOfSoftware contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K62" s="106">
+      <c r="K62" s="84">
         <f>Regnskabsstatistik!F103*1000</f>
         <v>0</v>
       </c>
       <c r="L62" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:DisposalOfSoftware&gt;</v>
       </c>
-      <c r="P62" s="105" t="str">
+      <c r="P62" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:DisposalOfSoftware contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:DisposalOfSoftware&gt;</v>
       </c>
     </row>
     <row r="63" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
         <v>217</v>
       </c>
-      <c r="B63" s="104">
+      <c r="B63" s="82">
         <v>82</v>
       </c>
       <c r="C63">
         <v>95</v>
       </c>
-      <c r="D63" s="108" t="s">
+      <c r="D63" t="s">
         <v>218</v>
       </c>
       <c r="E63">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F63">
         <f t="shared" si="1"/>
         <v>66</v>
       </c>
       <c r="G63">
         <f t="shared" si="2"/>
         <v>73</v>
       </c>
       <c r="H63">
         <f t="shared" si="3"/>
         <v>95</v>
       </c>
       <c r="J63" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:DecreaseInGoodwill contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K63" s="106">
+      <c r="K63" s="84">
         <f>Regnskabsstatistik!F104*1000</f>
         <v>0</v>
       </c>
       <c r="L63" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:DecreaseInGoodwill&gt;</v>
       </c>
-      <c r="P63" s="105" t="str">
+      <c r="P63" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:DecreaseInGoodwill contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:DecreaseInGoodwill&gt;</v>
       </c>
     </row>
     <row r="64" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
         <v>219</v>
       </c>
-      <c r="B64" s="104">
+      <c r="B64" s="82">
         <v>83</v>
       </c>
       <c r="C64">
         <v>96</v>
       </c>
-      <c r="D64" s="108" t="s">
+      <c r="D64" t="s">
         <v>220</v>
       </c>
       <c r="E64">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F64">
         <f t="shared" si="1"/>
         <v>74</v>
       </c>
       <c r="G64">
         <f t="shared" si="2"/>
         <v>81</v>
       </c>
       <c r="H64">
         <f t="shared" si="3"/>
         <v>111</v>
       </c>
       <c r="J64" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:DecreaseOfIntangibleAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K64" s="106">
+      <c r="K64" s="84">
         <f>Regnskabsstatistik!F105*1000</f>
         <v>0</v>
       </c>
       <c r="L64" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:DecreaseOfIntangibleAssets&gt;</v>
       </c>
-      <c r="P64" s="105" t="str">
+      <c r="P64" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:DecreaseOfIntangibleAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:DecreaseOfIntangibleAssets&gt;</v>
       </c>
     </row>
     <row r="65" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
         <v>221</v>
       </c>
-      <c r="B65" s="104">
+      <c r="B65" s="82">
         <v>84</v>
       </c>
       <c r="C65">
         <v>97</v>
       </c>
-      <c r="D65" s="108" t="s">
+      <c r="D65" t="s">
         <v>222</v>
       </c>
       <c r="E65">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F65">
         <f t="shared" si="1"/>
         <v>92</v>
       </c>
       <c r="G65">
         <f t="shared" si="2"/>
         <v>99</v>
       </c>
       <c r="H65">
         <f t="shared" si="3"/>
         <v>147</v>
       </c>
       <c r="J65" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:DisposalsOfBuildingsIncludingLandAtBookValue contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K65" s="106">
+      <c r="K65" s="84">
         <f>Regnskabsstatistik!F107*1000</f>
         <v>0</v>
       </c>
       <c r="L65" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:DisposalsOfBuildingsIncludingLandAtBookValue&gt;</v>
       </c>
-      <c r="P65" s="105" t="str">
+      <c r="P65" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:DisposalsOfBuildingsIncludingLandAtBookValue contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:DisposalsOfBuildingsIncludingLandAtBookValue&gt;</v>
       </c>
     </row>
     <row r="66" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
         <v>223</v>
       </c>
-      <c r="B66" s="104">
+      <c r="B66" s="82">
         <v>85</v>
       </c>
       <c r="C66">
         <v>98</v>
       </c>
-      <c r="D66" s="108" t="s">
+      <c r="D66" t="s">
         <v>224</v>
       </c>
       <c r="E66">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F66">
         <f t="shared" si="1"/>
         <v>86</v>
       </c>
       <c r="G66">
         <f t="shared" si="2"/>
         <v>93</v>
       </c>
       <c r="H66">
         <f t="shared" si="3"/>
         <v>135</v>
       </c>
       <c r="J66" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:DisposalsOfLandNotBuiltUponAtBookValue contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K66" s="106">
+      <c r="K66" s="84">
         <f>Regnskabsstatistik!F108*1000</f>
         <v>0</v>
       </c>
       <c r="L66" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:DisposalsOfLandNotBuiltUponAtBookValue&gt;</v>
       </c>
-      <c r="P66" s="105" t="str">
+      <c r="P66" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:DisposalsOfLandNotBuiltUponAtBookValue contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:DisposalsOfLandNotBuiltUponAtBookValue&gt;</v>
       </c>
     </row>
     <row r="67" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
         <v>225</v>
       </c>
-      <c r="B67" s="104">
+      <c r="B67" s="82">
         <v>86</v>
       </c>
       <c r="C67">
         <v>99</v>
       </c>
-      <c r="D67" s="108" t="s">
+      <c r="D67" t="s">
         <v>226</v>
       </c>
       <c r="E67">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F67">
         <f t="shared" si="1"/>
         <v>100</v>
       </c>
       <c r="G67">
         <f t="shared" si="2"/>
         <v>107</v>
       </c>
       <c r="H67">
         <f t="shared" si="3"/>
         <v>163</v>
       </c>
       <c r="J67" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:DisposalsOfRoadsHarboursSquaresAndSimilarAtBookValue contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K67" s="106">
+      <c r="K67" s="84">
         <f>Regnskabsstatistik!F109*1000</f>
         <v>0</v>
       </c>
       <c r="L67" t="str">
         <f t="shared" ref="L67:L84" si="8">MID(D67,G67,H67)</f>
         <v>&lt;/e:DisposalsOfRoadsHarboursSquaresAndSimilarAtBookValue&gt;</v>
       </c>
-      <c r="P67" s="105" t="str">
+      <c r="P67" s="83" t="str">
         <f t="shared" ref="P67:P117" si="9">+J67&amp;K67&amp;L67</f>
         <v>&lt;e:DisposalsOfRoadsHarboursSquaresAndSimilarAtBookValue contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:DisposalsOfRoadsHarboursSquaresAndSimilarAtBookValue&gt;</v>
       </c>
     </row>
     <row r="68" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
         <v>227</v>
       </c>
-      <c r="B68" s="104">
+      <c r="B68" s="82">
         <v>87</v>
       </c>
       <c r="C68">
         <v>100</v>
       </c>
-      <c r="D68" s="108" t="s">
+      <c r="D68" t="s">
         <v>228</v>
       </c>
       <c r="E68">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F68">
         <f t="shared" ref="F68:F117" si="10">FIND("&gt;",D68,1)</f>
         <v>84</v>
       </c>
       <c r="G68">
         <f t="shared" ref="G68:G92" si="11">FIND("&lt;",D68,F68)</f>
         <v>91</v>
       </c>
       <c r="H68">
         <f t="shared" ref="H68:H92" si="12">FIND("&gt;",D68,G68)</f>
         <v>131</v>
       </c>
       <c r="J68" t="str">
         <f t="shared" ref="J68:J117" si="13">MID(D68,E68,F68)</f>
         <v>&lt;e:TotalDecreaseOfRealEstateAtBookValue contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K68" s="106">
+      <c r="K68" s="84">
         <f>Regnskabsstatistik!F110*1000</f>
         <v>0</v>
       </c>
       <c r="L68" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:TotalDecreaseOfRealEstateAtBookValue&gt;</v>
       </c>
-      <c r="P68" s="105" t="str">
+      <c r="P68" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:TotalDecreaseOfRealEstateAtBookValue contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:TotalDecreaseOfRealEstateAtBookValue&gt;</v>
       </c>
     </row>
     <row r="69" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
         <v>229</v>
       </c>
-      <c r="B69" s="104">
+      <c r="B69" s="82">
         <v>88</v>
       </c>
       <c r="C69">
         <v>101</v>
       </c>
-      <c r="D69" s="108" t="s">
+      <c r="D69" t="s">
         <v>230</v>
       </c>
       <c r="E69">
         <f t="shared" ref="E69:E117" si="14">FIND("&lt;",D69,1)</f>
         <v>1</v>
       </c>
       <c r="F69">
         <f t="shared" si="10"/>
         <v>101</v>
       </c>
       <c r="G69">
         <f t="shared" si="11"/>
         <v>108</v>
       </c>
       <c r="H69">
         <f t="shared" si="12"/>
         <v>165</v>
       </c>
       <c r="J69" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:DisposalsOfProductionMachineryAndEquipmentAtBookValue contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K69" s="106">
+      <c r="K69" s="84">
         <f>Regnskabsstatistik!F112*1000</f>
         <v>0</v>
       </c>
       <c r="L69" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:DisposalsOfProductionMachineryAndEquipmentAtBookValue&gt;</v>
       </c>
-      <c r="P69" s="105" t="str">
+      <c r="P69" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:DisposalsOfProductionMachineryAndEquipmentAtBookValue contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:DisposalsOfProductionMachineryAndEquipmentAtBookValue&gt;</v>
       </c>
     </row>
     <row r="70" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
         <v>231</v>
       </c>
-      <c r="B70" s="104">
+      <c r="B70" s="82">
         <v>89</v>
       </c>
       <c r="C70">
         <v>102</v>
       </c>
-      <c r="D70" s="108" t="s">
+      <c r="D70" t="s">
         <v>232</v>
       </c>
       <c r="E70">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F70">
         <f t="shared" si="10"/>
         <v>115</v>
       </c>
       <c r="G70">
         <f t="shared" si="11"/>
         <v>122</v>
       </c>
       <c r="H70">
         <f t="shared" si="12"/>
         <v>193</v>
       </c>
       <c r="J70" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:DisposalsOfOtherPlantOperatingAssetsFixturesAndFurnitureAtBookValue contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K70" s="106">
+      <c r="K70" s="84">
         <f>Regnskabsstatistik!F113*1000</f>
         <v>0</v>
       </c>
       <c r="L70" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:DisposalsOfOtherPlantOperatingAssetsFixturesAndFurnitureAtBookValue&gt;</v>
       </c>
-      <c r="P70" s="105" t="str">
+      <c r="P70" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:DisposalsOfOtherPlantOperatingAssetsFixturesAndFurnitureAtBookValue contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:DisposalsOfOtherPlantOperatingAssetsFixturesAndFurnitureAtBookValue&gt;</v>
       </c>
     </row>
     <row r="71" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A71" s="109" t="s">
+      <c r="A71" s="86" t="s">
         <v>233</v>
       </c>
-      <c r="B71" s="104">
+      <c r="B71" s="82">
         <v>90</v>
       </c>
       <c r="C71">
         <v>103</v>
       </c>
-      <c r="D71" s="108" t="s">
+      <c r="D71" t="s">
         <v>234</v>
       </c>
       <c r="E71">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F71">
         <f t="shared" si="10"/>
         <v>100</v>
       </c>
       <c r="G71">
         <f t="shared" si="11"/>
         <v>107</v>
       </c>
       <c r="H71">
         <f t="shared" si="12"/>
         <v>163</v>
       </c>
       <c r="J71" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:TotalDecreaseOfMachineryPlantAndEquipmentAtBookValue contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K71" s="106">
+      <c r="K71" s="84">
         <f>Regnskabsstatistik!F114*1000</f>
         <v>0</v>
       </c>
       <c r="L71" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:TotalDecreaseOfMachineryPlantAndEquipmentAtBookValue&gt;</v>
       </c>
-      <c r="P71" s="105" t="str">
+      <c r="P71" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:TotalDecreaseOfMachineryPlantAndEquipmentAtBookValue contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:TotalDecreaseOfMachineryPlantAndEquipmentAtBookValue&gt;</v>
       </c>
     </row>
     <row r="72" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
         <v>235</v>
       </c>
-      <c r="B72" s="104">
+      <c r="B72" s="82">
         <v>91</v>
       </c>
       <c r="C72">
         <v>104</v>
       </c>
-      <c r="D72" s="108" t="s">
+      <c r="D72" t="s">
         <v>236</v>
       </c>
       <c r="E72">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F72">
         <f t="shared" si="10"/>
         <v>110</v>
       </c>
       <c r="G72">
         <f t="shared" si="11"/>
         <v>117</v>
       </c>
       <c r="H72">
         <f t="shared" si="12"/>
         <v>183</v>
       </c>
       <c r="J72" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:ReversalOfAmortisationOnDecreaseInCompletedDevelopmentProjects contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K72" s="106">
+      <c r="K72" s="84">
         <f>Regnskabsstatistik!F116*1000</f>
         <v>0</v>
       </c>
       <c r="L72" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:ReversalOfAmortisationOnDecreaseInCompletedDevelopmentProjects&gt;</v>
       </c>
-      <c r="P72" s="105" t="str">
+      <c r="P72" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:ReversalOfAmortisationOnDecreaseInCompletedDevelopmentProjects contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ReversalOfAmortisationOnDecreaseInCompletedDevelopmentProjects&gt;</v>
       </c>
     </row>
     <row r="73" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
         <v>237</v>
       </c>
-      <c r="B73" s="104">
+      <c r="B73" s="82">
         <v>92</v>
       </c>
       <c r="C73">
         <v>105</v>
       </c>
-      <c r="D73" s="108" t="s">
+      <c r="D73" t="s">
         <v>238</v>
       </c>
       <c r="E73">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F73">
         <f t="shared" si="10"/>
         <v>139</v>
       </c>
       <c r="G73">
         <f t="shared" si="11"/>
         <v>146</v>
       </c>
       <c r="H73">
         <f t="shared" si="12"/>
         <v>241</v>
       </c>
       <c r="J73" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:ReversalOfAmortisationOnDecreaseOfConcessionsPatentsLicencesTrademarksAndOtherSimilarRights contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K73" s="106">
+      <c r="K73" s="84">
         <f>Regnskabsstatistik!F117*1000</f>
         <v>0</v>
       </c>
       <c r="L73" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:ReversalOfAmortisationOnDecreaseOfConcessionsPatentsLicencesTrademarksAndOtherSimilarRights&gt;</v>
       </c>
-      <c r="P73" s="105" t="str">
+      <c r="P73" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:ReversalOfAmortisationOnDecreaseOfConcessionsPatentsLicencesTrademarksAndOtherSimilarRights contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ReversalOfAmortisationOnDecreaseOfConcessionsPatentsLicencesTrademarksAndOtherSimilarRights&gt;</v>
       </c>
     </row>
     <row r="74" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
         <v>239</v>
       </c>
-      <c r="B74" s="104">
+      <c r="B74" s="82">
         <v>93</v>
       </c>
       <c r="C74">
         <v>106</v>
       </c>
-      <c r="D74" s="108" t="s">
+      <c r="D74" t="s">
         <v>240</v>
       </c>
       <c r="E74">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F74">
         <f t="shared" si="10"/>
         <v>90</v>
       </c>
       <c r="G74">
         <f t="shared" si="11"/>
         <v>97</v>
       </c>
       <c r="H74">
         <f t="shared" si="12"/>
         <v>143</v>
       </c>
       <c r="J74" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:ReversalOfAmortisationOnDisposalOfSoftware contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K74" s="106">
+      <c r="K74" s="84">
         <f>Regnskabsstatistik!F118*1000</f>
         <v>0</v>
       </c>
       <c r="L74" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:ReversalOfAmortisationOnDisposalOfSoftware&gt;</v>
       </c>
-      <c r="P74" s="105" t="str">
+      <c r="P74" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:ReversalOfAmortisationOnDisposalOfSoftware contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ReversalOfAmortisationOnDisposalOfSoftware&gt;</v>
       </c>
     </row>
     <row r="75" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
         <v>241</v>
       </c>
-      <c r="B75" s="104">
+      <c r="B75" s="82">
         <v>94</v>
       </c>
       <c r="C75">
         <v>107</v>
       </c>
-      <c r="D75" s="108" t="s">
+      <c r="D75" t="s">
         <v>242</v>
       </c>
       <c r="E75">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F75">
         <f t="shared" si="10"/>
         <v>90</v>
       </c>
       <c r="G75">
         <f t="shared" si="11"/>
         <v>97</v>
       </c>
       <c r="H75">
         <f t="shared" si="12"/>
         <v>143</v>
       </c>
       <c r="J75" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:ReversalOfAmortisationOnDecreaseInGoodwill contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K75" s="106">
+      <c r="K75" s="84">
         <f>Regnskabsstatistik!F119*1000</f>
         <v>0</v>
       </c>
       <c r="L75" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:ReversalOfAmortisationOnDecreaseInGoodwill&gt;</v>
       </c>
-      <c r="P75" s="105" t="str">
+      <c r="P75" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:ReversalOfAmortisationOnDecreaseInGoodwill contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ReversalOfAmortisationOnDecreaseInGoodwill&gt;</v>
       </c>
     </row>
     <row r="76" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
         <v>243</v>
       </c>
-      <c r="B76" s="104">
+      <c r="B76" s="82">
         <v>95</v>
       </c>
       <c r="C76">
         <v>108</v>
       </c>
-      <c r="D76" s="108" t="s">
+      <c r="D76" t="s">
         <v>244</v>
       </c>
       <c r="E76">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F76">
         <f t="shared" si="10"/>
         <v>103</v>
       </c>
       <c r="G76">
         <f t="shared" si="11"/>
         <v>110</v>
       </c>
       <c r="H76">
         <f t="shared" si="12"/>
         <v>169</v>
       </c>
       <c r="J76" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:ReversalOfAmortisationOnTotalDecreaseOfIntangibleAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K76" s="106">
+      <c r="K76" s="84">
         <f>Regnskabsstatistik!F120*1000</f>
         <v>0</v>
       </c>
       <c r="L76" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:ReversalOfAmortisationOnTotalDecreaseOfIntangibleAssets&gt;</v>
       </c>
-      <c r="P76" s="105" t="str">
+      <c r="P76" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:ReversalOfAmortisationOnTotalDecreaseOfIntangibleAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ReversalOfAmortisationOnTotalDecreaseOfIntangibleAssets&gt;</v>
       </c>
     </row>
     <row r="77" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
         <v>245</v>
       </c>
-      <c r="B77" s="104">
+      <c r="B77" s="82">
         <v>96</v>
       </c>
       <c r="C77">
         <v>109</v>
       </c>
-      <c r="D77" s="108" t="s">
+      <c r="D77" t="s">
         <v>246</v>
       </c>
       <c r="E77">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F77">
         <f t="shared" si="10"/>
         <v>105</v>
       </c>
       <c r="G77">
         <f t="shared" si="11"/>
         <v>112</v>
       </c>
       <c r="H77">
         <f t="shared" si="12"/>
         <v>173</v>
       </c>
       <c r="J77" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:ReversalOfAmortisationOnDisposalsOfBuildingsIncludingLand contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K77" s="106">
+      <c r="K77" s="84">
         <f>Regnskabsstatistik!F122*1000</f>
         <v>0</v>
       </c>
       <c r="L77" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:ReversalOfAmortisationOnDisposalsOfBuildingsIncludingLand&gt;</v>
       </c>
-      <c r="P77" s="105" t="str">
+      <c r="P77" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:ReversalOfAmortisationOnDisposalsOfBuildingsIncludingLand contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ReversalOfAmortisationOnDisposalsOfBuildingsIncludingLand&gt;</v>
       </c>
     </row>
     <row r="78" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
         <v>247</v>
       </c>
-      <c r="B78" s="104">
+      <c r="B78" s="82">
         <v>97</v>
       </c>
       <c r="C78">
         <v>110</v>
       </c>
-      <c r="D78" s="108" t="s">
+      <c r="D78" t="s">
         <v>248</v>
       </c>
       <c r="E78">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F78">
         <f t="shared" si="10"/>
         <v>111</v>
       </c>
       <c r="G78">
         <f t="shared" si="11"/>
         <v>118</v>
       </c>
       <c r="H78">
         <f t="shared" si="12"/>
         <v>185</v>
       </c>
       <c r="J78" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:ReversalOfAmortisationOnDisposalOfLandNotBuiltUponIncludingLand contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K78" s="106">
+      <c r="K78" s="84">
         <f>Regnskabsstatistik!F123*1000</f>
         <v>0</v>
       </c>
       <c r="L78" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:ReversalOfAmortisationOnDisposalOfLandNotBuiltUponIncludingLand&gt;</v>
       </c>
-      <c r="P78" s="105" t="str">
+      <c r="P78" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:ReversalOfAmortisationOnDisposalOfLandNotBuiltUponIncludingLand contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ReversalOfAmortisationOnDisposalOfLandNotBuiltUponIncludingLand&gt;</v>
       </c>
     </row>
     <row r="79" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
         <v>249</v>
       </c>
-      <c r="B79" s="104">
+      <c r="B79" s="82">
         <v>98</v>
       </c>
       <c r="C79">
         <v>111</v>
       </c>
-      <c r="D79" s="108" t="s">
+      <c r="D79" t="s">
         <v>250</v>
       </c>
       <c r="E79">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F79">
         <f t="shared" si="10"/>
         <v>126</v>
       </c>
       <c r="G79">
         <f t="shared" si="11"/>
         <v>133</v>
       </c>
       <c r="H79">
         <f t="shared" si="12"/>
         <v>215</v>
       </c>
       <c r="J79" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:ReversalOfAmortisationOnDisposalsOfRoadsHarboursSquaresAndSimilarIncludingLand contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K79" s="106">
+      <c r="K79" s="84">
         <f>Regnskabsstatistik!F124*1000</f>
         <v>0</v>
       </c>
       <c r="L79" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:ReversalOfAmortisationOnDisposalsOfRoadsHarboursSquaresAndSimilarIncludingLand&gt;</v>
       </c>
-      <c r="P79" s="105" t="str">
+      <c r="P79" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:ReversalOfAmortisationOnDisposalsOfRoadsHarboursSquaresAndSimilarIncludingLand contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ReversalOfAmortisationOnDisposalsOfRoadsHarboursSquaresAndSimilarIncludingLand&gt;</v>
       </c>
     </row>
     <row r="80" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
         <v>251</v>
       </c>
-      <c r="B80" s="104">
+      <c r="B80" s="82">
         <v>99</v>
       </c>
       <c r="C80">
         <v>112</v>
       </c>
-      <c r="D80" s="108" t="s">
+      <c r="D80" t="s">
         <v>252</v>
       </c>
       <c r="E80">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F80">
         <f t="shared" si="10"/>
         <v>97</v>
       </c>
       <c r="G80">
         <f t="shared" si="11"/>
         <v>104</v>
       </c>
       <c r="H80">
         <f t="shared" si="12"/>
         <v>157</v>
       </c>
       <c r="J80" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:ReversalOfAmortisationOnTotalDecreaseOfRealEstate contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K80" s="106">
+      <c r="K80" s="84">
         <f>Regnskabsstatistik!F125*1000</f>
         <v>0</v>
       </c>
       <c r="L80" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:ReversalOfAmortisationOnTotalDecreaseOfRealEstate&gt;</v>
       </c>
-      <c r="P80" s="105" t="str">
+      <c r="P80" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:ReversalOfAmortisationOnTotalDecreaseOfRealEstate contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ReversalOfAmortisationOnTotalDecreaseOfRealEstate&gt;</v>
       </c>
     </row>
     <row r="81" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
         <v>253</v>
       </c>
-      <c r="B81" s="104">
+      <c r="B81" s="82">
         <v>100</v>
       </c>
       <c r="C81">
         <v>113</v>
       </c>
-      <c r="D81" s="108" t="s">
+      <c r="D81" t="s">
         <v>254</v>
       </c>
       <c r="E81">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F81">
         <f t="shared" si="10"/>
         <v>114</v>
       </c>
       <c r="G81">
         <f t="shared" si="11"/>
         <v>121</v>
       </c>
       <c r="H81">
         <f t="shared" si="12"/>
         <v>191</v>
       </c>
       <c r="J81" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:ReversalOfAmortisationOnDisposalsOfProductionMachineryAndEquipment contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K81" s="106">
+      <c r="K81" s="84">
         <f>Regnskabsstatistik!F127*1000</f>
         <v>0</v>
       </c>
       <c r="L81" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:ReversalOfAmortisationOnDisposalsOfProductionMachineryAndEquipment&gt;</v>
       </c>
-      <c r="P81" s="105" t="str">
+      <c r="P81" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:ReversalOfAmortisationOnDisposalsOfProductionMachineryAndEquipment contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ReversalOfAmortisationOnDisposalsOfProductionMachineryAndEquipment&gt;</v>
       </c>
     </row>
     <row r="82" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
         <v>255</v>
       </c>
-      <c r="B82" s="104">
+      <c r="B82" s="82">
         <v>101</v>
       </c>
       <c r="C82">
         <v>114</v>
       </c>
-      <c r="D82" s="108" t="s">
+      <c r="D82" t="s">
         <v>256</v>
       </c>
       <c r="E82">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F82">
         <f t="shared" si="10"/>
         <v>127</v>
       </c>
       <c r="G82">
         <f t="shared" si="11"/>
         <v>134</v>
       </c>
       <c r="H82">
         <f t="shared" si="12"/>
         <v>217</v>
       </c>
       <c r="J82" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:ReversalOfAmortisationOnDisposalsOfOthePlantOperatingAssetsFixturesAndFurniture contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K82" s="106">
+      <c r="K82" s="84">
         <f>Regnskabsstatistik!F128*1000</f>
         <v>0</v>
       </c>
       <c r="L82" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:ReversalOfAmortisationOnDisposalsOfOthePlantOperatingAssetsFixturesAndFurniture&gt;</v>
       </c>
-      <c r="P82" s="105" t="str">
+      <c r="P82" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:ReversalOfAmortisationOnDisposalsOfOthePlantOperatingAssetsFixturesAndFurniture contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ReversalOfAmortisationOnDisposalsOfOthePlantOperatingAssetsFixturesAndFurniture&gt;</v>
       </c>
     </row>
     <row r="83" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
         <v>257</v>
       </c>
-      <c r="B83" s="104">
+      <c r="B83" s="82">
         <v>102</v>
       </c>
       <c r="C83">
         <v>115</v>
       </c>
-      <c r="D83" s="108" t="s">
+      <c r="D83" t="s">
         <v>258</v>
       </c>
       <c r="E83">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F83">
         <f t="shared" si="10"/>
         <v>113</v>
       </c>
       <c r="G83">
         <f t="shared" si="11"/>
         <v>120</v>
       </c>
       <c r="H83">
         <f t="shared" si="12"/>
         <v>189</v>
       </c>
       <c r="J83" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:ReversalOfAmortisationOnTotalDecreaseOfMachineryPlantAndEquipment contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K83" s="106">
+      <c r="K83" s="84">
         <f>Regnskabsstatistik!F129*1000</f>
         <v>0</v>
       </c>
       <c r="L83" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:ReversalOfAmortisationOnTotalDecreaseOfMachineryPlantAndEquipment&gt;</v>
       </c>
-      <c r="P83" s="105" t="str">
+      <c r="P83" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:ReversalOfAmortisationOnTotalDecreaseOfMachineryPlantAndEquipment contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ReversalOfAmortisationOnTotalDecreaseOfMachineryPlantAndEquipment&gt;</v>
       </c>
     </row>
     <row r="84" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
         <v>259</v>
       </c>
-      <c r="B84" s="104">
+      <c r="B84" s="82">
         <v>103</v>
       </c>
       <c r="C84">
         <v>116</v>
       </c>
-      <c r="D84" s="108" t="s">
+      <c r="D84" t="s">
         <v>260</v>
       </c>
       <c r="E84">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F84">
         <f t="shared" si="10"/>
         <v>70</v>
       </c>
       <c r="G84">
         <f t="shared" si="11"/>
         <v>77</v>
       </c>
       <c r="H84">
         <f t="shared" si="12"/>
         <v>103</v>
       </c>
       <c r="J84" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:TotalDisposalsOfAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K84" s="106">
+      <c r="K84" s="84">
         <f>Regnskabsstatistik!F131*1000</f>
         <v>0</v>
       </c>
       <c r="L84" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:TotalDisposalsOfAssets&gt;</v>
       </c>
-      <c r="P84" s="105" t="str">
+      <c r="P84" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:TotalDisposalsOfAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:TotalDisposalsOfAssets&gt;</v>
       </c>
     </row>
     <row r="85" spans="1:16" x14ac:dyDescent="0.25">
       <c r="C85">
         <v>118</v>
       </c>
-      <c r="D85" s="108" t="s">
+      <c r="D85" t="s">
         <v>261</v>
       </c>
       <c r="E85">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F85">
         <f t="shared" si="10"/>
         <v>23</v>
       </c>
       <c r="J85" t="str">
         <f t="shared" si="13"/>
         <v>&lt;!--Context_Duration--&gt;</v>
       </c>
-      <c r="P85" s="105" t="str">
+      <c r="P85" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;!--Context_Duration--&gt;</v>
       </c>
     </row>
     <row r="86" spans="1:16" x14ac:dyDescent="0.25">
       <c r="C86">
         <v>119</v>
       </c>
-      <c r="D86" s="108" t="s">
+      <c r="D86" t="s">
         <v>262</v>
       </c>
       <c r="E86">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F86">
         <f t="shared" si="10"/>
         <v>18</v>
       </c>
       <c r="J86" t="str">
         <f>MID(D86,E86,F86)</f>
         <v>&lt;context id="c10"&gt;</v>
       </c>
-      <c r="P86" s="105" t="str">
+      <c r="P86" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;context id="c10"&gt;</v>
       </c>
     </row>
     <row r="87" spans="1:16" x14ac:dyDescent="0.25">
       <c r="C87">
         <v>120</v>
       </c>
-      <c r="D87" s="108" t="s">
+      <c r="D87" t="s">
         <v>263</v>
       </c>
       <c r="E87">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F87">
         <f t="shared" si="10"/>
         <v>8</v>
       </c>
       <c r="J87" t="str">
         <f t="shared" si="13"/>
         <v>&lt;entity&gt;</v>
       </c>
-      <c r="P87" s="105" t="str">
+      <c r="P87" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;entity&gt;</v>
       </c>
     </row>
     <row r="88" spans="1:16" x14ac:dyDescent="0.25">
       <c r="C88">
         <v>121</v>
       </c>
-      <c r="D88" s="108" t="s">
+      <c r="D88" t="s">
         <v>264</v>
       </c>
       <c r="E88">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F88">
         <f t="shared" si="10"/>
         <v>44</v>
       </c>
       <c r="G88">
         <f t="shared" si="11"/>
         <v>53</v>
       </c>
       <c r="H88">
         <f t="shared" si="12"/>
         <v>65</v>
       </c>
       <c r="J88" t="str">
         <f t="shared" si="13"/>
         <v>&lt;identifier scheme="http://www.dcca.dk/cvr"&gt;</v>
       </c>
-      <c r="K88" s="106">
+      <c r="K88" s="84">
         <f>Regnskabsstatistik!F2</f>
         <v>17150413</v>
       </c>
       <c r="L88" t="str">
         <f>MID(D88,G88,H88)</f>
         <v>&lt;/identifier&gt;</v>
       </c>
-      <c r="P88" s="105" t="str">
+      <c r="P88" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;identifier scheme="http://www.dcca.dk/cvr"&gt;17150413&lt;/identifier&gt;</v>
       </c>
     </row>
     <row r="89" spans="1:16" x14ac:dyDescent="0.25">
       <c r="C89">
         <v>122</v>
       </c>
-      <c r="D89" s="108" t="s">
+      <c r="D89" t="s">
         <v>265</v>
       </c>
       <c r="E89">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F89">
         <f t="shared" si="10"/>
         <v>9</v>
       </c>
       <c r="J89" t="str">
         <f t="shared" si="13"/>
         <v>&lt;/entity&gt;</v>
       </c>
-      <c r="P89" s="105" t="str">
+      <c r="P89" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;/entity&gt;</v>
       </c>
     </row>
     <row r="90" spans="1:16" x14ac:dyDescent="0.25">
       <c r="C90">
         <v>123</v>
       </c>
-      <c r="D90" s="108" t="s">
+      <c r="D90" t="s">
         <v>266</v>
       </c>
       <c r="E90">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F90">
         <f t="shared" si="10"/>
         <v>8</v>
       </c>
       <c r="J90" t="str">
         <f t="shared" si="13"/>
         <v>&lt;period&gt;</v>
       </c>
-      <c r="P90" s="105" t="str">
+      <c r="P90" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;period&gt;</v>
       </c>
     </row>
     <row r="91" spans="1:16" x14ac:dyDescent="0.25">
       <c r="C91">
         <v>124</v>
       </c>
-      <c r="D91" s="108" t="s">
+      <c r="D91" t="s">
         <v>267</v>
       </c>
       <c r="E91">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F91">
         <f t="shared" si="10"/>
         <v>11</v>
       </c>
       <c r="G91">
         <f t="shared" si="11"/>
         <v>22</v>
       </c>
       <c r="H91">
         <f t="shared" si="12"/>
         <v>33</v>
       </c>
       <c r="J91" t="str">
         <f t="shared" si="13"/>
         <v>&lt;startDate&gt;</v>
       </c>
-      <c r="K91" s="107" t="str">
+      <c r="K91" s="85" t="str">
         <f>Regnskabsstatistik!F6</f>
-        <v>2024-01-01</v>
+        <v>2025-01-01</v>
       </c>
       <c r="L91" t="str">
         <f>MID(D91,G91,H91)</f>
         <v>&lt;/startDate&gt;</v>
       </c>
-      <c r="P91" s="105" t="str">
+      <c r="P91" s="83" t="str">
         <f>+J91&amp;K91&amp;L91</f>
-        <v>&lt;startDate&gt;2024-01-01&lt;/startDate&gt;</v>
+        <v>&lt;startDate&gt;2025-01-01&lt;/startDate&gt;</v>
       </c>
     </row>
     <row r="92" spans="1:16" x14ac:dyDescent="0.25">
       <c r="C92">
         <v>125</v>
       </c>
-      <c r="D92" s="108" t="s">
+      <c r="D92" t="s">
         <v>268</v>
       </c>
       <c r="E92">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F92">
         <f t="shared" si="10"/>
         <v>9</v>
       </c>
       <c r="G92">
         <f t="shared" si="11"/>
         <v>20</v>
       </c>
       <c r="H92">
         <f t="shared" si="12"/>
         <v>29</v>
       </c>
       <c r="J92" t="str">
         <f t="shared" si="13"/>
         <v>&lt;endDate&gt;</v>
       </c>
-      <c r="K92" s="107" t="str">
+      <c r="K92" s="85" t="str">
         <f>Regnskabsstatistik!G6</f>
-        <v>2024-12-31</v>
+        <v>2025-12-31</v>
       </c>
       <c r="L92" t="str">
         <f>MID(D92,G92,H92)</f>
         <v>&lt;/endDate&gt;</v>
       </c>
-      <c r="P92" s="105" t="str">
+      <c r="P92" s="83" t="str">
         <f t="shared" si="9"/>
-        <v>&lt;endDate&gt;2024-12-31&lt;/endDate&gt;</v>
+        <v>&lt;endDate&gt;2025-12-31&lt;/endDate&gt;</v>
       </c>
     </row>
     <row r="93" spans="1:16" x14ac:dyDescent="0.25">
       <c r="C93">
         <v>126</v>
       </c>
-      <c r="D93" s="108" t="s">
+      <c r="D93" t="s">
         <v>269</v>
       </c>
       <c r="E93">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F93">
         <f t="shared" si="10"/>
         <v>9</v>
       </c>
       <c r="J93" t="str">
         <f t="shared" si="13"/>
         <v>&lt;/period&gt;</v>
       </c>
-      <c r="P93" s="105" t="str">
+      <c r="P93" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;/period&gt;</v>
       </c>
     </row>
     <row r="94" spans="1:16" x14ac:dyDescent="0.25">
       <c r="C94">
         <v>127</v>
       </c>
-      <c r="D94" s="108" t="s">
+      <c r="D94" t="s">
         <v>270</v>
       </c>
       <c r="E94">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F94">
         <f t="shared" si="10"/>
         <v>10</v>
       </c>
       <c r="J94" t="str">
         <f t="shared" si="13"/>
         <v>&lt;/context&gt;</v>
       </c>
-      <c r="P94" s="105" t="str">
+      <c r="P94" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;/context&gt;</v>
       </c>
     </row>
     <row r="95" spans="1:16" x14ac:dyDescent="0.25">
       <c r="C95">
         <v>128</v>
       </c>
-      <c r="D95" s="108" t="s">
+      <c r="D95" t="s">
         <v>271</v>
       </c>
       <c r="E95">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F95">
         <f t="shared" si="10"/>
         <v>26</v>
       </c>
       <c r="J95" t="str">
         <f t="shared" si="13"/>
         <v>&lt;!--Context_Instant_pre--&gt;</v>
       </c>
-      <c r="P95" s="105" t="str">
+      <c r="P95" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;!--Context_Instant_pre--&gt;</v>
       </c>
     </row>
     <row r="96" spans="1:16" x14ac:dyDescent="0.25">
       <c r="C96">
         <v>129</v>
       </c>
-      <c r="D96" s="108" t="s">
+      <c r="D96" t="s">
         <v>272</v>
       </c>
       <c r="E96">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F96">
         <f t="shared" si="10"/>
         <v>18</v>
       </c>
       <c r="J96" t="str">
         <f t="shared" si="13"/>
         <v>&lt;context id="c11"&gt;</v>
       </c>
-      <c r="P96" s="105" t="str">
+      <c r="P96" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;context id="c11"&gt;</v>
       </c>
     </row>
     <row r="97" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C97">
         <v>130</v>
       </c>
-      <c r="D97" s="108" t="s">
+      <c r="D97" t="s">
         <v>263</v>
       </c>
       <c r="E97">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F97">
         <f t="shared" si="10"/>
         <v>8</v>
       </c>
       <c r="J97" t="str">
         <f t="shared" si="13"/>
         <v>&lt;entity&gt;</v>
       </c>
-      <c r="P97" s="105" t="str">
+      <c r="P97" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;entity&gt;</v>
       </c>
     </row>
     <row r="98" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C98">
         <v>131</v>
       </c>
-      <c r="D98" s="108" t="s">
+      <c r="D98" t="s">
         <v>264</v>
       </c>
       <c r="E98">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F98">
         <f>FIND("&gt;",D98,1)</f>
         <v>44</v>
       </c>
       <c r="G98">
         <f t="shared" ref="G98:G115" si="15">FIND("&lt;",D98,F98)</f>
         <v>53</v>
       </c>
       <c r="H98">
         <f t="shared" ref="H98:H115" si="16">FIND("&gt;",D98,G98)</f>
         <v>65</v>
       </c>
       <c r="J98" t="str">
         <f>MID(D98,E98,F98)</f>
         <v>&lt;identifier scheme="http://www.dcca.dk/cvr"&gt;</v>
       </c>
-      <c r="K98" s="106">
+      <c r="K98" s="84">
         <f>Regnskabsstatistik!F2</f>
         <v>17150413</v>
       </c>
       <c r="L98" t="str">
         <f>MID(D98,G98,H98)</f>
         <v>&lt;/identifier&gt;</v>
       </c>
-      <c r="P98" s="105" t="str">
+      <c r="P98" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;identifier scheme="http://www.dcca.dk/cvr"&gt;17150413&lt;/identifier&gt;</v>
       </c>
     </row>
     <row r="99" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C99">
         <v>132</v>
       </c>
-      <c r="D99" s="108" t="s">
+      <c r="D99" t="s">
         <v>265</v>
       </c>
       <c r="E99">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F99">
         <f t="shared" si="10"/>
         <v>9</v>
       </c>
       <c r="J99" t="str">
         <f t="shared" si="13"/>
         <v>&lt;/entity&gt;</v>
       </c>
-      <c r="P99" s="105" t="str">
+      <c r="P99" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;/entity&gt;</v>
       </c>
     </row>
     <row r="100" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C100">
         <v>133</v>
       </c>
-      <c r="D100" s="108" t="s">
+      <c r="D100" t="s">
         <v>266</v>
       </c>
       <c r="E100">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F100">
         <f t="shared" si="10"/>
         <v>8</v>
       </c>
       <c r="J100" t="str">
         <f t="shared" si="13"/>
         <v>&lt;period&gt;</v>
       </c>
-      <c r="P100" s="105" t="str">
+      <c r="P100" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;period&gt;</v>
       </c>
     </row>
     <row r="101" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C101">
         <v>134</v>
       </c>
-      <c r="D101" s="108" t="s">
+      <c r="D101" t="s">
         <v>273</v>
       </c>
       <c r="E101">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F101">
         <f t="shared" si="10"/>
         <v>9</v>
       </c>
       <c r="G101">
         <f t="shared" si="15"/>
         <v>20</v>
       </c>
       <c r="H101">
         <f t="shared" si="16"/>
         <v>29</v>
       </c>
       <c r="J101" t="str">
         <f t="shared" si="13"/>
         <v>&lt;instant&gt;</v>
       </c>
-      <c r="K101" s="107" t="str">
+      <c r="K101" s="85" t="str">
         <f>Regnskabsstatistik!F6</f>
-        <v>2024-01-01</v>
+        <v>2025-01-01</v>
       </c>
       <c r="L101" t="str">
         <f>MID(D101,G101,H101)</f>
         <v>&lt;/instant&gt;</v>
       </c>
-      <c r="P101" s="105" t="str">
+      <c r="P101" s="83" t="str">
         <f t="shared" si="9"/>
-        <v>&lt;instant&gt;2024-01-01&lt;/instant&gt;</v>
+        <v>&lt;instant&gt;2025-01-01&lt;/instant&gt;</v>
       </c>
     </row>
     <row r="102" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C102">
         <v>135</v>
       </c>
-      <c r="D102" s="108" t="s">
+      <c r="D102" t="s">
         <v>269</v>
       </c>
       <c r="E102">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F102">
         <f t="shared" si="10"/>
         <v>9</v>
       </c>
       <c r="J102" t="str">
         <f t="shared" si="13"/>
         <v>&lt;/period&gt;</v>
       </c>
-      <c r="P102" s="105" t="str">
+      <c r="P102" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;/period&gt;</v>
       </c>
     </row>
     <row r="103" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C103">
         <v>136</v>
       </c>
-      <c r="D103" s="108" t="s">
+      <c r="D103" t="s">
         <v>270</v>
       </c>
       <c r="E103">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F103">
         <f t="shared" si="10"/>
         <v>10</v>
       </c>
       <c r="J103" t="str">
         <f t="shared" si="13"/>
         <v>&lt;/context&gt;</v>
       </c>
-      <c r="P103" s="105" t="str">
+      <c r="P103" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;/context&gt;</v>
       </c>
     </row>
     <row r="104" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C104">
         <v>137</v>
       </c>
-      <c r="D104" s="108" t="s">
+      <c r="D104" t="s">
         <v>274</v>
       </c>
       <c r="E104">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F104">
         <f t="shared" si="10"/>
         <v>22</v>
       </c>
       <c r="J104" t="str">
         <f t="shared" si="13"/>
         <v>&lt;!--Context_Instant--&gt;</v>
       </c>
-      <c r="P104" s="105" t="str">
+      <c r="P104" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;!--Context_Instant--&gt;</v>
       </c>
     </row>
     <row r="105" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C105">
         <v>138</v>
       </c>
-      <c r="D105" s="108" t="s">
+      <c r="D105" t="s">
         <v>275</v>
       </c>
       <c r="E105">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F105">
         <f t="shared" si="10"/>
         <v>18</v>
       </c>
       <c r="J105" t="str">
         <f t="shared" si="13"/>
         <v>&lt;context id="c12"&gt;</v>
       </c>
-      <c r="P105" s="105" t="str">
+      <c r="P105" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;context id="c12"&gt;</v>
       </c>
     </row>
     <row r="106" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C106">
         <v>139</v>
       </c>
-      <c r="D106" s="108" t="s">
+      <c r="D106" t="s">
         <v>263</v>
       </c>
       <c r="E106">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F106">
         <f t="shared" si="10"/>
         <v>8</v>
       </c>
       <c r="J106" t="str">
         <f t="shared" si="13"/>
         <v>&lt;entity&gt;</v>
       </c>
-      <c r="P106" s="105" t="str">
+      <c r="P106" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;entity&gt;</v>
       </c>
     </row>
     <row r="107" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C107">
         <v>140</v>
       </c>
-      <c r="D107" s="108" t="s">
+      <c r="D107" t="s">
         <v>264</v>
       </c>
       <c r="E107">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F107">
         <f t="shared" si="10"/>
         <v>44</v>
       </c>
       <c r="G107">
         <f t="shared" si="15"/>
         <v>53</v>
       </c>
       <c r="H107">
         <f t="shared" si="16"/>
         <v>65</v>
       </c>
       <c r="J107" t="str">
         <f t="shared" si="13"/>
         <v>&lt;identifier scheme="http://www.dcca.dk/cvr"&gt;</v>
       </c>
-      <c r="K107" s="106">
+      <c r="K107" s="84">
         <f>Regnskabsstatistik!F2</f>
         <v>17150413</v>
       </c>
       <c r="L107" t="str">
         <f>MID(D107,G107,H107)</f>
         <v>&lt;/identifier&gt;</v>
       </c>
-      <c r="P107" s="105" t="str">
+      <c r="P107" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;identifier scheme="http://www.dcca.dk/cvr"&gt;17150413&lt;/identifier&gt;</v>
       </c>
     </row>
     <row r="108" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C108">
         <v>141</v>
       </c>
-      <c r="D108" s="108" t="s">
+      <c r="D108" t="s">
         <v>265</v>
       </c>
       <c r="E108">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F108">
         <f t="shared" si="10"/>
         <v>9</v>
       </c>
       <c r="J108" t="str">
         <f t="shared" si="13"/>
         <v>&lt;/entity&gt;</v>
       </c>
-      <c r="P108" s="105" t="str">
+      <c r="P108" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;/entity&gt;</v>
       </c>
     </row>
     <row r="109" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C109">
         <v>142</v>
       </c>
-      <c r="D109" s="108" t="s">
+      <c r="D109" t="s">
         <v>266</v>
       </c>
       <c r="E109">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F109">
         <f t="shared" si="10"/>
         <v>8</v>
       </c>
       <c r="J109" t="str">
         <f t="shared" si="13"/>
         <v>&lt;period&gt;</v>
       </c>
-      <c r="P109" s="105" t="str">
+      <c r="P109" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;period&gt;</v>
       </c>
     </row>
     <row r="110" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C110">
         <v>143</v>
       </c>
-      <c r="D110" s="108" t="s">
+      <c r="D110" t="s">
         <v>276</v>
       </c>
       <c r="E110">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F110">
         <f t="shared" si="10"/>
         <v>9</v>
       </c>
       <c r="G110">
         <f t="shared" si="15"/>
         <v>20</v>
       </c>
       <c r="H110">
         <f t="shared" si="16"/>
         <v>29</v>
       </c>
       <c r="J110" t="str">
         <f t="shared" si="13"/>
         <v>&lt;instant&gt;</v>
       </c>
-      <c r="K110" s="107" t="str">
+      <c r="K110" s="85" t="str">
         <f>Regnskabsstatistik!G6</f>
-        <v>2024-12-31</v>
+        <v>2025-12-31</v>
       </c>
       <c r="L110" t="str">
         <f>MID(D110,G110,H110)</f>
         <v>&lt;/instant&gt;</v>
       </c>
-      <c r="P110" s="105" t="str">
+      <c r="P110" s="83" t="str">
         <f t="shared" si="9"/>
-        <v>&lt;instant&gt;2024-12-31&lt;/instant&gt;</v>
+        <v>&lt;instant&gt;2025-12-31&lt;/instant&gt;</v>
       </c>
     </row>
     <row r="111" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C111">
         <v>144</v>
       </c>
-      <c r="D111" s="108" t="s">
+      <c r="D111" t="s">
         <v>269</v>
       </c>
       <c r="E111">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F111">
         <f t="shared" si="10"/>
         <v>9</v>
       </c>
       <c r="J111" t="str">
         <f t="shared" si="13"/>
         <v>&lt;/period&gt;</v>
       </c>
-      <c r="P111" s="105" t="str">
+      <c r="P111" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;/period&gt;</v>
       </c>
     </row>
     <row r="112" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C112">
         <v>145</v>
       </c>
-      <c r="D112" s="108" t="s">
+      <c r="D112" t="s">
         <v>270</v>
       </c>
       <c r="E112">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F112">
         <f t="shared" si="10"/>
         <v>10</v>
       </c>
       <c r="J112" t="str">
         <f t="shared" si="13"/>
         <v>&lt;/context&gt;</v>
       </c>
-      <c r="P112" s="105" t="str">
+      <c r="P112" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;/context&gt;</v>
       </c>
     </row>
     <row r="113" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C113">
         <v>146</v>
       </c>
-      <c r="D113" s="108" t="s">
+      <c r="D113" t="s">
         <v>277</v>
       </c>
       <c r="E113">
         <v>1</v>
       </c>
       <c r="F113">
         <v>4</v>
       </c>
       <c r="G113">
         <f>FIND("-",D113,F113)</f>
         <v>4</v>
       </c>
       <c r="H113">
         <f t="shared" si="16"/>
         <v>15</v>
       </c>
       <c r="J113" t="str">
         <f>MID(D113,E113,F113)</f>
         <v>&lt;!--</v>
       </c>
-      <c r="K113" s="106" t="str">
+      <c r="K113" s="84" t="str">
         <f>Regnskabsstatistik!F8</f>
         <v>DKK</v>
       </c>
       <c r="L113" t="s">
-        <v>294</v>
-[...1 lines deleted...]
-      <c r="P113" s="105" t="str">
+        <v>293</v>
+      </c>
+      <c r="P113" s="83" t="str">
         <f>+J113&amp;K113&amp;L113</f>
         <v>&lt;!--DKK 1000--&gt;</v>
       </c>
     </row>
     <row r="114" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C114">
         <v>147</v>
       </c>
-      <c r="D114" s="108" t="s">
+      <c r="D114" t="s">
         <v>278</v>
       </c>
       <c r="E114">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F114">
         <f t="shared" si="10"/>
         <v>14</v>
       </c>
       <c r="J114" t="str">
         <f t="shared" si="13"/>
         <v>&lt;unit id="u1"&gt;</v>
       </c>
-      <c r="P114" s="105" t="str">
+      <c r="P114" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;unit id="u1"&gt;</v>
       </c>
     </row>
     <row r="115" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C115">
         <v>148</v>
       </c>
-      <c r="D115" s="108" t="s">
+      <c r="D115" t="s">
         <v>279</v>
       </c>
       <c r="E115">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F115">
         <f t="shared" si="10"/>
         <v>9</v>
       </c>
       <c r="G115">
         <f t="shared" si="15"/>
         <v>21</v>
       </c>
       <c r="H115">
         <f t="shared" si="16"/>
         <v>30</v>
       </c>
       <c r="J115" t="str">
         <f>MID(D115,E115,F115)&amp;"iso4217:"</f>
         <v>&lt;measure&gt;iso4217:</v>
       </c>
-      <c r="K115" s="106" t="str">
+      <c r="K115" s="84" t="str">
         <f>Regnskabsstatistik!F8</f>
         <v>DKK</v>
       </c>
       <c r="L115" t="str">
         <f>MID(D115,G115,H115)</f>
         <v>&lt;/measure&gt;</v>
       </c>
-      <c r="P115" s="105" t="str">
+      <c r="P115" s="83" t="str">
         <f>+J115&amp;K115&amp;L115</f>
         <v>&lt;measure&gt;iso4217:DKK&lt;/measure&gt;</v>
       </c>
     </row>
     <row r="116" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C116">
         <v>149</v>
       </c>
-      <c r="D116" s="108" t="s">
+      <c r="D116" t="s">
         <v>280</v>
       </c>
       <c r="E116">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F116">
         <f t="shared" si="10"/>
         <v>7</v>
       </c>
       <c r="J116" t="str">
         <f t="shared" si="13"/>
         <v>&lt;/unit&gt;</v>
       </c>
-      <c r="P116" s="105" t="str">
+      <c r="P116" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;/unit&gt;</v>
       </c>
     </row>
     <row r="117" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C117">
         <v>150</v>
       </c>
-      <c r="D117" s="108" t="s">
+      <c r="D117" t="s">
         <v>281</v>
       </c>
       <c r="E117">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F117">
         <f t="shared" si="10"/>
         <v>7</v>
       </c>
       <c r="J117" t="str">
         <f t="shared" si="13"/>
         <v>&lt;/xbrl&gt;</v>
       </c>
-      <c r="P117" s="105" t="str">
+      <c r="P117" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;/xbrl&gt;</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr codeName="Ark5"/>
-  <dimension ref="A1:G179"/>
+  <dimension ref="A1:F179"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="G8" sqref="G8"/>
+      <selection pane="bottomLeft" activeCell="B23" sqref="B23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" outlineLevelCol="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="2"/>
     <col min="2" max="2" width="134.42578125" style="2" customWidth="1"/>
-    <col min="3" max="3" width="118.7109375" style="4" hidden="1" customWidth="1" outlineLevel="1"/>
-[...4 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="4"/>
+    <col min="3" max="3" width="118.7109375" style="2" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="4" max="4" width="126" style="2" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="5" max="5" width="9.28515625" style="7" customWidth="1" collapsed="1"/>
+    <col min="6" max="6" width="9.140625" style="8"/>
+    <col min="7" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="41.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="125" t="str">
+    <row r="1" spans="1:6" ht="41.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A1" s="99" t="str">
         <f ca="1">OFFSET($C1,0,E1-1)</f>
         <v>Vejledning i XBRL-upload</v>
       </c>
-      <c r="B1" s="22"/>
-[...6 lines deleted...]
-      <c r="E1" s="10">
+      <c r="B1" s="12"/>
+      <c r="C1" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="D1" s="78" t="s">
+        <v>634</v>
+      </c>
+      <c r="E1" s="7">
         <v>1</v>
       </c>
     </row>
-    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B2" s="123"/>
+    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B2"/>
       <c r="C2"/>
-      <c r="D2" s="12"/>
-[...3 lines deleted...]
-      <c r="B3" s="232" t="str">
+    </row>
+    <row r="3" spans="1:6" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="B3" s="198" t="str">
         <f t="shared" ref="B3:B13" ca="1" si="0">OFFSET($C3,0,$E$1-1)</f>
-        <v>1. Dan og gem XBRL fil</v>
-[...10 lines deleted...]
-      <c r="B4" s="123" t="str">
+        <v>1. Dan og gem XBRL-fil</v>
+      </c>
+      <c r="C3" s="97" t="s">
+        <v>633</v>
+      </c>
+      <c r="D3" s="78" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="98"/>
+      <c r="B4" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v xml:space="preserve">Udfyld indberetningsskemaet i fanen " Regnskabsstatistik"  indberetningsskemaet. Alle de grå felter skal udfyldes for, at indberetningen er korrekt. </v>
-[...15 lines deleted...]
-      <c r="B6" s="123" t="str">
+        <v>Udfyld indberetningsskemaet i fanen " Regnskabsstatistik". Alle de grå felter skal udfyldes.</v>
+      </c>
+      <c r="C4" s="96" t="s">
+        <v>626</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="98"/>
+      <c r="B5"/>
+      <c r="C5" s="96"/>
+    </row>
+    <row r="6" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A6" s="98"/>
+      <c r="B6" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Arket "XBRL" viser posterne, som de ser ud, når de er i XBRL-format.</v>
       </c>
-      <c r="C6" s="121" t="s">
-[...8 lines deleted...]
-      <c r="B7" s="123" t="str">
+      <c r="C6" s="96" t="s">
+        <v>354</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A7" s="98"/>
+      <c r="B7" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Kopier kolonne P til fx Notesblokken eller Notepad og gem den, så er XBRL-filen dannet.</v>
-[...22 lines deleted...]
-      <c r="B10" s="123" t="str">
+        <v>Kopier kolonne P til f. eks. Notesblok/Notepad og gem den, så er XBRL-filen dannet.</v>
+      </c>
+      <c r="C7" s="96" t="s">
+        <v>635</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="D8" s="7"/>
+      <c r="E8" s="8"/>
+      <c r="F8" s="2"/>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B9"/>
+      <c r="D9" s="101"/>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B10" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>OBS! Benyttes fx Notesblok/Notepad til at danne XBRL filen, skal filen gemmes med kodning "UTF-8" - se figur A nedenfor.</v>
-[...10 lines deleted...]
-      <c r="B11" s="237" t="str">
+        <v>OBS! Benyttes f.eks. Notesblok/Notepad til at danne XBRL-filen, skal filen gemmes med kodning "UTF-8" - se figur A nedenfor.</v>
+      </c>
+      <c r="C10" s="96" t="s">
+        <v>632</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B11" s="201" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Filen bliver afvist, hvis filen ikke er gemt med en UTF-8 kodning.</v>
       </c>
-      <c r="C11" s="248" t="s">
-[...12 lines deleted...]
-      <c r="B13" s="123" t="str">
+      <c r="C11" s="210" t="s">
+        <v>571</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B12"/>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B13" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Figur A</v>
       </c>
-      <c r="C13" s="4" t="s">
+      <c r="C13" s="2" t="s">
+        <v>295</v>
+      </c>
+      <c r="D13" s="2" t="s">
         <v>296</v>
       </c>
-      <c r="D13" s="4" t="s">
-[...11 lines deleted...]
-      <c r="B16" s="123"/>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B14"/>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B15"/>
+      <c r="C15" s="194"/>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B16"/>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="C17" s="228"/>
+      <c r="C17" s="194"/>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="C19" s="228"/>
+      <c r="C19" s="194"/>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="C21" s="228"/>
+      <c r="C21" s="194"/>
     </row>
     <row r="22" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B22" s="232" t="str">
+      <c r="B22" s="198" t="str">
         <f t="shared" ref="B22:B23" ca="1" si="1">OFFSET($C22,0,$E$1-1)</f>
         <v>2. Start</v>
       </c>
-      <c r="C22" s="4" t="s">
-[...3 lines deleted...]
-        <v>339</v>
+      <c r="C22" s="2" t="s">
+        <v>333</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>333</v>
       </c>
     </row>
     <row r="23" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B23" s="229" t="str">
+      <c r="B23" s="195" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>Gå ind på vores hjemmeside:</v>
       </c>
-      <c r="C23" s="4" t="s">
-[...3 lines deleted...]
-        <v>601</v>
+      <c r="C23" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>584</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B24" s="300" t="s">
-        <v>612</v>
+      <c r="B24" s="257" t="s">
+        <v>592</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B25" s="228"/>
+      <c r="B25" s="194"/>
     </row>
     <row r="26" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B26" s="229" t="str">
+      <c r="B26" s="195" t="str">
         <f t="shared" ref="B26" ca="1" si="2">OFFSET($C26,0,$E$1-1)</f>
-        <v>Start indberetning med XBRL via ¨UPLOAD XBRL-FIL¨ knappen:</v>
-[...5 lines deleted...]
-        <v>603</v>
+        <v>Start indberetning med XBRL via ¨INDBERET XBRL-FIL¨ knappen:</v>
+      </c>
+      <c r="C26" s="210" t="s">
+        <v>625</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>624</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B27" s="228"/>
+      <c r="B27" s="194"/>
     </row>
     <row r="28" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B28" s="232"/>
+      <c r="B28" s="198"/>
     </row>
     <row r="29" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B29" s="232"/>
+      <c r="B29" s="198"/>
     </row>
     <row r="30" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B30" s="232"/>
+      <c r="B30" s="198"/>
     </row>
     <row r="31" spans="2:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B31" s="232"/>
+      <c r="B31" s="198"/>
     </row>
     <row r="32" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B32" s="232"/>
+      <c r="B32" s="198"/>
     </row>
     <row r="33" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B33" s="232"/>
+      <c r="B33" s="198"/>
     </row>
     <row r="34" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B34" s="232"/>
+      <c r="B34" s="198"/>
     </row>
     <row r="35" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B35" s="232"/>
+      <c r="B35" s="198"/>
     </row>
     <row r="36" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B36" s="232"/>
+      <c r="B36" s="198"/>
     </row>
     <row r="37" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B37" s="232"/>
+      <c r="B37" s="198"/>
     </row>
     <row r="38" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B38" s="232"/>
+      <c r="B38" s="198"/>
     </row>
     <row r="39" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B39" s="232"/>
+      <c r="B39" s="198"/>
     </row>
     <row r="40" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B40" s="232"/>
-[...11 lines deleted...]
-      <c r="B44" s="232"/>
+      <c r="B40" s="198"/>
+    </row>
+    <row r="41" spans="2:4" ht="18.75" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B41" s="198"/>
+    </row>
+    <row r="42" spans="2:4" ht="18.75" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B42" s="198"/>
+    </row>
+    <row r="43" spans="2:4" ht="18.75" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B43" s="198"/>
+    </row>
+    <row r="44" spans="2:4" ht="18.75" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B44" s="198"/>
     </row>
     <row r="45" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B45" s="232"/>
+      <c r="B45" s="198"/>
     </row>
     <row r="46" spans="2:4" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B46" s="250" t="str">
+      <c r="B46" s="212" t="str">
         <f t="shared" ref="B46" ca="1" si="3">OFFSET($C46,0,$E$1-1)</f>
         <v>Log ind med MitID Erhverv og tryk på "Start selvbetjening".</v>
       </c>
-      <c r="C46" s="247" t="s">
-[...3 lines deleted...]
-        <v>604</v>
+      <c r="C46" s="209" t="s">
+        <v>586</v>
+      </c>
+      <c r="D46" s="91" t="s">
+        <v>585</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="C47" s="228"/>
+      <c r="C47" s="194"/>
     </row>
     <row r="52" spans="2:3" x14ac:dyDescent="0.25">
-      <c r="C52" s="228"/>
+      <c r="C52" s="194"/>
     </row>
     <row r="54" spans="2:3" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B54" s="185"/>
+      <c r="B54" s="155"/>
     </row>
     <row r="67" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B67" s="232" t="str">
+      <c r="B67" s="198" t="str">
         <f t="shared" ref="B67:B70" ca="1" si="4">OFFSET($C67,0,$E$1-1)</f>
         <v>2.1 Virk.dk - Regnskabsstatistik</v>
       </c>
-      <c r="C67" s="4" t="s">
-[...3 lines deleted...]
-        <v>589</v>
+      <c r="C67" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="D67" s="2" t="s">
+        <v>573</v>
       </c>
     </row>
     <row r="68" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B68" s="229" t="str">
+      <c r="B68" s="195" t="str">
         <f t="shared" ca="1" si="4"/>
         <v>Under "Vælg den ønskede indberetning og myndighed", vælg:</v>
       </c>
-      <c r="C68" s="4" t="s">
-[...3 lines deleted...]
-        <v>608</v>
+      <c r="C68" s="2" t="s">
+        <v>587</v>
+      </c>
+      <c r="D68" s="2" t="s">
+        <v>589</v>
       </c>
     </row>
     <row r="69" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B69" s="230" t="str">
+      <c r="B69" s="196" t="str">
         <f t="shared" ca="1" si="4"/>
         <v xml:space="preserve"> Regnskabsstatistik til Danmarks Statistik </v>
       </c>
-      <c r="C69" s="4" t="s">
-[...3 lines deleted...]
-        <v>335</v>
+      <c r="C69" s="2" t="s">
+        <v>331</v>
+      </c>
+      <c r="D69" s="2" t="s">
+        <v>331</v>
       </c>
     </row>
     <row r="70" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B70" s="229" t="str">
+      <c r="B70" s="195" t="str">
         <f t="shared" ca="1" si="4"/>
         <v>Hvorefter der trykkes "Næste".</v>
       </c>
-      <c r="C70" s="4" t="s">
-[...3 lines deleted...]
-        <v>590</v>
+      <c r="C70" s="2" t="s">
+        <v>588</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>574</v>
       </c>
     </row>
     <row r="99" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B99" s="232" t="str">
+      <c r="B99" s="198" t="str">
         <f t="shared" ref="B99:B100" ca="1" si="5">OFFSET($C99,0,$E$1-1)</f>
-        <v>2.2 Upload XBRL fil</v>
-[...5 lines deleted...]
-        <v>591</v>
+        <v>2.2 Upload XBRL-fil</v>
+      </c>
+      <c r="C99" s="2" t="s">
+        <v>631</v>
+      </c>
+      <c r="D99" s="2" t="s">
+        <v>575</v>
       </c>
     </row>
     <row r="100" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B100" s="229" t="str">
+      <c r="B100" s="195" t="str">
         <f t="shared" ca="1" si="5"/>
         <v>Tryk på ”Vælg fil”, og upload din XBRL-fil. Tryk på "Næste" for at fortsætte.</v>
       </c>
-      <c r="C100" s="227" t="s">
-[...3 lines deleted...]
-        <v>592</v>
+      <c r="C100" s="193" t="s">
+        <v>590</v>
+      </c>
+      <c r="D100" s="2" t="s">
+        <v>576</v>
       </c>
     </row>
     <row r="131" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B131" s="251" t="str">
+      <c r="B131" s="213" t="str">
         <f ca="1">OFFSET($C131,0,$E$1-1)</f>
-        <v>OBS Har du selv dannet XBRL filen via dette regneark, skal du trykke på "Alle filer" for at kunne se filen.</v>
-[...5 lines deleted...]
-        <v>593</v>
+        <v>OBS: Har du selv dannet XBRL-filen via dette regneark, skal du trykke på "Alle filer" for at kunne se filen.</v>
+      </c>
+      <c r="C131" s="2" t="s">
+        <v>628</v>
+      </c>
+      <c r="D131" s="2" t="s">
+        <v>577</v>
       </c>
     </row>
     <row r="138" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B138" s="232" t="str">
+      <c r="B138" s="198" t="str">
         <f t="shared" ref="B138:B140" ca="1" si="6">OFFSET($C138,0,$E$1-1)</f>
-        <v>2.3 Test XBRL fil og indsend indberetning</v>
-[...5 lines deleted...]
-        <v>594</v>
+        <v>2.3 Test XBRL-fil og indsend indberetning</v>
+      </c>
+      <c r="C138" s="2" t="s">
+        <v>629</v>
+      </c>
+      <c r="D138" s="2" t="s">
+        <v>578</v>
       </c>
     </row>
     <row r="139" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B139" s="251" t="str">
+      <c r="B139" s="213" t="str">
         <f t="shared" ca="1" si="6"/>
         <v>Du kan nu teste din indberetningsfil, og indsende indberetningen.</v>
       </c>
-      <c r="C139" s="4" t="s">
-[...3 lines deleted...]
-        <v>595</v>
+      <c r="C139" s="2" t="s">
+        <v>580</v>
+      </c>
+      <c r="D139" s="91" t="s">
+        <v>579</v>
       </c>
     </row>
     <row r="140" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B140" s="230" t="str">
+      <c r="B140" s="196" t="str">
         <f t="shared" ca="1" si="6"/>
         <v>HUSK! Kontroller at det firmanavn og CVR-nummer der indberettes for, fremgår af oversigten.</v>
       </c>
-      <c r="C140" s="231" t="s">
-[...3 lines deleted...]
-        <v>597</v>
+      <c r="C140" s="197" t="s">
+        <v>591</v>
+      </c>
+      <c r="D140" s="2" t="s">
+        <v>581</v>
       </c>
     </row>
     <row r="178" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B178" s="232" t="str">
+      <c r="B178" s="198" t="str">
         <f t="shared" ref="B178:B179" ca="1" si="7">OFFSET($C178,0,$E$1-1)</f>
         <v>3. Kvittering</v>
       </c>
-      <c r="C178" s="4" t="s">
-[...3 lines deleted...]
-        <v>340</v>
+      <c r="C178" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="D178" s="2" t="s">
+        <v>334</v>
       </c>
     </row>
     <row r="179" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B179" s="229" t="str">
+      <c r="B179" s="195" t="str">
         <f t="shared" ca="1" si="7"/>
         <v>Afslutningsvis får du en kvittering.</v>
       </c>
-      <c r="C179" s="4" t="s">
-[...3 lines deleted...]
-        <v>598</v>
+      <c r="C179" s="2" t="s">
+        <v>582</v>
+      </c>
+      <c r="D179" s="2" t="s">
+        <v>630</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="B24" r:id="rId1"/>
+    <hyperlink ref="B24" r:id="rId1" xr:uid="{00000000-0004-0000-0400-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <drawing r:id="rId3"/>
   <legacyDrawing r:id="rId4"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="9217" r:id="rId5" name="Group Box 1">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>4886325</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>114300</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>6600825</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>457200</xdr:rowOff>
                   </to>
@@ -20724,321 +19019,309 @@
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>5829300</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>171450</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>6343650</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>438150</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr codeName="Ark6"/>
-  <dimension ref="A1:G43"/>
+  <dimension ref="A1:F43"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="G1" sqref="G1"/>
+      <selection activeCell="D12" sqref="D12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" outlineLevelCol="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="2"/>
     <col min="2" max="2" width="125.5703125" style="2" customWidth="1"/>
-    <col min="3" max="3" width="118.7109375" style="4" hidden="1" customWidth="1" outlineLevel="1"/>
-[...4 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="4"/>
+    <col min="3" max="3" width="118.7109375" style="2" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="4" max="4" width="97.28515625" style="2" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="5" max="5" width="9.140625" style="7" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="6" max="6" width="9.140625" style="8" collapsed="1"/>
+    <col min="7" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="41.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="125" t="str">
+      <c r="A1" s="99" t="str">
         <f ca="1">OFFSET($C1,0,E1-1)</f>
         <v>FAQ vedrørende Regnskabsstatistik og XBRL</v>
       </c>
-      <c r="B1" s="22"/>
-[...6 lines deleted...]
-      <c r="E1" s="10">
+      <c r="B1" s="12"/>
+      <c r="C1" s="199" t="s">
+        <v>613</v>
+      </c>
+      <c r="D1" s="91" t="s">
+        <v>612</v>
+      </c>
+      <c r="E1" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:5" ht="37.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A2" s="241"/>
-      <c r="B2" s="242" t="str">
+      <c r="A2" s="204"/>
+      <c r="B2" s="205" t="str">
         <f ca="1">OFFSET($C2,0,$E$1-1)</f>
         <v>Formål</v>
       </c>
-      <c r="C2" s="234" t="s">
-[...3 lines deleted...]
-        <v>346</v>
+      <c r="C2" s="199" t="s">
+        <v>341</v>
+      </c>
+      <c r="D2" s="91" t="s">
+        <v>340</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="82.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="124"/>
-      <c r="B3" s="236" t="str">
+      <c r="A3" s="98"/>
+      <c r="B3" s="200" t="str">
         <f ca="1">OFFSET($C3,0,$E$1-1)</f>
         <v>Formålet med Regnskabsstatistik for de private byerhverv er at belyse det danske erhvervsliv og danne grundlag for driftsøkonomiske analyser, erhvervspolitiske beslutninger og for evaluering af den førte erhvervspolitik. Herudover er regnskabsstatistikken et meget væsentligt input til opgørelsen af nationalregnskabet. Regnskabsstatistikken for private byerhverv har været indsamlet og udarbejdet siden 1995.</v>
       </c>
-      <c r="C3" s="234" t="s">
-[...5 lines deleted...]
-      <c r="E3" s="4"/>
+      <c r="C3" s="199" t="s">
+        <v>593</v>
+      </c>
+      <c r="D3" s="93" t="s">
+        <v>594</v>
+      </c>
+      <c r="E3" s="2"/>
     </row>
     <row r="4" spans="1:5" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="124"/>
-      <c r="B4" s="236" t="str">
+      <c r="A4" s="98"/>
+      <c r="B4" s="200" t="str">
         <f ca="1">OFFSET($C4,0,$E$1-1)</f>
         <v>Statistikken er lovpligtig og indsamles på baggrund af Lov om Danmarks Statistik, jfr. lovbekendtgørelse nr. 599 af 22. juni 2000, § 8-12a.</v>
       </c>
-      <c r="C4" s="234" t="s">
-[...5 lines deleted...]
-      <c r="E4" s="4"/>
+      <c r="C4" s="199" t="s">
+        <v>595</v>
+      </c>
+      <c r="D4" s="209" t="s">
+        <v>596</v>
+      </c>
+      <c r="E4" s="2"/>
     </row>
     <row r="5" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="124"/>
-[...3 lines deleted...]
-      <c r="E5" s="4"/>
+      <c r="A5" s="98"/>
+      <c r="B5" s="200"/>
+      <c r="C5" s="199"/>
+      <c r="E5" s="2"/>
     </row>
     <row r="6" spans="1:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="16"/>
-      <c r="B6" s="243" t="str">
+      <c r="B6" s="206" t="str">
         <f t="shared" ref="B6:B16" ca="1" si="0">OFFSET($C6,0,$E$1-1)</f>
         <v>Kan jeg bruge XBRL-filen til Erhvervsstyrelsen til indberetning til Regnskabsstatistik?</v>
       </c>
-      <c r="C6" s="249" t="s">
-[...3 lines deleted...]
-        <v>619</v>
+      <c r="C6" s="211" t="s">
+        <v>614</v>
+      </c>
+      <c r="D6" s="78" t="s">
+        <v>599</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A7" s="124"/>
-      <c r="B7" s="236" t="str">
+      <c r="A7" s="98"/>
+      <c r="B7" s="200" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Nej.</v>
       </c>
-      <c r="C7" s="234" t="s">
-[...3 lines deleted...]
-        <v>618</v>
+      <c r="C7" s="199" t="s">
+        <v>597</v>
+      </c>
+      <c r="D7" s="102" t="s">
+        <v>598</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="124"/>
-      <c r="B8" s="236" t="str">
+      <c r="A8" s="98"/>
+      <c r="B8" s="200" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>XBRL-filen til Danmarks Statistik er lavet med en anden taksonomi end XBRL-filen til Erhvervsstyrelsen og indeholder fortrolige oplysninger, som ikke er tilgængelig i det officielle regnskab.</v>
       </c>
-      <c r="C8" s="234" t="s">
-[...3 lines deleted...]
-        <v>623</v>
+      <c r="C8" s="199" t="s">
+        <v>356</v>
+      </c>
+      <c r="D8" s="200" t="s">
+        <v>603</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="124"/>
-[...2 lines deleted...]
-      <c r="D9" s="129"/>
+      <c r="A9" s="98"/>
+      <c r="B9" s="102"/>
+      <c r="C9" s="96"/>
+      <c r="D9" s="102"/>
     </row>
     <row r="10" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A10" s="124"/>
-      <c r="B10" s="243" t="str">
+      <c r="A10" s="98"/>
+      <c r="B10" s="206" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Hvorfor bliver min XBRL-fil bliver afvist, når jeg forsøger at indberette?</v>
       </c>
-      <c r="C10" s="121" t="s">
-[...3 lines deleted...]
-        <v>620</v>
+      <c r="C10" s="96" t="s">
+        <v>608</v>
+      </c>
+      <c r="D10" s="96" t="s">
+        <v>600</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="124"/>
-      <c r="B11" s="236" t="str">
+      <c r="A11" s="98"/>
+      <c r="B11" s="200" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Der kan være forskellige årsager til at en XBRL-fil afvises:</v>
       </c>
-      <c r="C11" s="234" t="s">
-[...3 lines deleted...]
-        <v>621</v>
+      <c r="C11" s="199" t="s">
+        <v>602</v>
+      </c>
+      <c r="D11" s="199" t="s">
+        <v>601</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="69" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="124"/>
-      <c r="B12" s="236" t="str">
+      <c r="A12" s="98"/>
+      <c r="B12" s="200" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>• Forkert taksonomi. Som nævnt i afsnittet ovenfor - tjek, at filen ikke er årsrapporten til Erhvervsstyrelsen.
-• Forkert CVR-nummer eller dato formatering.
+• Forkert CVR-nummer eller datoformatering.
 • Filen er ufuldstændig og mangler regnskabsposter (tags). Prøv at lave en ny XBRL-fil.
 • XBRL-filen indeholder kommategn - tjek filen. Husk at alle tal skal være i hele tusinder (000).</v>
       </c>
-      <c r="C12" s="234" t="s">
-[...5 lines deleted...]
-      <c r="E12" s="4"/>
+      <c r="C12" s="199" t="s">
+        <v>636</v>
+      </c>
+      <c r="D12" s="209" t="s">
+        <v>609</v>
+      </c>
+      <c r="E12" s="2"/>
     </row>
     <row r="13" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="124"/>
-[...3 lines deleted...]
-      <c r="E13" s="4"/>
+      <c r="A13" s="98"/>
+      <c r="B13" s="100"/>
+      <c r="C13" s="96"/>
+      <c r="E13" s="2"/>
     </row>
     <row r="14" spans="1:5" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="16"/>
-      <c r="B14" s="242" t="str">
+      <c r="B14" s="205" t="str">
         <f t="shared" ca="1" si="0"/>
         <v xml:space="preserve">Kontakt Erhvervslivets Udvikling: </v>
       </c>
-      <c r="C14" s="121" t="s">
-[...3 lines deleted...]
-        <v>632</v>
+      <c r="C14" s="96" t="s">
+        <v>610</v>
+      </c>
+      <c r="D14" s="96" t="s">
+        <v>611</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="B15" s="236" t="str">
+      <c r="B15" s="200" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Tlf. nr. : +45 39 17 35 70</v>
       </c>
-      <c r="C15" s="233" t="s">
-[...3 lines deleted...]
-        <v>624</v>
+      <c r="C15" s="91" t="s">
+        <v>607</v>
+      </c>
+      <c r="D15" s="91" t="s">
+        <v>604</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="B16" s="236" t="str">
+      <c r="B16" s="200" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Email: regn@dst.dk</v>
       </c>
-      <c r="C16" s="233" t="s">
-[...18 lines deleted...]
-      <c r="B20" s="123"/>
+      <c r="C16" s="91" t="s">
+        <v>606</v>
+      </c>
+      <c r="D16" s="91" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="200"/>
+      <c r="C17" s="91"/>
+      <c r="D17" s="91"/>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" s="200"/>
+      <c r="C18" s="91"/>
+      <c r="D18" s="91"/>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20"/>
       <c r="C20"/>
     </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
-[...35 lines deleted...]
-      <c r="B29" s="123"/>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" s="100"/>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22"/>
+      <c r="C22" s="96"/>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23"/>
+      <c r="C23" s="96"/>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24"/>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25"/>
+      <c r="C25" s="96"/>
+      <c r="D25" s="101"/>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26"/>
+      <c r="C26" s="96"/>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27"/>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28"/>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29"/>
     </row>
     <row r="43" spans="2:2" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B43" s="185"/>
+      <c r="B43" s="155"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="10241" r:id="rId3" name="Group Box 1">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>5838825</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>85725</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>7886700</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>466725</xdr:rowOff>
                   </to>