--- v0 (2025-10-08)
+++ v1 (2026-02-28)
@@ -1,164 +1,178 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp7.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp8.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp9.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp10.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp11.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp12.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp13.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp14.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp15.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr codeName="Denne_projektmappe" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Koordinering af dataindsamling\01 - Tællingsdokumenter\REGN\Faglige vejledninger\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Koordinering af dataindsamling\01 - Tællingsdokumenter\REGN\Regneark\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{8303748D-0CF3-4771-8A6D-EEBB938251FE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="135" yWindow="225" windowWidth="14535" windowHeight="9975"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Start - Guide" sheetId="9" r:id="rId1"/>
     <sheet name="Regnskabsstatistik" sheetId="7" r:id="rId2"/>
     <sheet name="REGN Information" sheetId="11" r:id="rId3"/>
     <sheet name="XBRL" sheetId="8" r:id="rId4"/>
     <sheet name="XBRL upload" sheetId="12" r:id="rId5"/>
     <sheet name="FAQ" sheetId="13" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Regnskabsstatistik!$A$1:$F$146</definedName>
     <definedName name="CVRnummer">#REF!</definedName>
     <definedName name="form_lang">Regnskabsstatistik!$E$1</definedName>
     <definedName name="kamEpost">#REF!</definedName>
     <definedName name="kamNavn">#REF!</definedName>
     <definedName name="kamTelefon">#REF!</definedName>
     <definedName name="Titel" localSheetId="4">'XBRL upload'!$A$1</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">Regnskabsstatistik!$A:$B,Regnskabsstatistik!$1:$3</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <webPublishing vml="1" allowPng="1" targetScreenSize="1024x768" codePage="1252"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="G59" i="7" l="1"/>
   <c r="G37" i="7" l="1"/>
   <c r="G26" i="7"/>
   <c r="F129" i="7" l="1"/>
   <c r="G104" i="7" l="1"/>
   <c r="AB129" i="7"/>
   <c r="G129" i="7" s="1"/>
   <c r="F125" i="7"/>
   <c r="AB125" i="7" s="1"/>
   <c r="G125" i="7" s="1"/>
   <c r="F120" i="7"/>
   <c r="AB120" i="7" s="1"/>
   <c r="G120" i="7" s="1"/>
   <c r="F114" i="7"/>
+  <c r="AB114" i="7" s="1"/>
+  <c r="G114" i="7" s="1"/>
   <c r="F110" i="7"/>
   <c r="F105" i="7"/>
   <c r="AB105" i="7" s="1"/>
   <c r="G105" i="7" s="1"/>
   <c r="F90" i="7"/>
-  <c r="F94" i="7" s="1"/>
   <c r="F86" i="7"/>
+  <c r="AB86" i="7" s="1"/>
+  <c r="G86" i="7" s="1"/>
   <c r="F79" i="7"/>
   <c r="G102" i="7"/>
-  <c r="AB114" i="7"/>
-  <c r="G114" i="7" s="1"/>
   <c r="G128" i="7"/>
   <c r="G127" i="7"/>
   <c r="G124" i="7"/>
   <c r="G123" i="7"/>
   <c r="G122" i="7"/>
   <c r="G119" i="7"/>
   <c r="G118" i="7"/>
   <c r="G117" i="7"/>
   <c r="G116" i="7"/>
   <c r="G113" i="7"/>
   <c r="G112" i="7"/>
   <c r="G109" i="7"/>
   <c r="G108" i="7"/>
   <c r="G107" i="7"/>
   <c r="G103" i="7"/>
   <c r="G101" i="7"/>
   <c r="G92" i="7"/>
   <c r="G89" i="7"/>
   <c r="G88" i="7"/>
   <c r="G85" i="7"/>
   <c r="G84" i="7"/>
   <c r="G83" i="7"/>
   <c r="G82" i="7"/>
   <c r="G81" i="7"/>
-  <c r="AB86" i="7"/>
-  <c r="G86" i="7" s="1"/>
   <c r="G78" i="7"/>
-  <c r="AB131" i="7" l="1"/>
+  <c r="F94" i="7" l="1"/>
+  <c r="AB131" i="7"/>
   <c r="G131" i="7" s="1"/>
   <c r="F131" i="7"/>
   <c r="AB110" i="7"/>
   <c r="G110" i="7" s="1"/>
   <c r="AB94" i="7"/>
   <c r="G94" i="7" s="1"/>
   <c r="AB90" i="7"/>
   <c r="G90" i="7" s="1"/>
   <c r="G77" i="7"/>
   <c r="G76" i="7"/>
   <c r="G75" i="7"/>
   <c r="G74" i="7"/>
   <c r="G48" i="7"/>
   <c r="G42" i="7"/>
   <c r="G21" i="7"/>
   <c r="G36" i="7"/>
   <c r="G33" i="7"/>
   <c r="G32" i="7"/>
   <c r="G31" i="7"/>
   <c r="G30" i="7"/>
   <c r="G29" i="7"/>
   <c r="G28" i="7"/>
   <c r="G27" i="7"/>
   <c r="G24" i="7"/>
   <c r="G25" i="7"/>
@@ -613,123 +627,121 @@
   <c r="E65" i="8"/>
   <c r="F64" i="8"/>
   <c r="G64" i="8" s="1"/>
   <c r="H64" i="8" s="1"/>
   <c r="E64" i="8"/>
   <c r="F63" i="8"/>
   <c r="G63" i="8" s="1"/>
   <c r="E63" i="8"/>
   <c r="F62" i="8"/>
   <c r="G62" i="8" s="1"/>
   <c r="H62" i="8" s="1"/>
   <c r="E62" i="8"/>
   <c r="F61" i="8"/>
   <c r="G61" i="8" s="1"/>
   <c r="H61" i="8" s="1"/>
   <c r="E61" i="8"/>
   <c r="F60" i="8"/>
   <c r="G60" i="8" s="1"/>
   <c r="H60" i="8" s="1"/>
   <c r="E60" i="8"/>
   <c r="F59" i="8"/>
   <c r="G59" i="8" s="1"/>
   <c r="H59" i="8" s="1"/>
   <c r="E59" i="8"/>
   <c r="J59" i="8" s="1"/>
-  <c r="G58" i="8"/>
+  <c r="F58" i="8"/>
+  <c r="G58" i="8" s="1"/>
   <c r="H58" i="8" s="1"/>
-  <c r="F58" i="8"/>
   <c r="E58" i="8"/>
   <c r="J58" i="8" s="1"/>
   <c r="F57" i="8"/>
   <c r="G57" i="8" s="1"/>
   <c r="H57" i="8" s="1"/>
   <c r="E57" i="8"/>
   <c r="F56" i="8"/>
   <c r="G56" i="8" s="1"/>
   <c r="H56" i="8" s="1"/>
   <c r="E56" i="8"/>
   <c r="F55" i="8"/>
   <c r="G55" i="8" s="1"/>
   <c r="H55" i="8" s="1"/>
   <c r="E55" i="8"/>
   <c r="F54" i="8"/>
   <c r="G54" i="8" s="1"/>
   <c r="H54" i="8" s="1"/>
   <c r="E54" i="8"/>
   <c r="J54" i="8" s="1"/>
   <c r="F53" i="8"/>
   <c r="G53" i="8" s="1"/>
   <c r="H53" i="8" s="1"/>
   <c r="E53" i="8"/>
   <c r="F52" i="8"/>
   <c r="G52" i="8" s="1"/>
   <c r="H52" i="8" s="1"/>
   <c r="E52" i="8"/>
   <c r="F51" i="8"/>
   <c r="G51" i="8" s="1"/>
   <c r="H51" i="8" s="1"/>
   <c r="E51" i="8"/>
-  <c r="J51" i="8" s="1"/>
   <c r="F50" i="8"/>
   <c r="G50" i="8" s="1"/>
   <c r="E50" i="8"/>
   <c r="J50" i="8" s="1"/>
   <c r="F49" i="8"/>
   <c r="G49" i="8" s="1"/>
   <c r="H49" i="8" s="1"/>
   <c r="E49" i="8"/>
   <c r="F48" i="8"/>
   <c r="G48" i="8" s="1"/>
   <c r="H48" i="8" s="1"/>
   <c r="E48" i="8"/>
   <c r="F47" i="8"/>
   <c r="G47" i="8" s="1"/>
   <c r="H47" i="8" s="1"/>
   <c r="E47" i="8"/>
   <c r="F46" i="8"/>
   <c r="G46" i="8" s="1"/>
   <c r="H46" i="8" s="1"/>
   <c r="E46" i="8"/>
   <c r="J46" i="8" s="1"/>
   <c r="F45" i="8"/>
   <c r="G45" i="8" s="1"/>
   <c r="H45" i="8" s="1"/>
   <c r="E45" i="8"/>
   <c r="F44" i="8"/>
   <c r="G44" i="8" s="1"/>
   <c r="H44" i="8" s="1"/>
   <c r="E44" i="8"/>
   <c r="F43" i="8"/>
   <c r="G43" i="8" s="1"/>
   <c r="H43" i="8" s="1"/>
   <c r="E43" i="8"/>
   <c r="F42" i="8"/>
   <c r="G42" i="8" s="1"/>
   <c r="H42" i="8" s="1"/>
   <c r="E42" i="8"/>
-  <c r="J42" i="8" s="1"/>
   <c r="F41" i="8"/>
   <c r="G41" i="8" s="1"/>
   <c r="H41" i="8" s="1"/>
   <c r="E41" i="8"/>
   <c r="F40" i="8"/>
   <c r="G40" i="8" s="1"/>
   <c r="H40" i="8" s="1"/>
   <c r="E40" i="8"/>
   <c r="F39" i="8"/>
   <c r="G39" i="8" s="1"/>
   <c r="H39" i="8" s="1"/>
   <c r="E39" i="8"/>
   <c r="F38" i="8"/>
   <c r="G38" i="8" s="1"/>
   <c r="H38" i="8" s="1"/>
   <c r="E38" i="8"/>
   <c r="J38" i="8" s="1"/>
   <c r="F37" i="8"/>
   <c r="G37" i="8" s="1"/>
   <c r="H37" i="8" s="1"/>
   <c r="E37" i="8"/>
   <c r="F36" i="8"/>
   <c r="G36" i="8" s="1"/>
   <c r="H36" i="8" s="1"/>
   <c r="E36" i="8"/>
@@ -742,439 +754,441 @@
   <c r="G34" i="8" s="1"/>
   <c r="E34" i="8"/>
   <c r="F33" i="8"/>
   <c r="G33" i="8" s="1"/>
   <c r="E33" i="8"/>
   <c r="F32" i="8"/>
   <c r="G32" i="8" s="1"/>
   <c r="E32" i="8"/>
   <c r="F31" i="8"/>
   <c r="G31" i="8" s="1"/>
   <c r="E31" i="8"/>
   <c r="F30" i="8"/>
   <c r="G30" i="8" s="1"/>
   <c r="E30" i="8"/>
   <c r="F29" i="8"/>
   <c r="G29" i="8" s="1"/>
   <c r="E29" i="8"/>
   <c r="F28" i="8"/>
   <c r="G28" i="8" s="1"/>
   <c r="H28" i="8" s="1"/>
   <c r="E28" i="8"/>
   <c r="F27" i="8"/>
   <c r="G27" i="8" s="1"/>
   <c r="H27" i="8" s="1"/>
   <c r="E27" i="8"/>
-  <c r="G26" i="8"/>
+  <c r="F26" i="8"/>
+  <c r="G26" i="8" s="1"/>
   <c r="H26" i="8" s="1"/>
-  <c r="F26" i="8"/>
   <c r="E26" i="8"/>
   <c r="J26" i="8" s="1"/>
   <c r="F25" i="8"/>
   <c r="G25" i="8" s="1"/>
   <c r="H25" i="8" s="1"/>
   <c r="E25" i="8"/>
   <c r="F24" i="8"/>
   <c r="G24" i="8" s="1"/>
   <c r="H24" i="8" s="1"/>
   <c r="E24" i="8"/>
   <c r="F23" i="8"/>
   <c r="G23" i="8" s="1"/>
   <c r="H23" i="8" s="1"/>
   <c r="E23" i="8"/>
   <c r="F22" i="8"/>
   <c r="G22" i="8" s="1"/>
   <c r="H22" i="8" s="1"/>
   <c r="E22" i="8"/>
-  <c r="J22" i="8" s="1"/>
   <c r="F21" i="8"/>
   <c r="G21" i="8" s="1"/>
   <c r="H21" i="8" s="1"/>
   <c r="E21" i="8"/>
   <c r="F20" i="8"/>
   <c r="G20" i="8" s="1"/>
   <c r="H20" i="8" s="1"/>
   <c r="E20" i="8"/>
   <c r="F19" i="8"/>
   <c r="G19" i="8" s="1"/>
   <c r="H19" i="8" s="1"/>
   <c r="E19" i="8"/>
   <c r="J19" i="8" s="1"/>
   <c r="F18" i="8"/>
   <c r="G18" i="8" s="1"/>
   <c r="H18" i="8" s="1"/>
   <c r="E18" i="8"/>
-  <c r="J18" i="8" s="1"/>
   <c r="F17" i="8"/>
   <c r="G17" i="8" s="1"/>
   <c r="E17" i="8"/>
   <c r="F16" i="8"/>
   <c r="G16" i="8" s="1"/>
   <c r="H16" i="8" s="1"/>
   <c r="E16" i="8"/>
   <c r="F15" i="8"/>
   <c r="G15" i="8" s="1"/>
   <c r="H15" i="8" s="1"/>
   <c r="E15" i="8"/>
   <c r="F14" i="8"/>
   <c r="G14" i="8" s="1"/>
   <c r="H14" i="8" s="1"/>
   <c r="E14" i="8"/>
   <c r="J14" i="8" s="1"/>
   <c r="F13" i="8"/>
   <c r="G13" i="8" s="1"/>
   <c r="E13" i="8"/>
   <c r="F12" i="8"/>
   <c r="G12" i="8" s="1"/>
   <c r="E12" i="8"/>
-  <c r="J12" i="8" s="1"/>
   <c r="F11" i="8"/>
   <c r="G11" i="8" s="1"/>
   <c r="H11" i="8" s="1"/>
   <c r="E11" i="8"/>
   <c r="F10" i="8"/>
   <c r="G10" i="8" s="1"/>
   <c r="H10" i="8" s="1"/>
   <c r="E10" i="8"/>
   <c r="F9" i="8"/>
   <c r="G9" i="8" s="1"/>
   <c r="H9" i="8" s="1"/>
   <c r="E9" i="8"/>
   <c r="F8" i="8"/>
   <c r="G8" i="8" s="1"/>
   <c r="H8" i="8" s="1"/>
   <c r="E8" i="8"/>
   <c r="F7" i="8"/>
   <c r="G7" i="8" s="1"/>
   <c r="H7" i="8" s="1"/>
   <c r="E7" i="8"/>
   <c r="F6" i="8"/>
   <c r="G6" i="8" s="1"/>
   <c r="H6" i="8" s="1"/>
   <c r="E6" i="8"/>
-  <c r="J6" i="8" s="1"/>
   <c r="F5" i="8"/>
   <c r="G5" i="8" s="1"/>
   <c r="E5" i="8"/>
   <c r="J5" i="8" s="1"/>
   <c r="F4" i="8"/>
   <c r="G4" i="8" s="1"/>
   <c r="E4" i="8"/>
-  <c r="J4" i="8" s="1"/>
   <c r="F3" i="8"/>
   <c r="G3" i="8" s="1"/>
   <c r="E3" i="8"/>
-  <c r="J3" i="8" s="1"/>
-  <c r="J27" i="8" l="1"/>
+  <c r="J6" i="8" l="1"/>
+  <c r="J12" i="8"/>
+  <c r="J18" i="8"/>
+  <c r="J42" i="8"/>
+  <c r="J3" i="8"/>
+  <c r="J51" i="8"/>
+  <c r="J4" i="8"/>
+  <c r="J22" i="8"/>
+  <c r="J27" i="8"/>
   <c r="J104" i="8"/>
   <c r="P104" i="8" s="1"/>
   <c r="J106" i="8"/>
   <c r="P106" i="8" s="1"/>
   <c r="J112" i="8"/>
   <c r="P112" i="8" s="1"/>
   <c r="J115" i="8"/>
   <c r="J67" i="8"/>
   <c r="J11" i="8"/>
   <c r="J13" i="8"/>
   <c r="J30" i="8"/>
   <c r="J34" i="8"/>
   <c r="J43" i="8"/>
   <c r="J62" i="8"/>
   <c r="J66" i="8"/>
   <c r="J75" i="8"/>
   <c r="J77" i="8"/>
   <c r="J79" i="8"/>
   <c r="J81" i="8"/>
   <c r="J83" i="8"/>
   <c r="J23" i="8"/>
   <c r="J31" i="8"/>
   <c r="J39" i="8"/>
   <c r="J47" i="8"/>
   <c r="J55" i="8"/>
   <c r="J63" i="8"/>
   <c r="J71" i="8"/>
   <c r="H5" i="8"/>
   <c r="L5" i="8" s="1"/>
   <c r="P5" i="8" s="1"/>
   <c r="H13" i="8"/>
   <c r="L13" i="8" s="1"/>
   <c r="H4" i="8"/>
   <c r="L4" i="8" s="1"/>
   <c r="P4" i="8" s="1"/>
   <c r="H12" i="8"/>
   <c r="L12" i="8" s="1"/>
-  <c r="P12" i="8" s="1"/>
   <c r="J8" i="8"/>
   <c r="J9" i="8"/>
+  <c r="P9" i="8" s="1"/>
   <c r="J10" i="8"/>
   <c r="J16" i="8"/>
   <c r="J17" i="8"/>
   <c r="J21" i="8"/>
   <c r="J25" i="8"/>
   <c r="J29" i="8"/>
   <c r="J33" i="8"/>
   <c r="J37" i="8"/>
   <c r="J41" i="8"/>
   <c r="J45" i="8"/>
   <c r="J49" i="8"/>
   <c r="J53" i="8"/>
   <c r="J57" i="8"/>
   <c r="J61" i="8"/>
   <c r="J65" i="8"/>
   <c r="J69" i="8"/>
   <c r="J73" i="8"/>
   <c r="J89" i="8"/>
   <c r="P89" i="8" s="1"/>
   <c r="J91" i="8"/>
   <c r="J93" i="8"/>
   <c r="P93" i="8" s="1"/>
   <c r="J95" i="8"/>
   <c r="P95" i="8" s="1"/>
   <c r="J97" i="8"/>
   <c r="P97" i="8" s="1"/>
   <c r="J103" i="8"/>
   <c r="P103" i="8" s="1"/>
   <c r="J105" i="8"/>
   <c r="P105" i="8" s="1"/>
   <c r="J107" i="8"/>
   <c r="J111" i="8"/>
   <c r="P111" i="8" s="1"/>
   <c r="J114" i="8"/>
   <c r="P114" i="8" s="1"/>
   <c r="L8" i="8"/>
   <c r="L9" i="8"/>
   <c r="L16" i="8"/>
   <c r="H3" i="8"/>
   <c r="L3" i="8"/>
+  <c r="P3" i="8" s="1"/>
   <c r="J7" i="8"/>
   <c r="J15" i="8"/>
   <c r="J20" i="8"/>
   <c r="J24" i="8"/>
   <c r="J28" i="8"/>
   <c r="J32" i="8"/>
   <c r="J36" i="8"/>
   <c r="J40" i="8"/>
   <c r="J44" i="8"/>
   <c r="J48" i="8"/>
   <c r="J52" i="8"/>
   <c r="J56" i="8"/>
   <c r="J60" i="8"/>
   <c r="J64" i="8"/>
   <c r="J68" i="8"/>
   <c r="J72" i="8"/>
-  <c r="P9" i="8"/>
   <c r="L6" i="8"/>
   <c r="P6" i="8" s="1"/>
   <c r="L14" i="8"/>
   <c r="P14" i="8" s="1"/>
   <c r="L10" i="8"/>
-  <c r="P3" i="8"/>
   <c r="L7" i="8"/>
   <c r="L11" i="8"/>
-  <c r="P11" i="8" s="1"/>
   <c r="L15" i="8"/>
-  <c r="P15" i="8" s="1"/>
   <c r="H17" i="8"/>
   <c r="L17" i="8" s="1"/>
   <c r="L19" i="8"/>
   <c r="P19" i="8" s="1"/>
   <c r="L20" i="8"/>
   <c r="L21" i="8"/>
   <c r="P21" i="8" s="1"/>
   <c r="L22" i="8"/>
   <c r="P22" i="8" s="1"/>
   <c r="L23" i="8"/>
   <c r="L24" i="8"/>
   <c r="P24" i="8" s="1"/>
   <c r="L40" i="8"/>
   <c r="P40" i="8" s="1"/>
   <c r="L41" i="8"/>
   <c r="L42" i="8"/>
   <c r="P42" i="8" s="1"/>
   <c r="L43" i="8"/>
   <c r="P43" i="8" s="1"/>
   <c r="L44" i="8"/>
   <c r="L46" i="8"/>
   <c r="P46" i="8" s="1"/>
   <c r="L47" i="8"/>
   <c r="L48" i="8"/>
-  <c r="P48" i="8" s="1"/>
   <c r="L56" i="8"/>
-  <c r="P56" i="8" s="1"/>
   <c r="L57" i="8"/>
   <c r="L58" i="8"/>
   <c r="P58" i="8" s="1"/>
   <c r="L59" i="8"/>
   <c r="P59" i="8" s="1"/>
   <c r="L60" i="8"/>
   <c r="L61" i="8"/>
-  <c r="P61" i="8" s="1"/>
   <c r="L62" i="8"/>
   <c r="L64" i="8"/>
-  <c r="P64" i="8" s="1"/>
   <c r="L66" i="8"/>
   <c r="P66" i="8" s="1"/>
   <c r="L68" i="8"/>
-  <c r="P68" i="8" s="1"/>
   <c r="L70" i="8"/>
   <c r="P70" i="8" s="1"/>
   <c r="L72" i="8"/>
-  <c r="P72" i="8" s="1"/>
   <c r="L74" i="8"/>
   <c r="P74" i="8" s="1"/>
   <c r="J76" i="8"/>
   <c r="H77" i="8"/>
   <c r="L77" i="8"/>
-  <c r="P77" i="8" s="1"/>
   <c r="J80" i="8"/>
   <c r="H81" i="8"/>
   <c r="L81" i="8" s="1"/>
-  <c r="P81" i="8" s="1"/>
   <c r="J84" i="8"/>
   <c r="P86" i="8"/>
   <c r="J88" i="8"/>
   <c r="H91" i="8"/>
   <c r="L91" i="8" s="1"/>
   <c r="P91" i="8" s="1"/>
   <c r="H98" i="8"/>
   <c r="L98" i="8" s="1"/>
   <c r="P98" i="8" s="1"/>
   <c r="J100" i="8"/>
   <c r="P100" i="8" s="1"/>
   <c r="H107" i="8"/>
   <c r="L107" i="8" s="1"/>
   <c r="J109" i="8"/>
   <c r="P109" i="8" s="1"/>
   <c r="J116" i="8"/>
   <c r="P116" i="8" s="1"/>
   <c r="L18" i="8"/>
   <c r="P18" i="8" s="1"/>
   <c r="L25" i="8"/>
   <c r="L26" i="8"/>
   <c r="P26" i="8" s="1"/>
   <c r="L27" i="8"/>
-  <c r="P27" i="8" s="1"/>
   <c r="L28" i="8"/>
   <c r="L35" i="8"/>
   <c r="P35" i="8" s="1"/>
   <c r="L36" i="8"/>
-  <c r="P36" i="8" s="1"/>
   <c r="L37" i="8"/>
   <c r="P37" i="8" s="1"/>
   <c r="L38" i="8"/>
   <c r="P38" i="8" s="1"/>
   <c r="L39" i="8"/>
   <c r="L45" i="8"/>
   <c r="P45" i="8" s="1"/>
   <c r="L49" i="8"/>
   <c r="P49" i="8" s="1"/>
   <c r="L51" i="8"/>
   <c r="P51" i="8" s="1"/>
   <c r="L52" i="8"/>
-  <c r="P52" i="8" s="1"/>
   <c r="L53" i="8"/>
   <c r="L54" i="8"/>
   <c r="P54" i="8" s="1"/>
   <c r="L55" i="8"/>
   <c r="P55" i="8" s="1"/>
   <c r="H80" i="8"/>
   <c r="L80" i="8" s="1"/>
   <c r="H88" i="8"/>
   <c r="L88" i="8" s="1"/>
   <c r="H29" i="8"/>
   <c r="L29" i="8" s="1"/>
   <c r="P29" i="8" s="1"/>
   <c r="H30" i="8"/>
   <c r="L30" i="8" s="1"/>
-  <c r="P30" i="8" s="1"/>
   <c r="H31" i="8"/>
   <c r="L31" i="8" s="1"/>
   <c r="H32" i="8"/>
   <c r="L32" i="8" s="1"/>
-  <c r="P32" i="8" s="1"/>
   <c r="H33" i="8"/>
   <c r="L33" i="8" s="1"/>
-  <c r="P33" i="8" s="1"/>
   <c r="H34" i="8"/>
   <c r="L34" i="8" s="1"/>
   <c r="P34" i="8" s="1"/>
   <c r="H50" i="8"/>
   <c r="L50" i="8" s="1"/>
   <c r="P50" i="8" s="1"/>
   <c r="H63" i="8"/>
   <c r="L63" i="8" s="1"/>
   <c r="P63" i="8" s="1"/>
   <c r="L65" i="8"/>
-  <c r="P65" i="8" s="1"/>
   <c r="L67" i="8"/>
-  <c r="P67" i="8" s="1"/>
   <c r="L69" i="8"/>
   <c r="L71" i="8"/>
   <c r="P71" i="8" s="1"/>
   <c r="L73" i="8"/>
   <c r="H75" i="8"/>
   <c r="L75" i="8" s="1"/>
-  <c r="P75" i="8" s="1"/>
   <c r="J78" i="8"/>
   <c r="H79" i="8"/>
   <c r="L79" i="8" s="1"/>
-  <c r="P79" i="8" s="1"/>
   <c r="J82" i="8"/>
   <c r="H83" i="8"/>
   <c r="L83" i="8" s="1"/>
   <c r="P83" i="8" s="1"/>
   <c r="J85" i="8"/>
   <c r="P85" i="8" s="1"/>
   <c r="J87" i="8"/>
   <c r="P87" i="8" s="1"/>
   <c r="J92" i="8"/>
   <c r="J99" i="8"/>
   <c r="P99" i="8" s="1"/>
   <c r="J101" i="8"/>
   <c r="J108" i="8"/>
   <c r="P108" i="8" s="1"/>
   <c r="J110" i="8"/>
   <c r="H115" i="8"/>
   <c r="L115" i="8" s="1"/>
   <c r="P115" i="8" s="1"/>
   <c r="J117" i="8"/>
   <c r="P117" i="8" s="1"/>
   <c r="H76" i="8"/>
   <c r="L76" i="8" s="1"/>
   <c r="H84" i="8"/>
   <c r="L84" i="8" s="1"/>
   <c r="H78" i="8"/>
-  <c r="L78" i="8"/>
+  <c r="L78" i="8" s="1"/>
   <c r="H82" i="8"/>
   <c r="L82" i="8" s="1"/>
   <c r="H92" i="8"/>
   <c r="L92" i="8" s="1"/>
   <c r="H101" i="8"/>
   <c r="L101" i="8"/>
   <c r="H110" i="8"/>
   <c r="L110" i="8" s="1"/>
-  <c r="P31" i="8" l="1"/>
+  <c r="P27" i="8" l="1"/>
+  <c r="P77" i="8"/>
+  <c r="P33" i="8"/>
+  <c r="P79" i="8"/>
+  <c r="P56" i="8"/>
+  <c r="P75" i="8"/>
+  <c r="P48" i="8"/>
+  <c r="P12" i="8"/>
+  <c r="P32" i="8"/>
+  <c r="P68" i="8"/>
+  <c r="P67" i="8"/>
+  <c r="P11" i="8"/>
+  <c r="P81" i="8"/>
+  <c r="P61" i="8"/>
+  <c r="P30" i="8"/>
+  <c r="P72" i="8"/>
+  <c r="P36" i="8"/>
+  <c r="P15" i="8"/>
+  <c r="P64" i="8"/>
+  <c r="P65" i="8"/>
+  <c r="P52" i="8"/>
+  <c r="P31" i="8"/>
   <c r="P60" i="8"/>
   <c r="P44" i="8"/>
   <c r="P13" i="8"/>
   <c r="P28" i="8"/>
   <c r="P62" i="8"/>
   <c r="P53" i="8"/>
   <c r="P47" i="8"/>
   <c r="P73" i="8"/>
   <c r="P69" i="8"/>
   <c r="P25" i="8"/>
   <c r="P107" i="8"/>
   <c r="P57" i="8"/>
   <c r="P41" i="8"/>
   <c r="P7" i="8"/>
   <c r="P10" i="8"/>
   <c r="P8" i="8"/>
   <c r="P88" i="8"/>
   <c r="P84" i="8"/>
   <c r="P101" i="8"/>
   <c r="P82" i="8"/>
   <c r="P76" i="8"/>
   <c r="P110" i="8"/>
   <c r="P92" i="8"/>
   <c r="P78" i="8"/>
   <c r="P80" i="8"/>
@@ -2249,53 +2263,50 @@
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>ÅÅÅÅ-MM-DD</t>
     </r>
   </si>
   <si>
     <t>Regnskabsstatistik</t>
   </si>
   <si>
     <t>Årets resultat (+/-)</t>
   </si>
   <si>
     <t>Profit or loss for the year (+/-)</t>
   </si>
   <si>
     <t>Ordinært resultat, før skat (+/-)</t>
   </si>
   <si>
     <t>Profit or loss before tax (+/-)</t>
   </si>
   <si>
     <t>Tab på debitorer (konstaterede tab og ændringer i hensættelse) (+/-)</t>
   </si>
   <si>
-    <t>Profit retained (+) or loss sustained (-)</t>
-[...1 lines deleted...]
-  <si>
     <t>Egenkapital ultimo (+/-)</t>
   </si>
   <si>
     <t>DKK</t>
   </si>
   <si>
     <t xml:space="preserve"> 1000--&gt;</t>
   </si>
   <si>
     <t>test@test.dk</t>
   </si>
   <si>
     <t>Figur A</t>
   </si>
   <si>
     <t>Figure A</t>
   </si>
   <si>
     <t>Arbejde udført for egen regning og opført under aktiver som tilgang</t>
   </si>
   <si>
     <t>Eksterne omkostninger i øvrigt (bortset fra poster af sekundær karakter)
 • Udgifter til køretøjer, reparation, vedligeholdelse, rengøring, uddannelse, arbejdstøj, kontorartikler, telefon, revisor , forsikringer ol.</t>
   </si>
   <si>
@@ -2346,129 +2357,113 @@
     <t>Tilgang i alt
 (pkt. 67+73+76+77)</t>
   </si>
   <si>
     <t>Other operating income
 • Income not related to the primary operating business</t>
   </si>
   <si>
     <t xml:space="preserve">Andre driftsindtægter 
 </t>
   </si>
   <si>
     <t>Køb af underentrepriser/underleverandører</t>
   </si>
   <si>
     <t>Omkostninger til husleje (ekskl. varme og el)</t>
   </si>
   <si>
     <t>Rent paid (excl. heating bill)</t>
   </si>
   <si>
     <t>Omkostninger til anskaffelse af småinventar/driftsmidler med kort levetid</t>
   </si>
   <si>
     <t xml:space="preserve">Omkostninger til langtidsleje og operationel leasing
-</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Eksterne omkostninger i øvrigt (bortset fra poster af sekundær karakter)
 </t>
   </si>
   <si>
     <t xml:space="preserve">Lønninger og gager
 </t>
   </si>
   <si>
     <t>Wages and salaries, total</t>
   </si>
   <si>
     <t>Pension costs, total</t>
   </si>
   <si>
     <t xml:space="preserve">Other social security costs
 </t>
   </si>
   <si>
     <t>Andre omkostninger til social sikring</t>
   </si>
   <si>
     <t xml:space="preserve">Nedskrivninger af omsætningsaktiver (bortset fra finansielle omsætningsaktiver)
 </t>
   </si>
   <si>
     <t xml:space="preserve">Sekundære omkostninger
 </t>
   </si>
   <si>
     <t xml:space="preserve">Renteindtægter o.l. af finansielle anlægsaktiver og omsætningsaktiver
 </t>
   </si>
   <si>
     <t xml:space="preserve">Nedskrivning af finansielle anlægs- og omsætningsaktiver
 </t>
   </si>
   <si>
     <t>Depreciation and amortisation of tangible and intangible fixed assets</t>
   </si>
   <si>
     <t>Medtages: 
 • Omkostninger for egen regning til materialer, egne lønninger m.v. til forbedring af egne bygninger, maskiner, udvikling af software o.l. 
 Medtages ikke: 
 • Køb af andres forbedring af virksomhedens bygninger, maskiner, udvikling af software o.l.</t>
-  </si>
-[...4 lines deleted...]
-    <t>1. Dan og gem XBRL fil</t>
   </si>
   <si>
     <t>2.1 Virk.dk - Regnskabsstatistik</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Regnskabsstatistik til Danmarks Statistik </t>
     </r>
   </si>
   <si>
-    <t>2.2 Upload XBRL fil</t>
-[...4 lines deleted...]
-  <si>
     <t>3. Kvittering</t>
   </si>
   <si>
     <t>2. Start</t>
   </si>
   <si>
     <t>3. Receipt</t>
   </si>
   <si>
     <t>Læs venligst Start-siden grundigt.</t>
   </si>
   <si>
     <t xml:space="preserve">Arket " Regnskabsstatistik" viser indberetningsskemaet. 
 Alle de grå felter skal udfyldes for, at indberetningen er korrekt. </t>
   </si>
   <si>
     <t>Hvis du ikke har tal for en given post, skrives et "0".</t>
   </si>
   <si>
     <t>Årets resultat (+/-)
 (pkt. 24-25)</t>
   </si>
   <si>
     <t>This Excel contain the following worksheets:</t>
   </si>
@@ -2512,59 +2507,50 @@
   </si>
   <si>
     <t>Forbrug af varer (materialer)</t>
   </si>
   <si>
     <t xml:space="preserve">Renteomkostninger o.l. af finansielle anlægsaktiver og omsætningsaktiver
 </t>
   </si>
   <si>
     <t xml:space="preserve">Excel-arket indeholder følgende faner: </t>
   </si>
   <si>
     <t>Arket "XBRL" viser posterne, som de ser ud, når de er i XBRL-format.</t>
   </si>
   <si>
     <t>6. ¨FAQ¨: Q&amp;A</t>
   </si>
   <si>
     <t>XBRL-filen til Danmarks Statistik er lavet med en anden taksonomi end XBRL-filen til Erhvervsstyrelsen og indeholder fortrolige oplysninger, som ikke er tilgængelig i det officielle regnskab.</t>
   </si>
   <si>
     <t>Vejledning i XBRL-upload</t>
   </si>
   <si>
     <t xml:space="preserve">Regnskabsstatistik </t>
-  </si>
-[...7 lines deleted...]
-    <t>2025-05-01</t>
   </si>
   <si>
     <t>Indberetningen skal indeholde regnskabsdata for det udtrukkede cvr nr., indtast i højre kolonne (grå felter). 
 Hvis jeres firma er et moderselskab, skal I kun indtaste oplysninger om moderselskabet, ikke hele koncernen.
 Pkt.19 til 60, skal stemme overens med den officielle Årsrapport.</t>
   </si>
   <si>
     <t>The report must contain accounting data for the selected CVR-number - specify in the column to the right (grey cell).
 If the company is a parent company, you should only report data for the parent company - not consolidated financial data and not for the whole group.
 Item no. 19 to 60 must correspond with the official Annual Financial Report.</t>
   </si>
   <si>
     <t>Revenue (excluding discounts, VAT and excise duties)</t>
   </si>
   <si>
     <t xml:space="preserve">Include: 
 • Costs at your own expense for materials, own salaries, etc. to improve your buildings, machinery, software development, etc.
 Do not include: 
 • Costs of materials or salaries for development and improvement made by others, to the company's buildings, machinery, software development, etc.
 </t>
   </si>
   <si>
     <t>Medtages: 
 • Indtægt, som ikke angår den egentlige drift, fx lejeindtægter og gevinst ved salg af immaterielle og materielle anlægsaktiver.
 • Refunderede syge- og barselsdagpenge eller løntilskud til fx elever samt viderefaktureret løn.
@@ -2674,59 +2660,50 @@
   <si>
     <t>Include: 
 • Hired labour from another company, e.g. temp agencies.
 • Hired labour from associated or affiliated companies within the group. 
 • Payments for employees (non DK-based) in foreign branches.
 Do not include: 
 • For temp agencies only: wage and salary costs, if the company’s primary operating business is the hiring of temporary workers (specified under items no. 12, 13 and 14).</t>
   </si>
   <si>
     <t>Som ikke er IFRS16 leasing.</t>
   </si>
   <si>
     <t>But not cost related to IFRS16 leasing.</t>
   </si>
   <si>
     <t>• Konstaterede tab.
 • Hensættelser til imødegåelse af tab på debitorer.
 • Regulering af hensættelse til tab på debitorer (deriblandt tilbageførsel af tidligere hensættelser).</t>
   </si>
   <si>
     <t>• Established losses on debtors.
 • Provisions to cover losses on receivables.
 • Adjustment of provisons for losses on debtors including reversal of previous provisions (-).</t>
   </si>
   <si>
-    <t>Other external costs (excluding items of secondary nature)</t>
-[...7 lines deleted...]
-  <si>
     <t>Refusioner og viderefaktureret løn fratrækkes ikke og anføres i pkt. 3 som anden driftsindtægt.
 Medtages: 
 •  De samlede lønninger  (herunder produktionsløn, samt gager og vederlag til arbejdere, funktionærer, direktion og bestyrelse, inkl. ferieløn og godtgørelse, overtidsbetalinger, løntillæg i form af gratis ydelser), løn under sygdom eller graviditet og diverse bonusordninger.
 Medtages ikke: 
 • Løn til vikarer, der aflønnes af andre virksomheder, som f.eks. vikarbureauer (angives i pkt. 8).
 • Underentrepriser/fremmed arbejde (se pkt. 5).</t>
   </si>
   <si>
     <t>Include: 
 • Total wages and salaries (including production wages and salaries, as well as wages and salaries of labourers, salaried employees, management and directors, including holiday pay and allowances, overtime payments, salary supplements in the form of free services, sick pay or pregnancy pay and various bonus schemes). 
 Do not include:   
 • Wages for temporary workers paid by other companies, such as temp agencies (added to item no. 8).
 • Subcontracting/contract work (added to item no. 5).</t>
   </si>
   <si>
     <t>• Arbejdsgiverens bidrag til de ansattes pensionsordninger i form af overenskomstaftale pensionsordninger, firmapensionordninger o.l.
 • Pensionsudbetalinger til fratrådte medarbejdere.</t>
   </si>
   <si>
     <t>• The employer's contribution to the employees'  pension schemes eg. Company pension schemes, collective agreement pension schemes etc.
 • Pension payments to retired employees.</t>
   </si>
   <si>
     <t>Medtages: 
 • Årets afskrivninger på materielle anlægsaktiver (bygninger, installationer, maskiner og inventar, transport- og andet driftsmateriel) og immaterielle anlægsaktiver (erhvervet goodwill, knowhow samt aktiverede udgifter til rationalisering og udvikling).
@@ -3142,53 +3119,50 @@
   <si>
     <t>Reversal of depreciation, amortisation and impairment of the disposed machinery, plant and equipment, total</t>
   </si>
   <si>
     <t>Disposals, at book value, total 
 (item no. 83+87+90-95-99-102)</t>
   </si>
   <si>
     <t>Statistics Denmark</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Date of approval of the official annual report: </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>YYYY-MM-DD</t>
     </r>
   </si>
   <si>
-    <t>Business accounts statistics 2024</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Business accounts statistics </t>
   </si>
   <si>
     <t>Please read the ¨Start - Guide¨ thoroughly.</t>
   </si>
   <si>
     <t>The "Regnskabsstatistik" worksheet contains the reporting form.  
 All of the gray cells must be filled in for the report to be valid.</t>
   </si>
   <si>
     <t>All amounts must be written in whole 1.000 and must not contain any decimals.</t>
   </si>
   <si>
     <t xml:space="preserve">• Only items no. 8, 19, 24-27 and item no. 55 may comtain a negative sign.  </t>
   </si>
   <si>
     <t xml:space="preserve">• Some validations have been built into the cells. If a cell turns red, it is due to either incorrect signs or decimals in the cell. 
 Therefore, please dounle-check numbers you have entered. </t>
   </si>
   <si>
     <t xml:space="preserve">Posterne skrives i hele 1.000 kroner og må ikke indeholde decimaler - i eksemplet er anvendt DKK. </t>
   </si>
   <si>
     <t>1. ¨Start-guide¨: Her finder du en forside med oversigt og generelle råd vedrørende Regnskabsstatistikken.</t>
   </si>
@@ -3205,53 +3179,50 @@
   </si>
   <si>
     <t>3. ¨REGN Information¨: Denne fane indeholder en mere detaljeret oversigt over de enkelte poster, som vi efterspørger til Regnskabsstatistikken.
 -Er du i tvivl om en post, kan du ofte finde et svar her.</t>
   </si>
   <si>
     <t>3. ¨REGN Information¨: In this worksheet you can find more detailed overview of the individual items we request for the Business accounts statistics. 
 - If you are in doubt about an item, you can often find an answer here.</t>
   </si>
   <si>
     <t>4. ¨XBRL¨: I denne fane ligger selve XBRL-koden. Det er her, du finder og trækker den færdige XBRL-fil, som kan bruges til at indberette til Regnskabsstatistikken.</t>
   </si>
   <si>
     <t>5. ¨XBRL upload¨: I denne fane ligger der en vejledning i, hvordan du danner og gemmer en XBRL-fil (fra fanen: ¨XBRL¨),
 samt hvordan du efterfølgende indberetter til Regnskabsstatistikken med en XBRL-fil.</t>
   </si>
   <si>
     <t>If you have no income/expense to report under an item, please type a "0" in the cell.</t>
   </si>
   <si>
     <t xml:space="preserve">4. ¨XBRL¨: This worksheet contains the actual XBRL-code. This is where you find and export the completed XBRL code, which can be used to submit the report to the Business accounts statistics.  </t>
   </si>
   <si>
     <t xml:space="preserve">5. ¨XBRL upload¨: This worksheet contains instructions on how to create and save an XBRL file (from the "XBRL" worksheet), as well as how to subseqently submit to the Business accounts statistics using an XBRL file.
 </t>
-  </si>
-[...1 lines deleted...]
-    <t>2024-12-31</t>
   </si>
   <si>
     <t>Køb af underentrepriser/underleverandører
 • Køb af andres arbejde i forbindelse med virksomhedens primære drift (fremmed arbejde).</t>
   </si>
   <si>
     <t>Cost of subcontractors and other work done by others (by non-employees)
 • Purchase of work performed by others in connection with the primary operating business (contract work).</t>
   </si>
   <si>
     <t>Rent paid (excl. heating bill)
 • Includes expenses only related to tenancy.</t>
   </si>
   <si>
     <t>Small/minor equipment and fixtures costs, not capitalised 
 • Acquisition costs that are fully expensed through the income statement in the year of purchase, i.e. immediately amortised.</t>
   </si>
   <si>
     <t xml:space="preserve">Other external costs (excluding items of secondary nature)
 • Vehicle expenses, repairs, maintenance, royalties, licences, training, work clothes, office supplies, telephone, insurance etc. and services such as accountants and lawyers. </t>
   </si>
   <si>
     <t xml:space="preserve">Wages and salaries, total
 • Reimbursements and re-invoiced wages are not deducted and are reported under item no. 3 as other operating income.
 </t>
@@ -3575,163 +3546,117 @@
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> og til </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>ÅÅÅÅ-MM-DD:</t>
     </r>
   </si>
   <si>
     <t>Andre omkostninger til social sikring
 • Arbejdsgiverens bidrag til ATP, AER, BST ol. og personaleforsikringer i form af syge-, arbejdsskade-, ulykkes- og livsforsikringer m.m.</t>
   </si>
   <si>
     <t>Disposals, at book value, total 
 (items no. 83+87+90-95-99-102)</t>
   </si>
   <si>
-    <t xml:space="preserve">XBRL upload guide </t>
-[...1 lines deleted...]
-  <si>
     <t>1. How to create and save an XBRL file</t>
   </si>
   <si>
-    <t xml:space="preserve">Fill in the reporting form in the "Regnskabsstatistik" worksheet. All of the gray fields must be filled in for the report to be valid. </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">The "XBRL" worksheet shows the items as they appear in XBRL format.  </t>
   </si>
   <si>
     <t xml:space="preserve">Copy column P to e.g. Notepad and save it. Now your XBRL file is created. </t>
   </si>
   <si>
     <t>Please note: If you use Notepad to create and save the XBRL file, the file must be saved with UTF-8 encoding  - see figure A below.</t>
   </si>
   <si>
-    <r>
-[...23 lines deleted...]
-  <si>
     <t>Filen bliver afvist, hvis filen ikke er gemt med en UTF-8 kodning.</t>
   </si>
   <si>
-    <t>Kopier kolonne P til fx Notesblokken eller Notepad og gem den, så er XBRL-filen dannet.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">The file will be rejected if it is not saved with UTF-8 encoding. </t>
   </si>
   <si>
     <t>2.1 Virk.dk - Business accounts statistics</t>
   </si>
   <si>
     <t>Click on the ”Næste” button to continue.</t>
   </si>
   <si>
     <t>2.2 Upload the XBRL file</t>
   </si>
   <si>
     <t>Click on the ”Vælg fil” button to upload your XBRL file. Click on the ”Næste” button to continue.</t>
   </si>
   <si>
     <t xml:space="preserve">Note: If you have generated the XBRL file yourself using this spreadsheet, you must select "All files" in the file browser, in order to see it. </t>
   </si>
   <si>
     <t>2.3 Test the XBRL file and and submit your report</t>
   </si>
   <si>
     <t xml:space="preserve">You can now test your XBRL file and submit the report. </t>
   </si>
   <si>
     <t>Du kan nu teste din indberetningsfil, og indsende indberetningen.</t>
   </si>
   <si>
     <t xml:space="preserve">Please check that the company name and CVR number you are reporting for, appear in the overview.  </t>
   </si>
   <si>
-    <t xml:space="preserve">You wil receive a receipt once the report has been submitted. </t>
-[...1 lines deleted...]
-  <si>
     <t>Afslutningsvis får du en kvittering.</t>
   </si>
   <si>
     <t>Gå ind på vores hjemmeside:</t>
   </si>
   <si>
     <t>Go to our homepage:</t>
   </si>
   <si>
-    <t>Start indberetning med XBRL via ¨UPLOAD XBRL-FIL¨ knappen:</t>
-[...4 lines deleted...]
-  <si>
     <t>Login with MitID Erhverv provided by your company and click ¨Start selvbetjening¨.</t>
   </si>
   <si>
     <t>Log ind med MitID Erhverv og tryk på "Start selvbetjening".</t>
   </si>
   <si>
     <t>Under "Vælg den ønskede indberetning og myndighed", vælg:</t>
   </si>
   <si>
     <t>Hvorefter der trykkes "Næste".</t>
   </si>
   <si>
     <t>Under ¨Vælg den ønskede indberetning og myndighed¨ you must choose:</t>
-  </si>
-[...1 lines deleted...]
-    <t>OBS Har du selv dannet XBRL filen via dette regneark, skal du trykke på "Alle filer" for at kunne se filen.</t>
   </si>
   <si>
     <t>Tryk på ”Vælg fil”, og upload din XBRL-fil. Tryk på "Næste" for at fortsætte.</t>
   </si>
   <si>
     <r>
       <t>HUSK</t>
     </r>
     <r>
       <rPr>
         <sz val="10.5"/>
         <color theme="1"/>
         <rFont val="Georgia"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">! Kontroller at </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10.5"/>
         <color theme="1"/>
         <rFont val="Georgia"/>
         <family val="1"/>
       </rPr>
@@ -3769,56 +3694,50 @@
     <t>There can be various reasons why an XBRL file is rejected:</t>
   </si>
   <si>
     <t>Der kan være forskellige årsager til at en XBRL-fil afvises:</t>
   </si>
   <si>
     <t xml:space="preserve">The XBRL file that is used to report to Statistics Denmark is created with a different taxonomy (i.e. it is more detailed and contains confidential data, that is not found in the company's official annual report), than the XBRL file you report to the Danish Business Authority. 
 </t>
   </si>
   <si>
     <t>Telephone: +45 39 17 35 70</t>
   </si>
   <si>
     <t xml:space="preserve">Email: regn@dst.dk </t>
   </si>
   <si>
     <t>Email: regn@dst.dk</t>
   </si>
   <si>
     <t>Tlf. nr. : +45 39 17 35 70</t>
   </si>
   <si>
     <t>Hvorfor bliver min XBRL-fil bliver afvist, når jeg forsøger at indberette?</t>
   </si>
   <si>
-    <t>• Forkert taksonomi. Som nævnt i afsnittet ovenfor - tjek, at filen ikke er årsrapporten til Erhvervsstyrelsen.
-[...4 lines deleted...]
-  <si>
     <t>• Incorrect taxonomy.  As mentioned above, make sure that the file is not the annual report that you submit to the Danish Business Authority. 
 • Incorrect CVR number or date formatting. 
 • The file is incomplete and lacks items (tags). Try creating a new XBRL file. 
 • The XBRL file contains decimals (e.g. commas) - check your entries. Remember that all amounts must be written in whole thousands (000).</t>
   </si>
   <si>
     <t xml:space="preserve">Kontakt Erhvervslivets Udvikling: </t>
   </si>
   <si>
     <t xml:space="preserve">Contact the Business Dynamics section: </t>
   </si>
   <si>
     <t xml:space="preserve">FAQ about Business accounts statistics and XBRL </t>
   </si>
   <si>
     <t>FAQ vedrørende Regnskabsstatistik og XBRL</t>
   </si>
   <si>
     <r>
       <t>Kan jeg bruge X</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
@@ -3831,59 +3750,154 @@
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>en til Erhvervsstyrelsen til indberetning til Regnskabsstatistik?</t>
     </r>
   </si>
   <si>
     <t>• Kun pkt. 8, 19, 24-27 samt pkt. 55 må indeholde et negativt fortegn.</t>
   </si>
   <si>
     <t>• Der er indlagt nogle valideringer i cellerne. Hvis en celle bliver rød, skyldes det enten forkerte fortegn eller decimaler i cellen.
 Derfor tjek venligst dine indtastede tal igen.</t>
   </si>
   <si>
     <t>Du kan indberette til Danmarks Statistiks lovpligtige Regnskabsstatistik i XBRL-format gennem ”Regnskab - Special” på Virk.dk via vores hjemmeside.
 Dette er en vejledning til at udfylde og danne en XBRL-fil til indberetning.</t>
   </si>
   <si>
     <t>You can report the mandatory Business accounts statistics to Statistics Denmark in XBRL format via our homepage. 
 This is a guide on how to create and upload an XBRL file.</t>
   </si>
+  <si>
+    <t>2025-01-01</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>Business accounts statistics 2025</t>
+  </si>
+  <si>
+    <t>Regnskabsstatistik 2025</t>
+  </si>
+  <si>
+    <t>2026-05-01</t>
+  </si>
+  <si>
+    <t>Choose the ¨REPORT VIA XBRL FORMAT¨ button:</t>
+  </si>
+  <si>
+    <t>Start indberetning med XBRL via ¨INDBERET XBRL-FIL¨ knappen:</t>
+  </si>
+  <si>
+    <t>Udfyld indberetningsskemaet i fanen " Regnskabsstatistik". Alle de grå felter skal udfyldes.</t>
+  </si>
+  <si>
+    <t>Fill in the reporting form in the "Regnskabsstatistik" worksheet. Make sure that all of the gray cells are filled in.</t>
+  </si>
+  <si>
+    <t>OBS: Har du selv dannet XBRL-filen via dette regneark, skal du trykke på "Alle filer" for at kunne se filen.</t>
+  </si>
+  <si>
+    <t>2.3 Test XBRL-fil og indsend indberetning</t>
+  </si>
+  <si>
+    <t xml:space="preserve">You will receive a receipt once the report has been submitted. </t>
+  </si>
+  <si>
+    <t>2.2 Upload XBRL-fil</t>
+  </si>
+  <si>
+    <r>
+      <t>OBS! Benyttes f.eks. Notesblok/Notepad til at danne XBRL-filen, skal filen gemmes med</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> kodning "UTF-8"</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - se figur A nedenfor.</t>
+    </r>
+  </si>
+  <si>
+    <t>1. Dan og gem XBRL-fil</t>
+  </si>
+  <si>
+    <t>XBRL upload instructions</t>
+  </si>
+  <si>
+    <t>Kopier kolonne P til f. eks. Notesblok/Notepad og gem den, så er XBRL-filen dannet.</t>
+  </si>
+  <si>
+    <t>• Forkert taksonomi. Som nævnt i afsnittet ovenfor - tjek, at filen ikke er årsrapporten til Erhvervsstyrelsen.
+• Forkert CVR-nummer eller datoformatering.
+• Filen er ufuldstændig og mangler regnskabsposter (tags). Prøv at lave en ny XBRL-fil.
+• XBRL-filen indeholder kommategn - tjek filen. Husk at alle tal skal være i hele tusinder (000).</t>
+  </si>
+  <si>
+    <t>Udgifter til køretøjer, reparation, vedligeholdelse, royalties, rengøring, uddannelse, arbejdstøj, kontorartikler, telefon, revisor, advokat, forsikring, reklame, forretningsrejser, repræsentation o.l.</t>
+  </si>
+  <si>
+    <t>Vehicle expenses, repairs, maintenance, royalties, cleaning, training, work clothes, office supplies, telephone, insurance, advertising, business travel, entertainment, etc. and services such as accountants, solicitors and lawyers.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eksterne omkostninger i øvrigt 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Other external costs </t>
+  </si>
+  <si>
+    <t>Consolidation i.e. profit retained (+) or loss sustained (-)</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
-    <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
-[...1 lines deleted...]
-    <numFmt numFmtId="165" formatCode="yyyy/mm/dd;@"/>
+    <numFmt numFmtId="164" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="166" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="34" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
@@ -4690,741 +4704,657 @@
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="301">
+  <cellXfs count="258">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="3" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="3" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="13" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="6" fillId="3" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="13" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="5" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="166" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="165" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="166" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="3" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="5" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="14" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="5" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2"/>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...2 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="33" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="33" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="6" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="6" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="6" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="38" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="39" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="38" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="8" fillId="3" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="44" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="6" fillId="3" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...2 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
-    <cellStyle name="Komma 2" xfId="1"/>
-    <cellStyle name="Komma 2 2" xfId="4"/>
+    <cellStyle name="Komma 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
+    <cellStyle name="Komma 2 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Link" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="3"/>
+    <cellStyle name="Normal 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
   </cellStyles>
-  <dxfs count="143">
-[...12 lines deleted...]
-    </dxf>
+  <dxfs count="37">
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <u val="none"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
@@ -5442,723 +5372,63 @@
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <u val="none"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
-      <fill>
-[...5 lines deleted...]
-    <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <u val="none"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
-      <fill>
-[...651 lines deleted...]
-      </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <u val="none"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
@@ -6195,345 +5465,50 @@
         <b val="0"/>
         <i val="0"/>
         <u val="none"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <u val="none"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
-      <font>
-[...293 lines deleted...]
-      </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <u val="none"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
@@ -6597,204 +5572,130 @@
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <u val="none"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
-      <font>
-[...104 lines deleted...]
-    <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <u val="none"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <u val="none"/>
+        <color auto="1"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <u val="none"/>
+        <color auto="1"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <u val="none"/>
+        <color auto="1"/>
+      </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <u val="none"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
@@ -6808,195 +5709,207 @@
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp10.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp11.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" checked="Checked" firstButton="1" fmlaLink="E1" lockText="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" fmlaLink="E1" lockText="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp12.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" checked="Checked" lockText="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp13.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp14.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" checked="Checked" firstButton="1" fmlaLink="E1" lockText="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" fmlaLink="E1" lockText="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp15.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" checked="Checked" lockText="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp2.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" fmlaLink="E1" lockText="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp3.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" checked="Checked" lockText="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp4.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp5.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" checked="Checked" firstButton="1" fmlaLink="E1" lockText="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" fmlaLink="E1" lockText="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp6.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" checked="Checked" lockText="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp7.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp8.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" checked="Checked" firstButton="1" fmlaLink="E1" lockText="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" fmlaLink="E1" lockText="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp9.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" checked="Checked" lockText="1"/>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>4854776</xdr:colOff>
           <xdr:row>0</xdr:row>
           <xdr:rowOff>112093</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>6534150</xdr:colOff>
           <xdr:row>0</xdr:row>
           <xdr:rowOff>428625</xdr:rowOff>
         </xdr:to>
         <xdr:grpSp>
           <xdr:nvGrpSpPr>
-            <xdr:cNvPr id="10" name="Gruppe 9"/>
+            <xdr:cNvPr id="10" name="Gruppe 9">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000A000000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
             <xdr:cNvGrpSpPr/>
           </xdr:nvGrpSpPr>
           <xdr:grpSpPr>
             <a:xfrm>
               <a:off x="5464376" y="112093"/>
               <a:ext cx="1679374" cy="316532"/>
-              <a:chOff x="3092652" y="731264"/>
+              <a:chOff x="3092652" y="731270"/>
               <a:chExt cx="1562103" cy="307008"/>
             </a:xfrm>
           </xdr:grpSpPr>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="3083" name="Group Box 11" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s3083"/>
                   </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000B0C0000}"/>
+                  </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
-                <a:off x="3092652" y="731264"/>
+                <a:off x="3092652" y="731270"/>
                 <a:ext cx="1562103" cy="307008"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln w="9525">
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:noFill/>
                   </a14:hiddenFill>
                 </a:ext>
               </a:extLst>
             </xdr:spPr>
             <xdr:txBody>
               <a:bodyPr vertOverflow="clip" wrap="none" lIns="27432" tIns="18288" rIns="0" bIns="0" anchor="t" upright="1"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="l" rtl="0">
                   <a:defRPr sz="1000"/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="da-DK" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="Tahoma"/>
                     <a:ea typeface="Tahoma"/>
                     <a:cs typeface="Tahoma"/>
                   </a:rPr>
                   <a:t>Sprog / language</a:t>
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="3084" name="Option Button 12" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s3084"/>
+                  </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000C0C0000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="3283848" y="787803"/>
                 <a:ext cx="453124" cy="233266"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                     </a:solidFill>
                   </a14:hiddenFill>
                 </a:ext>
@@ -7017,50 +5930,53 @@
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="l" rtl="0">
                   <a:defRPr sz="1000"/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="da-DK" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="Tahoma"/>
                     <a:ea typeface="Tahoma"/>
                     <a:cs typeface="Tahoma"/>
                   </a:rPr>
                   <a:t>Dansk</a:t>
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="3085" name="Option Button 13" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s3085"/>
+                  </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000D0C0000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="3954036" y="787803"/>
                 <a:ext cx="470514" cy="233266"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                     </a:solidFill>
                   </a14:hiddenFill>
                 </a:ext>
@@ -7103,67 +6019,76 @@
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>5216726</xdr:colOff>
           <xdr:row>0</xdr:row>
           <xdr:rowOff>54943</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>6569279</xdr:colOff>
           <xdr:row>0</xdr:row>
           <xdr:rowOff>363844</xdr:rowOff>
         </xdr:to>
         <xdr:grpSp>
           <xdr:nvGrpSpPr>
-            <xdr:cNvPr id="3" name="Gruppe 2"/>
+            <xdr:cNvPr id="3" name="Gruppe 2">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000003000000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
             <xdr:cNvGrpSpPr/>
           </xdr:nvGrpSpPr>
           <xdr:grpSpPr>
             <a:xfrm>
               <a:off x="5788226" y="54943"/>
               <a:ext cx="1352553" cy="308901"/>
               <a:chOff x="3037649" y="712168"/>
               <a:chExt cx="1562103" cy="308901"/>
             </a:xfrm>
           </xdr:grpSpPr>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="2050" name="Group Box 2" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s2050"/>
+                  </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002080000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="3037649" y="712168"/>
                 <a:ext cx="1562103" cy="307008"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln w="9525">
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:noFill/>
                   </a14:hiddenFill>
                 </a:ext>
@@ -7174,50 +6099,53 @@
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="l" rtl="0">
                   <a:defRPr sz="1000"/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="da-DK" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="Tahoma"/>
                     <a:ea typeface="Tahoma"/>
                     <a:cs typeface="Tahoma"/>
                   </a:rPr>
                   <a:t>Sprog / language</a:t>
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="2051" name="Option Button 3" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s2051"/>
+                  </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000003080000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="3283848" y="787803"/>
                 <a:ext cx="453124" cy="233266"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                     </a:solidFill>
                   </a14:hiddenFill>
                 </a:ext>
@@ -7238,50 +6166,53 @@
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="l" rtl="0">
                   <a:defRPr sz="1000"/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="da-DK" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="Tahoma"/>
                     <a:ea typeface="Tahoma"/>
                     <a:cs typeface="Tahoma"/>
                   </a:rPr>
                   <a:t>Dansk</a:t>
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="2052" name="Option Button 4" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s2052"/>
+                  </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000004080000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="3954036" y="787803"/>
                 <a:ext cx="470514" cy="233266"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                     </a:solidFill>
                   </a14:hiddenFill>
                 </a:ext>
@@ -7324,121 +6255,133 @@
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>5169102</xdr:colOff>
           <xdr:row>0</xdr:row>
           <xdr:rowOff>66676</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>6686550</xdr:colOff>
           <xdr:row>0</xdr:row>
           <xdr:rowOff>504825</xdr:rowOff>
         </xdr:to>
         <xdr:grpSp>
           <xdr:nvGrpSpPr>
-            <xdr:cNvPr id="2" name="Gruppe 1"/>
+            <xdr:cNvPr id="2" name="Gruppe 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002000000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
             <xdr:cNvGrpSpPr/>
           </xdr:nvGrpSpPr>
           <xdr:grpSpPr>
             <a:xfrm>
-              <a:off x="5797752" y="66674"/>
-[...1 lines deleted...]
-              <a:chOff x="3215497" y="744342"/>
+              <a:off x="5797752" y="66676"/>
+              <a:ext cx="1517448" cy="438149"/>
+              <a:chOff x="3215497" y="744346"/>
               <a:chExt cx="1562104" cy="307008"/>
             </a:xfrm>
           </xdr:grpSpPr>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="7169" name="Group Box 1" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s7169"/>
                   </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-0000011C0000}"/>
+                  </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
-                <a:off x="3215497" y="744342"/>
+                <a:off x="3215497" y="744346"/>
                 <a:ext cx="1562104" cy="307008"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln w="9525">
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:noFill/>
                   </a14:hiddenFill>
                 </a:ext>
               </a:extLst>
             </xdr:spPr>
             <xdr:txBody>
               <a:bodyPr vertOverflow="clip" wrap="none" lIns="27432" tIns="18288" rIns="0" bIns="0" anchor="t" upright="1"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="l" rtl="0">
                   <a:defRPr sz="1000"/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="da-DK" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="Tahoma"/>
                     <a:ea typeface="Tahoma"/>
                     <a:cs typeface="Tahoma"/>
                   </a:rPr>
                   <a:t>Sprog / language</a:t>
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="7170" name="Option Button 2" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s7170"/>
+                  </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-0000021C0000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="3283848" y="787803"/>
                 <a:ext cx="453125" cy="233266"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                     </a:solidFill>
                   </a14:hiddenFill>
                 </a:ext>
@@ -7459,50 +6402,53 @@
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="l" rtl="0">
                   <a:defRPr sz="1000"/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="da-DK" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="Tahoma"/>
                     <a:ea typeface="Tahoma"/>
                     <a:cs typeface="Tahoma"/>
                   </a:rPr>
                   <a:t>Dansk</a:t>
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="7171" name="Option Button 3" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s7171"/>
+                  </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-0000031C0000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="3954029" y="787803"/>
                 <a:ext cx="470514" cy="233266"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                     </a:solidFill>
                   </a14:hiddenFill>
                 </a:ext>
@@ -7528,84 +6474,137 @@
                 <a:r>
                   <a:rPr lang="da-DK" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="Tahoma"/>
                     <a:ea typeface="Tahoma"/>
                     <a:cs typeface="Tahoma"/>
                   </a:rPr>
                   <a:t>English</a:t>
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
         </xdr:grpSp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8733333</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>218694</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="Billede 13">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00000E000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="609600" y="5676900"/>
+          <a:ext cx="8733333" cy="3047619"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>4886325</xdr:colOff>
           <xdr:row>0</xdr:row>
           <xdr:rowOff>112093</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>6600825</xdr:colOff>
           <xdr:row>0</xdr:row>
           <xdr:rowOff>457200</xdr:rowOff>
         </xdr:to>
         <xdr:grpSp>
           <xdr:nvGrpSpPr>
-            <xdr:cNvPr id="2" name="Gruppe 1"/>
+            <xdr:cNvPr id="2" name="Gruppe 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000002000000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
             <xdr:cNvGrpSpPr/>
           </xdr:nvGrpSpPr>
           <xdr:grpSpPr>
             <a:xfrm>
-              <a:off x="5495922" y="112093"/>
-              <a:ext cx="1714499" cy="345107"/>
+              <a:off x="5495925" y="112093"/>
+              <a:ext cx="1714500" cy="345107"/>
               <a:chOff x="3092656" y="731222"/>
               <a:chExt cx="1562102" cy="307008"/>
             </a:xfrm>
           </xdr:grpSpPr>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="9217" name="Group Box 1" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s9217"/>
+                  </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000001240000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="3092656" y="731222"/>
                 <a:ext cx="1562102" cy="307008"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln w="9525">
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:noFill/>
                   </a14:hiddenFill>
                 </a:ext>
@@ -7616,50 +6615,53 @@
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="l" rtl="0">
                   <a:defRPr sz="1000"/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="da-DK" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="Tahoma"/>
                     <a:ea typeface="Tahoma"/>
                     <a:cs typeface="Tahoma"/>
                   </a:rPr>
                   <a:t>Sprog / language</a:t>
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="9218" name="Option Button 2" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s9218"/>
+                  </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000002240000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="3283848" y="787803"/>
                 <a:ext cx="453124" cy="233266"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                     </a:solidFill>
                   </a14:hiddenFill>
                 </a:ext>
@@ -7680,50 +6682,53 @@
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="l" rtl="0">
                   <a:defRPr sz="1000"/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="da-DK" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="Tahoma"/>
                     <a:ea typeface="Tahoma"/>
                     <a:cs typeface="Tahoma"/>
                   </a:rPr>
                   <a:t>Dansk</a:t>
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="9219" name="Option Button 3" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s9219"/>
+                  </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000003240000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="3954036" y="787803"/>
                 <a:ext cx="470514" cy="233266"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                     </a:solidFill>
                   </a14:hiddenFill>
                 </a:ext>
@@ -7759,125 +6764,143 @@
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
         </xdr:grpSp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8619051</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>142689</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="Billede 5"/>
+        <xdr:cNvPr id="6" name="Billede 5">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000006000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="638175" y="3467100"/>
           <a:ext cx="8590476" cy="1485714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>46</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8591550</xdr:colOff>
       <xdr:row>65</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="Billede 6"/>
+        <xdr:cNvPr id="7" name="Billede 6">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000007000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="800100" y="5267325"/>
           <a:ext cx="8401050" cy="3657600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>7242021</xdr:colOff>
       <xdr:row>49</xdr:row>
       <xdr:rowOff>80030</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>7679957</xdr:colOff>
       <xdr:row>54</xdr:row>
       <xdr:rowOff>104311</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="8" name="Højrepil 7"/>
+        <xdr:cNvPr id="8" name="Højrepil 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000008000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm rot="8010354">
           <a:off x="7558386" y="10917440"/>
           <a:ext cx="1024406" cy="437936"/>
         </a:xfrm>
         <a:prstGeom prst="rightArrow">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent2">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent2"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent2"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
@@ -7891,94 +6914,106 @@
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="da-DK"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>152400</xdr:colOff>
       <xdr:row>71</xdr:row>
       <xdr:rowOff>190499</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8763000</xdr:colOff>
       <xdr:row>97</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="Billede 8"/>
+        <xdr:cNvPr id="9" name="Billede 8">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000009000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:srcRect l="24218" t="9445" r="23125" b="18607"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="762000" y="10201274"/>
           <a:ext cx="8610600" cy="4838701"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
             <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>5044420</xdr:colOff>
       <xdr:row>82</xdr:row>
       <xdr:rowOff>140124</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>5467485</xdr:colOff>
       <xdr:row>87</xdr:row>
       <xdr:rowOff>158517</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="10" name="Højrepil 9"/>
+        <xdr:cNvPr id="10" name="Højrepil 9">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00000A000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm rot="8010354">
           <a:off x="5380106" y="12520313"/>
           <a:ext cx="970893" cy="423065"/>
         </a:xfrm>
         <a:prstGeom prst="rightArrow">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent2">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent2"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent2"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
@@ -7992,51 +7027,57 @@
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="da-DK"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8206718</xdr:colOff>
       <xdr:row>89</xdr:row>
       <xdr:rowOff>6775</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8629783</xdr:colOff>
       <xdr:row>94</xdr:row>
       <xdr:rowOff>25168</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="11" name="Højrepil 10"/>
+        <xdr:cNvPr id="11" name="Højrepil 10">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00000B000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm rot="8010354">
           <a:off x="8542404" y="13720464"/>
           <a:ext cx="970893" cy="423065"/>
         </a:xfrm>
         <a:prstGeom prst="rightArrow">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent2">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent2"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent2"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
@@ -8050,100 +7091,112 @@
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="da-DK"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>219074</xdr:colOff>
       <xdr:row>101</xdr:row>
       <xdr:rowOff>76199</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8686799</xdr:colOff>
       <xdr:row>129</xdr:row>
       <xdr:rowOff>9524</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="Billede 11"/>
+        <xdr:cNvPr id="12" name="Billede 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00000C000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect l="21339" t="10131" r="13228" b="10553"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="828674" y="15801974"/>
           <a:ext cx="8467725" cy="5267325"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
             <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>7044668</xdr:colOff>
       <xdr:row>115</xdr:row>
       <xdr:rowOff>187750</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>7467733</xdr:colOff>
       <xdr:row>121</xdr:row>
       <xdr:rowOff>15643</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="13" name="Højrepil 12"/>
+        <xdr:cNvPr id="13" name="Højrepil 12">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00000D000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm rot="8010354">
           <a:off x="7380354" y="18854439"/>
           <a:ext cx="970893" cy="423065"/>
         </a:xfrm>
         <a:prstGeom prst="rightArrow">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent2">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent2"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent2"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
@@ -8157,264 +7210,256 @@
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="da-DK"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>123824</xdr:colOff>
       <xdr:row>141</xdr:row>
       <xdr:rowOff>85725</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8610599</xdr:colOff>
       <xdr:row>175</xdr:row>
       <xdr:rowOff>130781</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Billede 3"/>
+        <xdr:cNvPr id="4" name="Billede 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="733424" y="22526625"/>
           <a:ext cx="8486775" cy="6522056"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>104775</xdr:colOff>
       <xdr:row>180</xdr:row>
       <xdr:rowOff>123825</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8890053</xdr:colOff>
       <xdr:row>209</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="Billede 4"/>
+        <xdr:cNvPr id="5" name="Billede 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000005000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="714375" y="30051375"/>
           <a:ext cx="8785278" cy="5410200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>914400</xdr:colOff>
       <xdr:row>132</xdr:row>
       <xdr:rowOff>85725</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>7034530</xdr:colOff>
       <xdr:row>135</xdr:row>
       <xdr:rowOff>53340</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="Billede 17"/>
+        <xdr:cNvPr id="18" name="Billede 17">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000012000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
-      </xdr:nvPicPr>
-[...36 lines deleted...]
-        </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="590087" y="6296025"/>
-          <a:ext cx="8550422" cy="3505200"/>
+          <a:off x="1524000" y="27470100"/>
+          <a:ext cx="6120130" cy="539115"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>7048970</xdr:colOff>
       <xdr:row>130</xdr:row>
       <xdr:rowOff>142562</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>7841519</xdr:colOff>
       <xdr:row>132</xdr:row>
       <xdr:rowOff>175102</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="19" name="Højrepil 18"/>
+        <xdr:cNvPr id="19" name="Højrepil 18">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000013000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm rot="8648160">
           <a:off x="7658570" y="27145937"/>
           <a:ext cx="792549" cy="423065"/>
         </a:xfrm>
         <a:prstGeom prst="rightArrow">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent2">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent2"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent2"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
           <a:prstTxWarp prst="textNoShape">
             <a:avLst/>
           </a:prstTxWarp>
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="da-DK"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>7575396</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>70507</xdr:rowOff>
+      <xdr:colOff>6022819</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>146707</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>8013332</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>142413</xdr:rowOff>
+      <xdr:colOff>6460755</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>56688</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="20" name="Højrepil 19"/>
+        <xdr:cNvPr id="20" name="Højrepil 19">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000014000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm rot="8010354">
-          <a:off x="7891761" y="8021842"/>
+          <a:off x="6339184" y="5926342"/>
           <a:ext cx="1024406" cy="437936"/>
         </a:xfrm>
         <a:prstGeom prst="rightArrow">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent2">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent2"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent2"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
           <a:prstTxWarp prst="textNoShape">
@@ -8430,67 +7475,76 @@
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>5838825</xdr:colOff>
           <xdr:row>0</xdr:row>
           <xdr:rowOff>83518</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>7886700</xdr:colOff>
           <xdr:row>0</xdr:row>
           <xdr:rowOff>466725</xdr:rowOff>
         </xdr:to>
         <xdr:grpSp>
           <xdr:nvGrpSpPr>
-            <xdr:cNvPr id="2" name="Gruppe 1"/>
+            <xdr:cNvPr id="2" name="Gruppe 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000002000000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
             <xdr:cNvGrpSpPr/>
           </xdr:nvGrpSpPr>
           <xdr:grpSpPr>
             <a:xfrm>
-              <a:off x="6448427" y="83518"/>
-              <a:ext cx="2047876" cy="383207"/>
+              <a:off x="6448425" y="83518"/>
+              <a:ext cx="2047875" cy="383207"/>
               <a:chOff x="3092650" y="731237"/>
               <a:chExt cx="1562103" cy="307008"/>
             </a:xfrm>
           </xdr:grpSpPr>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="10241" name="Group Box 1" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s10241"/>
+                  </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000001280000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="3092650" y="731237"/>
                 <a:ext cx="1562103" cy="307008"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln w="9525">
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:noFill/>
                   </a14:hiddenFill>
                 </a:ext>
@@ -8501,50 +7555,53 @@
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="l" rtl="0">
                   <a:defRPr sz="1000"/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="da-DK" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="Tahoma"/>
                     <a:ea typeface="Tahoma"/>
                     <a:cs typeface="Tahoma"/>
                   </a:rPr>
                   <a:t>Sprog / language</a:t>
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="10242" name="Option Button 2" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s10242"/>
+                  </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000002280000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="3283848" y="787803"/>
                 <a:ext cx="453124" cy="233266"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                     </a:solidFill>
                   </a14:hiddenFill>
                 </a:ext>
@@ -8565,50 +7622,53 @@
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="l" rtl="0">
                   <a:defRPr sz="1000"/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="da-DK" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="Tahoma"/>
                     <a:ea typeface="Tahoma"/>
                     <a:cs typeface="Tahoma"/>
                   </a:rPr>
                   <a:t>Dansk</a:t>
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="10243" name="Option Button 3" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s10243"/>
+                  </a:ext>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000003280000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="3954036" y="787803"/>
                 <a:ext cx="470514" cy="233266"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                     </a:solidFill>
                   </a14:hiddenFill>
                 </a:ext>
@@ -8633,163 +7693,163 @@
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="da-DK" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="Tahoma"/>
                     <a:ea typeface="Tahoma"/>
                     <a:cs typeface="Tahoma"/>
                   </a:rPr>
                   <a:t>English</a:t>
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
         </xdr:grpSp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Kontor">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Kontor">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Kontor">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -8938,340 +7998,328 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dst.dk/regn" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Ark1"/>
-  <dimension ref="A1:G28"/>
+  <dimension ref="A1:F28"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="C1" sqref="C1:E1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" outlineLevelCol="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="2"/>
     <col min="2" max="2" width="125.5703125" style="2" customWidth="1"/>
-    <col min="3" max="3" width="118.7109375" style="4" hidden="1" customWidth="1" outlineLevel="1"/>
-[...4 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="4"/>
+    <col min="3" max="3" width="118.7109375" style="2" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="4" max="4" width="97.28515625" style="2" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="5" max="5" width="9.140625" style="7" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="6" max="6" width="9.140625" style="8" collapsed="1"/>
+    <col min="7" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="38.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="125" t="str">
+      <c r="A1" s="99" t="str">
         <f ca="1">OFFSET($C1,0,E1-1)</f>
         <v xml:space="preserve">Business accounts statistics </v>
       </c>
-      <c r="B1" s="22"/>
-[...6 lines deleted...]
-      <c r="E1" s="10">
+      <c r="B1" s="12"/>
+      <c r="C1" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="D1" s="78" t="s">
+        <v>476</v>
+      </c>
+      <c r="E1" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:5" ht="60.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="124"/>
-      <c r="B2" s="236" t="str">
+      <c r="A2" s="98"/>
+      <c r="B2" s="200" t="str">
         <f ca="1">OFFSET($C2,0,$E$1-1)</f>
         <v>You can report the mandatory Business accounts statistics to Statistics Denmark in XBRL format via our homepage. 
 This is a guide on how to create and upload an XBRL file.</v>
       </c>
-      <c r="C2" s="234" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="4"/>
+      <c r="C2" s="199" t="s">
+        <v>615</v>
+      </c>
+      <c r="D2" s="91" t="s">
+        <v>616</v>
+      </c>
+      <c r="E2" s="2"/>
     </row>
     <row r="3" spans="1:5" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="124"/>
-      <c r="B3" s="238" t="str">
+      <c r="A3" s="98"/>
+      <c r="B3" s="202" t="str">
         <f ca="1">OFFSET($C3,0,$E$1-1)</f>
         <v>Please read the ¨Start - Guide¨ thoroughly.</v>
       </c>
-      <c r="C3" s="234" t="s">
-[...5 lines deleted...]
-      <c r="E3" s="4"/>
+      <c r="C3" s="199" t="s">
+        <v>335</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>477</v>
+      </c>
+      <c r="E3" s="2"/>
     </row>
     <row r="4" spans="1:5" ht="9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="124"/>
-[...3 lines deleted...]
-      <c r="E4" s="4"/>
+      <c r="A4" s="98"/>
+      <c r="B4" s="200"/>
+      <c r="C4" s="199"/>
+      <c r="E4" s="2"/>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A5" s="16"/>
-      <c r="B5" s="126" t="str">
+      <c r="B5" s="100" t="str">
         <f t="shared" ref="B5:B10" ca="1" si="0">OFFSET($C5,0,$E$1-1)</f>
         <v xml:space="preserve">Business accounts statistics </v>
       </c>
-      <c r="C5" s="122" t="s">
-[...3 lines deleted...]
-        <v>489</v>
+      <c r="C5" s="97" t="s">
+        <v>358</v>
+      </c>
+      <c r="D5" s="78" t="s">
+        <v>476</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="124"/>
-      <c r="B6" s="236" t="str">
+      <c r="A6" s="98"/>
+      <c r="B6" s="200" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>The "Regnskabsstatistik" worksheet contains the reporting form.  
 All of the gray cells must be filled in for the report to be valid.</v>
       </c>
-      <c r="C6" s="234" t="s">
-[...3 lines deleted...]
-        <v>491</v>
+      <c r="C6" s="199" t="s">
+        <v>336</v>
+      </c>
+      <c r="D6" s="200" t="s">
+        <v>478</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="124"/>
-      <c r="B7" s="235" t="str">
+      <c r="A7" s="98"/>
+      <c r="B7" s="102" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>If you have no income/expense to report under an item, please type a "0" in the cell.</v>
       </c>
-      <c r="C7" s="121" t="s">
-[...3 lines deleted...]
-        <v>504</v>
+      <c r="C7" s="96" t="s">
+        <v>337</v>
+      </c>
+      <c r="D7" s="102" t="s">
+        <v>491</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="124"/>
-      <c r="B8" s="235" t="str">
+      <c r="A8" s="98"/>
+      <c r="B8" s="102" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>All amounts must be written in whole 1.000 and must not contain any decimals.</v>
       </c>
-      <c r="C8" s="121" t="s">
-[...3 lines deleted...]
-        <v>492</v>
+      <c r="C8" s="96" t="s">
+        <v>482</v>
+      </c>
+      <c r="D8" s="102" t="s">
+        <v>479</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="124"/>
-      <c r="B9" s="235" t="str">
+      <c r="A9" s="98"/>
+      <c r="B9" s="102" t="str">
         <f t="shared" ca="1" si="0"/>
         <v xml:space="preserve">• Only items no. 8, 19, 24-27 and item no. 55 may comtain a negative sign.  </v>
       </c>
-      <c r="C9" s="121" t="s">
-[...3 lines deleted...]
-        <v>493</v>
+      <c r="C9" s="96" t="s">
+        <v>613</v>
+      </c>
+      <c r="D9" s="96" t="s">
+        <v>480</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="48" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="124"/>
-      <c r="B10" s="236" t="str">
+      <c r="A10" s="98"/>
+      <c r="B10" s="200" t="str">
         <f t="shared" ca="1" si="0"/>
         <v xml:space="preserve">• Some validations have been built into the cells. If a cell turns red, it is due to either incorrect signs or decimals in the cell. 
 Therefore, please dounle-check numbers you have entered. </v>
       </c>
-      <c r="C10" s="234" t="s">
-[...3 lines deleted...]
-        <v>494</v>
+      <c r="C10" s="199" t="s">
+        <v>614</v>
+      </c>
+      <c r="D10" s="199" t="s">
+        <v>481</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="124"/>
-[...3 lines deleted...]
-      <c r="E11" s="4"/>
+      <c r="A11" s="98"/>
+      <c r="B11"/>
+      <c r="C11" s="96"/>
+      <c r="E11" s="2"/>
     </row>
     <row r="12" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="124"/>
-      <c r="B12" s="126" t="str">
+      <c r="A12" s="98"/>
+      <c r="B12" s="100" t="str">
         <f t="shared" ref="B12:B18" ca="1" si="1">OFFSET($C12,0,$E$1-1)</f>
         <v>This Excel contain the following worksheets:</v>
       </c>
-      <c r="C12" s="121" t="s">
-[...5 lines deleted...]
-      <c r="E12" s="4"/>
+      <c r="C12" s="96" t="s">
+        <v>353</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>339</v>
+      </c>
+      <c r="E12" s="2"/>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A13" s="16"/>
-      <c r="B13" s="236" t="str">
+      <c r="B13" s="200" t="str">
         <f t="shared" ca="1" si="1"/>
         <v xml:space="preserve">1. ¨Start-guide¨: Here you will find a cover page with an overview and general guidence regarding Business accounts statistics. </v>
       </c>
-      <c r="C13" s="121" t="s">
-[...3 lines deleted...]
-        <v>497</v>
+      <c r="C13" s="96" t="s">
+        <v>483</v>
+      </c>
+      <c r="D13" s="96" t="s">
+        <v>484</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="236" t="str">
+      <c r="B14" s="200" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>2. ¨Regnskabsstatistik¨: This is where you enter the data. 
 • If you copy and paste numbers from a different source, make sure to remove any formatting.</v>
       </c>
-      <c r="C14" s="247" t="s">
-[...3 lines deleted...]
-        <v>499</v>
+      <c r="C14" s="209" t="s">
+        <v>485</v>
+      </c>
+      <c r="D14" s="91" t="s">
+        <v>486</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="45" x14ac:dyDescent="0.25">
-      <c r="B15" s="236" t="str">
+      <c r="B15" s="200" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>3. ¨REGN Information¨: In this worksheet you can find more detailed overview of the individual items we request for the Business accounts statistics. 
 - If you are in doubt about an item, you can often find an answer here.</v>
       </c>
-      <c r="C15" s="247" t="s">
-[...3 lines deleted...]
-        <v>501</v>
+      <c r="C15" s="209" t="s">
+        <v>487</v>
+      </c>
+      <c r="D15" s="91" t="s">
+        <v>488</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B16" s="236" t="str">
+      <c r="B16" s="200" t="str">
         <f t="shared" ca="1" si="1"/>
         <v xml:space="preserve">4. ¨XBRL¨: This worksheet contains the actual XBRL-code. This is where you find and export the completed XBRL code, which can be used to submit the report to the Business accounts statistics.  </v>
       </c>
-      <c r="C16" s="247" t="s">
-[...7 lines deleted...]
-      <c r="B17" s="236" t="str">
+      <c r="C16" s="209" t="s">
+        <v>489</v>
+      </c>
+      <c r="D16" s="91" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="200" t="str">
         <f t="shared" ca="1" si="1"/>
         <v xml:space="preserve">5. ¨XBRL upload¨: This worksheet contains instructions on how to create and save an XBRL file (from the "XBRL" worksheet), as well as how to subseqently submit to the Business accounts statistics using an XBRL file.
 </v>
       </c>
-      <c r="C17" s="247" t="s">
-[...7 lines deleted...]
-      <c r="B18" s="248" t="str">
+      <c r="C17" s="209" t="s">
+        <v>490</v>
+      </c>
+      <c r="D17" s="91" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" s="210" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>6. ¨FAQ¨: Q&amp;A</v>
       </c>
-      <c r="C18" s="4" t="s">
-[...8 lines deleted...]
-      <c r="B19" s="123"/>
+      <c r="C18" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B19"/>
       <c r="C19"/>
     </row>
-    <row r="20" spans="1:4" ht="18.75" x14ac:dyDescent="0.3">
-[...34 lines deleted...]
-      <c r="B28" s="123"/>
+    <row r="20" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="B20" s="155"/>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C21" s="96"/>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22"/>
+      <c r="C22" s="96"/>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23"/>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24"/>
+      <c r="C24" s="96"/>
+      <c r="D24" s="101"/>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25"/>
+      <c r="C25" s="96"/>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26"/>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27"/>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="3083" r:id="rId4" name="Group Box 11">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>4857750</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>114300</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>6534150</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>428625</xdr:rowOff>
@@ -9310,3936 +8358,3242 @@
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>5781675</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>171450</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>6286500</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>409575</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Ark2"/>
   <dimension ref="A1:AY151"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane xSplit="2" ySplit="1" topLeftCell="F2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="F2" sqref="F2"/>
+      <selection pane="bottomRight" activeCell="B47" sqref="B47"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" outlineLevelCol="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.5703125" style="2" customWidth="1"/>
     <col min="2" max="2" width="128" style="2" customWidth="1"/>
-    <col min="3" max="3" width="125.28515625" style="4" hidden="1" customWidth="1" outlineLevel="1"/>
-[...9 lines deleted...]
-    <col min="30" max="16384" width="9.140625" style="4"/>
+    <col min="3" max="3" width="125.28515625" style="2" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="4" max="4" width="118.42578125" style="60" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="5" max="5" width="9.5703125" style="7" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="6" max="6" width="11.7109375" style="8" customWidth="1" collapsed="1"/>
+    <col min="7" max="7" width="57.5703125" style="2" customWidth="1"/>
+    <col min="8" max="25" width="9.140625" style="2" customWidth="1"/>
+    <col min="26" max="26" width="7.5703125" style="2" customWidth="1"/>
+    <col min="27" max="27" width="21" style="2" hidden="1" customWidth="1"/>
+    <col min="28" max="28" width="18.42578125" style="2" hidden="1" customWidth="1"/>
+    <col min="29" max="29" width="9.140625" style="2" customWidth="1"/>
+    <col min="30" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="37" t="str">
+      <c r="A1" s="25" t="str">
         <f ca="1">OFFSET($C1,0,form_lang-1)</f>
-        <v>Regnskabsstatistik 2024</v>
-[...1 lines deleted...]
-      <c r="B1" s="14"/>
+        <v>Business accounts statistics 2025</v>
+      </c>
+      <c r="B1" s="1"/>
       <c r="C1" s="1" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>488</v>
+        <v>620</v>
+      </c>
+      <c r="D1" s="158" t="s">
+        <v>619</v>
       </c>
       <c r="E1" s="1">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="F1" s="9"/>
+        <v>2</v>
+      </c>
+      <c r="F1" s="6"/>
     </row>
     <row r="2" spans="1:7" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="29"/>
-      <c r="B2" s="38" t="str">
+      <c r="A2" s="19"/>
+      <c r="B2" s="26" t="str">
         <f ca="1">OFFSET($C2,0,form_lang-1)</f>
-        <v>Regnskabsaflæggende virksomheds CVR-nr.:</v>
-[...8 lines deleted...]
-      <c r="F2" s="291">
+        <v>Company CVR-no.:</v>
+      </c>
+      <c r="C2" s="26" t="s">
+        <v>559</v>
+      </c>
+      <c r="D2" s="159" t="s">
+        <v>558</v>
+      </c>
+      <c r="E2" s="19"/>
+      <c r="F2" s="252">
         <v>17150413</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="18"/>
-      <c r="B3" s="82" t="str">
+      <c r="A3" s="3"/>
+      <c r="B3" s="63" t="str">
         <f ca="1">OFFSET($C3,0,form_lang-1)</f>
-        <v>Regnskabsaflæggende virksomheds navn:</v>
-[...7 lines deleted...]
-      <c r="E3" s="33" t="s">
+        <v>Company name:</v>
+      </c>
+      <c r="C3" s="63" t="s">
+        <v>560</v>
+      </c>
+      <c r="D3" s="160" t="s">
+        <v>557</v>
+      </c>
+      <c r="E3" s="22" t="s">
         <v>53</v>
       </c>
-      <c r="F3" s="274" t="s">
+      <c r="F3" s="235" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="15"/>
-[...3 lines deleted...]
-      <c r="E4" s="63" t="s">
+      <c r="E4" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F4" s="255"/>
+      <c r="F4" s="217"/>
     </row>
     <row r="5" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="50" t="str">
+      <c r="A5" s="38" t="str">
         <f ca="1">OFFSET($C5,0,form_lang-1)</f>
-        <v>Regnskabsår og valuta</v>
-[...2 lines deleted...]
-      <c r="C5" s="51" t="s">
+        <v>Financial year and currency</v>
+      </c>
+      <c r="B5" s="39"/>
+      <c r="C5" s="39" t="s">
         <v>19</v>
       </c>
-      <c r="D5" s="191" t="s">
+      <c r="D5" s="161" t="s">
         <v>44</v>
       </c>
-      <c r="E5" s="64" t="s">
+      <c r="E5" s="51" t="s">
         <v>53</v>
       </c>
-      <c r="F5" s="275" t="s">
+      <c r="F5" s="236" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="16"/>
-      <c r="B6" s="39" t="str">
+      <c r="B6" s="27" t="str">
         <f ca="1">OFFSET($C6,0,form_lang-1)</f>
-        <v>De anførte oplysninger vedrører regnskabsperiode:  Fra ÅÅÅÅ-MM-DD og til ÅÅÅÅ-MM-DD:</v>
-[...7 lines deleted...]
-      <c r="E6" s="65" t="s">
+        <v>The data provided relates to the financial year: from YYYY-MM-DD  and to YYYY-MM-DD.</v>
+      </c>
+      <c r="C6" s="79" t="s">
+        <v>562</v>
+      </c>
+      <c r="D6" s="61" t="s">
+        <v>556</v>
+      </c>
+      <c r="E6" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F6" s="55" t="s">
-[...2 lines deleted...]
-      <c r="G6" s="297" t="s">
+      <c r="F6" s="42" t="s">
+        <v>617</v>
+      </c>
+      <c r="G6" s="256" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E7" s="50" t="s">
+        <v>53</v>
+      </c>
+      <c r="F7" s="217"/>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B8" s="27" t="str">
+        <f ca="1">OFFSET($C8,0,form_lang-1)</f>
+        <v>Specify the currency used to report:</v>
+      </c>
+      <c r="C8" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" s="61" t="s">
+        <v>554</v>
+      </c>
+      <c r="E8" s="50" t="s">
+        <v>53</v>
+      </c>
+      <c r="F8" s="237" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="E9" s="50" t="s">
+        <v>53</v>
+      </c>
+      <c r="F9" s="238"/>
+    </row>
+    <row r="10" spans="1:7" ht="21.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="16" t="str">
+        <f ca="1">OFFSET($C10,0,form_lang-1)</f>
+        <v>Profit and loss statement</v>
+      </c>
+      <c r="B10" s="13"/>
+      <c r="C10" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="D10" s="134" t="s">
+        <v>45</v>
+      </c>
+      <c r="E10" s="52" t="s">
+        <v>53</v>
+      </c>
+      <c r="F10" s="239" t="str">
+        <f>IF(form_lang=1,"I alt for","In total for")</f>
+        <v>In total for</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="12"/>
+      <c r="B11" s="214" t="str">
+        <f ca="1">OFFSET($C11,0,form_lang-1)</f>
+        <v xml:space="preserve">The items are further explained in "REGN Information". </v>
+      </c>
+      <c r="C11" t="s">
+        <v>561</v>
+      </c>
+      <c r="D11" s="143" t="s">
         <v>507</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="E7" s="63" t="s">
+      <c r="E11" s="24" t="s">
         <v>53</v>
       </c>
-      <c r="F7" s="255"/>
-[...13 lines deleted...]
-      <c r="E8" s="63" t="s">
+      <c r="F11" s="240" t="str">
+        <f>IF(form_lang=1,"eget CVR-nr.","own CVR-no.")</f>
+        <v>own CVR-no.</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="8"/>
+      <c r="C12" s="8"/>
+      <c r="D12" s="111"/>
+      <c r="E12" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F8" s="276" t="s">
-[...8 lines deleted...]
-      <c r="E9" s="65" t="s">
+      <c r="F12" s="217"/>
+    </row>
+    <row r="13" spans="1:7" ht="54.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="103" t="str">
+        <f ca="1">OFFSET($C13,0,form_lang-1)</f>
+        <v>The report must contain accounting data for the selected CVR-number - specify in the column to the right (grey cell).
+If the company is a parent company, you should only report data for the parent company - not consolidated financial data and not for the whole group.
+Item no. 19 to 60 must correspond with the official Annual Financial Report.</v>
+      </c>
+      <c r="C13" s="151" t="s">
+        <v>359</v>
+      </c>
+      <c r="D13" s="123" t="s">
+        <v>360</v>
+      </c>
+      <c r="E13" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F9" s="277"/>
-[...13 lines deleted...]
-      <c r="E10" s="66" t="s">
+      <c r="F13" s="217"/>
+    </row>
+    <row r="14" spans="1:7" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="34"/>
+      <c r="B14" s="34"/>
+      <c r="E14" s="215" t="s">
         <v>53</v>
       </c>
-      <c r="F10" s="278" t="str">
-[...16 lines deleted...]
-      <c r="E11" s="36" t="s">
+      <c r="F14" s="217"/>
+    </row>
+    <row r="15" spans="1:7" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="40" t="str">
+        <f ca="1">OFFSET($C15,0,form_lang-1)</f>
+        <v>Ordinary non-financial items</v>
+      </c>
+      <c r="B15" s="41"/>
+      <c r="C15" s="41" t="s">
+        <v>24</v>
+      </c>
+      <c r="D15" s="135" t="s">
+        <v>46</v>
+      </c>
+      <c r="E15" s="53" t="s">
         <v>53</v>
       </c>
-      <c r="F11" s="279" t="str">
-[...58 lines deleted...]
-      <c r="F15" s="280" t="str">
+      <c r="F15" s="241" t="str">
         <f>"1.000 "&amp;F$8</f>
         <v>1.000 DKK</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="134">
+      <c r="A16" s="107">
         <v>1</v>
       </c>
-      <c r="B16" s="81" t="str">
+      <c r="B16" s="62" t="str">
         <f t="shared" ref="B16:B34" ca="1" si="0">OFFSET($C16,0,form_lang-1)</f>
-        <v>Nettoomsætning (efter fradrag af prisnedslag, merværdi- og punktafgifter)</v>
-[...1 lines deleted...]
-      <c r="C16" s="39" t="s">
+        <v>Revenue (excluding discounts, VAT and excise duties)</v>
+      </c>
+      <c r="C16" s="27" t="s">
         <v>32</v>
       </c>
-      <c r="D16" s="80" t="s">
-[...2 lines deleted...]
-      <c r="E16" s="40">
+      <c r="D16" s="61" t="s">
+        <v>361</v>
+      </c>
+      <c r="E16" s="28">
         <v>1</v>
       </c>
-      <c r="F16" s="256">
+      <c r="F16" s="218">
         <v>0</v>
       </c>
-      <c r="G16" s="294" t="str">
+      <c r="G16" s="255" t="str">
         <f t="shared" ref="G16:G24" si="1">IF(F16=0," ",IF(F16&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="131">
+      <c r="A17" s="104">
         <v>2</v>
       </c>
-      <c r="B17" s="132" t="str">
+      <c r="B17" s="105" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Arbejde udført for egen regning og opført under aktiver som tilgang</v>
-[...7 lines deleted...]
-      <c r="E17" s="41">
+        <v>Work performed for own account and capitalised as fixed asset</v>
+      </c>
+      <c r="C17" s="106" t="s">
+        <v>297</v>
+      </c>
+      <c r="D17" s="44" t="s">
+        <v>349</v>
+      </c>
+      <c r="E17" s="29">
         <v>2</v>
       </c>
-      <c r="F17" s="256">
+      <c r="F17" s="218">
         <v>0</v>
       </c>
-      <c r="G17" s="294" t="str">
+      <c r="G17" s="255" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="131">
+      <c r="A18" s="104">
         <v>3</v>
       </c>
-      <c r="B18" s="78" t="str">
+      <c r="B18" s="59" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Andre driftsindtægter 
-[...8 lines deleted...]
-      <c r="E18" s="41">
+        <v>Other operating income
+• Income not related to the primary operating business.</v>
+      </c>
+      <c r="C18" s="45" t="s">
+        <v>553</v>
+      </c>
+      <c r="D18" s="106" t="s">
+        <v>555</v>
+      </c>
+      <c r="E18" s="29">
         <v>3</v>
       </c>
-      <c r="F18" s="256">
+      <c r="F18" s="218">
         <v>0</v>
       </c>
-      <c r="G18" s="294" t="str">
+      <c r="G18" s="255" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A19" s="131">
+      <c r="A19" s="104">
         <v>4</v>
       </c>
-      <c r="B19" s="199" t="str">
+      <c r="B19" s="106" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Forbrug af varer (materialer)</v>
-[...7 lines deleted...]
-      <c r="E19" s="41">
+        <v>Purchases of goods (materials)</v>
+      </c>
+      <c r="C19" s="45" t="s">
+        <v>351</v>
+      </c>
+      <c r="D19" s="44" t="s">
+        <v>365</v>
+      </c>
+      <c r="E19" s="29">
         <v>4</v>
       </c>
-      <c r="F19" s="256">
+      <c r="F19" s="218">
         <v>0</v>
       </c>
-      <c r="G19" s="294" t="str">
+      <c r="G19" s="255" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="131">
+      <c r="A20" s="104">
         <v>5</v>
       </c>
-      <c r="B20" s="78" t="str">
+      <c r="B20" s="59" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Køb af underentrepriser/underleverandører
-[...8 lines deleted...]
-      <c r="E20" s="41">
+        <v>Cost of subcontractors and other work done by others (by non-employees)
+• Purchase of work performed by others in connection with the primary operating business (contract work).</v>
+      </c>
+      <c r="C20" s="45" t="s">
+        <v>494</v>
+      </c>
+      <c r="D20" s="106" t="s">
+        <v>495</v>
+      </c>
+      <c r="E20" s="29">
         <v>5</v>
       </c>
-      <c r="F20" s="256">
+      <c r="F20" s="218">
         <v>0</v>
       </c>
-      <c r="G20" s="294" t="str">
+      <c r="G20" s="255" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="131">
+      <c r="A21" s="104">
         <v>6</v>
       </c>
-      <c r="B21" s="199" t="str">
+      <c r="B21" s="106" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Omkostninger til husleje (ekskl. varme og el)
-[...8 lines deleted...]
-      <c r="E21" s="41">
+        <v>Rent paid (excl. heating bill)
+• Includes expenses only related to tenancy.</v>
+      </c>
+      <c r="C21" s="45" t="s">
+        <v>552</v>
+      </c>
+      <c r="D21" s="106" t="s">
+        <v>496</v>
+      </c>
+      <c r="E21" s="29">
         <v>6</v>
       </c>
-      <c r="F21" s="256">
+      <c r="F21" s="218">
         <v>0</v>
       </c>
-      <c r="G21" s="294" t="str">
+      <c r="G21" s="255" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="131">
+      <c r="A22" s="104">
         <v>7</v>
       </c>
-      <c r="B22" s="78" t="str">
+      <c r="B22" s="59" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Omkostninger til anskaffelse af småinventar/driftsmidler med kort levetid
-[...8 lines deleted...]
-      <c r="E22" s="41">
+        <v>Small/minor equipment and fixtures costs, not capitalised 
+• Acquisition costs that are fully expensed through the income statement in the year of purchase, i.e. immediately amortised.</v>
+      </c>
+      <c r="C22" s="106" t="s">
+        <v>551</v>
+      </c>
+      <c r="D22" s="106" t="s">
+        <v>497</v>
+      </c>
+      <c r="E22" s="29">
         <v>7</v>
       </c>
-      <c r="F22" s="256">
+      <c r="F22" s="218">
         <v>0</v>
       </c>
-      <c r="G22" s="294" t="str">
+      <c r="G22" s="255" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="131">
+      <c r="A23" s="104">
         <v>8</v>
       </c>
-      <c r="B23" s="199" t="str">
+      <c r="B23" s="106" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Omkostninger til leje af arbejdskraft fra andet firma (fx vikarbureau)</v>
-[...1 lines deleted...]
-      <c r="C23" s="42" t="s">
+        <v>Payments for temporary workers provided from another enterprise (e.g. temp agencies)</v>
+      </c>
+      <c r="C23" s="30" t="s">
         <v>55</v>
       </c>
-      <c r="D23" s="57" t="s">
-[...2 lines deleted...]
-      <c r="E23" s="41">
+      <c r="D23" s="44" t="s">
+        <v>343</v>
+      </c>
+      <c r="E23" s="29">
         <v>8</v>
       </c>
-      <c r="F23" s="256">
+      <c r="F23" s="218">
         <v>0</v>
       </c>
-      <c r="G23" s="294" t="str">
+      <c r="G23" s="255" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="136">
+      <c r="A24" s="109">
         <v>9</v>
       </c>
-      <c r="B24" s="200" t="str">
+      <c r="B24" s="167" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Omkostninger til langtidsleje og operationel leasing</v>
-[...1 lines deleted...]
-      <c r="C24" s="45" t="s">
+        <v>Payments for long-term rental and operational leasing of goods</v>
+      </c>
+      <c r="C24" s="33" t="s">
         <v>56</v>
       </c>
-      <c r="D24" s="48" t="s">
+      <c r="D24" s="36" t="s">
         <v>48</v>
       </c>
-      <c r="E24" s="44">
+      <c r="E24" s="32">
         <v>9</v>
       </c>
-      <c r="F24" s="256">
+      <c r="F24" s="218">
         <v>0</v>
       </c>
-      <c r="G24" s="294" t="str">
+      <c r="G24" s="255" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="136">
+      <c r="A25" s="109">
         <v>10</v>
       </c>
-      <c r="B25" s="200" t="str">
+      <c r="B25" s="167" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Tab på debitorer (konstaterede tab og ændringer i hensættelse) (+/-)</v>
-[...1 lines deleted...]
-      <c r="C25" s="45" t="s">
+        <v>Ordinary write-offs in respect to debtors (+/-)</v>
+      </c>
+      <c r="C25" s="33" t="s">
         <v>290</v>
       </c>
-      <c r="D25" s="48" t="s">
-[...2 lines deleted...]
-      <c r="E25" s="44">
+      <c r="D25" s="36" t="s">
+        <v>344</v>
+      </c>
+      <c r="E25" s="32">
         <v>10</v>
       </c>
-      <c r="F25" s="256">
+      <c r="F25" s="218">
         <v>0</v>
       </c>
-      <c r="G25" s="4" t="str">
+      <c r="G25" s="2" t="str">
         <f>IF(F25=0," ",IF(F25&lt;0,"Negativt fortegn anvendes kun hvis denne post er en indtægt/Only use a negative sign if this item is an income"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="136">
+      <c r="A26" s="109">
         <v>11</v>
       </c>
-      <c r="B26" s="141" t="str">
+      <c r="B26" s="114" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Eksterne omkostninger i øvrigt (bortset fra poster af sekundær karakter)
-[...8 lines deleted...]
-      <c r="E26" s="44">
+        <v xml:space="preserve">Other external costs (excluding items of secondary nature)
+• Vehicle expenses, repairs, maintenance, royalties, licences, training, work clothes, office supplies, telephone, insurance etc. and services such as accountants and lawyers. </v>
+      </c>
+      <c r="C26" s="167" t="s">
+        <v>298</v>
+      </c>
+      <c r="D26" s="167" t="s">
+        <v>498</v>
+      </c>
+      <c r="E26" s="32">
         <v>11</v>
       </c>
-      <c r="F26" s="256">
+      <c r="F26" s="218">
         <v>0</v>
       </c>
-      <c r="G26" s="294" t="str">
+      <c r="G26" s="255" t="str">
         <f>IF(F26=0,"Denne omkostning må ikke være 0/This expense cannot be 0",IF(F26&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v>Denne omkostning må ikke være 0/This expense cannot be 0</v>
       </c>
     </row>
     <row r="27" spans="1:7" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="136">
+      <c r="A27" s="109">
         <v>12</v>
       </c>
-      <c r="B27" s="200" t="str">
+      <c r="B27" s="167" t="str">
         <f ca="1">OFFSET($C27,0,form_lang-1)</f>
-        <v>Lønninger og gager
-[...8 lines deleted...]
-      <c r="E27" s="44">
+        <v xml:space="preserve">Wages and salaries, total
+• Reimbursements and re-invoiced wages are not deducted and are reported under item no. 3 as other operating income.
+</v>
+      </c>
+      <c r="C27" s="167" t="s">
+        <v>550</v>
+      </c>
+      <c r="D27" s="167" t="s">
+        <v>499</v>
+      </c>
+      <c r="E27" s="32">
         <v>12</v>
       </c>
-      <c r="F27" s="256">
+      <c r="F27" s="218">
         <v>0</v>
       </c>
-      <c r="G27" s="294" t="str">
+      <c r="G27" s="255" t="str">
         <f t="shared" ref="G27:G33" si="2">IF(F27=0," ",IF(F27&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="28" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="136">
+      <c r="A28" s="109">
         <v>13</v>
       </c>
-      <c r="B28" s="200" t="str">
+      <c r="B28" s="167" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Pensionsomkostninger</v>
-[...1 lines deleted...]
-      <c r="C28" s="45" t="s">
+        <v>Pension costs, total</v>
+      </c>
+      <c r="C28" s="33" t="s">
         <v>57</v>
       </c>
-      <c r="D28" s="48" t="s">
-[...2 lines deleted...]
-      <c r="E28" s="44">
+      <c r="D28" s="36" t="s">
+        <v>321</v>
+      </c>
+      <c r="E28" s="32">
         <v>13</v>
       </c>
-      <c r="F28" s="256">
+      <c r="F28" s="218">
         <v>0</v>
       </c>
-      <c r="G28" s="294" t="str">
+      <c r="G28" s="255" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="136">
+      <c r="A29" s="109">
         <v>14</v>
       </c>
-      <c r="B29" s="200" t="str">
+      <c r="B29" s="167" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Andre omkostninger til social sikring
-[...8 lines deleted...]
-      <c r="E29" s="44">
+        <v>Other social security costs
+• The employers' contribution to ATP, AER, BST etc. and cost of employee insurance eg. health- and life insurances etc.</v>
+      </c>
+      <c r="C29" s="167" t="s">
+        <v>563</v>
+      </c>
+      <c r="D29" s="167" t="s">
+        <v>500</v>
+      </c>
+      <c r="E29" s="32">
         <v>14</v>
       </c>
-      <c r="F29" s="256">
+      <c r="F29" s="218">
         <v>0</v>
       </c>
-      <c r="G29" s="294" t="str">
+      <c r="G29" s="255" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="30" spans="1:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="136">
+      <c r="A30" s="109">
         <v>15</v>
       </c>
-      <c r="B30" s="200" t="str">
+      <c r="B30" s="167" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Afskrivninger af materielle og immaterielle anlægsaktiver</v>
-[...1 lines deleted...]
-      <c r="C30" s="45" t="s">
+        <v>Depreciation and amortisation of tangible and intangible fixed assets</v>
+      </c>
+      <c r="C30" s="33" t="s">
         <v>94</v>
       </c>
-      <c r="D30" s="48" t="s">
-[...2 lines deleted...]
-      <c r="E30" s="44">
+      <c r="D30" s="36" t="s">
+        <v>328</v>
+      </c>
+      <c r="E30" s="32">
         <v>15</v>
       </c>
-      <c r="F30" s="256">
+      <c r="F30" s="218">
         <v>0</v>
       </c>
-      <c r="G30" s="294" t="str">
+      <c r="G30" s="255" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="31" spans="1:7" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="136">
+      <c r="A31" s="109">
         <v>16</v>
       </c>
-      <c r="B31" s="200" t="str">
+      <c r="B31" s="167" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Nedskrivninger af materielle og immaterielle anlægsaktiver</v>
-[...1 lines deleted...]
-      <c r="C31" s="45" t="s">
+        <v>Impairment of tangible and intangible fixed assets</v>
+      </c>
+      <c r="C31" s="33" t="s">
         <v>95</v>
       </c>
-      <c r="D31" s="48" t="s">
-[...2 lines deleted...]
-      <c r="E31" s="44">
+      <c r="D31" s="36" t="s">
+        <v>346</v>
+      </c>
+      <c r="E31" s="32">
         <v>16</v>
       </c>
-      <c r="F31" s="256">
+      <c r="F31" s="218">
         <v>0</v>
       </c>
-      <c r="G31" s="294" t="str">
+      <c r="G31" s="255" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="32" spans="1:7" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="131">
+      <c r="A32" s="104">
         <v>17</v>
       </c>
-      <c r="B32" s="133" t="str">
+      <c r="B32" s="106" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Nedskrivninger af omsætningsaktiver (bortset fra finansielle omsætningsaktiver)</v>
-[...1 lines deleted...]
-      <c r="C32" s="42" t="s">
+        <v>Write downs of current assets (other than current financial assets)</v>
+      </c>
+      <c r="C32" s="30" t="s">
         <v>58</v>
       </c>
-      <c r="D32" s="199" t="s">
-[...2 lines deleted...]
-      <c r="E32" s="41">
+      <c r="D32" s="106" t="s">
+        <v>501</v>
+      </c>
+      <c r="E32" s="29">
         <v>17</v>
       </c>
-      <c r="F32" s="256">
+      <c r="F32" s="218">
         <v>0</v>
       </c>
-      <c r="G32" s="294" t="str">
+      <c r="G32" s="255" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="33" spans="1:28" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="136">
+      <c r="A33" s="109">
         <v>18</v>
       </c>
-      <c r="B33" s="200" t="str">
+      <c r="B33" s="167" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Sekundære omkostninger
-[...8 lines deleted...]
-      <c r="E33" s="44">
+        <v>Other operating expenses
+• Loss from sale of intangible and tangible fixed assets, compensation expenses, etc.</v>
+      </c>
+      <c r="C33" s="37" t="s">
+        <v>299</v>
+      </c>
+      <c r="D33" s="167" t="s">
+        <v>502</v>
+      </c>
+      <c r="E33" s="32">
         <v>18</v>
       </c>
-      <c r="F33" s="256">
+      <c r="F33" s="218">
         <v>0</v>
       </c>
-      <c r="G33" s="294" t="str">
+      <c r="G33" s="255" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="34" spans="1:28" s="7" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="135">
+    <row r="34" spans="1:28" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="108">
         <v>19</v>
       </c>
-      <c r="B34" s="165" t="str">
+      <c r="B34" s="136" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Ordinært driftsresultat før finansielle poster iht. årsregnskabet</v>
-[...1 lines deleted...]
-      <c r="C34" s="20" t="s">
+        <v>Profit or loss before financial items</v>
+      </c>
+      <c r="C34" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="D34" s="165" t="s">
+      <c r="D34" s="136" t="s">
         <v>64</v>
       </c>
-      <c r="E34" s="19">
+      <c r="E34" s="9">
         <v>19</v>
       </c>
-      <c r="F34" s="281">
+      <c r="F34" s="242">
         <v>0</v>
       </c>
-      <c r="G34" s="294" t="str">
+      <c r="G34" s="255" t="str">
         <f>IF(AB35&gt;0,"Der er en differnce mellem pkt. 1-18 i forhold til pkt. 19. Tjek venligst tallene igen og ret evt. i pkt. 11./There is a discrepancy between items no. 1–18 and item no. 19. Please check the items again and correct item no. 11, if necessary. ",IF(AB35&lt;0,"Der er en differnce mellem pkt. 1-18 i forhold til pkt. 19. Tjek venligst tallene igen og ret evt. i pkt. 11./There is a discrepancy between items no. 1–18 and item no. 19. Please check the items again and correct item no. 11, if necessary."," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="35" spans="1:28" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="50" t="str">
+      <c r="A35" s="38" t="str">
         <f ca="1">OFFSET($C35,0,form_lang-1)</f>
-        <v>Finansielle poster</v>
-[...2 lines deleted...]
-      <c r="C35" s="56" t="s">
+        <v>Financial items</v>
+      </c>
+      <c r="B35" s="43"/>
+      <c r="C35" s="43" t="s">
         <v>1</v>
       </c>
-      <c r="D35" s="166" t="s">
+      <c r="D35" s="137" t="s">
         <v>50</v>
       </c>
-      <c r="E35" s="64" t="s">
+      <c r="E35" s="51" t="s">
         <v>53</v>
       </c>
-      <c r="F35" s="282" t="str">
+      <c r="F35" s="243" t="str">
         <f>"1.000 "&amp;F$8</f>
         <v>1.000 DKK</v>
       </c>
-      <c r="AA35" s="4">
+      <c r="AA35" s="2">
         <f>(F16+F17+F18)-(F19+F20+F21+F22+F23+F24+F25+F26+F27+F28+F29+F30+F31+F32+F33)</f>
         <v>0</v>
       </c>
-      <c r="AB35" s="4">
+      <c r="AB35" s="2">
         <f>(AA35-F34)</f>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:28" ht="51" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="138">
+      <c r="A36" s="111">
         <v>20</v>
       </c>
-      <c r="B36" s="201" t="str">
+      <c r="B36" s="93" t="str">
         <f ca="1">OFFSET($C36,0,form_lang-1)</f>
-        <v>Indtægter af kapitalandele og øvrigt udbytte af finansielle anlægsaktiver 
-[...9 lines deleted...]
-      <c r="E36" s="16">
+        <v>Income from equity investments and other dividends from financial assets
+• Profits, dividends, royalties and revaluations (value adjustments). 
+• Negative dividends or value adjustments (added to item no. 22, e.g. write-downs).</v>
+      </c>
+      <c r="C36" s="91" t="s">
+        <v>549</v>
+      </c>
+      <c r="D36" s="93" t="s">
+        <v>503</v>
+      </c>
+      <c r="E36" s="2">
         <v>20</v>
       </c>
-      <c r="F36" s="256">
+      <c r="F36" s="218">
         <v>0</v>
       </c>
-      <c r="G36" s="4" t="str">
+      <c r="G36" s="2" t="str">
         <f>IF(F36=0," ",IF(F36&lt;0,"Feltet må ikke være negativt. Negativt udbytte eller nedskrivninger af kapitalandele, skal placeres på pkt. 22./This item cannot be negative. Negative dividends or impairments of equity investments must be entered under item no. 22."," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="37" spans="1:28" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="136">
+      <c r="A37" s="109">
         <v>21</v>
       </c>
-      <c r="B37" s="200" t="str">
+      <c r="B37" s="167" t="str">
         <f ca="1">OFFSET($C37,0,form_lang-1)</f>
-        <v>Renteindtægter o.l. af finansielle anlægsaktiver og omsætningsaktiver
-[...8 lines deleted...]
-      <c r="E37" s="45">
+        <v>Interest income and other income from financial fixed assets and current assets
+• From receivables, bonds and other securities, as well as cash and cash equivalents.</v>
+      </c>
+      <c r="C37" s="37" t="s">
+        <v>548</v>
+      </c>
+      <c r="D37" s="167" t="s">
+        <v>504</v>
+      </c>
+      <c r="E37" s="33">
         <v>21</v>
       </c>
-      <c r="F37" s="256">
+      <c r="F37" s="218">
         <v>0</v>
       </c>
-      <c r="G37" s="4" t="str">
+      <c r="G37" s="2" t="str">
         <f>IF(F37=0," ",IF(F37&lt;0,"Feltet må ikke være negativt. Negative renteindtægter, skal placeres på pkt. 23./This item cannot be negative. Negative interest costs must be entered under item no. 23."," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="38" spans="1:28" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="136">
+      <c r="A38" s="109">
         <v>22</v>
       </c>
-      <c r="B38" s="200" t="str">
+      <c r="B38" s="167" t="str">
         <f ca="1">OFFSET($C38,0,form_lang-1)</f>
-        <v>Nedskrivning af finansielle anlægs- og omsætningsaktiver
-[...8 lines deleted...]
-      <c r="E38" s="44">
+        <v xml:space="preserve"> Impairment of financial fixed assets and current assets
+• Impairment losses where the value of the asset is permanently assumed to be lower than the acquisition and cost price (e.g. negative dividends and negative value adjustments).</v>
+      </c>
+      <c r="C38" s="37" t="s">
+        <v>547</v>
+      </c>
+      <c r="D38" s="167" t="s">
+        <v>505</v>
+      </c>
+      <c r="E38" s="32">
         <v>22</v>
       </c>
-      <c r="F38" s="256">
+      <c r="F38" s="218">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:28" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="136">
+      <c r="A39" s="109">
         <v>23</v>
       </c>
-      <c r="B39" s="200" t="str">
+      <c r="B39" s="167" t="str">
         <f ca="1">OFFSET($C39,0,form_lang-1)</f>
-        <v>Renteomkostninger o.l.</v>
-[...1 lines deleted...]
-      <c r="C39" s="45" t="s">
+        <v>Interest costs etc. of financial fixed assets and current assets</v>
+      </c>
+      <c r="C39" s="33" t="s">
         <v>25</v>
       </c>
-      <c r="D39" s="200" t="s">
-[...2 lines deleted...]
-      <c r="E39" s="44">
+      <c r="D39" s="167" t="s">
+        <v>404</v>
+      </c>
+      <c r="E39" s="32">
         <v>23</v>
       </c>
-      <c r="F39" s="256">
+      <c r="F39" s="218">
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="1:28" s="7" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="145">
+    <row r="40" spans="1:28" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="118">
         <v>24</v>
       </c>
-      <c r="B40" s="165" t="str">
+      <c r="B40" s="136" t="str">
         <f ca="1">OFFSET($C40,0,form_lang-1)</f>
-        <v>Ordinært resultat, før skat (+/-)</v>
-[...1 lines deleted...]
-      <c r="C40" s="20" t="s">
+        <v>Profit or loss before tax (+/-)</v>
+      </c>
+      <c r="C40" s="10" t="s">
         <v>288</v>
       </c>
-      <c r="D40" s="165" t="s">
+      <c r="D40" s="136" t="s">
         <v>289</v>
       </c>
-      <c r="E40" s="19">
+      <c r="E40" s="9">
         <v>24</v>
       </c>
-      <c r="F40" s="281">
+      <c r="F40" s="242">
         <v>0</v>
       </c>
-      <c r="G40" s="294" t="str">
+      <c r="G40" s="255" t="str">
         <f>IF(AB40&gt;0,"Der er en difference mellem pkt. 19-23 i forhold til pkt. 24, tjek venligst tallene igen./There is a discrepancy between items no. 19–23 in correlation to item no. 24. Please check these items again.",IF(AB40&lt;0,"Der er en difference mellem pkt. 19-23 i forhold til pkt. 24, tjek venligst tallene igen./There is a discrepancy between items no. 19–23 in correlation to item no. 24. Please check these items again."," "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="AA40" s="7">
+      <c r="AA40" s="4">
         <f>F34+F36+F37-F38-F39</f>
         <v>0</v>
       </c>
-      <c r="AB40" s="7">
+      <c r="AB40" s="4">
         <f>(AA40)-(F40)</f>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="50" t="str">
+      <c r="A41" s="38" t="str">
         <f ca="1">OFFSET($C41,0,form_lang-1)</f>
-        <v>Skatter</v>
-[...2 lines deleted...]
-      <c r="C41" s="46" t="s">
+        <v>Taxes</v>
+      </c>
+      <c r="B41" s="34"/>
+      <c r="C41" s="34" t="s">
         <v>2</v>
       </c>
-      <c r="D41" s="167" t="s">
+      <c r="D41" s="138" t="s">
         <v>49</v>
       </c>
-      <c r="E41" s="64" t="s">
+      <c r="E41" s="51" t="s">
         <v>53</v>
       </c>
-      <c r="F41" s="283"/>
+      <c r="F41" s="244"/>
     </row>
     <row r="42" spans="1:28" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="139">
+      <c r="A42" s="112">
         <v>25</v>
       </c>
-      <c r="B42" s="62" t="str">
+      <c r="B42" s="49" t="str">
         <f ca="1">OFFSET($C42,0,form_lang-1)</f>
-        <v>Selskabsskat mv. af ordinært resultat (+/-)</v>
-[...1 lines deleted...]
-      <c r="C42" s="62" t="s">
+        <v>Corporation tax etc. on ordinary profit/loss (+/-)</v>
+      </c>
+      <c r="C42" s="49" t="s">
         <v>69</v>
       </c>
-      <c r="D42" s="168" t="s">
-[...2 lines deleted...]
-      <c r="E42" s="62">
+      <c r="D42" s="139" t="s">
+        <v>506</v>
+      </c>
+      <c r="E42" s="49">
         <v>25</v>
       </c>
-      <c r="F42" s="256">
+      <c r="F42" s="218">
         <v>0</v>
       </c>
-      <c r="G42" s="4" t="str">
+      <c r="G42" s="2" t="str">
         <f>IF(F42=0," ",IF(F42&lt;0,"Negativt fortegn anvendes hvis denne post er en indtægt./Only use a negative sign if this item is an income."," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="43" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="50" t="str">
+      <c r="A43" s="38" t="str">
         <f ca="1">OFFSET($C43,0,form_lang-1)</f>
-        <v>Årets resultat</v>
-[...2 lines deleted...]
-      <c r="C43" s="46" t="s">
+        <v>Profit or loss for the year</v>
+      </c>
+      <c r="B43" s="34"/>
+      <c r="C43" s="34" t="s">
         <v>28</v>
       </c>
-      <c r="D43" s="167" t="s">
+      <c r="D43" s="138" t="s">
         <v>65</v>
       </c>
-      <c r="E43" s="64" t="s">
+      <c r="E43" s="51" t="s">
         <v>53</v>
       </c>
-      <c r="F43" s="283"/>
-[...2 lines deleted...]
-      <c r="A44" s="140">
+      <c r="F43" s="244"/>
+    </row>
+    <row r="44" spans="1:28" s="4" customFormat="1" ht="36.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="113">
         <v>26</v>
       </c>
-      <c r="B44" s="239" t="str">
+      <c r="B44" s="203" t="str">
         <f ca="1">OFFSET($C44,0,form_lang-1)</f>
-        <v>Årets resultat (+/-)
-[...5 lines deleted...]
-      <c r="D44" s="103" t="s">
+        <v>Profit or loss for the year (+/-)</v>
+      </c>
+      <c r="C44" s="203" t="s">
+        <v>338</v>
+      </c>
+      <c r="D44" s="81" t="s">
         <v>287</v>
       </c>
-      <c r="E44" s="61">
+      <c r="E44" s="48">
         <v>26</v>
       </c>
-      <c r="F44" s="281">
+      <c r="F44" s="242">
         <v>0</v>
       </c>
-      <c r="G44" s="294" t="str">
+      <c r="G44" s="255" t="str">
         <f>IF(AA44&gt;0,"Der er en differnce mellem pkt. 24-25 i forhold til pkt. 26, tjek venligst tallene igen./There is a discrepancy between items no. 24–25 in correlation to item no. 26. Please check these items again.",IF(AA44&lt;0,"Der er en differnce mellem pkt. 24-25 i forhold til pkt. 26, tjek venligst tallene igen./There is a discrepancy between items no. 24–25 in correlation to item no. 26. Please check these items again."," "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="AA44" s="7">
+      <c r="AA44" s="4">
         <f>F44 -((F40)-(F42))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="45" spans="1:28" s="7" customFormat="1" ht="9.9499999999999993" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E45" s="68" t="s">
+    <row r="45" spans="1:28" s="4" customFormat="1" ht="9.9499999999999993" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="D45" s="140"/>
+      <c r="E45" s="54" t="s">
         <v>53</v>
       </c>
-      <c r="F45" s="284"/>
+      <c r="F45" s="245"/>
     </row>
     <row r="46" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="50" t="str">
+      <c r="A46" s="38" t="str">
         <f ca="1">OFFSET($C46,0,form_lang-1)</f>
-        <v>Resultatanvendelse</v>
-[...2 lines deleted...]
-      <c r="C46" s="46" t="s">
+        <v>Appropriation of profit or treatment of loss</v>
+      </c>
+      <c r="B46" s="34"/>
+      <c r="C46" s="34" t="s">
         <v>3</v>
       </c>
-      <c r="D46" s="167" t="s">
+      <c r="D46" s="138" t="s">
         <v>51</v>
       </c>
-      <c r="E46" s="64" t="s">
+      <c r="E46" s="51" t="s">
         <v>53</v>
       </c>
-      <c r="F46" s="280" t="str">
+      <c r="F46" s="241" t="str">
         <f>"1.000 "&amp;F$8</f>
         <v>1.000 DKK</v>
       </c>
     </row>
     <row r="47" spans="1:28" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="134">
+      <c r="A47" s="107">
         <v>27</v>
       </c>
-      <c r="B47" s="47" t="str">
+      <c r="B47" s="35" t="str">
         <f ca="1">OFFSET($C47,0,form_lang-1)</f>
-        <v>Konsolidering, dvs. overførsel til (+) eller fra (-) egenkapitalen</v>
-[...1 lines deleted...]
-      <c r="C47" s="47" t="s">
+        <v>Consolidation i.e. profit retained (+) or loss sustained (-)</v>
+      </c>
+      <c r="C47" s="35" t="s">
         <v>29</v>
       </c>
-      <c r="D47" s="170" t="s">
-[...2 lines deleted...]
-      <c r="E47" s="39">
+      <c r="D47" s="141" t="s">
+        <v>639</v>
+      </c>
+      <c r="E47" s="27">
         <v>27</v>
       </c>
-      <c r="F47" s="281">
+      <c r="F47" s="242">
         <v>0</v>
       </c>
-      <c r="G47" s="294" t="str">
+      <c r="G47" s="255" t="str">
         <f>IF(AA47&gt;0,"Resultatanvendelse skal stemme overens med Årets resultat, tjek venligst pkt. 27 og 28 igen./Appropriation of profit or treatment of loss has to correlate to Profit or loss for the year. Please check items no. 27 and 28 again.",IF(AA47&lt;0,"Resultatanvendelse skal stemme overens med Årets resultat, tjek venligst pkt. 27 og 28 igen./Appropriation of profit or treatment of loss has to correlate to Profit or loss for the year. Please check items no. 27 and 28 again."," "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="AA47" s="4">
+      <c r="AA47" s="2">
         <f>(F47+F48)-F44</f>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:28" ht="30" x14ac:dyDescent="0.25">
-      <c r="A48" s="131">
+      <c r="A48" s="104">
         <v>28</v>
       </c>
-      <c r="B48" s="78" t="str">
+      <c r="B48" s="59" t="str">
         <f ca="1">OFFSET($C48,0,form_lang-1)</f>
-        <v>Udbytte, ekstraordinært udbytte, udbetaling til indehavere, efterbetaling til andelshavere og anden udlodning
-[...8 lines deleted...]
-      <c r="E48" s="57">
+        <v>Dividends to shareholders and similar payments to owners, including extraordinary dividends</v>
+      </c>
+      <c r="C48" s="59" t="s">
+        <v>546</v>
+      </c>
+      <c r="D48" s="59" t="s">
+        <v>407</v>
+      </c>
+      <c r="E48" s="44">
         <v>28</v>
       </c>
-      <c r="F48" s="281">
+      <c r="F48" s="242">
         <v>0</v>
       </c>
-      <c r="G48" s="4" t="str">
+      <c r="G48" s="2" t="str">
         <f>IF(F48=0," ",IF(F48&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="49" spans="1:7" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A49" s="16"/>
-[...3 lines deleted...]
-      <c r="E49" s="65" t="s">
+      <c r="E49" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F49" s="285"/>
-[...2 lines deleted...]
-      <c r="A50" s="27" t="str">
+      <c r="F49" s="246"/>
+    </row>
+    <row r="50" spans="1:7" s="8" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A50" s="17" t="str">
         <f ca="1">OFFSET($C50,0,form_lang-1)</f>
-        <v>Balance</v>
-[...2 lines deleted...]
-      <c r="C50" s="24" t="s">
+        <v>Balance sheet</v>
+      </c>
+      <c r="B50" s="14"/>
+      <c r="C50" s="14" t="s">
         <v>4</v>
       </c>
-      <c r="D50" s="171" t="s">
+      <c r="D50" s="142" t="s">
         <v>59</v>
       </c>
-      <c r="E50" s="69" t="s">
+      <c r="E50" s="55" t="s">
         <v>53</v>
       </c>
-      <c r="F50" s="278" t="str">
+      <c r="F50" s="239" t="str">
         <f>IF(form_lang=1,"I alt for","In total for")</f>
-        <v>I alt for</v>
+        <v>In total for</v>
       </c>
     </row>
     <row r="51" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A51" s="22"/>
-[...2 lines deleted...]
-      <c r="D51" s="172" t="s">
+      <c r="A51" s="12"/>
+      <c r="B51" s="15"/>
+      <c r="C51" s="15"/>
+      <c r="D51" s="143" t="s">
         <v>53</v>
       </c>
-      <c r="E51" s="36" t="s">
+      <c r="E51" s="24" t="s">
         <v>53</v>
       </c>
-      <c r="F51" s="279" t="str">
+      <c r="F51" s="240" t="str">
         <f>IF(form_lang=1,"eget CVR-nr.","own CVR-no.")</f>
-        <v>eget CVR-nr.</v>
+        <v>own CVR-no.</v>
       </c>
     </row>
     <row r="52" spans="1:7" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="16"/>
-[...3 lines deleted...]
-      <c r="E52" s="65" t="s">
+      <c r="B52" s="8"/>
+      <c r="C52" s="8"/>
+      <c r="D52" s="111"/>
+      <c r="E52" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F52" s="255"/>
+      <c r="F52" s="217"/>
     </row>
     <row r="53" spans="1:7" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="16"/>
-      <c r="B53" s="130" t="str">
+      <c r="B53" s="103" t="str">
         <f ca="1">OFFSET($C53,0,form_lang-1)</f>
-        <v>Indberetningen skal indeholde regnskabsdata for det udtrukkede cvr nr., indtast i højre kolonne (grå felter). 
-[...9 lines deleted...]
-      <c r="E53" s="65" t="s">
+        <v>The report must contain accounting data for the selected CVR-number - specify in the column to the right (grey cell).
+If the company is a parent company, you should only report data for the parent company - not consolidated financial data and not for the whole group.
+Item no. 19 to 60 must correspond with the official Annual Financial Report.</v>
+      </c>
+      <c r="C53" s="151" t="s">
+        <v>359</v>
+      </c>
+      <c r="D53" s="123" t="s">
+        <v>360</v>
+      </c>
+      <c r="E53" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F53" s="255"/>
+      <c r="F53" s="217"/>
     </row>
     <row r="54" spans="1:7" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A54" s="16"/>
-[...3 lines deleted...]
-      <c r="E54" s="65" t="s">
+      <c r="E54" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F54" s="255"/>
-[...6 lines deleted...]
-      <c r="E55" s="68" t="s">
+      <c r="F54" s="217"/>
+    </row>
+    <row r="55" spans="1:7" s="4" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D55" s="140"/>
+      <c r="E55" s="54" t="s">
         <v>53</v>
       </c>
-      <c r="F55" s="284"/>
+      <c r="F55" s="245"/>
     </row>
     <row r="56" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="50" t="str">
+      <c r="A56" s="38" t="str">
         <f ca="1">OFFSET($C56,0,form_lang-1)</f>
-        <v>Passiver</v>
-[...2 lines deleted...]
-      <c r="C56" s="46" t="s">
+        <v>Liabilities</v>
+      </c>
+      <c r="B56" s="34"/>
+      <c r="C56" s="34" t="s">
         <v>5</v>
       </c>
-      <c r="D56" s="167" t="s">
+      <c r="D56" s="138" t="s">
         <v>61</v>
       </c>
-      <c r="E56" s="64" t="s">
+      <c r="E56" s="51" t="s">
         <v>53</v>
       </c>
-      <c r="F56" s="286" t="str">
+      <c r="F56" s="247" t="str">
         <f>"1.000 "&amp;F$8</f>
         <v>1.000 DKK</v>
       </c>
     </row>
     <row r="57" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A57" s="209">
+      <c r="A57" s="175">
         <v>55</v>
       </c>
-      <c r="B57" s="225" t="str">
+      <c r="B57" s="191" t="str">
         <f ca="1">OFFSET($C57,0,form_lang-1)</f>
-        <v>Egenkapital ultimo (+/-)</v>
-[...7 lines deleted...]
-      <c r="E57" s="16">
+        <v>Equity, at the end of the year (+/-)</v>
+      </c>
+      <c r="C57" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="D57" s="60" t="s">
+        <v>408</v>
+      </c>
+      <c r="E57" s="2">
         <v>55</v>
       </c>
-      <c r="F57" s="256">
+      <c r="F57" s="218">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:7" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="16"/>
-[...3 lines deleted...]
-      <c r="E58" s="60" t="s">
+      <c r="B58" s="4"/>
+      <c r="C58" s="21"/>
+      <c r="D58" s="144"/>
+      <c r="E58" s="47" t="s">
         <v>53</v>
       </c>
-      <c r="F58" s="287"/>
-[...2 lines deleted...]
-      <c r="A59" s="210">
+      <c r="F58" s="248"/>
+    </row>
+    <row r="59" spans="1:7" s="4" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="176">
         <v>61</v>
       </c>
-      <c r="B59" s="224" t="str">
+      <c r="B59" s="190" t="str">
         <f ca="1">OFFSET($C59,0,form_lang-1)</f>
-        <v>Passiver i alt</v>
-[...1 lines deleted...]
-      <c r="C59" s="61" t="s">
+        <v>Equity and liabilities, total</v>
+      </c>
+      <c r="C59" s="48" t="s">
         <v>30</v>
       </c>
-      <c r="D59" s="103" t="s">
+      <c r="D59" s="81" t="s">
         <v>90</v>
       </c>
-      <c r="E59" s="61">
+      <c r="E59" s="48">
         <v>61</v>
       </c>
-      <c r="F59" s="290">
+      <c r="F59" s="251">
         <v>0</v>
       </c>
-      <c r="G59" s="294" t="str">
+      <c r="G59" s="255" t="str">
         <f>IF(F59&lt;0,"Passiver i alt kan ikke være negativt /Total Equity and liabilities, cannot be negative",IF(F59&lt;F57,"Passiver i alt kan ikke være mindre end Egenkapitalen/Equity and liabilities, total, cannot be lower than Equity, at the end of the year"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="60" spans="1:7" s="7" customFormat="1" ht="9.9499999999999993" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E60" s="68" t="s">
+    <row r="60" spans="1:7" s="4" customFormat="1" ht="9.9499999999999993" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="D60" s="140"/>
+      <c r="E60" s="54" t="s">
         <v>53</v>
       </c>
-      <c r="F60" s="284"/>
+      <c r="F60" s="245"/>
     </row>
     <row r="61" spans="1:7" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A61" s="15"/>
-[...3 lines deleted...]
-      <c r="E61" s="63" t="s">
+      <c r="E61" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F61" s="255"/>
+      <c r="F61" s="217"/>
     </row>
     <row r="62" spans="1:7" ht="21.95" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A62" s="31" t="str">
+      <c r="A62" s="20" t="str">
         <f ca="1">OFFSET($C62,0,form_lang-1)</f>
-        <v>Regnskabsårets investeringer</v>
-[...2 lines deleted...]
-      <c r="C62" s="32" t="s">
+        <v>Investments during the financial year</v>
+      </c>
+      <c r="B62" s="21"/>
+      <c r="C62" s="21" t="s">
         <v>7</v>
       </c>
-      <c r="D62" s="173" t="s">
+      <c r="D62" s="144" t="s">
         <v>66</v>
       </c>
-      <c r="E62" s="70" t="s">
+      <c r="E62" s="56" t="s">
         <v>53</v>
       </c>
-      <c r="F62" s="287" t="str">
+      <c r="F62" s="248" t="str">
         <f>IF(form_lang=1,"I alt for","In total for")</f>
-        <v>I alt for</v>
+        <v>In total for</v>
       </c>
     </row>
     <row r="63" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A63" s="18"/>
-      <c r="B63" s="246" t="str">
+      <c r="A63" s="3"/>
+      <c r="B63" s="208" t="str">
         <f ca="1">OFFSET($C63,0,form_lang-1)</f>
-        <v>Posterne er yderligere kommenteret i vejledningen</v>
+        <v xml:space="preserve">The items are further explained in "REGN Information". </v>
       </c>
       <c r="C63" t="s">
         <v>54</v>
       </c>
-      <c r="D63" s="172" t="s">
-[...2 lines deleted...]
-      <c r="E63" s="33" t="s">
+      <c r="D63" s="143" t="s">
+        <v>507</v>
+      </c>
+      <c r="E63" s="22" t="s">
         <v>53</v>
       </c>
-      <c r="F63" s="285" t="str">
+      <c r="F63" s="246" t="str">
         <f>IF(form_lang=1,"eget CVR-nr.","own CVR-no.")</f>
-        <v>eget CVR-nr.</v>
+        <v>own CVR-no.</v>
       </c>
     </row>
     <row r="64" spans="1:7" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A64" s="35"/>
-[...3 lines deleted...]
-      <c r="E64" s="60" t="s">
+      <c r="A64" s="23"/>
+      <c r="B64" s="46"/>
+      <c r="C64" s="46"/>
+      <c r="D64" s="146"/>
+      <c r="E64" s="47" t="s">
         <v>53</v>
       </c>
-      <c r="F64" s="287"/>
+      <c r="F64" s="248"/>
     </row>
     <row r="65" spans="1:51" x14ac:dyDescent="0.25">
-      <c r="A65" s="3"/>
-      <c r="B65" s="130" t="str">
+      <c r="B65" s="103" t="str">
         <f ca="1">OFFSET($C65,0,form_lang-1)</f>
-        <v>Investeringer omfatter alene aktiver, der er bestemt til firmaets vedvarende eje eller brug.</v>
-[...1 lines deleted...]
-      <c r="C65" s="21" t="s">
+        <v>Investments only include assets intended for the company's continuing ownership or use.</v>
+      </c>
+      <c r="C65" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="D65" s="151" t="s">
-[...2 lines deleted...]
-      <c r="E65" s="245" t="s">
+      <c r="D65" s="123" t="s">
+        <v>409</v>
+      </c>
+      <c r="E65" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F65" s="255"/>
+      <c r="F65" s="217"/>
     </row>
     <row r="66" spans="1:51" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A66" s="16"/>
-[...3 lines deleted...]
-      <c r="E66" s="65" t="s">
+      <c r="E66" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F66" s="255"/>
+      <c r="F66" s="217"/>
     </row>
     <row r="67" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="50" t="str">
+      <c r="A67" s="38" t="str">
         <f ca="1">OFFSET($C67,0,form_lang-1)</f>
-        <v>Tilgang</v>
-[...2 lines deleted...]
-      <c r="C67" s="46" t="s">
+        <v>Additions</v>
+      </c>
+      <c r="B67" s="216"/>
+      <c r="C67" s="34" t="s">
         <v>8</v>
       </c>
-      <c r="D67" s="167" t="s">
-[...2 lines deleted...]
-      <c r="E67" s="64" t="s">
+      <c r="D67" s="138" t="s">
+        <v>410</v>
+      </c>
+      <c r="E67" s="51" t="s">
         <v>53</v>
       </c>
-      <c r="F67" s="286" t="str">
+      <c r="F67" s="247" t="str">
         <f>"1.000 "&amp;F$8</f>
         <v>1.000 DKK</v>
       </c>
     </row>
     <row r="68" spans="1:51" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A68" s="15"/>
-[...3 lines deleted...]
-      <c r="E68" s="63" t="s">
+      <c r="E68" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F68" s="288"/>
+      <c r="F68" s="249"/>
     </row>
     <row r="69" spans="1:51" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A69" s="115"/>
-      <c r="B69" s="186" t="str">
+      <c r="A69" s="92"/>
+      <c r="B69" s="156" t="str">
         <f ca="1">OFFSET($C69,0,form_lang-1)</f>
-        <v>Under tilgang anføres værdien før bogføringsmæssige og finansielle reguleringer,
-[...3 lines deleted...]
-      <c r="C69" s="244" t="s">
+        <v>State additions at cost value, i.e. the value before any accounting and financial adjustments (e.g. depreciation, capital losses and government subsidies).
+Please note that you must only report additions for this financial year.
+Do not include transfers to assets, when they are related to the completion of projects in progress.</v>
+      </c>
+      <c r="C69" s="207" t="s">
         <v>88</v>
       </c>
-      <c r="D69" s="184" t="s">
-[...2 lines deleted...]
-      <c r="E69" s="112" t="s">
+      <c r="D69" s="154" t="s">
+        <v>411</v>
+      </c>
+      <c r="E69" s="89" t="s">
         <v>53</v>
       </c>
-      <c r="F69" s="267"/>
-[...3 lines deleted...]
-      <c r="F70" s="266"/>
+      <c r="F69" s="229"/>
+    </row>
+    <row r="70" spans="1:51" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E70" s="2"/>
+      <c r="F70" s="228"/>
     </row>
     <row r="71" spans="1:51" ht="129" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A71" s="16"/>
-      <c r="B71" s="130" t="str">
+      <c r="B71" s="103" t="str">
         <f ca="1">OFFSET($C71,0,form_lang-1)</f>
-        <v>Medtages: 
-[...14 lines deleted...]
-      <c r="E71" s="65" t="s">
+        <v>Include: 
+• Capitalised costs for own production/manufacture of both tangible and intangible assets.
+• The acquisition cost of lease assets, if the company has entered into new financial leasing contracts, during the reporting year (except for IFRS 16 leases).
+Do not include: 
+• Purchase of land or construction costs of new buildings, intended for resale.
+• Small/minor equipment and fittings costs, not capitalised.
+• Additions and disposals to/of fixed assets, in connection with mergers/divisions.
+• Additions and disposals to/of fixed assets, according to the IFRS 16-standard.</v>
+      </c>
+      <c r="C71" s="120" t="s">
+        <v>545</v>
+      </c>
+      <c r="D71" s="154" t="s">
+        <v>413</v>
+      </c>
+      <c r="E71" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F71" s="267"/>
-[...93 lines deleted...]
-      <c r="AY72" s="16"/>
+      <c r="F71" s="229"/>
+    </row>
+    <row r="72" spans="1:51" s="34" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D72" s="138"/>
+      <c r="F72" s="250"/>
+      <c r="G72" s="2"/>
+      <c r="H72" s="2"/>
+      <c r="I72" s="2"/>
+      <c r="J72" s="2"/>
+      <c r="K72" s="2"/>
+      <c r="L72" s="2"/>
+      <c r="M72" s="2"/>
+      <c r="N72" s="2"/>
+      <c r="O72" s="2"/>
+      <c r="P72" s="2"/>
+      <c r="Q72" s="2"/>
+      <c r="R72" s="2"/>
+      <c r="S72" s="2"/>
+      <c r="T72" s="2"/>
+      <c r="U72" s="2"/>
+      <c r="V72" s="2"/>
+      <c r="W72" s="2"/>
+      <c r="X72" s="2"/>
+      <c r="Y72" s="2"/>
+      <c r="Z72" s="2"/>
+      <c r="AA72" s="2"/>
+      <c r="AB72" s="2"/>
+      <c r="AC72" s="2"/>
+      <c r="AD72" s="2"/>
+      <c r="AE72" s="2"/>
+      <c r="AF72" s="2"/>
+      <c r="AG72" s="2"/>
+      <c r="AH72" s="2"/>
+      <c r="AI72" s="2"/>
+      <c r="AJ72" s="2"/>
+      <c r="AK72" s="2"/>
+      <c r="AL72" s="2"/>
+      <c r="AM72" s="2"/>
+      <c r="AN72" s="2"/>
+      <c r="AO72" s="2"/>
+      <c r="AP72" s="2"/>
+      <c r="AQ72" s="2"/>
+      <c r="AR72" s="2"/>
+      <c r="AS72" s="2"/>
+      <c r="AT72" s="2"/>
+      <c r="AU72" s="2"/>
+      <c r="AV72" s="2"/>
+      <c r="AW72" s="2"/>
+      <c r="AX72" s="2"/>
+      <c r="AY72" s="2"/>
     </row>
     <row r="73" spans="1:51" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A73" s="115"/>
-      <c r="B73" s="226" t="str">
+      <c r="A73" s="92"/>
+      <c r="B73" s="192" t="str">
         <f t="shared" ref="B73:B79" ca="1" si="3">OFFSET($C73,0,form_lang-1)</f>
-        <v>Immaterielle anlægsaktiver</v>
-[...1 lines deleted...]
-      <c r="C73" s="111" t="s">
+        <v xml:space="preserve">Intangible fixed assets </v>
+      </c>
+      <c r="C73" s="88" t="s">
         <v>13</v>
       </c>
-      <c r="D73" s="177" t="s">
-[...2 lines deleted...]
-      <c r="E73" s="112" t="s">
+      <c r="D73" s="148" t="s">
+        <v>347</v>
+      </c>
+      <c r="E73" s="89" t="s">
         <v>53</v>
       </c>
-      <c r="F73" s="267"/>
-      <c r="J73" s="298"/>
+      <c r="F73" s="229"/>
     </row>
     <row r="74" spans="1:51" ht="30" x14ac:dyDescent="0.25">
-      <c r="A74" s="144">
+      <c r="A74" s="117">
         <v>62</v>
       </c>
-      <c r="B74" s="218" t="str">
+      <c r="B74" s="184" t="str">
         <f t="shared" ca="1" si="3"/>
-        <v>Tilgang af Færdiggjorte udviklingsprojekter til kostpris
-[...8 lines deleted...]
-      <c r="E74" s="16">
+        <v>Additions to completed development projects, at cost value
+• Note that transfers from item no. 66, Intangible assets under development, are not an addition.</v>
+      </c>
+      <c r="C74" s="91" t="s">
+        <v>544</v>
+      </c>
+      <c r="D74" s="93" t="s">
+        <v>508</v>
+      </c>
+      <c r="E74" s="2">
         <v>62</v>
       </c>
-      <c r="F74" s="262">
+      <c r="F74" s="224">
         <v>0</v>
       </c>
-      <c r="G74" s="294" t="str">
+      <c r="G74" s="255" t="str">
         <f>IF(F74=0," ",IF(F74&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="J74" s="16"/>
     </row>
     <row r="75" spans="1:51" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A75" s="144">
+      <c r="A75" s="117">
         <v>63</v>
       </c>
-      <c r="B75" s="142" t="str">
+      <c r="B75" s="115" t="str">
         <f t="shared" ca="1" si="3"/>
-        <v>Tilgang af Erhvervede koncessioner, patenter, licenser, varemærker samt lignende rettigheder til kostpris</v>
-[...7 lines deleted...]
-      <c r="E75" s="45">
+        <v>Additions to acquired licences, patents and similar rights, at cost value
+• Note that transfers from item no. 66, Intangible assets under development, are not an addition.</v>
+      </c>
+      <c r="C75" s="33" t="s">
+        <v>300</v>
+      </c>
+      <c r="D75" s="167" t="s">
+        <v>509</v>
+      </c>
+      <c r="E75" s="33">
         <v>63</v>
       </c>
-      <c r="F75" s="256">
+      <c r="F75" s="218">
         <v>0</v>
       </c>
-      <c r="G75" s="294" t="str">
+      <c r="G75" s="255" t="str">
         <f>IF(F75=0," ",IF(F75&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="J75" s="16"/>
     </row>
     <row r="76" spans="1:51" ht="30" x14ac:dyDescent="0.25">
-      <c r="A76" s="203">
+      <c r="A76" s="169">
         <v>64</v>
       </c>
-      <c r="B76" s="219" t="str">
+      <c r="B76" s="185" t="str">
         <f t="shared" ca="1" si="3"/>
-        <v>Tilgang af Software til kostpris
-[...8 lines deleted...]
-      <c r="E76" s="45">
+        <v>Additions to software, at cost value
+• Note, that transfers from item no. 66, Intangible assets in progress, are not an addition.</v>
+      </c>
+      <c r="C76" s="37" t="s">
+        <v>543</v>
+      </c>
+      <c r="D76" s="167" t="s">
+        <v>510</v>
+      </c>
+      <c r="E76" s="33">
         <v>64</v>
       </c>
-      <c r="F76" s="256">
+      <c r="F76" s="218">
         <v>0</v>
       </c>
-      <c r="G76" s="294" t="str">
+      <c r="G76" s="255" t="str">
         <f>IF(F76=0," ",IF(F76&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="J76" s="16"/>
     </row>
     <row r="77" spans="1:51" ht="30" x14ac:dyDescent="0.25">
-      <c r="A77" s="144">
+      <c r="A77" s="117">
         <v>65</v>
       </c>
-      <c r="B77" s="142" t="str">
+      <c r="B77" s="115" t="str">
         <f t="shared" ca="1" si="3"/>
-        <v>Tilgang af Goodwill
-[...8 lines deleted...]
-      <c r="E77" s="42">
+        <v>Additions to goodwill
+• Note, that transfers from item no. 66, Intangible assets in progress, are not an addition.</v>
+      </c>
+      <c r="C77" s="45" t="s">
+        <v>542</v>
+      </c>
+      <c r="D77" s="106" t="s">
+        <v>511</v>
+      </c>
+      <c r="E77" s="30">
         <v>65</v>
       </c>
-      <c r="F77" s="256">
+      <c r="F77" s="218">
         <v>0</v>
       </c>
-      <c r="G77" s="294" t="str">
+      <c r="G77" s="255" t="str">
         <f>IF(F77=0," ",IF(F77&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="J77" s="16"/>
     </row>
     <row r="78" spans="1:51" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A78" s="213">
+      <c r="A78" s="179">
         <v>66</v>
       </c>
-      <c r="B78" s="214" t="str">
+      <c r="B78" s="180" t="str">
         <f t="shared" ca="1" si="3"/>
-        <v>Tilgang af Immaterialle aktiver under udvikling</v>
-[...7 lines deleted...]
-      <c r="E78" s="16">
+        <v>Additions to intangible assets in progress</v>
+      </c>
+      <c r="C78" s="2" t="s">
+        <v>301</v>
+      </c>
+      <c r="D78" s="60" t="s">
+        <v>422</v>
+      </c>
+      <c r="E78" s="2">
         <v>66</v>
       </c>
-      <c r="F78" s="258">
+      <c r="F78" s="220">
         <v>0</v>
       </c>
-      <c r="G78" s="294" t="str">
+      <c r="G78" s="255" t="str">
         <f>IF(F78=0," ",IF(F78&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="J78" s="298"/>
-      <c r="AB78" s="4">
+      <c r="AB78" s="2">
         <f>(F74+F75+F76+F77+F78)-F79</f>
         <v>0</v>
       </c>
     </row>
-    <row r="79" spans="1:51" s="7" customFormat="1" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A79" s="137">
+    <row r="79" spans="1:51" s="4" customFormat="1" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="110">
         <v>67</v>
       </c>
-      <c r="B79" s="154" t="str">
+      <c r="B79" s="126" t="str">
         <f t="shared" ca="1" si="3"/>
-        <v>Immaterielle anlægsaktiver i alt
-[...8 lines deleted...]
-      <c r="E79" s="19">
+        <v>Intangible assets, total
+(items no. 62+63+64+65+66)</v>
+      </c>
+      <c r="C79" s="80" t="s">
+        <v>308</v>
+      </c>
+      <c r="D79" s="152" t="s">
+        <v>512</v>
+      </c>
+      <c r="E79" s="9">
         <v>67</v>
       </c>
-      <c r="F79" s="259">
+      <c r="F79" s="221">
         <f>F74+F75+F76+F77+F78</f>
         <v>0</v>
       </c>
-      <c r="G79" s="294" t="str">
+      <c r="G79" s="255" t="str">
         <f>IF(AB78&gt;0,"Der er en difference mellem pkt. 62-66 og pkt. 67, tjek venligst tallene igen./There is a discrepancy between items no. 62–66 and item no. 67. Please check these items again. ",IF(AB78&lt;0,"Der er en difference mellem pkt. 62-66 og pkt. 67, tjek venligst tallene igen/There is a discrepancy between items no. 62–66 and item no. 67. Please check these items again.", " "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="80" spans="1:51" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A80" s="143"/>
-      <c r="B80" s="198" t="str">
+      <c r="A80" s="116"/>
+      <c r="B80" s="166" t="str">
         <f t="shared" ref="B80:B86" ca="1" si="4">OFFSET($C80,0,form_lang-1)</f>
-        <v>Grunde og bygninger</v>
-[...1 lines deleted...]
-      <c r="C80" s="111" t="s">
+        <v>Land and buildings</v>
+      </c>
+      <c r="C80" s="88" t="s">
         <v>62</v>
       </c>
-      <c r="D80" s="177" t="s">
+      <c r="D80" s="148" t="s">
         <v>60</v>
       </c>
-      <c r="E80" s="113" t="s">
+      <c r="E80" s="90" t="s">
         <v>53</v>
       </c>
-      <c r="F80" s="267"/>
-      <c r="G80" s="109"/>
+      <c r="F80" s="229"/>
+      <c r="G80" s="86"/>
     </row>
     <row r="81" spans="1:28" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A81" s="144">
+      <c r="A81" s="117">
         <v>68</v>
       </c>
-      <c r="B81" s="142" t="str">
+      <c r="B81" s="115" t="str">
         <f t="shared" ca="1" si="4"/>
-        <v>Tilgang/Køb af eksisterende bygninger (inkl. grundværdi)
-[...8 lines deleted...]
-      <c r="E81" s="16">
+        <v xml:space="preserve">Additions to/Purchases of existing buildings (incl. land value)
+• Note that transfers from item no. 77, Tangible assets in progress, are not an addition. </v>
+      </c>
+      <c r="C81" s="91" t="s">
+        <v>541</v>
+      </c>
+      <c r="D81" s="93" t="s">
+        <v>513</v>
+      </c>
+      <c r="E81" s="2">
         <v>68</v>
       </c>
-      <c r="F81" s="262">
+      <c r="F81" s="224">
         <v>0</v>
       </c>
-      <c r="G81" s="294" t="str">
+      <c r="G81" s="255" t="str">
         <f>IF(F81=0," ",IF(F81&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="82" spans="1:28" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A82" s="144">
+      <c r="A82" s="117">
         <v>69</v>
       </c>
-      <c r="B82" s="142" t="str">
+      <c r="B82" s="115" t="str">
         <f t="shared" ca="1" si="4"/>
-        <v>Tilgang af opførelsesudgifter for nybygninger (ekskl. grunde)
-[...8 lines deleted...]
-      <c r="E82" s="45">
+        <v xml:space="preserve">Additions to construction costs of new buildings (excl. land)
+• Note that transfers from item no. 77, Tangible assets in progress, are not an addition. </v>
+      </c>
+      <c r="C82" s="37" t="s">
+        <v>540</v>
+      </c>
+      <c r="D82" s="167" t="s">
+        <v>514</v>
+      </c>
+      <c r="E82" s="33">
         <v>69</v>
       </c>
-      <c r="F82" s="256">
+      <c r="F82" s="218">
         <v>0</v>
       </c>
-      <c r="G82" s="294" t="str">
+      <c r="G82" s="255" t="str">
         <f>IF(F82=0," ",IF(F82&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="83" spans="1:28" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A83" s="203">
+      <c r="A83" s="169">
         <v>70</v>
       </c>
-      <c r="B83" s="212" t="str">
+      <c r="B83" s="178" t="str">
         <f t="shared" ca="1" si="4"/>
-        <v>Tilgang/Køb af ubebyggede grunde
-[...8 lines deleted...]
-      <c r="E83" s="45">
+        <v xml:space="preserve">Additions to/Purchases of undeveloped land
+• Note that transfers from item no. 77, Tangible assets in progress, are not an addition. </v>
+      </c>
+      <c r="C83" s="37" t="s">
+        <v>539</v>
+      </c>
+      <c r="D83" s="167" t="s">
+        <v>515</v>
+      </c>
+      <c r="E83" s="33">
         <v>70</v>
       </c>
-      <c r="F83" s="256">
+      <c r="F83" s="218">
         <v>0</v>
       </c>
-      <c r="G83" s="294" t="str">
+      <c r="G83" s="255" t="str">
         <f>IF(F83=0," ",IF(F83&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="84" spans="1:28" ht="60" x14ac:dyDescent="0.25">
-      <c r="A84" s="203">
+      <c r="A84" s="169">
         <v>71</v>
       </c>
-      <c r="B84" s="212" t="str">
+      <c r="B84" s="178" t="str">
         <f t="shared" ca="1" si="4"/>
-        <v>Tilgang af ombygning af bygninger til kostpris
-[...10 lines deleted...]
-      <c r="E84" s="57">
+        <v xml:space="preserve">Additions to refurbishment of buildings, at cost value
+Do not include: 
+• Leasehold refurbishment costs (added to item no. 75).
+• Note that transfers from item no. 77, Tangible assets in progress, are not an addition. </v>
+      </c>
+      <c r="C84" s="45" t="s">
+        <v>538</v>
+      </c>
+      <c r="D84" s="106" t="s">
+        <v>516</v>
+      </c>
+      <c r="E84" s="44">
         <v>71</v>
       </c>
-      <c r="F84" s="256">
+      <c r="F84" s="218">
         <v>0</v>
       </c>
-      <c r="G84" s="294" t="str">
+      <c r="G84" s="255" t="str">
         <f>IF(F84=0," ",IF(F84&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="85" spans="1:28" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A85" s="213">
+      <c r="A85" s="179">
         <v>72</v>
       </c>
-      <c r="B85" s="214" t="str">
+      <c r="B85" s="180" t="str">
         <f t="shared" ca="1" si="4"/>
-        <v>Tilgang af veje, havne, pladser o.l. til kostpris
-[...8 lines deleted...]
-      <c r="E85" s="48">
+        <v xml:space="preserve">Additions to roads, harbours, squares, etc., at cost value
+• Note that transfers from item no. 77, Tangible assets in progress, are not an addition. </v>
+      </c>
+      <c r="C85" s="167" t="s">
+        <v>537</v>
+      </c>
+      <c r="D85" s="167" t="s">
+        <v>517</v>
+      </c>
+      <c r="E85" s="36">
         <v>72</v>
       </c>
-      <c r="F85" s="263">
+      <c r="F85" s="225">
         <v>0</v>
       </c>
-      <c r="G85" s="294" t="str">
+      <c r="G85" s="255" t="str">
         <f>IF(F85=0," ",IF(F85&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="86" spans="1:28" s="6" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A86" s="137">
+    <row r="86" spans="1:28" s="4" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="110">
         <v>73</v>
       </c>
-      <c r="B86" s="154" t="str">
+      <c r="B86" s="126" t="str">
         <f t="shared" ca="1" si="4"/>
-        <v>Fast ejendom i alt
-[...8 lines deleted...]
-      <c r="E86" s="19">
+        <v>Land and buildings, total
+(items no. 68+69+70+71+72)</v>
+      </c>
+      <c r="C86" s="80" t="s">
+        <v>309</v>
+      </c>
+      <c r="D86" s="152" t="s">
+        <v>518</v>
+      </c>
+      <c r="E86" s="9">
         <v>73</v>
       </c>
-      <c r="F86" s="259">
+      <c r="F86" s="221">
         <f>F81+F82+F83+F84+F85</f>
         <v>0</v>
       </c>
-      <c r="G86" s="295" t="str">
+      <c r="G86" s="255" t="str">
         <f>IF(AB86&gt;0,"Der er en difference mellem pkt. 68-72 og pkt. 73, tjek venligst tallene igen./There is a discrepancy between items no. 68-72 and item no. 73. Please check these items again. ",IF(AB86&lt;0,"Der er en difference mellem pkt. 68-72 og pkt. 73, tjek venligst tallene igen./There is a discrepancy between items no. 68-72 and item no. 73. Please check these items again.", " "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="AB86" s="4">
+      <c r="AB86" s="2">
         <f>(F81+F82+F83+F84+F85)-F86</f>
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A87" s="143"/>
-      <c r="B87" s="198" t="str">
+      <c r="A87" s="116"/>
+      <c r="B87" s="166" t="str">
         <f ca="1">OFFSET($C87,0,form_lang-1)</f>
-        <v>Driftsmidler</v>
-[...1 lines deleted...]
-      <c r="C87" s="111" t="s">
+        <v>Plant, machinery and equipment</v>
+      </c>
+      <c r="C87" s="88" t="s">
         <v>9</v>
       </c>
-      <c r="D87" s="177" t="s">
+      <c r="D87" s="148" t="s">
         <v>91</v>
       </c>
-      <c r="E87" s="113" t="s">
+      <c r="E87" s="90" t="s">
         <v>53</v>
       </c>
-      <c r="F87" s="260"/>
-      <c r="G87" s="109"/>
+      <c r="F87" s="222"/>
+      <c r="G87" s="86"/>
     </row>
     <row r="88" spans="1:28" ht="30" x14ac:dyDescent="0.25">
-      <c r="A88" s="203">
+      <c r="A88" s="169">
         <v>74</v>
       </c>
-      <c r="B88" s="212" t="str">
+      <c r="B88" s="178" t="str">
         <f ca="1">OFFSET($C88,0,form_lang-1)</f>
-        <v>Tilgang af produktionsanlæg og maskiner
-[...8 lines deleted...]
-      <c r="E88" s="39">
+        <v xml:space="preserve">Additions to plant and machinery
+• Note that transfers from item no. 77, Tangible assets in progress, are not an addition. </v>
+      </c>
+      <c r="C88" s="79" t="s">
+        <v>303</v>
+      </c>
+      <c r="D88" s="62" t="s">
+        <v>519</v>
+      </c>
+      <c r="E88" s="27">
         <v>74</v>
       </c>
-      <c r="F88" s="262">
+      <c r="F88" s="224">
         <v>0</v>
       </c>
-      <c r="G88" s="294" t="str">
+      <c r="G88" s="255" t="str">
         <f>IF(F88=0," ",IF(F88&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="89" spans="1:28" ht="45" x14ac:dyDescent="0.25">
-      <c r="A89" s="144">
+      <c r="A89" s="117">
         <v>75</v>
       </c>
-      <c r="B89" s="142" t="str">
+      <c r="B89" s="115" t="str">
         <f ca="1">OFFSET($C89,0,form_lang-1)</f>
-        <v>Tilgang af andre anlæg, driftsmateriel og inventar til kostpris 
-[...9 lines deleted...]
-      <c r="E89" s="16">
+        <v xml:space="preserve">Additions to other fixtures and fittings, tools and equipment, at cost value
+Incl. leasehold improvements costs.
+• Note that transfers from item no. 77, Tangible assets in progress, are not an addition. </v>
+      </c>
+      <c r="C89" s="91" t="s">
+        <v>536</v>
+      </c>
+      <c r="D89" s="93" t="s">
+        <v>520</v>
+      </c>
+      <c r="E89" s="2">
         <v>75</v>
       </c>
-      <c r="F89" s="256">
+      <c r="F89" s="218">
         <v>0</v>
       </c>
-      <c r="G89" s="294" t="str">
+      <c r="G89" s="255" t="str">
         <f>IF(F89=0," ",IF(F89&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="90" spans="1:28" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A90" s="137">
+    <row r="90" spans="1:28" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A90" s="110">
         <v>76</v>
       </c>
-      <c r="B90" s="154" t="str">
+      <c r="B90" s="126" t="str">
         <f ca="1">OFFSET($C90,0,form_lang-1)</f>
-        <v>Driftsmidler i alt
-[...8 lines deleted...]
-      <c r="E90" s="19">
+        <v>Plant, machinery and equipment, total
+(items no. 74+75)</v>
+      </c>
+      <c r="C90" s="80" t="s">
+        <v>310</v>
+      </c>
+      <c r="D90" s="152" t="s">
+        <v>521</v>
+      </c>
+      <c r="E90" s="9">
         <v>76</v>
       </c>
-      <c r="F90" s="268">
+      <c r="F90" s="230">
         <f>F88+F89</f>
         <v>0</v>
       </c>
-      <c r="G90" s="295" t="str">
+      <c r="G90" s="255" t="str">
         <f>IF(AB90&gt;0,"Der er en difference mellem pkt.74+75 og pkt. 76, tjek venligst tallene igen./There is a discrepancy between items no. 74+75 and item no. 76. Please check these items again. ",IF(AB90&lt;0,"Der er en difference mellem pkt. 74+75 og pkt. 76, tjek venligst tallene igen./There is a discrepancy between items no. 74+75 and item no. 76. Please check these items again.", " "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="AB90" s="6">
+      <c r="AB90" s="4">
         <f>(F88+F89)-F90</f>
         <v>0</v>
       </c>
     </row>
-    <row r="91" spans="1:28" s="12" customFormat="1" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E91" s="65" t="s">
+    <row r="91" spans="1:28" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="111"/>
+      <c r="B91" s="128"/>
+      <c r="C91" s="92"/>
+      <c r="D91" s="149"/>
+      <c r="E91" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F91" s="269"/>
-      <c r="G91" s="296"/>
+      <c r="F91" s="228"/>
+      <c r="G91" s="86"/>
     </row>
     <row r="92" spans="1:28" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A92" s="138">
+      <c r="A92" s="111">
         <v>77</v>
       </c>
-      <c r="B92" s="201" t="str">
+      <c r="B92" s="93" t="str">
         <f ca="1">OFFSET($C92,0,form_lang-1)</f>
-        <v>Tilgang af materielle anlægsaktiver under udførelse og 
-[...2 lines deleted...]
-      <c r="C92" s="81" t="s">
+        <v>Additions to tangible assets in progress and prepayments</v>
+      </c>
+      <c r="C92" s="62" t="s">
         <v>82</v>
       </c>
-      <c r="D92" s="81" t="s">
-[...2 lines deleted...]
-      <c r="E92" s="80">
+      <c r="D92" s="62" t="s">
+        <v>435</v>
+      </c>
+      <c r="E92" s="61">
         <v>77</v>
       </c>
-      <c r="F92" s="261">
+      <c r="F92" s="223">
         <v>0</v>
       </c>
-      <c r="G92" s="294" t="str">
+      <c r="G92" s="255" t="str">
         <f>IF(F92=0," ",IF(F92&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="93" spans="1:28" ht="8.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A93" s="18"/>
-[...3 lines deleted...]
-      <c r="E93" s="65" t="s">
+      <c r="A93" s="3"/>
+      <c r="B93" s="121"/>
+      <c r="E93" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F93" s="270"/>
-[...3 lines deleted...]
-      <c r="A94" s="210">
+      <c r="F93" s="231"/>
+      <c r="G93" s="86"/>
+    </row>
+    <row r="94" spans="1:28" s="4" customFormat="1" ht="41.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="176">
         <v>78</v>
       </c>
-      <c r="B94" s="206" t="str">
+      <c r="B94" s="172" t="str">
         <f ca="1">OFFSET($C94,0,form_lang-1)</f>
-        <v>Tilgang i alt
-[...8 lines deleted...]
-      <c r="E94" s="61">
+        <v>Additions, total
+(items no. 67+73+76+77)</v>
+      </c>
+      <c r="C94" s="129" t="s">
+        <v>311</v>
+      </c>
+      <c r="D94" s="129" t="s">
+        <v>522</v>
+      </c>
+      <c r="E94" s="48">
         <v>78</v>
       </c>
-      <c r="F94" s="271">
+      <c r="F94" s="232">
         <f>F79+F86+F90+F92</f>
         <v>0</v>
       </c>
-      <c r="G94" s="295" t="str">
+      <c r="G94" s="255" t="str">
         <f>IF(AB94&gt;0,"Der er en difference mellem pkt. 67+73+76+77 og pkt. 78, tjek venligst tallene igen./There is a discrepancy between items no. 67+73+76+77 and item no. 78. Please check these items again. ",IF(AB94&lt;0,"Der er en difference mellem pkt. 67+73+76+77 og pkt. 78, tjek venligst tallene igen./There is a discrepancy between items no. 67+73+76+77 and item no. 78. Please check these items again.", " "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="AB94" s="7">
+      <c r="AB94" s="4">
         <f>(F92+F90+F86+F79)-F94</f>
         <v>0</v>
       </c>
     </row>
-    <row r="95" spans="1:28" s="7" customFormat="1" ht="9.9499999999999993" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E95" s="68" t="s">
+    <row r="95" spans="1:28" s="4" customFormat="1" ht="9.9499999999999993" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="B95" s="126"/>
+      <c r="D95" s="140"/>
+      <c r="E95" s="54" t="s">
         <v>53</v>
       </c>
-      <c r="F95" s="273"/>
-      <c r="G95" s="294"/>
+      <c r="F95" s="234"/>
+      <c r="G95" s="255"/>
     </row>
     <row r="96" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A96" s="50" t="str">
+      <c r="A96" s="38" t="str">
         <f ca="1">OFFSET($C96,0,form_lang-1)</f>
-        <v>Afgang (til bogført værdi)</v>
-[...2 lines deleted...]
-      <c r="C96" s="46" t="s">
+        <v>Disposals (at book value)</v>
+      </c>
+      <c r="B96" s="115"/>
+      <c r="C96" s="34" t="s">
         <v>18</v>
       </c>
-      <c r="D96" s="167" t="s">
-[...2 lines deleted...]
-      <c r="E96" s="64" t="s">
+      <c r="D96" s="138" t="s">
+        <v>437</v>
+      </c>
+      <c r="E96" s="51" t="s">
         <v>53</v>
       </c>
-      <c r="F96" s="272" t="str">
+      <c r="F96" s="233" t="str">
         <f>"1.000 "&amp;F$8</f>
         <v>1.000 DKK</v>
       </c>
-      <c r="G96" s="109"/>
+      <c r="G96" s="86"/>
     </row>
     <row r="97" spans="1:28" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A97" s="16"/>
-[...3 lines deleted...]
-      <c r="E97" s="65" t="s">
+      <c r="B97" s="93"/>
+      <c r="D97" s="93"/>
+      <c r="E97" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F97" s="255"/>
-      <c r="G97" s="109"/>
+      <c r="F97" s="217"/>
+      <c r="G97" s="86"/>
     </row>
     <row r="98" spans="1:28" ht="128.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A98" s="115"/>
-      <c r="B98" s="153" t="str">
+      <c r="A98" s="92"/>
+      <c r="B98" s="125" t="str">
         <f ca="1">OFFSET($C98,0,form_lang-1)</f>
-        <v>Under afgang anføres afgangen af aktiver i kostpriser samt de tilbageførte afskrivninger/nedskrivninger i forbindelse med årets afgang.
-[...11 lines deleted...]
-      <c r="E98" s="112" t="s">
+        <v>Disposals must include the disposal of assets at cost value and the reversed depreciation, amortisation and impairment in connection with the disposals for the year.
+• The value of the disposals, at cost value (items no. 79-90), including any value adjustments (revaluations). 
+• The value of the reversed depreciation, amortisation and impairment on disposals for the year (items no. 91-102), including any value adjustments (write-downs). 
+Note that transfers from projects under development to other fixed assets are not actual disposals and should therefore not be included. 
+Reversed depreciation cannot exceed the cost value.</v>
+      </c>
+      <c r="C98" s="125" t="s">
+        <v>535</v>
+      </c>
+      <c r="D98" s="123" t="s">
+        <v>523</v>
+      </c>
+      <c r="E98" s="89" t="s">
         <v>53</v>
       </c>
-      <c r="F98" s="255"/>
-      <c r="G98" s="109"/>
+      <c r="F98" s="217"/>
+      <c r="G98" s="86"/>
     </row>
     <row r="99" spans="1:28" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A99" s="16"/>
-[...3 lines deleted...]
-      <c r="E99" s="65" t="s">
+      <c r="B99" s="93"/>
+      <c r="E99" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F99" s="255"/>
-      <c r="G99" s="109"/>
+      <c r="F99" s="217"/>
+      <c r="G99" s="86"/>
     </row>
     <row r="100" spans="1:28" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A100" s="115"/>
-      <c r="B100" s="198" t="str">
+      <c r="A100" s="92"/>
+      <c r="B100" s="166" t="str">
         <f t="shared" ref="B100:B105" ca="1" si="5">OFFSET($C100,0,form_lang-1)</f>
-        <v>Afgang immaterielle anlægsaktiver</v>
-[...1 lines deleted...]
-      <c r="C100" s="111" t="s">
+        <v>Disposals of intangible assets</v>
+      </c>
+      <c r="C100" s="88" t="s">
         <v>76</v>
       </c>
-      <c r="D100" s="177" t="s">
-[...2 lines deleted...]
-      <c r="E100" s="112" t="s">
+      <c r="D100" s="148" t="s">
+        <v>442</v>
+      </c>
+      <c r="E100" s="89" t="s">
         <v>53</v>
       </c>
-      <c r="F100" s="255"/>
-      <c r="G100" s="109"/>
+      <c r="F100" s="217"/>
+      <c r="G100" s="86"/>
     </row>
     <row r="101" spans="1:28" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A101" s="144">
+      <c r="A101" s="117">
         <v>79</v>
       </c>
-      <c r="B101" s="142" t="str">
+      <c r="B101" s="115" t="str">
         <f t="shared" ca="1" si="5"/>
-        <v>Afgang af færdiggjorte udviklingsprojekter til kostpris</v>
-[...1 lines deleted...]
-      <c r="C101" s="16" t="s">
+        <v>Disposals of completed development projects, at cost value</v>
+      </c>
+      <c r="C101" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="D101" s="117" t="s">
-[...2 lines deleted...]
-      <c r="E101" s="16">
+      <c r="D101" s="60" t="s">
+        <v>443</v>
+      </c>
+      <c r="E101" s="2">
         <v>79</v>
       </c>
-      <c r="F101" s="256">
+      <c r="F101" s="218">
         <v>0</v>
       </c>
-      <c r="G101" s="294" t="str">
+      <c r="G101" s="255" t="str">
         <f>IF(F101=0," ",IF(F101&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="102" spans="1:28" ht="30" x14ac:dyDescent="0.25">
-      <c r="A102" s="203">
+      <c r="A102" s="169">
         <v>80</v>
       </c>
-      <c r="B102" s="212" t="str">
+      <c r="B102" s="178" t="str">
         <f t="shared" ca="1" si="5"/>
-        <v>Afgang af erhvervede koncessioner, patenter, licenser, varemærker 
-[...2 lines deleted...]
-      <c r="C102" s="200" t="s">
+        <v>Disposals of concessions, patents, licences, trademarks, and 
+other similar rights, at cost value</v>
+      </c>
+      <c r="C102" s="167" t="s">
         <v>35</v>
       </c>
-      <c r="D102" s="200" t="s">
-[...2 lines deleted...]
-      <c r="E102" s="48">
+      <c r="D102" s="167" t="s">
+        <v>444</v>
+      </c>
+      <c r="E102" s="36">
         <v>80</v>
       </c>
-      <c r="F102" s="256">
+      <c r="F102" s="218">
         <v>0</v>
       </c>
-      <c r="G102" s="294" t="str">
+      <c r="G102" s="255" t="str">
         <f>IF(F102=0," ",IF(F102&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="103" spans="1:28" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A103" s="203">
+      <c r="A103" s="169">
         <v>81</v>
       </c>
-      <c r="B103" s="212" t="str">
+      <c r="B103" s="178" t="str">
         <f t="shared" ca="1" si="5"/>
-        <v>Afgang af software til kostpris</v>
-[...1 lines deleted...]
-      <c r="C103" s="42" t="s">
+        <v>Disposals of software, at cost value</v>
+      </c>
+      <c r="C103" s="30" t="s">
         <v>15</v>
       </c>
-      <c r="D103" s="57" t="s">
-[...2 lines deleted...]
-      <c r="E103" s="42">
+      <c r="D103" s="44" t="s">
+        <v>445</v>
+      </c>
+      <c r="E103" s="30">
         <v>81</v>
       </c>
-      <c r="F103" s="257">
+      <c r="F103" s="219">
         <v>0</v>
       </c>
-      <c r="G103" s="294" t="str">
+      <c r="G103" s="255" t="str">
         <f>IF(F103=0," ",IF(F103&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="104" spans="1:28" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A104" s="213">
+      <c r="A104" s="179">
         <v>82</v>
       </c>
-      <c r="B104" s="214" t="str">
+      <c r="B104" s="180" t="str">
         <f t="shared" ca="1" si="5"/>
-        <v>Afgang af goodwill til kostpris</v>
-[...1 lines deleted...]
-      <c r="C104" s="16" t="s">
+        <v>Disposals of goodwill, at cost value</v>
+      </c>
+      <c r="C104" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="D104" s="117" t="s">
-[...2 lines deleted...]
-      <c r="E104" s="16">
+      <c r="D104" s="60" t="s">
+        <v>446</v>
+      </c>
+      <c r="E104" s="2">
         <v>82</v>
       </c>
-      <c r="F104" s="258">
+      <c r="F104" s="220">
         <v>0</v>
       </c>
-      <c r="G104" s="294" t="str">
+      <c r="G104" s="255" t="str">
         <f>IF(F104=0," ",IF(F104&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="105" spans="1:28" s="6" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A105" s="137">
+    <row r="105" spans="1:28" s="4" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="110">
         <v>83</v>
       </c>
-      <c r="B105" s="154" t="str">
+      <c r="B105" s="126" t="str">
         <f t="shared" ca="1" si="5"/>
-        <v>Afgang immaterielle anlægsaktiver til kostpris i alt
-[...2 lines deleted...]
-      <c r="C105" s="102" t="s">
+        <v>Disposals of intangible assets, at cost value, total
+(items no. 79+80+81+82)</v>
+      </c>
+      <c r="C105" s="80" t="s">
         <v>86</v>
       </c>
-      <c r="D105" s="182" t="s">
-[...2 lines deleted...]
-      <c r="E105" s="19">
+      <c r="D105" s="152" t="s">
+        <v>524</v>
+      </c>
+      <c r="E105" s="9">
         <v>83</v>
       </c>
-      <c r="F105" s="259">
+      <c r="F105" s="221">
         <f>F101+F102+F103+F104</f>
         <v>0</v>
       </c>
-      <c r="G105" s="295" t="str">
+      <c r="G105" s="255" t="str">
         <f>IF(AB105&gt;0,"Der er en difference mellem pkt. 79-82 og pkt. 83, tjek venligst tallene igen./There is a discrepancy between items no. 79-82 and item no. 83. Please check these items again. ",IF(AB105&lt;0,"Der er en difference mellem pkt. 79-82 og pkt. 83, tjek venligst tallene igen./There is a discrepancy between items no. 79-82 and item no. 83. Please check these items again.", " "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="AB105" s="7">
+      <c r="AB105" s="4">
         <f>(F101+F102+F103+F104)-F105</f>
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A106" s="138"/>
-      <c r="B106" s="198" t="str">
+      <c r="A106" s="111"/>
+      <c r="B106" s="166" t="str">
         <f t="shared" ref="B106:B114" ca="1" si="6">OFFSET($C106,0,form_lang-1)</f>
-        <v>Afgang af grunde og bygninger</v>
-[...1 lines deleted...]
-      <c r="C106" s="111" t="s">
+        <v>Disposals of land and buildings</v>
+      </c>
+      <c r="C106" s="88" t="s">
         <v>79</v>
       </c>
-      <c r="D106" s="177" t="s">
-[...2 lines deleted...]
-      <c r="E106" s="65" t="s">
+      <c r="D106" s="148" t="s">
+        <v>448</v>
+      </c>
+      <c r="E106" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F106" s="260"/>
-      <c r="G106" s="109"/>
+      <c r="F106" s="222"/>
+      <c r="G106" s="86"/>
     </row>
     <row r="107" spans="1:28" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A107" s="203">
+      <c r="A107" s="169">
         <v>84</v>
       </c>
-      <c r="B107" s="212" t="str">
+      <c r="B107" s="178" t="str">
         <f t="shared" ca="1" si="6"/>
-        <v>Afgang af grunde og bygninger (inkl. grundværdi) til kostpris</v>
-[...1 lines deleted...]
-      <c r="C107" s="16" t="s">
+        <v>Disposals of existing buildings (incl. land value), at cost value</v>
+      </c>
+      <c r="C107" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="D107" s="117" t="s">
-[...2 lines deleted...]
-      <c r="E107" s="16">
+      <c r="D107" s="60" t="s">
+        <v>449</v>
+      </c>
+      <c r="E107" s="2">
         <v>84</v>
       </c>
-      <c r="F107" s="256">
+      <c r="F107" s="218">
         <v>0</v>
       </c>
-      <c r="G107" s="294" t="str">
+      <c r="G107" s="255" t="str">
         <f>IF(F107=0," ",IF(F107&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="108" spans="1:28" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A108" s="203">
+      <c r="A108" s="169">
         <v>85</v>
       </c>
-      <c r="B108" s="212" t="str">
+      <c r="B108" s="178" t="str">
         <f t="shared" ca="1" si="6"/>
-        <v>Afgang af ubebyggede grunde til kostpris</v>
-[...1 lines deleted...]
-      <c r="C108" s="42" t="s">
+        <v>Disposals of undeveloped land, at cost value</v>
+      </c>
+      <c r="C108" s="30" t="s">
         <v>36</v>
       </c>
-      <c r="D108" s="57" t="s">
-[...2 lines deleted...]
-      <c r="E108" s="42">
+      <c r="D108" s="44" t="s">
+        <v>450</v>
+      </c>
+      <c r="E108" s="30">
         <v>85</v>
       </c>
-      <c r="F108" s="257">
+      <c r="F108" s="219">
         <v>0</v>
       </c>
-      <c r="G108" s="294" t="str">
+      <c r="G108" s="255" t="str">
         <f>IF(F108=0," ",IF(F108&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="109" spans="1:28" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A109" s="213">
+      <c r="A109" s="179">
         <v>86</v>
       </c>
-      <c r="B109" s="214" t="str">
+      <c r="B109" s="180" t="str">
         <f t="shared" ca="1" si="6"/>
-        <v>Afgang af veje, havne, pladser o.l. til kostpris</v>
-[...1 lines deleted...]
-      <c r="C109" s="16" t="s">
+        <v>Disposals of roads, harbours, squares, etc., at cost value</v>
+      </c>
+      <c r="C109" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="D109" s="117" t="s">
-[...2 lines deleted...]
-      <c r="E109" s="16">
+      <c r="D109" s="60" t="s">
+        <v>451</v>
+      </c>
+      <c r="E109" s="2">
         <v>86</v>
       </c>
-      <c r="F109" s="258">
+      <c r="F109" s="220">
         <v>0</v>
       </c>
-      <c r="G109" s="294" t="str">
+      <c r="G109" s="255" t="str">
         <f>IF(F109=0," ",IF(F109&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="110" spans="1:28" s="6" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A110" s="137">
+    <row r="110" spans="1:28" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="110">
         <v>87</v>
       </c>
-      <c r="B110" s="154" t="str">
+      <c r="B110" s="126" t="str">
         <f ca="1">OFFSET($C110,0,form_lang-1)</f>
-        <v>Afgang af grunde og bygninger til kostpris i alt
-[...2 lines deleted...]
-      <c r="C110" s="102" t="s">
+        <v>Disposals of land and buildings, at cost value, total
+(items no. 84+85+86)</v>
+      </c>
+      <c r="C110" s="80" t="s">
         <v>83</v>
       </c>
-      <c r="D110" s="182" t="s">
-[...2 lines deleted...]
-      <c r="E110" s="19">
+      <c r="D110" s="152" t="s">
+        <v>525</v>
+      </c>
+      <c r="E110" s="9">
         <v>87</v>
       </c>
-      <c r="F110" s="259">
+      <c r="F110" s="221">
         <f>F107+F108+F109</f>
         <v>0</v>
       </c>
-      <c r="G110" s="295" t="str">
+      <c r="G110" s="255" t="str">
         <f>IF(AB110&gt;0,"Der er en difference mellem pkt. 84-86 og pkt. 87, tjek venligst tallene igen./There is a discrepancy between items no. 84-86 and item no. 87. Please check these items again. ",IF(AB110&lt;0,"Der er en difference mellem pkt.84-86 og pkt. 87, tjek venligst tallene igen./There is a discrepancy between items no. 84-86 and item no. 87. Please check these items again.", " "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="AB110" s="7">
+      <c r="AB110" s="4">
         <f>(F107+F108+F109)-F110</f>
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:28" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A111" s="138"/>
-      <c r="B111" s="198" t="str">
+      <c r="A111" s="111"/>
+      <c r="B111" s="166" t="str">
         <f t="shared" ca="1" si="6"/>
-        <v>Afgang af driftsmidler</v>
-[...1 lines deleted...]
-      <c r="C111" s="111" t="s">
+        <v>Disposals of machinery, plant and equipment</v>
+      </c>
+      <c r="C111" s="88" t="s">
         <v>77</v>
       </c>
-      <c r="D111" s="177" t="s">
-[...2 lines deleted...]
-      <c r="E111" s="65" t="s">
+      <c r="D111" s="148" t="s">
+        <v>453</v>
+      </c>
+      <c r="E111" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F111" s="260"/>
-      <c r="G111" s="109"/>
+      <c r="F111" s="222"/>
+      <c r="G111" s="86"/>
     </row>
     <row r="112" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A112" s="203">
+      <c r="A112" s="169">
         <v>88</v>
       </c>
-      <c r="B112" s="212" t="str">
+      <c r="B112" s="178" t="str">
         <f t="shared" ca="1" si="6"/>
-        <v>Afgang af produktionsanlæg og maskiner til kostpris</v>
-[...1 lines deleted...]
-      <c r="C112" s="16" t="s">
+        <v>Disposals of production machinery and equipment (cost value)</v>
+      </c>
+      <c r="C112" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="D112" s="117" t="s">
-[...2 lines deleted...]
-      <c r="E112" s="16">
+      <c r="D112" s="60" t="s">
+        <v>304</v>
+      </c>
+      <c r="E112" s="2">
         <v>88</v>
       </c>
-      <c r="F112" s="262">
+      <c r="F112" s="224">
         <v>0</v>
       </c>
-      <c r="G112" s="294" t="str">
+      <c r="G112" s="255" t="str">
         <f>IF(F112=0," ",IF(F112&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="113" spans="1:28" customFormat="1" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A113" s="213">
+      <c r="A113" s="179">
         <v>89</v>
       </c>
-      <c r="B113" s="214" t="str">
+      <c r="B113" s="180" t="str">
         <f t="shared" ca="1" si="6"/>
-        <v>Afgang af andre anlæg, driftsmateriel og inventar til kostpris, 
-[...2 lines deleted...]
-      <c r="C113" s="114" t="s">
+        <v>Disposals of other fixtures and fittings, tools and equipment, at cost value
+Including disposals of leasehold fixtures and fittings.</v>
+      </c>
+      <c r="C113" s="91" t="s">
         <v>87</v>
       </c>
-      <c r="D113" s="201" t="s">
-[...2 lines deleted...]
-      <c r="E113" s="16">
+      <c r="D113" s="93" t="s">
+        <v>456</v>
+      </c>
+      <c r="E113" s="2">
         <v>89</v>
       </c>
-      <c r="F113" s="258">
+      <c r="F113" s="220">
         <v>0</v>
       </c>
-      <c r="G113" s="294" t="str">
+      <c r="G113" s="255" t="str">
         <f>IF(F113=0," ",IF(F113&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="114" spans="1:28" s="6" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A114" s="137">
+    <row r="114" spans="1:28" s="4" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="110">
         <v>90</v>
       </c>
-      <c r="B114" s="220" t="str">
+      <c r="B114" s="186" t="str">
         <f t="shared" ca="1" si="6"/>
-        <v>Afgang af driftsmidler til kostpris i alt
-[...2 lines deleted...]
-      <c r="C114" s="102" t="s">
+        <v>Disposals of machinery, plant and equipment, at cost value, total
+(items no. 88+89)</v>
+      </c>
+      <c r="C114" s="80" t="s">
         <v>85</v>
       </c>
-      <c r="D114" s="182" t="s">
-[...2 lines deleted...]
-      <c r="E114" s="19">
+      <c r="D114" s="152" t="s">
+        <v>526</v>
+      </c>
+      <c r="E114" s="9">
         <v>90</v>
       </c>
-      <c r="F114" s="259">
+      <c r="F114" s="221">
         <f>F112+F113</f>
         <v>0</v>
       </c>
-      <c r="G114" s="295" t="str">
+      <c r="G114" s="255" t="str">
         <f>IF(AB114&gt;0,"Der er en difference mellem pkt. 88+89 og pkt. 90, tjek venligst tallene igen./There is a discrepancy between items no. 88+89 and item no. 90. Please check these items again. ",IF(AB114&lt;0,"Der er en difference mellem pkt. 88-89 og pkt. 90, tjek venligst tallene igen./There is a discrepancy between items no. 88+89 and item no. 90. Please check these items again.", " "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="AB114" s="7">
+      <c r="AB114" s="4">
         <f>(F112+F113)-F114</f>
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A115" s="146"/>
-      <c r="B115" s="198" t="str">
+      <c r="A115" s="119"/>
+      <c r="B115" s="166" t="str">
         <f t="shared" ref="B115:B120" ca="1" si="7">OFFSET($C115,0,form_lang-1)</f>
-        <v>Tilbageførte afskrivninger immaterielle anlægsaktiver</v>
-[...1 lines deleted...]
-      <c r="C115" s="111" t="s">
+        <v>Reversal of depreciation, amortisation and impairment on disposals of intangible assets</v>
+      </c>
+      <c r="C115" s="88" t="s">
         <v>17</v>
       </c>
-      <c r="D115" s="177" t="s">
-[...2 lines deleted...]
-      <c r="E115" s="112" t="s">
+      <c r="D115" s="148" t="s">
+        <v>458</v>
+      </c>
+      <c r="E115" s="89" t="s">
         <v>53</v>
       </c>
-      <c r="F115" s="260"/>
-      <c r="G115" s="109"/>
+      <c r="F115" s="222"/>
+      <c r="G115" s="86"/>
     </row>
     <row r="116" spans="1:28" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A116" s="203">
+      <c r="A116" s="169">
         <v>91</v>
       </c>
-      <c r="B116" s="212" t="str">
+      <c r="B116" s="178" t="str">
         <f t="shared" ca="1" si="7"/>
-        <v>Tilbageførte afskrivninger på årets afgang af færdiggjorte udviklingsprojekter</v>
-[...1 lines deleted...]
-      <c r="C116" s="16" t="s">
+        <v>Reversal of depreciation, amortisation and impairment on disposals of the completed development projects</v>
+      </c>
+      <c r="C116" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="D116" s="117" t="s">
-[...2 lines deleted...]
-      <c r="E116" s="16">
+      <c r="D116" s="60" t="s">
+        <v>459</v>
+      </c>
+      <c r="E116" s="2">
         <v>91</v>
       </c>
-      <c r="F116" s="262">
+      <c r="F116" s="224">
         <v>0</v>
       </c>
-      <c r="G116" s="294" t="str">
+      <c r="G116" s="255" t="str">
         <f>IF(F116=0," ",IF(F116&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="117" spans="1:28" ht="30" x14ac:dyDescent="0.25">
-      <c r="A117" s="203">
+      <c r="A117" s="169">
         <v>92</v>
       </c>
-      <c r="B117" s="212" t="str">
+      <c r="B117" s="178" t="str">
         <f t="shared" ca="1" si="7"/>
-        <v>Tilbageførte afskrivninger på årets afgang af erhvervede koncessioner, 
-[...2 lines deleted...]
-      <c r="C117" s="49" t="s">
+        <v>Reversal of depreciation, amortisation and impairment of the disposed concessions, patents, 
+licences, trademarks and other similar rights</v>
+      </c>
+      <c r="C117" s="37" t="s">
         <v>71</v>
       </c>
-      <c r="D117" s="200" t="s">
-[...2 lines deleted...]
-      <c r="E117" s="48">
+      <c r="D117" s="167" t="s">
+        <v>460</v>
+      </c>
+      <c r="E117" s="36">
         <v>92</v>
       </c>
-      <c r="F117" s="256">
+      <c r="F117" s="218">
         <v>0</v>
       </c>
-      <c r="G117" s="294" t="str">
+      <c r="G117" s="255" t="str">
         <f>IF(F117=0," ",IF(F117&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="118" spans="1:28" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A118" s="203">
+      <c r="A118" s="169">
         <v>93</v>
       </c>
-      <c r="B118" s="212" t="str">
+      <c r="B118" s="178" t="str">
         <f t="shared" ca="1" si="7"/>
-        <v>Tilbageførte afskrivninger på årets afgang af software</v>
-[...1 lines deleted...]
-      <c r="C118" s="42" t="s">
+        <v>Reversal of depreciation, amortisation and impairment of the disposed software</v>
+      </c>
+      <c r="C118" s="30" t="s">
         <v>72</v>
       </c>
-      <c r="D118" s="57" t="s">
-[...2 lines deleted...]
-      <c r="E118" s="42">
+      <c r="D118" s="44" t="s">
+        <v>461</v>
+      </c>
+      <c r="E118" s="30">
         <v>93</v>
       </c>
-      <c r="F118" s="256">
+      <c r="F118" s="218">
         <v>0</v>
       </c>
-      <c r="G118" s="294" t="str">
+      <c r="G118" s="255" t="str">
         <f>IF(F118=0," ",IF(F118&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="119" spans="1:28" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A119" s="213">
+      <c r="A119" s="179">
         <v>94</v>
       </c>
-      <c r="B119" s="214" t="str">
+      <c r="B119" s="180" t="str">
         <f t="shared" ca="1" si="7"/>
-        <v>Tilbageførte afskrivninger på årets afgang af goodwill</v>
-[...1 lines deleted...]
-      <c r="C119" s="16" t="s">
+        <v>Reversal of depreciation, amortisation and impairment of the disposed goodwill</v>
+      </c>
+      <c r="C119" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="D119" s="117" t="s">
-[...2 lines deleted...]
-      <c r="E119" s="16">
+      <c r="D119" s="60" t="s">
+        <v>462</v>
+      </c>
+      <c r="E119" s="2">
         <v>94</v>
       </c>
-      <c r="F119" s="263">
+      <c r="F119" s="225">
         <v>0</v>
       </c>
-      <c r="G119" s="294" t="str">
+      <c r="G119" s="255" t="str">
         <f>IF(F119=0," ",IF(F119&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="120" spans="1:28" s="6" customFormat="1" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A120" s="137">
+    <row r="120" spans="1:28" s="4" customFormat="1" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="110">
         <v>95</v>
       </c>
-      <c r="B120" s="154" t="str">
+      <c r="B120" s="126" t="str">
         <f t="shared" ca="1" si="7"/>
-        <v>Tilbageførte afskrivninger immaterielle anlægsaktiver i alt
-[...8 lines deleted...]
-      <c r="E120" s="19">
+        <v>Reversal of depreciation, amortisation and impairment on disposals of intangible assets, total
+(items no. 91+92+93+94)</v>
+      </c>
+      <c r="C120" s="152" t="s">
+        <v>305</v>
+      </c>
+      <c r="D120" s="152" t="s">
+        <v>527</v>
+      </c>
+      <c r="E120" s="9">
         <v>95</v>
       </c>
-      <c r="F120" s="259">
+      <c r="F120" s="221">
         <f>F116+F117+F118+F119</f>
         <v>0</v>
       </c>
-      <c r="G120" s="295" t="str">
+      <c r="G120" s="255" t="str">
         <f>IF(AB120&gt;0,"Der er en difference mellem pkt. 91-94 og pkt. 95, tjek venligst tallene igen./There is a discrepancy between items no. 91-94 and item no. 95. Please check these items again. ",IF(AB120&lt;0,"Der er en difference mellem pkt. 91-94  og pkt. 95, tjek venligst tallene igen./There is a discrepancy between items no. 91-94 and item no. 95. Please check these items again.", " "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="AB120" s="7">
+      <c r="AB120" s="4">
         <f>(F116+F117+F118+F119)-F120</f>
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A121" s="138"/>
-      <c r="B121" s="198" t="str">
+      <c r="A121" s="111"/>
+      <c r="B121" s="166" t="str">
         <f t="shared" ref="B121:B129" ca="1" si="8">OFFSET($C121,0,form_lang-1)</f>
-        <v>Tilbageførte afskrivninger på grunde og bygninger</v>
-[...1 lines deleted...]
-      <c r="C121" s="111" t="s">
+        <v>Reversal of depreciation, amortisation and impairment on disposals of land and buidlings</v>
+      </c>
+      <c r="C121" s="88" t="s">
         <v>43</v>
       </c>
-      <c r="D121" s="177" t="s">
-[...2 lines deleted...]
-      <c r="E121" s="65" t="s">
+      <c r="D121" s="148" t="s">
+        <v>464</v>
+      </c>
+      <c r="E121" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F121" s="260"/>
-      <c r="G121" s="109"/>
+      <c r="F121" s="222"/>
+      <c r="G121" s="86"/>
     </row>
     <row r="122" spans="1:28" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A122" s="203">
+      <c r="A122" s="169">
         <v>96</v>
       </c>
-      <c r="B122" s="212" t="str">
+      <c r="B122" s="178" t="str">
         <f t="shared" ca="1" si="8"/>
-        <v>Tilbageførte afskrivninger på årets afgang af bygninger</v>
-[...1 lines deleted...]
-      <c r="C122" s="16" t="s">
+        <v>Reversal of depreciation, amortisation and impairment of the disposed buildings</v>
+      </c>
+      <c r="C122" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="D122" s="117" t="s">
-[...2 lines deleted...]
-      <c r="E122" s="16">
+      <c r="D122" s="60" t="s">
+        <v>465</v>
+      </c>
+      <c r="E122" s="2">
         <v>96</v>
       </c>
-      <c r="F122" s="262">
+      <c r="F122" s="224">
         <v>0</v>
       </c>
-      <c r="G122" s="294" t="str">
+      <c r="G122" s="255" t="str">
         <f>IF(F122=0," ",IF(F122&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="123" spans="1:28" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A123" s="203">
+      <c r="A123" s="169">
         <v>97</v>
       </c>
-      <c r="B123" s="212" t="str">
+      <c r="B123" s="178" t="str">
         <f t="shared" ca="1" si="8"/>
-        <v>Tilbageførte afskrivninger på årets afgang af ubebyggede grunde</v>
-[...1 lines deleted...]
-      <c r="C123" s="42" t="s">
+        <v>Reversal of depreciation, amortisation and impairment of the disposed undeveloped land</v>
+      </c>
+      <c r="C123" s="30" t="s">
         <v>74</v>
       </c>
-      <c r="D123" s="57" t="s">
-[...2 lines deleted...]
-      <c r="E123" s="42">
+      <c r="D123" s="44" t="s">
+        <v>466</v>
+      </c>
+      <c r="E123" s="30">
         <v>97</v>
       </c>
-      <c r="F123" s="256">
+      <c r="F123" s="218">
         <v>0</v>
       </c>
-      <c r="G123" s="294" t="str">
+      <c r="G123" s="255" t="str">
         <f>IF(F123=0," ",IF(F123&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="124" spans="1:28" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A124" s="213">
+      <c r="A124" s="179">
         <v>98</v>
       </c>
-      <c r="B124" s="214" t="str">
+      <c r="B124" s="180" t="str">
         <f t="shared" ca="1" si="8"/>
-        <v>Tilbageførte afskrivninger på årets afgang af veje, havne, pladser o.l.</v>
-[...1 lines deleted...]
-      <c r="C124" s="16" t="s">
+        <v>Reversal of depreciation, amortisation and impairment on disposal of roads, harbours and squares</v>
+      </c>
+      <c r="C124" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="D124" s="117" t="s">
-[...2 lines deleted...]
-      <c r="E124" s="16">
+      <c r="D124" s="60" t="s">
+        <v>467</v>
+      </c>
+      <c r="E124" s="2">
         <v>98</v>
       </c>
-      <c r="F124" s="263">
+      <c r="F124" s="225">
         <v>0</v>
       </c>
-      <c r="G124" s="294" t="str">
+      <c r="G124" s="255" t="str">
         <f>IF(F124=0," ",IF(F124&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="125" spans="1:28" s="6" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A125" s="137">
+    <row r="125" spans="1:28" s="4" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="110">
         <v>99</v>
       </c>
-      <c r="B125" s="154" t="str">
+      <c r="B125" s="126" t="str">
         <f t="shared" ca="1" si="8"/>
-        <v>Tilbageførte afskrivninger på grunde og bygninger i alt
-[...8 lines deleted...]
-      <c r="E125" s="19">
+        <v>Reversal of depreciation, amortisation and impairment on disposals of land and buildings, total
+(items no. 96+97+98)</v>
+      </c>
+      <c r="C125" s="80" t="s">
+        <v>306</v>
+      </c>
+      <c r="D125" s="152" t="s">
+        <v>528</v>
+      </c>
+      <c r="E125" s="9">
         <v>99</v>
       </c>
-      <c r="F125" s="259">
+      <c r="F125" s="221">
         <f>F122+F123+F124</f>
         <v>0</v>
       </c>
-      <c r="G125" s="295" t="str">
+      <c r="G125" s="255" t="str">
         <f>IF(AB125&gt;0,"Der er en difference mellem pkt. 96-98 og pkt. 99, tjek venligst tallene igen./There is a discrepancy between items no. 96-98 and item no. 99. Please check these items again. ",IF(AB125&lt;0,"Der er en difference mellem pkt. 96-98 og pkt. 99, tjek venligst tallene igen./There is a discrepancy between items no.  96-98 and item no. 99. Please check these items again.", " "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="AB125" s="7">
+      <c r="AB125" s="4">
         <f>(F122+F123+F124)-F125</f>
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A126" s="138"/>
-      <c r="B126" s="198" t="str">
+      <c r="A126" s="111"/>
+      <c r="B126" s="166" t="str">
         <f t="shared" ca="1" si="8"/>
-        <v>Tilbageførte afskrivninger på driftsmidler</v>
-[...1 lines deleted...]
-      <c r="C126" s="111" t="s">
+        <v>Reversal of depreciation, amortisation and impairment on disposals of machinery, plant and equipment</v>
+      </c>
+      <c r="C126" s="88" t="s">
         <v>41</v>
       </c>
-      <c r="D126" s="177" t="s">
-[...2 lines deleted...]
-      <c r="E126" s="65" t="s">
+      <c r="D126" s="148" t="s">
+        <v>469</v>
+      </c>
+      <c r="E126" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F126" s="260"/>
-      <c r="G126" s="109"/>
+      <c r="F126" s="222"/>
+      <c r="G126" s="86"/>
     </row>
     <row r="127" spans="1:28" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A127" s="203">
+      <c r="A127" s="169">
         <v>100</v>
       </c>
-      <c r="B127" s="212" t="str">
+      <c r="B127" s="178" t="str">
         <f t="shared" ca="1" si="8"/>
-        <v>Tilbageførte afskrivninger på årets afgang af produktionsanlæg og maskiner</v>
-[...1 lines deleted...]
-      <c r="C127" s="39" t="s">
+        <v>Reversal of depreciation, amortisation and impairment of the disposed plant and machinery</v>
+      </c>
+      <c r="C127" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="D127" s="80" t="s">
-[...2 lines deleted...]
-      <c r="E127" s="39">
+      <c r="D127" s="61" t="s">
+        <v>470</v>
+      </c>
+      <c r="E127" s="27">
         <v>100</v>
       </c>
-      <c r="F127" s="262">
+      <c r="F127" s="224">
         <v>0</v>
       </c>
-      <c r="G127" s="294" t="str">
+      <c r="G127" s="255" t="str">
         <f>IF(F127=0," ",IF(F127&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="128" spans="1:28" customFormat="1" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A128" s="213">
+      <c r="A128" s="179">
         <v>101</v>
       </c>
-      <c r="B128" s="214" t="str">
+      <c r="B128" s="180" t="str">
         <f t="shared" ca="1" si="8"/>
-        <v>Tilbageførte afskrivninger på årets afgang af andre anlæg, 
-[...2 lines deleted...]
-      <c r="C128" s="201" t="s">
+        <v>Reversal of depreciation, amortisation and impairment of the disposed other fixtures and fittings, 
+tools and equipment</v>
+      </c>
+      <c r="C128" s="93" t="s">
         <v>81</v>
       </c>
-      <c r="D128" s="201" t="s">
-[...2 lines deleted...]
-      <c r="E128" s="117">
+      <c r="D128" s="93" t="s">
+        <v>471</v>
+      </c>
+      <c r="E128" s="60">
         <v>101</v>
       </c>
-      <c r="F128" s="263">
+      <c r="F128" s="225">
         <v>0</v>
       </c>
-      <c r="G128" s="294" t="str">
+      <c r="G128" s="255" t="str">
         <f>IF(F128=0," ",IF(F128&lt;0,"Fjern negativt fortegn/Remove the negative sign"," "))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="129" spans="1:28" s="6" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A129" s="137">
+    <row r="129" spans="1:28" s="4" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="110">
         <v>102</v>
       </c>
-      <c r="B129" s="154" t="str">
+      <c r="B129" s="126" t="str">
         <f t="shared" ca="1" si="8"/>
-        <v>Tilbageførte afskrivninger på driftsmidler i alt
-[...8 lines deleted...]
-      <c r="E129" s="19">
+        <v>Reversal of depreciation, amortisation and impairment of the disposed machinery, plant and equipment, total
+(items no. 100+101)</v>
+      </c>
+      <c r="C129" s="152" t="s">
+        <v>307</v>
+      </c>
+      <c r="D129" s="152" t="s">
+        <v>529</v>
+      </c>
+      <c r="E129" s="9">
         <v>102</v>
       </c>
-      <c r="F129" s="259">
+      <c r="F129" s="221">
         <f>F127+F128</f>
         <v>0</v>
       </c>
-      <c r="G129" s="295" t="str">
+      <c r="G129" s="255" t="str">
         <f>IF(AB129&gt;0,"Der er en difference mellem pkt. 100+101 og pkt. 102, tjek venligst tallene igen./There is a discrepancy between items no. 100+101 and item no. 102. Please check these items again. ",IF(AB129&lt;0,"Der er en difference mellem pkt. 100+101 og pkt. 102, tjek venligst tallene igen./There is a discrepancy between items no. 100+101 and item no. 102. Please check these items again.", " "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="AB129" s="7">
+      <c r="AB129" s="4">
         <f>(F127+F128)-F129</f>
         <v>0</v>
       </c>
     </row>
-    <row r="130" spans="1:28" s="12" customFormat="1" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="E130" s="65" t="s">
+    <row r="130" spans="1:28" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A130" s="181"/>
+      <c r="B130" s="189"/>
+      <c r="C130" s="92"/>
+      <c r="D130" s="149"/>
+      <c r="E130" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F130" s="264"/>
-[...3 lines deleted...]
-      <c r="A131" s="221">
+      <c r="F130" s="226"/>
+      <c r="G130" s="86"/>
+    </row>
+    <row r="131" spans="1:28" s="4" customFormat="1" ht="31.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A131" s="187">
         <v>103</v>
       </c>
-      <c r="B131" s="222" t="str">
+      <c r="B131" s="188" t="str">
         <f ca="1">OFFSET($C131,0,form_lang-1)</f>
-        <v>Afgang til bogført værdi i alt 
-[...2 lines deleted...]
-      <c r="C131" s="119" t="s">
+        <v>Disposals, at book value, total 
+(items no. 83+87+90-95-99-102)</v>
+      </c>
+      <c r="C131" s="94" t="s">
         <v>84</v>
       </c>
-      <c r="D131" s="179" t="s">
-[...2 lines deleted...]
-      <c r="E131" s="120">
+      <c r="D131" s="150" t="s">
+        <v>564</v>
+      </c>
+      <c r="E131" s="95">
         <v>103</v>
       </c>
-      <c r="F131" s="265">
+      <c r="F131" s="227">
         <f>(F105+F110+F114)-(F120+F125+F129)</f>
         <v>0</v>
       </c>
-      <c r="G131" s="295" t="str">
+      <c r="G131" s="255" t="str">
         <f>IF(AB131&lt;0,"De tilbageførte afskrivninger (pkt. 95+99+102) må ikke være højere end afgangen på pkt. 83+87+90. Tjek venligst tallene igen./The reversals (items no.  95+99+102) cannot be higher than the disposals (items no. 83+87+90). Please check these items again. ",IF(AB131&lt;0,"De tilbageførte afskrivninger (pkt. 95+99+102) må ikke være højere end afgangen på pkt. 83+87+90. Tjek venligst tallene igen./The reversals (items no.  95+99+102) cannot be higher than the disposals (items no. 83+87+90). Please check these items again.", " "))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="AB131" s="7">
+      <c r="AB131" s="4">
         <f>(F105+F110+F114)-(F120+F125+F129)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="132" spans="1:28" s="7" customFormat="1" ht="3.95" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E132" s="68" t="s">
+    <row r="132" spans="1:28" s="4" customFormat="1" ht="3.95" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="D132" s="140"/>
+      <c r="E132" s="54" t="s">
         <v>53</v>
       </c>
-      <c r="F132" s="17"/>
     </row>
     <row r="133" spans="1:28" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A133" s="15"/>
-[...3 lines deleted...]
-      <c r="E133" s="63" t="s">
+      <c r="E133" s="50" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="134" spans="1:28" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A134" s="84" t="str">
+      <c r="A134" s="65" t="str">
         <f ca="1">OFFSET($C134,0,form_lang-1)</f>
-        <v>Supplerende spørgsmål</v>
-[...2 lines deleted...]
-      <c r="C134" s="28" t="s">
+        <v>Additional questions</v>
+      </c>
+      <c r="B134" s="66"/>
+      <c r="C134" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="D134" s="192" t="s">
-[...2 lines deleted...]
-      <c r="E134" s="72" t="s">
+      <c r="D134" s="162" t="s">
+        <v>530</v>
+      </c>
+      <c r="E134" s="57" t="s">
         <v>53</v>
       </c>
-      <c r="F134" s="8"/>
+      <c r="F134" s="5"/>
     </row>
     <row r="135" spans="1:28" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A135" s="86"/>
-[...3 lines deleted...]
-      <c r="E135" s="73" t="s">
+      <c r="A135" s="67"/>
+      <c r="B135" s="68"/>
+      <c r="E135" s="58" t="s">
         <v>53</v>
       </c>
-      <c r="F135" s="13"/>
     </row>
     <row r="136" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A136" s="88" t="str">
+      <c r="A136" s="69" t="str">
         <f ca="1">OFFSET($C136,0,form_lang-1)</f>
-        <v>Kontaktperson i Deres virksomhed</v>
-[...2 lines deleted...]
-      <c r="C136" s="54" t="s">
+        <v>Contact person in your company</v>
+      </c>
+      <c r="B136" s="70"/>
+      <c r="C136" s="34" t="s">
         <v>11</v>
       </c>
-      <c r="D136" s="194" t="s">
-[...2 lines deleted...]
-      <c r="E136" s="74" t="s">
+      <c r="D136" s="138" t="s">
+        <v>534</v>
+      </c>
+      <c r="E136" s="51" t="s">
         <v>53</v>
       </c>
-      <c r="F136" s="13"/>
     </row>
     <row r="137" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A137" s="83"/>
-      <c r="B137" s="87" t="str">
+      <c r="A137" s="64"/>
+      <c r="B137" s="68" t="str">
         <f ca="1">OFFSET($C137,0,form_lang-1)</f>
-        <v>Navn:</v>
+        <v>Name and surname:</v>
       </c>
       <c r="C137" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="D137" s="180" t="s">
-[...2 lines deleted...]
-      <c r="E137" s="71" t="s">
+      <c r="D137" s="60" t="s">
+        <v>531</v>
+      </c>
+      <c r="E137" s="50" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="138" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A138" s="86"/>
-      <c r="B138" s="90" t="s">
+      <c r="A138" s="67"/>
+      <c r="B138" s="71" t="s">
         <v>283</v>
       </c>
-      <c r="C138" s="43"/>
-[...1 lines deleted...]
-      <c r="E138" s="75" t="s">
+      <c r="C138" s="31"/>
+      <c r="D138" s="163"/>
+      <c r="E138" s="58" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="139" spans="1:28" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A139" s="91"/>
-[...1 lines deleted...]
-      <c r="E139" s="76" t="s">
+      <c r="A139" s="67"/>
+      <c r="B139" s="68"/>
+      <c r="E139" s="58" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="140" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A140" s="83"/>
-      <c r="B140" s="87" t="str">
+      <c r="A140" s="64"/>
+      <c r="B140" s="68" t="str">
         <f ca="1">OFFSET($C140,0,form_lang-1)</f>
-        <v>Telefonnummer:</v>
-[...1 lines deleted...]
-      <c r="C140" s="3" t="s">
+        <v>Phone number:</v>
+      </c>
+      <c r="C140" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="D140" s="193" t="s">
-[...2 lines deleted...]
-      <c r="E140" s="71" t="s">
+      <c r="D140" s="60" t="s">
+        <v>532</v>
+      </c>
+      <c r="E140" s="50" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="141" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A141" s="86"/>
-      <c r="B141" s="110">
+      <c r="A141" s="67"/>
+      <c r="B141" s="87">
         <v>11223344</v>
       </c>
-      <c r="C141" s="43"/>
-[...1 lines deleted...]
-      <c r="E141" s="75" t="s">
+      <c r="C141" s="31"/>
+      <c r="D141" s="163"/>
+      <c r="E141" s="58" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="142" spans="1:28" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A142" s="91"/>
-[...1 lines deleted...]
-      <c r="E142" s="77" t="s">
+      <c r="A142" s="67"/>
+      <c r="B142" s="68"/>
+      <c r="E142" s="58" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="143" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A143" s="83"/>
-      <c r="B143" s="87" t="str">
+      <c r="A143" s="64"/>
+      <c r="B143" s="68" t="str">
         <f ca="1">OFFSET($C143,0,form_lang-1)</f>
-        <v>E-post:</v>
+        <v>E-mail:</v>
       </c>
       <c r="C143" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="D143" s="180" t="s">
-[...2 lines deleted...]
-      <c r="E143" s="71" t="s">
+      <c r="D143" s="60" t="s">
+        <v>533</v>
+      </c>
+      <c r="E143" s="50" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="144" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A144" s="86"/>
-[...5 lines deleted...]
-      <c r="E144" s="75" t="s">
+      <c r="A144" s="67"/>
+      <c r="B144" s="87" t="s">
+        <v>294</v>
+      </c>
+      <c r="C144" s="31"/>
+      <c r="D144" s="163"/>
+      <c r="E144" s="58" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="145" spans="1:6" ht="8.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A145" s="93"/>
-[...3 lines deleted...]
-      <c r="E145" s="36" t="s">
+      <c r="A145" s="72"/>
+      <c r="B145" s="73"/>
+      <c r="C145" s="3"/>
+      <c r="D145" s="164"/>
+      <c r="E145" s="24" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="146" spans="1:6" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-    </row>
+    <row r="146" spans="1:6" ht="8.1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="147" spans="1:6" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A147" s="15"/>
-[...3 lines deleted...]
-      <c r="E147" s="63" t="s">
+      <c r="E147" s="50" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="148" spans="1:6" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A148" s="84" t="str">
+      <c r="A148" s="65" t="str">
         <f ca="1">OFFSET($C148,0,form_lang-1)</f>
-        <v xml:space="preserve">Danmarks Statistik </v>
-[...2 lines deleted...]
-      <c r="C148" s="28" t="s">
+        <v>Statistics Denmark</v>
+      </c>
+      <c r="B148" s="157"/>
+      <c r="C148" s="18" t="s">
         <v>93</v>
       </c>
-      <c r="D148" s="192" t="s">
-[...2 lines deleted...]
-      <c r="E148" s="72" t="s">
+      <c r="D148" s="162" t="s">
+        <v>474</v>
+      </c>
+      <c r="E148" s="57" t="s">
         <v>53</v>
       </c>
-      <c r="F148" s="8"/>
+      <c r="F148" s="5"/>
     </row>
     <row r="149" spans="1:6" ht="8.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A149" s="99"/>
-[...3 lines deleted...]
-      <c r="E149" s="73" t="s">
+      <c r="A149" s="77"/>
+      <c r="B149" s="23"/>
+      <c r="E149" s="58" t="s">
         <v>53</v>
       </c>
-      <c r="F149" s="13"/>
     </row>
     <row r="150" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A150" s="97"/>
-      <c r="B150" s="96" t="str">
+      <c r="A150" s="76"/>
+      <c r="B150" s="75" t="str">
         <f ca="1">OFFSET($C150,0,form_lang-1)</f>
-        <v>Dato for godkendelse af årsrapporten: ÅÅÅÅ-MM-DD</v>
-[...1 lines deleted...]
-      <c r="C150" s="39" t="s">
+        <v>Date of approval of the official annual report: YYYY-MM-DD</v>
+      </c>
+      <c r="C150" s="27" t="s">
         <v>284</v>
       </c>
-      <c r="D150" s="80" t="s">
-[...2 lines deleted...]
-      <c r="E150" s="63" t="s">
+      <c r="D150" s="61" t="s">
+        <v>475</v>
+      </c>
+      <c r="E150" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="F150" s="95" t="s">
-        <v>367</v>
+      <c r="F150" s="74" t="s">
+        <v>621</v>
       </c>
     </row>
     <row r="151" spans="1:6" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A151" s="100"/>
-[...3 lines deleted...]
-      <c r="E151" s="73" t="s">
+      <c r="A151" s="78"/>
+      <c r="E151" s="58" t="s">
         <v>53</v>
       </c>
-      <c r="F151" s="13"/>
     </row>
   </sheetData>
-  <conditionalFormatting sqref="F16">
-    <cfRule type="cellIs" dxfId="142" priority="196" operator="lessThan">
+  <conditionalFormatting sqref="F16:F18">
+    <cfRule type="cellIs" dxfId="36" priority="145" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F34">
-[...5 lines deleted...]
-    <cfRule type="containsText" dxfId="140" priority="165" operator="containsText" text=",">
+  <conditionalFormatting sqref="F16:F34">
+    <cfRule type="containsText" dxfId="35" priority="118" operator="containsText" text=",">
       <formula>NOT(ISERROR(SEARCH(",",F16)))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F26">
-[...20 lines deleted...]
-    <cfRule type="cellIs" dxfId="135" priority="147" operator="lessThan">
+  <conditionalFormatting sqref="F20:F24">
+    <cfRule type="cellIs" dxfId="34" priority="135" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F17">
-[...5 lines deleted...]
-    <cfRule type="cellIs" dxfId="133" priority="145" operator="lessThan">
+  <conditionalFormatting sqref="F26:F33">
+    <cfRule type="cellIs" dxfId="33" priority="119" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F18">
-[...5 lines deleted...]
-    <cfRule type="cellIs" dxfId="131" priority="143" operator="lessThan">
+  <conditionalFormatting sqref="F36:F39">
+    <cfRule type="cellIs" dxfId="32" priority="111" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F20">
-[...120 lines deleted...]
-    <cfRule type="containsText" dxfId="106" priority="116" operator="containsText" text=",">
+  <conditionalFormatting sqref="F36:F40">
+    <cfRule type="containsText" dxfId="31" priority="105" operator="containsText" text=",">
       <formula>NOT(ISERROR(SEARCH(",",F36)))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F37">
-[...48 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="F42">
-    <cfRule type="containsText" dxfId="95" priority="104" operator="containsText" text=",">
+    <cfRule type="containsText" dxfId="30" priority="104" operator="containsText" text=",">
       <formula>NOT(ISERROR(SEARCH(",",F42)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F44">
-    <cfRule type="containsText" dxfId="94" priority="103" operator="containsText" text=",">
+    <cfRule type="containsText" dxfId="29" priority="103" operator="containsText" text=",">
       <formula>NOT(ISERROR(SEARCH(",",F44)))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F47">
-    <cfRule type="containsText" dxfId="93" priority="102" operator="containsText" text=",">
+  <conditionalFormatting sqref="F47:F48">
+    <cfRule type="containsText" dxfId="28" priority="100" operator="containsText" text=",">
       <formula>NOT(ISERROR(SEARCH(",",F47)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F48">
-    <cfRule type="cellIs" dxfId="92" priority="101" operator="lessThan">
+    <cfRule type="cellIs" dxfId="27" priority="101" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F48">
-[...1 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH(",",F48)))</formula>
+  <conditionalFormatting sqref="F57">
+    <cfRule type="containsText" dxfId="26" priority="153" operator="containsText" text=",">
+      <formula>NOT(ISERROR(SEARCH(",",F57)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F59">
-    <cfRule type="cellIs" dxfId="90" priority="99" operator="lessThan">
+    <cfRule type="containsText" dxfId="25" priority="98" operator="containsText" text=",">
+      <formula>NOT(ISERROR(SEARCH(",",F59)))</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="24" priority="99" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F59">
-[...1 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH(",",F59)))</formula>
+  <conditionalFormatting sqref="F74:F79">
+    <cfRule type="cellIs" dxfId="23" priority="87" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="22" priority="86" operator="containsText" text=",">
+      <formula>NOT(ISERROR(SEARCH(",",F74)))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F74">
-    <cfRule type="cellIs" dxfId="88" priority="97" operator="lessThan">
+  <conditionalFormatting sqref="F81:F86">
+    <cfRule type="cellIs" dxfId="21" priority="57" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="20" priority="56" operator="containsText" text=",">
+      <formula>NOT(ISERROR(SEARCH(",",F81)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F88:F90">
+    <cfRule type="cellIs" dxfId="19" priority="53" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="18" priority="52" operator="containsText" text=",">
+      <formula>NOT(ISERROR(SEARCH(",",F88)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F92">
+    <cfRule type="cellIs" dxfId="17" priority="51" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="16" priority="50" operator="containsText" text=",">
+      <formula>NOT(ISERROR(SEARCH(",",F92)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F94">
+    <cfRule type="containsText" dxfId="15" priority="80" operator="containsText" text=",">
+      <formula>NOT(ISERROR(SEARCH(",",F94)))</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="14" priority="81" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F74">
-[...1 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH(",",F74)))</formula>
+  <conditionalFormatting sqref="F101:F105">
+    <cfRule type="cellIs" dxfId="13" priority="43" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="12" priority="42" operator="containsText" text=",">
+      <formula>NOT(ISERROR(SEARCH(",",F101)))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F75">
-    <cfRule type="cellIs" dxfId="86" priority="95" operator="lessThan">
+  <conditionalFormatting sqref="F107:F110">
+    <cfRule type="cellIs" dxfId="11" priority="37" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="10" priority="36" operator="containsText" text=",">
+      <formula>NOT(ISERROR(SEARCH(",",F107)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F112:F114">
+    <cfRule type="cellIs" dxfId="9" priority="33" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="8" priority="32" operator="containsText" text=",">
+      <formula>NOT(ISERROR(SEARCH(",",F112)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F116:F120">
+    <cfRule type="containsText" dxfId="7" priority="11" operator="containsText" text=",">
+      <formula>NOT(ISERROR(SEARCH(",",F116)))</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="6" priority="12" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F75">
-[...5 lines deleted...]
-    <cfRule type="cellIs" dxfId="84" priority="93" operator="lessThan">
+  <conditionalFormatting sqref="F122:F125">
+    <cfRule type="cellIs" dxfId="5" priority="18" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-  </conditionalFormatting>
-[...321 lines deleted...]
-    <cfRule type="containsText" dxfId="19" priority="21" operator="containsText" text=",">
+    <cfRule type="containsText" dxfId="4" priority="17" operator="containsText" text=",">
       <formula>NOT(ISERROR(SEARCH(",",F122)))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F122">
-    <cfRule type="cellIs" dxfId="18" priority="22" operator="lessThan">
+  <conditionalFormatting sqref="F127:F131">
+    <cfRule type="cellIs" dxfId="3" priority="14" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-  </conditionalFormatting>
-[...21 lines deleted...]
-    <cfRule type="containsText" dxfId="13" priority="15" operator="containsText" text=",">
+    <cfRule type="containsText" dxfId="2" priority="13" operator="containsText" text=",">
       <formula>NOT(ISERROR(SEARCH(",",F127)))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F127">
-    <cfRule type="cellIs" dxfId="12" priority="16" operator="lessThan">
+  <conditionalFormatting sqref="J74:J77">
+    <cfRule type="cellIs" dxfId="1" priority="2" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-  </conditionalFormatting>
-[...31 lines deleted...]
-    <cfRule type="containsText" dxfId="5" priority="7" operator="containsText" text=",">
+    <cfRule type="containsText" dxfId="0" priority="1" operator="containsText" text=",">
       <formula>NOT(ISERROR(SEARCH(",",J74)))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J75">
-[...23 lines deleted...]
-  </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="B11" location="'REGN Information'!A1" display="'REGN Information'!A1"/>
-    <hyperlink ref="B63" location="'REGN Information'!A65" display="'REGN Information'!A65"/>
+    <hyperlink ref="B11" location="'REGN Information'!A1" display="'REGN Information'!A1" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
+    <hyperlink ref="B63" location="'REGN Information'!A65" display="'REGN Information'!A65" xr:uid="{00000000-0004-0000-0100-000001000000}"/>
   </hyperlinks>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.31496062992125984" bottom="0.19685039370078741" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="85" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;9REGNSTOR 2017&amp;RSide &amp;P af &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="6" manualBreakCount="6">
     <brk id="34" max="16383" man="1"/>
     <brk id="48" max="16383" man="1"/>
     <brk id="54" max="16383" man="1"/>
     <brk id="60" max="16383" man="1"/>
     <brk id="95" max="16383" man="1"/>
     <brk id="132" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="F152:F1048576 F134:F146 F100 F132 F73 F80 F87 F95:F98 F106 F111 F115 F126 F121 F93 F71" formula="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="2050" r:id="rId4" name="Group Box 2">
@@ -13291,2199 +11645,2152 @@
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>6010275</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>133350</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>6419850</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>361950</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Ark3"/>
   <dimension ref="A1:F155"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="G3" sqref="G3"/>
+      <selection pane="bottomRight" activeCell="D47" sqref="D47"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" outlineLevelCol="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.42578125" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="16384" width="9.140625" style="4"/>
+    <col min="1" max="1" width="9.42578125" style="2" customWidth="1"/>
+    <col min="2" max="2" width="112.7109375" style="93" customWidth="1"/>
+    <col min="3" max="3" width="104.5703125" style="60" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="4" max="4" width="92.42578125" style="60" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="5" max="5" width="9.5703125" style="7" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="6" max="6" width="9.140625" style="2" collapsed="1"/>
+    <col min="7" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" s="5" customFormat="1" ht="47.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="241" t="str">
+    <row r="1" spans="1:5" s="3" customFormat="1" ht="47.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A1" s="204" t="str">
         <f ca="1">OFFSET($C1,0,E1-1)</f>
-        <v>Regnskabsstatistik</v>
-[...2 lines deleted...]
-      <c r="C1" s="162" t="s">
+        <v xml:space="preserve">Business accounts statistics </v>
+      </c>
+      <c r="B1" s="253"/>
+      <c r="C1" s="133" t="s">
         <v>285</v>
       </c>
-      <c r="D1" s="162" t="s">
-[...2 lines deleted...]
-      <c r="E1" s="148">
+      <c r="D1" s="133" t="s">
+        <v>476</v>
+      </c>
+      <c r="E1" s="12">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" ht="21.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="131" t="str">
+        <f ca="1">OFFSET($C2,0,$E$1-1)</f>
+        <v>Profit and loss statement</v>
+      </c>
+      <c r="B2" s="127"/>
+      <c r="C2" s="134" t="s">
+        <v>0</v>
+      </c>
+      <c r="D2" s="134" t="s">
+        <v>45</v>
+      </c>
+      <c r="E2" s="52" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" ht="66.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B3" s="103" t="str">
+        <f t="shared" ref="B3:B21" ca="1" si="0">OFFSET($C3,0,$E$1-1)</f>
+        <v>The report must contain accounting data for the selected CVR-number - specify in the column to the right (grey cell).
+If the company is a parent company, you should only report data for the parent company - not consolidated financial data and not for the whole group.
+Item no. 19 to 60 must correspond with the official Annual Financial Report.</v>
+      </c>
+      <c r="C3" s="103" t="s">
+        <v>359</v>
+      </c>
+      <c r="D3" s="123" t="s">
+        <v>360</v>
+      </c>
+      <c r="E3" s="50" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="183" t="str">
+        <f ca="1">OFFSET($C4,0,$E$1-1)</f>
+        <v>Ordinary non-financial items</v>
+      </c>
+      <c r="B4" s="124"/>
+      <c r="C4" s="135" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" s="135" t="s">
+        <v>46</v>
+      </c>
+      <c r="E4" s="53" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="169">
         <v>1</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="E2" s="66" t="s">
+      <c r="B5" s="171" t="str">
+        <f t="shared" ca="1" si="0"/>
+        <v>Revenue (excluding discounts, VAT and excise duties)</v>
+      </c>
+      <c r="C5" s="61" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" s="61" t="s">
+        <v>361</v>
+      </c>
+      <c r="E5" s="2"/>
+    </row>
+    <row r="6" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="117">
+        <v>2</v>
+      </c>
+      <c r="B6" s="168" t="str">
+        <f t="shared" ca="1" si="0"/>
+        <v>Work performed for own account and capitalised as fixed asset</v>
+      </c>
+      <c r="C6" s="106" t="s">
+        <v>350</v>
+      </c>
+      <c r="D6" s="44" t="s">
+        <v>349</v>
+      </c>
+      <c r="E6" s="2"/>
+    </row>
+    <row r="7" spans="1:5" ht="127.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="169"/>
+      <c r="B7" s="115" t="str">
+        <f t="shared" ca="1" si="0"/>
+        <v xml:space="preserve">Include: 
+• Costs at your own expense for materials, own salaries, etc. to improve your buildings, machinery, software development, etc.
+Do not include: 
+• Costs of materials or salaries for development and improvement made by others, to the company's buildings, machinery, software development, etc.
+</v>
+      </c>
+      <c r="C7" s="106" t="s">
+        <v>329</v>
+      </c>
+      <c r="D7" s="106" t="s">
+        <v>362</v>
+      </c>
+      <c r="E7" s="2"/>
+    </row>
+    <row r="8" spans="1:5" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="111">
+        <v>3</v>
+      </c>
+      <c r="B8" s="130" t="str">
+        <f t="shared" ca="1" si="0"/>
+        <v>Other operating income
+• Income not related to the primary operating business</v>
+      </c>
+      <c r="C8" s="106" t="s">
+        <v>313</v>
+      </c>
+      <c r="D8" s="106" t="s">
+        <v>312</v>
+      </c>
+      <c r="E8" s="2"/>
+    </row>
+    <row r="9" spans="1:5" ht="124.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="117"/>
+      <c r="B9" s="115" t="str">
+        <f t="shared" ca="1" si="0"/>
+        <v xml:space="preserve">Include: 
+• Non-operating income, e.g. rental income and profit on the sale of tangible and intangible fixed assets.
+• Reimbursed sickness and maternity benefits or wage subsidies for, e.g. apprentices, as well as reinvoiced salaries. 
+Do not include: 
+• Losses that are not related to the primary operating business, e.g. loss on the sale of tangible and intangible fixed assets or negative rental income (specified under item. 18). 
+</v>
+      </c>
+      <c r="C9" s="106" t="s">
+        <v>363</v>
+      </c>
+      <c r="D9" s="106" t="s">
+        <v>364</v>
+      </c>
+      <c r="E9" s="2"/>
+    </row>
+    <row r="10" spans="1:5" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="111">
+        <v>4</v>
+      </c>
+      <c r="B10" s="130" t="str">
+        <f t="shared" ca="1" si="0"/>
+        <v>Purchases of goods (materials)</v>
+      </c>
+      <c r="C10" s="106" t="s">
+        <v>351</v>
+      </c>
+      <c r="D10" s="106" t="s">
+        <v>365</v>
+      </c>
+      <c r="E10" s="2"/>
+    </row>
+    <row r="11" spans="1:5" ht="165" x14ac:dyDescent="0.25">
+      <c r="A11" s="117"/>
+      <c r="B11" s="115" t="str">
+        <f t="shared" ca="1" si="0"/>
+        <v xml:space="preserve">Include: 
+• Finished goods/raw materials and consumables incl. freight and customs. Deduct price reductions, allowances, cash discounts and bonuses.
+• TRANSPORTATION INDUSTRY only: fuel for aircraft/ferries/busses/trucks.
+Do not include: 
+• Wages (item no. 12).
+• Purchase of subcontracting (item no. 5), such as outsourced transport.
+• Other costs related to temporary workers (item no. 8), leasing (item no. 9), minor equipment (item no. 7), repairs, insurance etc. (item no. 11).
+</v>
+      </c>
+      <c r="C11" s="106" t="s">
+        <v>366</v>
+      </c>
+      <c r="D11" s="106" t="s">
+        <v>367</v>
+      </c>
+      <c r="E11" s="2"/>
+    </row>
+    <row r="12" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="111">
+        <v>5</v>
+      </c>
+      <c r="B12" s="130" t="str">
+        <f t="shared" ca="1" si="0"/>
+        <v>Cost of subcontractors and other work done by others (by non-employees)</v>
+      </c>
+      <c r="C12" s="106" t="s">
+        <v>314</v>
+      </c>
+      <c r="D12" s="106" t="s">
+        <v>47</v>
+      </c>
+      <c r="E12" s="2"/>
+    </row>
+    <row r="13" spans="1:5" ht="66.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="117"/>
+      <c r="B13" s="115" t="str">
+        <f t="shared" ca="1" si="0"/>
+        <v xml:space="preserve">Purchase of work performed by others in connection with the primary operating business (contract work).
+• Costs for processing of the company’s raw materials and semi-finished products, by others.
+• Cost of work performed by subcontractors/sub-suppliers, e.g. for the transportation industry: costs of other hauliers, freight companies etc. 
+</v>
+      </c>
+      <c r="C13" s="106" t="s">
+        <v>368</v>
+      </c>
+      <c r="D13" s="254" t="s">
+        <v>369</v>
+      </c>
+      <c r="E13" s="2"/>
+    </row>
+    <row r="14" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="111">
+        <v>6</v>
+      </c>
+      <c r="B14" s="130" t="str">
+        <f t="shared" ca="1" si="0"/>
+        <v>Rent paid (excl. heating bill)</v>
+      </c>
+      <c r="C14" s="106" t="s">
+        <v>315</v>
+      </c>
+      <c r="D14" s="106" t="s">
+        <v>316</v>
+      </c>
+      <c r="E14" s="2"/>
+    </row>
+    <row r="15" spans="1:5" ht="169.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="117"/>
+      <c r="B15" s="115" t="str">
+        <f t="shared" ca="1" si="0"/>
+        <v xml:space="preserve">Includes only expenses related to tenancy, such as: 
+•  Rent.
+• Space rent.
+• Warehouse rent (only applies to storage companies).
+• Garage rent (only applies to transportation industry). 
+Do not include: 
+• Heating and energy consumption (item no. 11). 
+• Other facility costs, e.g. common costs (item no. 11).
+</v>
+      </c>
+      <c r="C15" s="106" t="s">
+        <v>370</v>
+      </c>
+      <c r="D15" s="106" t="s">
+        <v>371</v>
+      </c>
+      <c r="E15" s="2"/>
+    </row>
+    <row r="16" spans="1:5" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="111">
+        <v>7</v>
+      </c>
+      <c r="B16" s="130" t="str">
+        <f t="shared" ca="1" si="0"/>
+        <v xml:space="preserve">Small/minor equipment and fixtures costs, not capitalised </v>
+      </c>
+      <c r="C16" s="106" t="s">
+        <v>317</v>
+      </c>
+      <c r="D16" s="44" t="s">
+        <v>372</v>
+      </c>
+      <c r="E16" s="2"/>
+    </row>
+    <row r="17" spans="1:5" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="117"/>
+      <c r="B17" s="115" t="str">
+        <f t="shared" ca="1" si="0"/>
+        <v>Acquisition costs that are fully expensed through the income statement in the year of purchase, i.e. immediately amortised.</v>
+      </c>
+      <c r="C17" s="106" t="s">
+        <v>373</v>
+      </c>
+      <c r="D17" s="106" t="s">
+        <v>374</v>
+      </c>
+      <c r="E17" s="2"/>
+    </row>
+    <row r="18" spans="1:5" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="111">
+        <v>8</v>
+      </c>
+      <c r="B18" s="130" t="str">
+        <f t="shared" ca="1" si="0"/>
+        <v>Payments for temporary workers provided from another enterprise (e.g. temp agencies)</v>
+      </c>
+      <c r="C18" s="106" t="s">
+        <v>55</v>
+      </c>
+      <c r="D18" s="44" t="s">
+        <v>343</v>
+      </c>
+      <c r="E18" s="2"/>
+    </row>
+    <row r="19" spans="1:5" ht="122.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="117"/>
+      <c r="B19" s="115" t="str">
+        <f t="shared" ca="1" si="0"/>
+        <v>Include: 
+• Hired labour from another company, e.g. temp agencies.
+• Hired labour from associated or affiliated companies within the group. 
+• Payments for employees (non DK-based) in foreign branches.
+Do not include: 
+• For temp agencies only: wage and salary costs, if the company’s primary operating business is the hiring of temporary workers (specified under items no. 12, 13 and 14).</v>
+      </c>
+      <c r="C19" s="167" t="s">
+        <v>375</v>
+      </c>
+      <c r="D19" s="167" t="s">
+        <v>376</v>
+      </c>
+      <c r="E19" s="2"/>
+    </row>
+    <row r="20" spans="1:5" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="111">
+        <v>9</v>
+      </c>
+      <c r="B20" s="130" t="str">
+        <f t="shared" ca="1" si="0"/>
+        <v>Payments for long-term rental and operational leasing of goods</v>
+      </c>
+      <c r="C20" s="167" t="s">
+        <v>318</v>
+      </c>
+      <c r="D20" s="36" t="s">
+        <v>48</v>
+      </c>
+      <c r="E20" s="2"/>
+    </row>
+    <row r="21" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="117"/>
+      <c r="B21" s="115" t="str">
+        <f t="shared" ca="1" si="0"/>
+        <v>But not cost related to IFRS16 leasing.</v>
+      </c>
+      <c r="C21" s="167" t="s">
+        <v>377</v>
+      </c>
+      <c r="D21" s="36" t="s">
+        <v>378</v>
+      </c>
+      <c r="E21" s="2"/>
+    </row>
+    <row r="22" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="111">
+        <v>10</v>
+      </c>
+      <c r="B22" s="130" t="str">
+        <f t="shared" ref="B22:B100" ca="1" si="1">OFFSET($C22,0,$E$1-1)</f>
+        <v>Ordinary write-offs in respect to debtors (+/-)</v>
+      </c>
+      <c r="C22" s="167" t="s">
+        <v>290</v>
+      </c>
+      <c r="D22" s="36" t="s">
+        <v>344</v>
+      </c>
+      <c r="E22" s="2"/>
+    </row>
+    <row r="23" spans="1:5" ht="57" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="117"/>
+      <c r="B23" s="115" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>• Established losses on debtors.
+• Provisions to cover losses on receivables.
+• Adjustment of provisons for losses on debtors including reversal of previous provisions (-).</v>
+      </c>
+      <c r="C23" s="167" t="s">
+        <v>379</v>
+      </c>
+      <c r="D23" s="167" t="s">
+        <v>380</v>
+      </c>
+      <c r="E23" s="2"/>
+    </row>
+    <row r="24" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="111">
+        <v>11</v>
+      </c>
+      <c r="B24" s="130" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v xml:space="preserve">Other external costs </v>
+      </c>
+      <c r="C24" s="167" t="s">
+        <v>637</v>
+      </c>
+      <c r="D24" s="167" t="s">
+        <v>638</v>
+      </c>
+      <c r="E24" s="2"/>
+    </row>
+    <row r="25" spans="1:5" ht="48" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="117"/>
+      <c r="B25" s="115" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>Vehicle expenses, repairs, maintenance, royalties, cleaning, training, work clothes, office supplies, telephone, insurance, advertising, business travel, entertainment, etc. and services such as accountants, solicitors and lawyers.</v>
+      </c>
+      <c r="C25" s="167" t="s">
+        <v>635</v>
+      </c>
+      <c r="D25" s="167" t="s">
+        <v>636</v>
+      </c>
+      <c r="E25" s="2"/>
+    </row>
+    <row r="26" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="111">
+        <v>12</v>
+      </c>
+      <c r="B26" s="130" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>Wages and salaries, total</v>
+      </c>
+      <c r="C26" s="167" t="s">
+        <v>319</v>
+      </c>
+      <c r="D26" s="167" t="s">
+        <v>320</v>
+      </c>
+      <c r="E26" s="2"/>
+    </row>
+    <row r="27" spans="1:5" ht="188.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="117"/>
+      <c r="B27" s="115" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>Include: 
+• Total wages and salaries (including production wages and salaries, as well as wages and salaries of labourers, salaried employees, management and directors, including holiday pay and allowances, overtime payments, salary supplements in the form of free services, sick pay or pregnancy pay and various bonus schemes). 
+Do not include:   
+• Wages for temporary workers paid by other companies, such as temp agencies (added to item no. 8).
+• Subcontracting/contract work (added to item no. 5).</v>
+      </c>
+      <c r="C27" s="167" t="s">
+        <v>381</v>
+      </c>
+      <c r="D27" s="167" t="s">
+        <v>382</v>
+      </c>
+      <c r="E27" s="2"/>
+    </row>
+    <row r="28" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="111">
+        <v>13</v>
+      </c>
+      <c r="B28" s="126" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>Pension costs, total</v>
+      </c>
+      <c r="C28" s="167" t="s">
+        <v>57</v>
+      </c>
+      <c r="D28" s="36" t="s">
+        <v>321</v>
+      </c>
+      <c r="E28" s="2"/>
+    </row>
+    <row r="29" spans="1:5" ht="48" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="117"/>
+      <c r="B29" s="115" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>• The employer's contribution to the employees'  pension schemes eg. Company pension schemes, collective agreement pension schemes etc.
+• Pension payments to retired employees.</v>
+      </c>
+      <c r="C29" s="167" t="s">
+        <v>383</v>
+      </c>
+      <c r="D29" s="167" t="s">
+        <v>384</v>
+      </c>
+      <c r="E29" s="2"/>
+    </row>
+    <row r="30" spans="1:5" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="111">
+        <v>14</v>
+      </c>
+      <c r="B30" s="130" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v xml:space="preserve">Other social security costs
+</v>
+      </c>
+      <c r="C30" s="167" t="s">
+        <v>323</v>
+      </c>
+      <c r="D30" s="167" t="s">
+        <v>322</v>
+      </c>
+      <c r="E30" s="2"/>
+    </row>
+    <row r="31" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="117"/>
+      <c r="B31" s="115" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>• The employers' contribution to ATP, AER, BST etc. paid by the Company 
+• Cost of employee insurance eg. health- and life insurances etc.</v>
+      </c>
+      <c r="C31" s="167" t="s">
+        <v>345</v>
+      </c>
+      <c r="D31" s="167" t="s">
+        <v>342</v>
+      </c>
+      <c r="E31" s="2"/>
+    </row>
+    <row r="32" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="111">
+        <v>15</v>
+      </c>
+      <c r="B32" s="130" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>Depreciation and amortisation of tangible and intangible fixed assets</v>
+      </c>
+      <c r="C32" s="167" t="s">
+        <v>94</v>
+      </c>
+      <c r="D32" s="36" t="s">
+        <v>328</v>
+      </c>
+      <c r="E32" s="2"/>
+    </row>
+    <row r="33" spans="1:5" ht="105" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="117"/>
+      <c r="B33" s="115" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v xml:space="preserve">Include: 
+• Depreciation and amortisation for the year on tangible (buildings, installations, machinery and equipment, transport and other operating equipment) and intangible fixed assets (acquired goodwill, know-how and capitalised rationalisation and development costs).
+Do not include: 
+• Small/minor equipment and fixtures costs (added to item no. 7).
+</v>
+      </c>
+      <c r="C33" s="167" t="s">
+        <v>385</v>
+      </c>
+      <c r="D33" s="167" t="s">
+        <v>386</v>
+      </c>
+      <c r="E33" s="2"/>
+    </row>
+    <row r="34" spans="1:5" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="111">
+        <v>16</v>
+      </c>
+      <c r="B34" s="130" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>Impairment of tangible and intangible fixed assets</v>
+      </c>
+      <c r="C34" s="167" t="s">
+        <v>95</v>
+      </c>
+      <c r="D34" s="36" t="s">
+        <v>346</v>
+      </c>
+      <c r="E34" s="2"/>
+    </row>
+    <row r="35" spans="1:5" ht="107.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="117"/>
+      <c r="B35" s="115" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v xml:space="preserve">Include: 
+• Impairment losses for the year on tangible (buildings, installations, machinery and equipment, transport and other operating equipment) and intangible fixed assets (acquired goodwill, know-how and capitalised rationalisation and development costs).
+Do not include: 
+• Small/minor equipment and fixtures costs (added to item no. 7).
+</v>
+      </c>
+      <c r="C35" s="167" t="s">
+        <v>387</v>
+      </c>
+      <c r="D35" s="167" t="s">
+        <v>388</v>
+      </c>
+      <c r="E35" s="2"/>
+    </row>
+    <row r="36" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="111">
+        <v>17</v>
+      </c>
+      <c r="B36" s="130" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v xml:space="preserve">Write downs of current assets (other than current financial assets)
+</v>
+      </c>
+      <c r="C36" s="106" t="s">
+        <v>324</v>
+      </c>
+      <c r="D36" s="106" t="s">
+        <v>389</v>
+      </c>
+      <c r="E36" s="2"/>
+    </row>
+    <row r="37" spans="1:5" ht="109.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="117"/>
+      <c r="B37" s="115" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v xml:space="preserve">Include: 
+• Write-downs that are abnormal in terms of the size or other circumstances in the company, e.g. losses on inventories and debtors during the company’s, otherwise unchanged, operations. 
+Do not include: 
+• Losses due to structural changes, e.g. losses due to structural changes such as mergers, must be added to item no. 11. 
+• Financial write-downs must be added to item no. 22. 
+</v>
+      </c>
+      <c r="C37" s="167" t="s">
+        <v>390</v>
+      </c>
+      <c r="D37" s="167" t="s">
+        <v>391</v>
+      </c>
+      <c r="E37" s="2"/>
+    </row>
+    <row r="38" spans="1:5" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="111">
+        <v>18</v>
+      </c>
+      <c r="B38" s="130" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>Other operating expenses</v>
+      </c>
+      <c r="C38" s="167" t="s">
+        <v>325</v>
+      </c>
+      <c r="D38" s="36" t="s">
+        <v>63</v>
+      </c>
+      <c r="E38" s="2"/>
+    </row>
+    <row r="39" spans="1:5" ht="81.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="117"/>
+      <c r="B39" s="115" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v xml:space="preserve">• Loss from sale of intangible and tangible fixed assets, compensation expenses, etc.
+• Operating expenses for properties that are rented out, if it is not the primary operating business. Income from such must be added to item no. 3. </v>
+      </c>
+      <c r="C39" s="93" t="s">
+        <v>392</v>
+      </c>
+      <c r="D39" s="93" t="s">
+        <v>393</v>
+      </c>
+      <c r="E39" s="2"/>
+    </row>
+    <row r="40" spans="1:5" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A40" s="5">
+        <v>19</v>
+      </c>
+      <c r="B40" s="130" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>Profit or loss before financial items</v>
+      </c>
+      <c r="C40" s="136" t="s">
+        <v>23</v>
+      </c>
+      <c r="D40" s="136" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="183" t="str">
+        <f ca="1">OFFSET($C41,0,$E$1-1)</f>
+        <v>Financial items</v>
+      </c>
+      <c r="B41" s="115"/>
+      <c r="C41" s="137" t="s">
+        <v>1</v>
+      </c>
+      <c r="D41" s="137" t="s">
+        <v>50</v>
+      </c>
+      <c r="E41" s="2"/>
+    </row>
+    <row r="42" spans="1:5" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="111">
+        <v>20</v>
+      </c>
+      <c r="B42" s="126" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v xml:space="preserve">Income from equity investments and other dividends from financial assets. 
+</v>
+      </c>
+      <c r="C42" s="93" t="s">
+        <v>394</v>
+      </c>
+      <c r="D42" s="93" t="s">
+        <v>395</v>
+      </c>
+      <c r="E42" s="2"/>
+    </row>
+    <row r="43" spans="1:5" ht="94.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="117"/>
+      <c r="B43" s="115" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>Profits, dividends, royalties and revaluations (value adjustments). 
+Do not include:
+• Interest income (added to item no. 21).  
+• Negative dividends or value adjustments (added to item no. 22, e.g. write-downs).
+• Interest income from receivables in affiliated or associated companies (added to item no. 22).</v>
+      </c>
+      <c r="C43" s="93" t="s">
+        <v>396</v>
+      </c>
+      <c r="D43" s="93" t="s">
+        <v>397</v>
+      </c>
+      <c r="E43" s="2"/>
+    </row>
+    <row r="44" spans="1:5" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="111">
+        <v>21</v>
+      </c>
+      <c r="B44" s="126" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v xml:space="preserve">Interest income and other income from financial fixed assets and current assets
+</v>
+      </c>
+      <c r="C44" s="167" t="s">
+        <v>326</v>
+      </c>
+      <c r="D44" s="167" t="s">
+        <v>398</v>
+      </c>
+      <c r="E44" s="2"/>
+    </row>
+    <row r="45" spans="1:5" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="117"/>
+      <c r="B45" s="115" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v xml:space="preserve">• From receivables, bonds and other securities, as well as cash and cash equivalents.
+</v>
+      </c>
+      <c r="C45" s="167" t="s">
+        <v>399</v>
+      </c>
+      <c r="D45" s="167" t="s">
+        <v>400</v>
+      </c>
+      <c r="E45" s="2"/>
+    </row>
+    <row r="46" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="111">
+        <v>22</v>
+      </c>
+      <c r="B46" s="126" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v xml:space="preserve"> Impairment of financial fixed assets and current assets
+</v>
+      </c>
+      <c r="C46" s="167" t="s">
+        <v>327</v>
+      </c>
+      <c r="D46" s="167" t="s">
+        <v>401</v>
+      </c>
+      <c r="E46" s="2"/>
+    </row>
+    <row r="47" spans="1:5" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="117"/>
+      <c r="B47" s="115" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v xml:space="preserve">• Impairment losses where the value of the asset is permanently assumed to be lower than the acquisition and cost price (e.g. negative dividends and negative value adjustments).
+</v>
+      </c>
+      <c r="C47" s="167" t="s">
+        <v>402</v>
+      </c>
+      <c r="D47" s="167" t="s">
+        <v>403</v>
+      </c>
+      <c r="E47" s="2"/>
+    </row>
+    <row r="48" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="111">
+        <v>23</v>
+      </c>
+      <c r="B48" s="126" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>Interest costs etc. of financial fixed assets and current assets</v>
+      </c>
+      <c r="C48" s="167" t="s">
+        <v>352</v>
+      </c>
+      <c r="D48" s="167" t="s">
+        <v>404</v>
+      </c>
+      <c r="E48" s="2"/>
+    </row>
+    <row r="49" spans="1:5" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="117"/>
+      <c r="B49" s="115" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>• Of receivables, bonds and other securities as well as cash and cash equivalents.</v>
+      </c>
+      <c r="C49" s="93" t="s">
+        <v>399</v>
+      </c>
+      <c r="D49" s="93" t="s">
+        <v>405</v>
+      </c>
+      <c r="E49" s="2"/>
+    </row>
+    <row r="50" spans="1:5" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A50" s="170">
+        <v>24</v>
+      </c>
+      <c r="B50" s="171" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>Profit or loss before tax (+/-)</v>
+      </c>
+      <c r="C50" s="136" t="s">
+        <v>288</v>
+      </c>
+      <c r="D50" s="136" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="98" t="str">
+        <f ca="1">OFFSET($C51,0,$E$1-1)</f>
+        <v>Taxes</v>
+      </c>
+      <c r="C51" s="138" t="s">
+        <v>2</v>
+      </c>
+      <c r="D51" s="138" t="s">
+        <v>49</v>
+      </c>
+      <c r="E51" s="2"/>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A52" s="117">
+        <v>25</v>
+      </c>
+      <c r="B52" s="115" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>Corporation tax etc. on ordinary profit/loss(+/-)</v>
+      </c>
+      <c r="C52" s="139" t="s">
+        <v>69</v>
+      </c>
+      <c r="D52" s="139" t="s">
+        <v>406</v>
+      </c>
+      <c r="E52" s="2"/>
+    </row>
+    <row r="53" spans="1:5" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="98" t="str">
+        <f ca="1">OFFSET($C53,0,$E$1-1)</f>
+        <v>Profit or loss for the year</v>
+      </c>
+      <c r="C53" s="138" t="s">
+        <v>28</v>
+      </c>
+      <c r="D53" s="138" t="s">
+        <v>65</v>
+      </c>
+      <c r="E53" s="2"/>
+    </row>
+    <row r="54" spans="1:5" s="4" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="177">
+        <v>26</v>
+      </c>
+      <c r="B54" s="172" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>Profit or loss for the year (+/-)</v>
+      </c>
+      <c r="C54" s="81" t="s">
+        <v>286</v>
+      </c>
+      <c r="D54" s="81" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" s="4" customFormat="1" ht="9.9499999999999993" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="B55" s="93"/>
+      <c r="C55" s="140"/>
+      <c r="D55" s="140"/>
+    </row>
+    <row r="56" spans="1:5" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="38" t="str">
+        <f ca="1">OFFSET($C56,0,$E$1-1)</f>
+        <v>Appropriation of profit or treatment of loss</v>
+      </c>
+      <c r="B56" s="115"/>
+      <c r="C56" s="138" t="s">
+        <v>3</v>
+      </c>
+      <c r="D56" s="138" t="s">
+        <v>51</v>
+      </c>
+      <c r="E56" s="2"/>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A57" s="111">
+        <v>27</v>
+      </c>
+      <c r="B57" s="93" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>Consolidation i.e. profit retained (+) or loss sustained (-)</v>
+      </c>
+      <c r="C57" s="141" t="s">
+        <v>29</v>
+      </c>
+      <c r="D57" s="141" t="s">
+        <v>639</v>
+      </c>
+      <c r="E57" s="2"/>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A58" s="111"/>
+      <c r="C58" s="141"/>
+      <c r="D58" s="141"/>
+      <c r="E58" s="2"/>
+    </row>
+    <row r="59" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A59" s="111">
+        <v>28</v>
+      </c>
+      <c r="B59" s="93" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>Dividends to shareholders and similar payments to owners, including extraordinary dividends</v>
+      </c>
+      <c r="C59" s="59" t="s">
+        <v>89</v>
+      </c>
+      <c r="D59" s="59" t="s">
+        <v>407</v>
+      </c>
+      <c r="E59" s="2"/>
+    </row>
+    <row r="60" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A60" s="111"/>
+      <c r="C60" s="165"/>
+      <c r="D60" s="165"/>
+      <c r="E60" s="2"/>
+    </row>
+    <row r="61" spans="1:5" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="3"/>
+      <c r="B61" s="121"/>
+      <c r="E61" s="2"/>
+    </row>
+    <row r="62" spans="1:5" s="8" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="131" t="str">
+        <f ca="1">OFFSET($C62,0,$E$1-1)</f>
+        <v>Balance sheet</v>
+      </c>
+      <c r="B62" s="93"/>
+      <c r="C62" s="142" t="s">
+        <v>4</v>
+      </c>
+      <c r="D62" s="142" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="12"/>
+      <c r="B63" s="121"/>
+      <c r="C63" s="143"/>
+      <c r="D63" s="143" t="s">
         <v>53</v>
       </c>
-    </row>
-[...14 lines deleted...]
-      <c r="E3" s="65" t="s">
+      <c r="E63" s="2"/>
+    </row>
+    <row r="64" spans="1:5" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C64" s="111"/>
+      <c r="D64" s="111"/>
+      <c r="E64" s="2"/>
+    </row>
+    <row r="65" spans="1:5" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B65" s="125" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>The report must contain accounting data for the selected CVR-number - specify in the column to the right (grey cell).
+If the company is a parent company, you should only report data for the parent company - not consolidated financial data and not for the whole group.
+Item no. 19 to 60 must correspond with the official Annual Financial Report.</v>
+      </c>
+      <c r="C65" s="151" t="s">
+        <v>359</v>
+      </c>
+      <c r="D65" s="123" t="s">
+        <v>360</v>
+      </c>
+      <c r="E65" s="2"/>
+    </row>
+    <row r="66" spans="1:5" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E66" s="2"/>
+    </row>
+    <row r="67" spans="1:5" s="4" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B67" s="93"/>
+      <c r="C67" s="140"/>
+      <c r="D67" s="140"/>
+    </row>
+    <row r="68" spans="1:5" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="183" t="str">
+        <f ca="1">OFFSET($C68,0,$E$1-1)</f>
+        <v>Liabilities</v>
+      </c>
+      <c r="B68" s="115"/>
+      <c r="C68" s="138" t="s">
+        <v>5</v>
+      </c>
+      <c r="D68" s="138" t="s">
+        <v>61</v>
+      </c>
+      <c r="E68" s="2"/>
+    </row>
+    <row r="69" spans="1:5" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="174">
+        <v>55</v>
+      </c>
+      <c r="B69" s="122" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>Equity, at the end of the year (+/-)</v>
+      </c>
+      <c r="C69" s="60" t="s">
+        <v>291</v>
+      </c>
+      <c r="D69" s="60" t="s">
+        <v>408</v>
+      </c>
+      <c r="E69" s="2"/>
+    </row>
+    <row r="70" spans="1:5" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C70" s="144"/>
+      <c r="D70" s="144"/>
+      <c r="E70" s="2"/>
+    </row>
+    <row r="71" spans="1:5" s="4" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="176">
+        <v>61</v>
+      </c>
+      <c r="B71" s="132" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>Equity and liabilities, total</v>
+      </c>
+      <c r="C71" s="81" t="s">
+        <v>30</v>
+      </c>
+      <c r="D71" s="81" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" s="4" customFormat="1" ht="9.9499999999999993" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="B72" s="93"/>
+      <c r="C72" s="140"/>
+      <c r="D72" s="140"/>
+    </row>
+    <row r="73" spans="1:5" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="3"/>
+      <c r="B73" s="121"/>
+      <c r="E73" s="2"/>
+    </row>
+    <row r="74" spans="1:5" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="131" t="str">
+        <f ca="1">OFFSET($C74,0,$E$1-1)</f>
+        <v>Investments during the financial year</v>
+      </c>
+      <c r="C74" s="144" t="s">
+        <v>7</v>
+      </c>
+      <c r="D74" s="144" t="s">
+        <v>66</v>
+      </c>
+      <c r="E74" s="2"/>
+    </row>
+    <row r="75" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="3"/>
+      <c r="B75" s="121" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v/>
+      </c>
+      <c r="C75" s="145"/>
+      <c r="D75" s="145" t="s">
         <v>53</v>
       </c>
-    </row>
-[...38 lines deleted...]
-        <v xml:space="preserve">Arbejde udført for egen regning og opført under aktiver som tilgang
+      <c r="E75" s="2"/>
+    </row>
+    <row r="76" spans="1:5" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C76" s="146"/>
+      <c r="D76" s="146"/>
+      <c r="E76" s="2"/>
+    </row>
+    <row r="77" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B77" s="153" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>Investments only include assets intended for the company's continuing ownership or use.</v>
+      </c>
+      <c r="C77" s="151" t="s">
+        <v>6</v>
+      </c>
+      <c r="D77" s="123" t="s">
+        <v>409</v>
+      </c>
+      <c r="E77" s="2"/>
+    </row>
+    <row r="78" spans="1:5" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E78" s="2"/>
+    </row>
+    <row r="79" spans="1:5" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="38" t="str">
+        <f ca="1">OFFSET($C79,0,$E$1-1)</f>
+        <v>Additions</v>
+      </c>
+      <c r="B79" s="115"/>
+      <c r="C79" s="138" t="s">
+        <v>8</v>
+      </c>
+      <c r="D79" s="138" t="s">
+        <v>410</v>
+      </c>
+      <c r="E79" s="2"/>
+    </row>
+    <row r="80" spans="1:5" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E80" s="2"/>
+    </row>
+    <row r="81" spans="1:5" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="92"/>
+      <c r="B81" s="154" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>State additions at cost value, i.e. the value before any accounting and financial adjustments (e.g. depreciation, capital losses and government subsidies).
+Please note that you must only report additions for this financial year.
+Do not include transfers to assets, when they are related to the completion of projects in progress.</v>
+      </c>
+      <c r="C81" s="154" t="s">
+        <v>88</v>
+      </c>
+      <c r="D81" s="154" t="s">
+        <v>411</v>
+      </c>
+      <c r="E81" s="2"/>
+    </row>
+    <row r="82" spans="1:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E82" s="2"/>
+    </row>
+    <row r="83" spans="1:5" ht="152.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B83" s="154" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>Include: 
+• Capitalised costs for own production/manufacture of both tangible and intangible assets.
+• The acquisition cost of lease assets, if the company has entered into new financial leasing contracts, during the reporting year (except for IFRS 16 leases).
+Do not include: 
+• Purchase of land or construction costs of new buildings, intended for resale.
+• Small/minor equipment and fittings costs, not capitalised.
+• Additions and disposals to/of fixed assets, in connection with mergers/divisions.
+• Additions and disposals to/of fixed assets, according to the IFRS 16-standard.</v>
+      </c>
+      <c r="C83" s="154" t="s">
+        <v>412</v>
+      </c>
+      <c r="D83" s="154" t="s">
+        <v>413</v>
+      </c>
+      <c r="E83" s="2"/>
+    </row>
+    <row r="84" spans="1:5" s="34" customFormat="1" ht="9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="3"/>
+      <c r="B84" s="121"/>
+      <c r="C84" s="138"/>
+      <c r="D84" s="138"/>
+    </row>
+    <row r="85" spans="1:5" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="92"/>
+      <c r="B85" s="182" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v xml:space="preserve">Intangible fixed assets </v>
+      </c>
+      <c r="C85" s="147" t="s">
+        <v>13</v>
+      </c>
+      <c r="D85" s="147" t="s">
+        <v>347</v>
+      </c>
+      <c r="E85" s="2"/>
+    </row>
+    <row r="86" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A86" s="117">
+        <v>62</v>
+      </c>
+      <c r="B86" s="115" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>Additions to completed development projects, at cost value
+• Note that transfers from item no. 66, Intangible assets under development, are not an addition.</v>
+      </c>
+      <c r="C86" s="93" t="s">
+        <v>414</v>
+      </c>
+      <c r="D86" s="93" t="s">
+        <v>415</v>
+      </c>
+      <c r="E86" s="2"/>
+    </row>
+    <row r="87" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A87" s="117">
+        <v>63</v>
+      </c>
+      <c r="B87" s="115" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>Additions to acquired licences, patents and similar rights, at cost value
+• Note that transfers from item no. 66, Intangible assets under development, are not an addition.</v>
+      </c>
+      <c r="C87" s="167" t="s">
+        <v>416</v>
+      </c>
+      <c r="D87" s="167" t="s">
+        <v>417</v>
+      </c>
+      <c r="E87" s="2"/>
+    </row>
+    <row r="88" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A88" s="169">
+        <v>64</v>
+      </c>
+      <c r="B88" s="178" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>Additions to software, at cost value
+• Note, that transfers from item no. 66, Intangible assets in progress, are not an addition.</v>
+      </c>
+      <c r="C88" s="167" t="s">
+        <v>418</v>
+      </c>
+      <c r="D88" s="167" t="s">
+        <v>419</v>
+      </c>
+      <c r="E88" s="2"/>
+    </row>
+    <row r="89" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A89" s="169">
+        <v>65</v>
+      </c>
+      <c r="B89" s="178" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>Additions to goodwill
+• Note, that transfers from item no. 66, Intangible assets in progress, are not an addition.</v>
+      </c>
+      <c r="C89" s="106" t="s">
+        <v>420</v>
+      </c>
+      <c r="D89" s="106" t="s">
+        <v>421</v>
+      </c>
+      <c r="E89" s="2"/>
+    </row>
+    <row r="90" spans="1:5" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="179">
+        <v>66</v>
+      </c>
+      <c r="B90" s="180" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>Additions to intangible assets in progress</v>
+      </c>
+      <c r="C90" s="60" t="s">
+        <v>301</v>
+      </c>
+      <c r="D90" s="60" t="s">
+        <v>422</v>
+      </c>
+      <c r="E90" s="2"/>
+    </row>
+    <row r="91" spans="1:5" s="4" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="110">
+        <v>67</v>
+      </c>
+      <c r="B91" s="126" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>Intangible assets, total</v>
+      </c>
+      <c r="C91" s="136" t="s">
+        <v>31</v>
+      </c>
+      <c r="D91" s="136" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="116"/>
+      <c r="B92" s="166" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>Land and buildings</v>
+      </c>
+      <c r="C92" s="148" t="s">
+        <v>62</v>
+      </c>
+      <c r="D92" s="148" t="s">
+        <v>60</v>
+      </c>
+      <c r="E92" s="2"/>
+    </row>
+    <row r="93" spans="1:5" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="117">
+        <v>68</v>
+      </c>
+      <c r="B93" s="115" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v xml:space="preserve">Additions to/Purchases of existing buildings (incl. land value. )
+• Note that transfers from item no. 77, Tangible assets in progress, are not an addition. </v>
+      </c>
+      <c r="C93" s="93" t="s">
+        <v>423</v>
+      </c>
+      <c r="D93" s="93" t="s">
+        <v>424</v>
+      </c>
+      <c r="E93" s="2"/>
+    </row>
+    <row r="94" spans="1:5" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="169">
+        <v>69</v>
+      </c>
+      <c r="B94" s="178" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v xml:space="preserve">Additions to construction costs of new buildings (excl. land)
+• Note that transfers from item no. 77, Tangible assets in progress, are not an addition. </v>
+      </c>
+      <c r="C94" s="167" t="s">
+        <v>425</v>
+      </c>
+      <c r="D94" s="167" t="s">
+        <v>426</v>
+      </c>
+      <c r="E94" s="2"/>
+    </row>
+    <row r="95" spans="1:5" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="169">
+        <v>70</v>
+      </c>
+      <c r="B95" s="178" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v xml:space="preserve">Additions to/Purchases of undeveloped land
 </v>
       </c>
-      <c r="C6" s="199" t="s">
-[...231 lines deleted...]
-      <c r="A20" s="138">
+      <c r="C95" s="36" t="s">
+        <v>302</v>
+      </c>
+      <c r="D95" s="167" t="s">
+        <v>427</v>
+      </c>
+      <c r="E95" s="2"/>
+    </row>
+    <row r="96" spans="1:5" ht="76.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="117">
+        <v>71</v>
+      </c>
+      <c r="B96" s="115" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v xml:space="preserve">Additions to refurbishment of buildings, at cost value
+Do not include: 
+• Leasehold refurbishment costs (added to item no. 75).
+• Note that transfers from item no. 77, Tangible assets in progress, are not an addition. </v>
+      </c>
+      <c r="C96" s="106" t="s">
+        <v>348</v>
+      </c>
+      <c r="D96" s="106" t="s">
+        <v>428</v>
+      </c>
+      <c r="E96" s="2"/>
+    </row>
+    <row r="97" spans="1:5" ht="61.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="179">
+        <v>72</v>
+      </c>
+      <c r="B97" s="180" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v xml:space="preserve">Additions to roads, harbours, squares, etc., at cost value
+• Note that transfers from item no. 77, Tangible assets in progress, are not an addition. </v>
+      </c>
+      <c r="C97" s="167" t="s">
+        <v>429</v>
+      </c>
+      <c r="D97" s="167" t="s">
+        <v>430</v>
+      </c>
+      <c r="E97" s="2"/>
+    </row>
+    <row r="98" spans="1:5" s="4" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="110">
+        <v>73</v>
+      </c>
+      <c r="B98" s="126" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>Land and buildings, total</v>
+      </c>
+      <c r="C98" s="136" t="s">
+        <v>33</v>
+      </c>
+      <c r="D98" s="136" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="116"/>
+      <c r="B99" s="166" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v>Plant, machinery and equipment</v>
+      </c>
+      <c r="C99" s="148" t="s">
         <v>9</v>
       </c>
-      <c r="B20" s="159" t="str">
-[...44 lines deleted...]
-      <c r="B23" s="142" t="str">
+      <c r="D99" s="148" t="s">
+        <v>91</v>
+      </c>
+      <c r="E99" s="2"/>
+    </row>
+    <row r="100" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A100" s="117">
+        <v>74</v>
+      </c>
+      <c r="B100" s="115" t="str">
         <f t="shared" ca="1" si="1"/>
-        <v>• Konstaterede tab.
-[...110 lines deleted...]
-      <c r="A30" s="138">
+        <v xml:space="preserve">Additions to plant and machinery
+• Note that transfers from item no. 77, Tangible assets in progress, are not an addition. </v>
+      </c>
+      <c r="C100" s="62" t="s">
+        <v>431</v>
+      </c>
+      <c r="D100" s="62" t="s">
+        <v>432</v>
+      </c>
+      <c r="E100" s="2"/>
+    </row>
+    <row r="101" spans="1:5" ht="77.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A101" s="179">
+        <v>75</v>
+      </c>
+      <c r="B101" s="180" t="str">
+        <f t="shared" ref="B101:B144" ca="1" si="2">OFFSET($C101,0,$E$1-1)</f>
+        <v xml:space="preserve">Additions to other fixtures and fittings, tools and equipment, at cost value
+Incl. leasehold improvements costs.
+• Note that transfers from item no. 77, Tangible assets in progress, are not an addition. </v>
+      </c>
+      <c r="C101" s="93" t="s">
+        <v>433</v>
+      </c>
+      <c r="D101" s="93" t="s">
+        <v>434</v>
+      </c>
+      <c r="E101" s="2"/>
+    </row>
+    <row r="102" spans="1:5" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="110">
+        <v>76</v>
+      </c>
+      <c r="B102" s="126" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Plant, machinery and equipment, total</v>
+      </c>
+      <c r="C102" s="136" t="s">
+        <v>52</v>
+      </c>
+      <c r="D102" s="136" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="103" spans="1:5" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="117"/>
+      <c r="B103" s="115"/>
+      <c r="C103" s="149"/>
+      <c r="D103" s="149"/>
+      <c r="E103" s="2"/>
+    </row>
+    <row r="104" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A104" s="111">
+        <v>77</v>
+      </c>
+      <c r="B104" s="93" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Additions to tangible assets in progress and prepayments</v>
+      </c>
+      <c r="C104" s="62" t="s">
+        <v>82</v>
+      </c>
+      <c r="D104" s="62" t="s">
+        <v>435</v>
+      </c>
+      <c r="E104" s="2"/>
+    </row>
+    <row r="105" spans="1:5" ht="8.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A105" s="3"/>
+      <c r="B105" s="121"/>
+      <c r="E105" s="2"/>
+    </row>
+    <row r="106" spans="1:5" s="4" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A106" s="176">
+        <v>78</v>
+      </c>
+      <c r="B106" s="172" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Additions, total</v>
+      </c>
+      <c r="C106" s="81" t="s">
+        <v>34</v>
+      </c>
+      <c r="D106" s="81" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5" s="4" customFormat="1" ht="9.9499999999999993" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="B107" s="93"/>
+      <c r="C107" s="140"/>
+      <c r="D107" s="140"/>
+    </row>
+    <row r="108" spans="1:5" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="38" t="str">
+        <f ca="1">OFFSET($C108,0,$E$1-1)</f>
+        <v>Disposals (at book value)</v>
+      </c>
+      <c r="B108" s="115"/>
+      <c r="C108" s="138" t="s">
+        <v>18</v>
+      </c>
+      <c r="D108" s="138" t="s">
+        <v>437</v>
+      </c>
+      <c r="E108" s="2"/>
+    </row>
+    <row r="109" spans="1:5" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D109" s="93"/>
+      <c r="E109" s="2"/>
+    </row>
+    <row r="110" spans="1:5" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B110" s="173" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Disposals must include the disposal of assets at cost value and the reversed depreciation, amortisation and impairment in connection with the disposals for the year.</v>
+      </c>
+      <c r="C110" s="151" t="s">
+        <v>438</v>
+      </c>
+      <c r="D110" s="123" t="s">
+        <v>439</v>
+      </c>
+      <c r="E110" s="2"/>
+    </row>
+    <row r="111" spans="1:5" ht="111" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="92"/>
+      <c r="B111" s="154" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>• The value of the disposals, at cost value (items no. 79-90), including any value adjustments (revaluations). 
+• The value of the reversed depreciation, amortisation and impairment on disposals for the year (items no. 91-102), including any value adjustments (write-downs). 
+Note that transfers from projects under development to other fixed assets are not actual disposals and should therefore not be included. 
+Reversed depreciation cannot exceed the cost value.</v>
+      </c>
+      <c r="C111" s="151" t="s">
+        <v>440</v>
+      </c>
+      <c r="D111" s="123" t="s">
+        <v>441</v>
+      </c>
+      <c r="E111" s="2"/>
+    </row>
+    <row r="112" spans="1:5" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E112" s="2"/>
+    </row>
+    <row r="113" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="92"/>
+      <c r="B113" s="166" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Disposals of intangible assets</v>
+      </c>
+      <c r="C113" s="140" t="s">
+        <v>76</v>
+      </c>
+      <c r="D113" s="148" t="s">
+        <v>442</v>
+      </c>
+      <c r="E113" s="2"/>
+    </row>
+    <row r="114" spans="1:5" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="117">
+        <v>79</v>
+      </c>
+      <c r="B114" s="115" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Disposals of completed development projects, at cost value</v>
+      </c>
+      <c r="C114" s="60" t="s">
         <v>14</v>
       </c>
-      <c r="B30" s="159" t="str">
-[...26 lines deleted...]
-      <c r="A32" s="138">
+      <c r="D114" s="60" t="s">
+        <v>443</v>
+      </c>
+      <c r="E114" s="2"/>
+    </row>
+    <row r="115" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A115" s="169">
+        <v>80</v>
+      </c>
+      <c r="B115" s="178" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Disposals of concessions, patents, licences, trademarks, and 
+other similar rights, at cost value</v>
+      </c>
+      <c r="C115" s="167" t="s">
+        <v>35</v>
+      </c>
+      <c r="D115" s="167" t="s">
+        <v>444</v>
+      </c>
+      <c r="E115" s="2"/>
+    </row>
+    <row r="116" spans="1:5" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="117">
+        <v>81</v>
+      </c>
+      <c r="B116" s="115" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Disposals of software, at cost value</v>
+      </c>
+      <c r="C116" s="44" t="s">
         <v>15</v>
       </c>
-      <c r="B32" s="159" t="str">
-[...3 lines deleted...]
-      <c r="C32" s="200" t="s">
+      <c r="D116" s="44" t="s">
+        <v>445</v>
+      </c>
+      <c r="E116" s="2"/>
+    </row>
+    <row r="117" spans="1:5" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A117" s="179">
+        <v>82</v>
+      </c>
+      <c r="B117" s="180" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Disposals of goodwill, at cost value</v>
+      </c>
+      <c r="C117" s="60" t="s">
+        <v>16</v>
+      </c>
+      <c r="D117" s="60" t="s">
+        <v>446</v>
+      </c>
+      <c r="E117" s="2"/>
+    </row>
+    <row r="118" spans="1:5" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A118" s="110">
+        <v>83</v>
+      </c>
+      <c r="B118" s="126" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Disposals of intangible assets, at cost value, total
+(items no. 79+80+81+82)</v>
+      </c>
+      <c r="C118" s="152" t="s">
+        <v>86</v>
+      </c>
+      <c r="D118" s="152" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="119" spans="1:5" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="111"/>
+      <c r="B119" s="166" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Disposals of land and buildings</v>
+      </c>
+      <c r="C119" s="140" t="s">
+        <v>79</v>
+      </c>
+      <c r="D119" s="148" t="s">
+        <v>448</v>
+      </c>
+      <c r="E119" s="2"/>
+    </row>
+    <row r="120" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="117">
+        <v>84</v>
+      </c>
+      <c r="B120" s="115" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Disposals of existing buildings (incl. land value), at cost value</v>
+      </c>
+      <c r="C120" s="60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D120" s="60" t="s">
+        <v>449</v>
+      </c>
+      <c r="E120" s="2"/>
+    </row>
+    <row r="121" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="117">
+        <v>85</v>
+      </c>
+      <c r="B121" s="115" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Disposals of undeveloped land, at cost value</v>
+      </c>
+      <c r="C121" s="44" t="s">
+        <v>36</v>
+      </c>
+      <c r="D121" s="44" t="s">
+        <v>450</v>
+      </c>
+      <c r="E121" s="2"/>
+    </row>
+    <row r="122" spans="1:5" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A122" s="179">
+        <v>86</v>
+      </c>
+      <c r="B122" s="180" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Disposals of roads, harbours, squares, etc., at cost value</v>
+      </c>
+      <c r="C122" s="60" t="s">
+        <v>37</v>
+      </c>
+      <c r="D122" s="60" t="s">
+        <v>451</v>
+      </c>
+      <c r="E122" s="2"/>
+    </row>
+    <row r="123" spans="1:5" s="4" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="110">
+        <v>87</v>
+      </c>
+      <c r="B123" s="126" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Disposals of land and buildings, at cost value, total
+(items no. 84+85+86)</v>
+      </c>
+      <c r="C123" s="152" t="s">
+        <v>83</v>
+      </c>
+      <c r="D123" s="152" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="124" spans="1:5" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="111"/>
+      <c r="B124" s="166" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Disposals of machinery, plant and equipment</v>
+      </c>
+      <c r="C124" s="148" t="s">
+        <v>77</v>
+      </c>
+      <c r="D124" s="148" t="s">
+        <v>453</v>
+      </c>
+      <c r="E124" s="2"/>
+    </row>
+    <row r="125" spans="1:5" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="117">
+        <v>88</v>
+      </c>
+      <c r="B125" s="115" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Disposals of plant and machinery, at cost value</v>
+      </c>
+      <c r="C125" s="60" t="s">
+        <v>38</v>
+      </c>
+      <c r="D125" s="60" t="s">
+        <v>454</v>
+      </c>
+      <c r="E125" s="2"/>
+    </row>
+    <row r="126" spans="1:5" customFormat="1" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A126" s="179">
+        <v>89</v>
+      </c>
+      <c r="B126" s="180" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Disposals of other fixtures and fittings, tools and equipment, at cost value
+Including disposals of leasehold fixtures and fittings.</v>
+      </c>
+      <c r="C126" s="93" t="s">
+        <v>455</v>
+      </c>
+      <c r="D126" s="93" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="127" spans="1:5" s="4" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="110">
+        <v>90</v>
+      </c>
+      <c r="B127" s="126" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Disposals of machinery, plant and equipment, at cost value, total
+(items no. 88+89)</v>
+      </c>
+      <c r="C127" s="152" t="s">
+        <v>85</v>
+      </c>
+      <c r="D127" s="152" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="128" spans="1:5" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="119"/>
+      <c r="B128" s="166" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Reversal of depreciation, amortisation and impairment on disposals of intangible assets</v>
+      </c>
+      <c r="C128" s="148" t="s">
+        <v>17</v>
+      </c>
+      <c r="D128" s="148" t="s">
+        <v>458</v>
+      </c>
+      <c r="E128" s="2"/>
+    </row>
+    <row r="129" spans="1:5" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="117">
+        <v>91</v>
+      </c>
+      <c r="B129" s="115" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Reversal of depreciation, amortisation and impairment on disposals of the completed development projects</v>
+      </c>
+      <c r="C129" s="60" t="s">
+        <v>78</v>
+      </c>
+      <c r="D129" s="60" t="s">
+        <v>459</v>
+      </c>
+      <c r="E129" s="2"/>
+    </row>
+    <row r="130" spans="1:5" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="111">
+        <v>92</v>
+      </c>
+      <c r="B130" s="93" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Reversal of depreciation, amortisation and impairment of the disposed concessions, patents, 
+licences, trademarks and other similar rights</v>
+      </c>
+      <c r="C130" s="167" t="s">
+        <v>71</v>
+      </c>
+      <c r="D130" s="167" t="s">
+        <v>460</v>
+      </c>
+      <c r="E130" s="2"/>
+    </row>
+    <row r="131" spans="1:5" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="117">
+        <v>93</v>
+      </c>
+      <c r="B131" s="115" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Reversal of depreciation, amortisation and impairment of the disposed software</v>
+      </c>
+      <c r="C131" s="44" t="s">
+        <v>72</v>
+      </c>
+      <c r="D131" s="44" t="s">
+        <v>461</v>
+      </c>
+      <c r="E131" s="2"/>
+    </row>
+    <row r="132" spans="1:5" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A132" s="179">
         <v>94</v>
       </c>
-      <c r="D32" s="48" t="s">
-[...29 lines deleted...]
-      <c r="C34" s="200" t="s">
+      <c r="B132" s="180" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Reversal of depreciation, amortisation and impairment of the disposed goodwill</v>
+      </c>
+      <c r="C132" s="60" t="s">
+        <v>73</v>
+      </c>
+      <c r="D132" s="60" t="s">
+        <v>462</v>
+      </c>
+      <c r="E132" s="2"/>
+    </row>
+    <row r="133" spans="1:5" s="4" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="110">
         <v>95</v>
       </c>
-      <c r="D34" s="48" t="s">
-[...153 lines deleted...]
-      <c r="A44" s="138">
+      <c r="B133" s="126" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Reversal of depreciation, amortisation and impairment on disposals of intangible assets, total</v>
+      </c>
+      <c r="C133" s="136" t="s">
         <v>21</v>
       </c>
-      <c r="B44" s="154" t="str">
-[...27 lines deleted...]
-      <c r="A46" s="138">
+      <c r="D133" s="136" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="134" spans="1:5" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="111"/>
+      <c r="B134" s="166" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Reversal of depreciation, amortisation and impairment on disposals of land and buidlings</v>
+      </c>
+      <c r="C134" s="148" t="s">
+        <v>43</v>
+      </c>
+      <c r="D134" s="148" t="s">
+        <v>464</v>
+      </c>
+      <c r="E134" s="2"/>
+    </row>
+    <row r="135" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A135" s="117">
+        <v>96</v>
+      </c>
+      <c r="B135" s="115" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Reversal of depreciation, amortisation and impairment of the disposed buildings</v>
+      </c>
+      <c r="C135" s="60" t="s">
+        <v>39</v>
+      </c>
+      <c r="D135" s="60" t="s">
+        <v>465</v>
+      </c>
+      <c r="E135" s="2"/>
+    </row>
+    <row r="136" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="117">
+        <v>97</v>
+      </c>
+      <c r="B136" s="115" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Reversal of depreciation, amortisation and impairment of the disposed undeveloped land</v>
+      </c>
+      <c r="C136" s="44" t="s">
+        <v>74</v>
+      </c>
+      <c r="D136" s="44" t="s">
+        <v>466</v>
+      </c>
+      <c r="E136" s="2"/>
+    </row>
+    <row r="137" spans="1:5" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A137" s="179">
+        <v>98</v>
+      </c>
+      <c r="B137" s="180" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Reversal of depreciation, amortisation and impairment on disposal of roads, harbours and squares</v>
+      </c>
+      <c r="C137" s="60" t="s">
+        <v>75</v>
+      </c>
+      <c r="D137" s="60" t="s">
+        <v>467</v>
+      </c>
+      <c r="E137" s="2"/>
+    </row>
+    <row r="138" spans="1:5" s="4" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="110">
+        <v>99</v>
+      </c>
+      <c r="B138" s="126" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Reversal of depreciation, amortisation and impairment on disposals of land and buildings, total</v>
+      </c>
+      <c r="C138" s="136" t="s">
+        <v>40</v>
+      </c>
+      <c r="D138" s="136" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="139" spans="1:5" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="111"/>
+      <c r="B139" s="166" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Reversal of depreciation, amortisation and impairment on disposals of machinery, plant and equipment</v>
+      </c>
+      <c r="C139" s="148" t="s">
+        <v>41</v>
+      </c>
+      <c r="D139" s="148" t="s">
+        <v>469</v>
+      </c>
+      <c r="E139" s="2"/>
+    </row>
+    <row r="140" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A140" s="117">
+        <v>100</v>
+      </c>
+      <c r="B140" s="115" t="str">
+        <f t="shared" ca="1" si="2"/>
+        <v>Reversal of depreciation, amortisation and impairment of the disposed plant and machinery</v>
+      </c>
+      <c r="C140" s="61" t="s">
         <v>22</v>
       </c>
-      <c r="B46" s="154" t="str">
-[...732 lines deleted...]
-      <c r="B102" s="154" t="str">
+      <c r="D140" s="61" t="s">
+        <v>470</v>
+      </c>
+      <c r="E140" s="2"/>
+    </row>
+    <row r="141" spans="1:5" customFormat="1" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A141" s="179">
+        <v>101</v>
+      </c>
+      <c r="B141" s="180" t="str">
         <f t="shared" ca="1" si="2"/>
-        <v>Driftsmidler i alt</v>
-[...18 lines deleted...]
-      <c r="B104" s="116" t="str">
+        <v>Reversal of depreciation, amortisation and impairment of the disposed other fixtures and fittings, 
+tools and equipment</v>
+      </c>
+      <c r="C141" s="93" t="s">
+        <v>81</v>
+      </c>
+      <c r="D141" s="93" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="142" spans="1:5" s="4" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="110">
+        <v>102</v>
+      </c>
+      <c r="B142" s="126" t="str">
         <f t="shared" ca="1" si="2"/>
-        <v>Tilgang af materielle anlægsaktiver under udførelse og 
-[...21 lines deleted...]
-      <c r="B106" s="206" t="str">
+        <v>Reversal of depreciation, amortisation and impairment of the disposed machinery, plant and equipment, total</v>
+      </c>
+      <c r="C142" s="136" t="s">
+        <v>42</v>
+      </c>
+      <c r="D142" s="136" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="143" spans="1:5" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A143" s="181"/>
+      <c r="B143" s="121"/>
+      <c r="C143" s="149"/>
+      <c r="D143" s="149"/>
+      <c r="E143" s="2"/>
+    </row>
+    <row r="144" spans="1:5" s="4" customFormat="1" ht="31.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A144" s="176">
+        <v>103</v>
+      </c>
+      <c r="B144" s="172" t="str">
         <f t="shared" ca="1" si="2"/>
-        <v>Tilgang i alt</v>
-[...183 lines deleted...]
-      <c r="A120" s="144">
+        <v>Disposals, at book value, total 
+(item no. 83+87+90-95-99-102)</v>
+      </c>
+      <c r="C144" s="150" t="s">
         <v>84</v>
       </c>
-      <c r="B120" s="142" t="str">
-[...179 lines deleted...]
-      <c r="D131" s="57" t="s">
+      <c r="D144" s="150" t="s">
         <v>473</v>
       </c>
-      <c r="E131" s="4"/>
-[...230 lines deleted...]
-      <c r="E155" s="4"/>
+    </row>
+    <row r="145" spans="2:5" s="4" customFormat="1" ht="3.95" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="B145" s="93"/>
+      <c r="C145" s="140"/>
+      <c r="D145" s="140"/>
+    </row>
+    <row r="146" spans="2:5" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E146" s="2"/>
+    </row>
+    <row r="147" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E147" s="2"/>
+    </row>
+    <row r="148" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E148" s="2"/>
+    </row>
+    <row r="149" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E149" s="2"/>
+    </row>
+    <row r="150" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E150" s="2"/>
+    </row>
+    <row r="151" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E151" s="2"/>
+    </row>
+    <row r="152" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E152" s="2"/>
+    </row>
+    <row r="153" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E153" s="2"/>
+    </row>
+    <row r="154" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E154" s="2"/>
+    </row>
+    <row r="155" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E155" s="2"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="7169" r:id="rId4" name="Group Box 1">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>5172075</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>66675</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>6686550</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>504825</xdr:rowOff>
@@ -15522,5171 +13829,5160 @@
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>5886450</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>133350</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>6343650</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>457200</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Ark4"/>
   <dimension ref="A1:P117"/>
   <sheetViews>
     <sheetView topLeftCell="P1" workbookViewId="0">
       <selection activeCell="P1" sqref="P1:P1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" outlineLevelCol="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.7109375" hidden="1" customWidth="1" outlineLevel="1"/>
-    <col min="2" max="2" width="9.140625" style="104" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="2" max="2" width="9.140625" style="82" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="3" max="3" width="9.140625" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="4" max="4" width="135.42578125" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="5" max="9" width="9.140625" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="10" max="10" width="53" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="11" max="11" width="39.140625" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="12" max="15" width="9.140625" hidden="1" customWidth="1" outlineLevel="1"/>
-    <col min="16" max="16" width="10.42578125" style="105" bestFit="1" customWidth="1" collapsed="1"/>
+    <col min="16" max="16" width="10.42578125" style="83" bestFit="1" customWidth="1" collapsed="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="P1" s="105" t="s">
+      <c r="P1" s="83" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="2" spans="1:16" x14ac:dyDescent="0.25">
       <c r="E2" t="s">
         <v>97</v>
       </c>
       <c r="G2" t="s">
         <v>98</v>
       </c>
       <c r="J2" t="s">
         <v>99</v>
       </c>
       <c r="K2" t="s">
         <v>100</v>
       </c>
       <c r="L2" t="s">
         <v>101</v>
       </c>
-      <c r="P2" s="105" t="s">
+      <c r="P2" s="83" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="3" spans="1:16" x14ac:dyDescent="0.25">
       <c r="D3" t="s">
         <v>103</v>
       </c>
       <c r="E3">
         <f>FIND("&lt;",D3,1)</f>
         <v>1</v>
       </c>
       <c r="F3">
         <f>FIND("&gt;",D3,1)</f>
         <v>55</v>
       </c>
       <c r="G3">
         <f>FIND("&lt;",D3,F3)</f>
         <v>74</v>
       </c>
       <c r="H3">
         <f>FIND("&gt;",D3,G3)</f>
         <v>112</v>
       </c>
       <c r="J3" t="str">
         <f>MID(D3,E3,F3)</f>
         <v>&lt;c:InformationOnTypeOfSubmittedReport contextRef="c10"&gt;</v>
       </c>
-      <c r="K3" s="106" t="s">
+      <c r="K3" s="84" t="s">
         <v>285</v>
       </c>
       <c r="L3" t="str">
         <f>MID(D3,G3,H3)</f>
         <v>&lt;/c:InformationOnTypeOfSubmittedReport&gt;</v>
       </c>
-      <c r="P3" s="105" t="str">
+      <c r="P3" s="83" t="str">
         <f t="shared" ref="P3:P34" si="0">+J3&amp;K3&amp;L3</f>
         <v>&lt;c:InformationOnTypeOfSubmittedReport contextRef="c10"&gt;Regnskabsstatistik&lt;/c:InformationOnTypeOfSubmittedReport&gt;</v>
       </c>
     </row>
     <row r="4" spans="1:16" x14ac:dyDescent="0.25">
       <c r="D4" t="s">
         <v>104</v>
       </c>
       <c r="E4">
         <f>FIND("&lt;",D4,1)</f>
         <v>1</v>
       </c>
       <c r="F4">
         <f t="shared" ref="F4:F67" si="1">FIND("&gt;",D4,1)</f>
         <v>45</v>
       </c>
       <c r="G4">
         <f t="shared" ref="G4:G67" si="2">FIND("&lt;",D4,F4)</f>
         <v>56</v>
       </c>
       <c r="H4">
         <f t="shared" ref="H4:H67" si="3">FIND("&gt;",D4,G4)</f>
         <v>84</v>
       </c>
       <c r="J4" t="str">
         <f t="shared" ref="J4:J67" si="4">MID(D4,E4,F4)</f>
         <v>&lt;c:ReportingPeriodStartDate contextRef="c10"&gt;</v>
       </c>
-      <c r="K4" s="107" t="str">
+      <c r="K4" s="85" t="str">
         <f>Regnskabsstatistik!F6</f>
-        <v>2024-01-01</v>
+        <v>2025-01-01</v>
       </c>
       <c r="L4" t="str">
         <f t="shared" ref="L4:L66" si="5">MID(D4,G4,H4)</f>
         <v>&lt;/c:ReportingPeriodStartDate&gt;</v>
       </c>
-      <c r="P4" s="105" t="str">
+      <c r="P4" s="83" t="str">
         <f t="shared" si="0"/>
-        <v>&lt;c:ReportingPeriodStartDate contextRef="c10"&gt;2024-01-01&lt;/c:ReportingPeriodStartDate&gt;</v>
+        <v>&lt;c:ReportingPeriodStartDate contextRef="c10"&gt;2025-01-01&lt;/c:ReportingPeriodStartDate&gt;</v>
       </c>
     </row>
     <row r="5" spans="1:16" x14ac:dyDescent="0.25">
       <c r="D5" t="s">
         <v>105</v>
       </c>
       <c r="E5">
         <f t="shared" ref="E5:E68" si="6">FIND("&lt;",D5,1)</f>
         <v>1</v>
       </c>
       <c r="F5">
         <f t="shared" si="1"/>
         <v>43</v>
       </c>
       <c r="G5">
         <f t="shared" si="2"/>
         <v>54</v>
       </c>
       <c r="H5">
         <f t="shared" si="3"/>
         <v>80</v>
       </c>
       <c r="J5" t="str">
         <f t="shared" si="4"/>
         <v>&lt;c:ReportingPeriodEndDate contextRef="c10"&gt;</v>
       </c>
-      <c r="K5" s="107" t="str">
+      <c r="K5" s="85" t="str">
         <f>Regnskabsstatistik!G6</f>
-        <v>2024-12-31</v>
+        <v>2025-12-31</v>
       </c>
       <c r="L5" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/c:ReportingPeriodEndDate&gt;</v>
       </c>
-      <c r="P5" s="105" t="str">
+      <c r="P5" s="83" t="str">
         <f t="shared" si="0"/>
-        <v>&lt;c:ReportingPeriodEndDate contextRef="c10"&gt;2024-12-31&lt;/c:ReportingPeriodEndDate&gt;</v>
+        <v>&lt;c:ReportingPeriodEndDate contextRef="c10"&gt;2025-12-31&lt;/c:ReportingPeriodEndDate&gt;</v>
       </c>
     </row>
     <row r="6" spans="1:16" x14ac:dyDescent="0.25">
       <c r="D6" t="s">
         <v>106</v>
       </c>
       <c r="E6">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F6">
         <f t="shared" si="1"/>
         <v>43</v>
       </c>
       <c r="G6">
         <f t="shared" si="2"/>
         <v>54</v>
       </c>
       <c r="H6">
         <f t="shared" si="3"/>
         <v>80</v>
       </c>
       <c r="J6" t="str">
         <f t="shared" si="4"/>
         <v>&lt;c:DateOfApprovalOfReport contextRef="c10"&gt;</v>
       </c>
-      <c r="K6" s="107" t="str">
+      <c r="K6" s="85" t="str">
         <f>Regnskabsstatistik!F150</f>
-        <v>2025-05-01</v>
+        <v>2026-05-01</v>
       </c>
       <c r="L6" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/c:DateOfApprovalOfReport&gt;</v>
       </c>
-      <c r="P6" s="105" t="str">
+      <c r="P6" s="83" t="str">
         <f t="shared" si="0"/>
-        <v>&lt;c:DateOfApprovalOfReport contextRef="c10"&gt;2025-05-01&lt;/c:DateOfApprovalOfReport&gt;</v>
+        <v>&lt;c:DateOfApprovalOfReport contextRef="c10"&gt;2026-05-01&lt;/c:DateOfApprovalOfReport&gt;</v>
       </c>
     </row>
     <row r="7" spans="1:16" x14ac:dyDescent="0.25">
       <c r="D7" t="s">
         <v>107</v>
       </c>
       <c r="E7">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F7">
         <f t="shared" si="1"/>
         <v>42</v>
       </c>
       <c r="G7">
         <f t="shared" si="2"/>
         <v>65</v>
       </c>
       <c r="H7">
         <f t="shared" si="3"/>
         <v>90</v>
       </c>
       <c r="J7" t="str">
         <f t="shared" si="4"/>
         <v>&lt;c:NameOfReportingEntity contextRef="c10"&gt;</v>
       </c>
-      <c r="K7" s="106" t="str">
+      <c r="K7" s="84" t="str">
         <f>Regnskabsstatistik!F3</f>
         <v>Test A/S</v>
       </c>
       <c r="L7" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/c:NameOfReportingEntity&gt;</v>
       </c>
-      <c r="P7" s="105" t="str">
+      <c r="P7" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;c:NameOfReportingEntity contextRef="c10"&gt;Test A/S&lt;/c:NameOfReportingEntity&gt;</v>
       </c>
     </row>
     <row r="8" spans="1:16" x14ac:dyDescent="0.25">
       <c r="D8" t="s">
         <v>108</v>
       </c>
       <c r="E8">
         <f>FIND("&lt;",D8,1)</f>
         <v>1</v>
       </c>
       <c r="F8">
         <f>FIND("&gt;",D8,1)</f>
         <v>61</v>
       </c>
       <c r="G8">
         <f t="shared" si="2"/>
         <v>70</v>
       </c>
       <c r="H8">
         <f t="shared" si="3"/>
         <v>114</v>
       </c>
       <c r="J8" t="str">
         <f>MID(D8,E8,F8)</f>
         <v>&lt;c:IdentificationNumberCvrOfReportingEntity contextRef="c10"&gt;</v>
       </c>
-      <c r="K8" s="106">
+      <c r="K8" s="84">
         <f>Regnskabsstatistik!F2</f>
         <v>17150413</v>
       </c>
       <c r="L8" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/c:IdentificationNumberCvrOfReportingEntity&gt;</v>
       </c>
-      <c r="P8" s="105" t="str">
+      <c r="P8" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;c:IdentificationNumberCvrOfReportingEntity contextRef="c10"&gt;17150413&lt;/c:IdentificationNumberCvrOfReportingEntity&gt;</v>
       </c>
     </row>
     <row r="9" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>109</v>
       </c>
       <c r="D9" t="s">
         <v>110</v>
       </c>
       <c r="E9">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F9">
         <f t="shared" si="1"/>
         <v>50</v>
       </c>
       <c r="G9">
         <f t="shared" si="2"/>
         <v>64</v>
       </c>
       <c r="H9">
         <f t="shared" si="3"/>
         <v>97</v>
       </c>
       <c r="J9" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:NameAndSurnameOfContactPerson contextRef="c10"&gt;</v>
       </c>
-      <c r="K9" s="106" t="str">
+      <c r="K9" s="84" t="str">
         <f>Regnskabsstatistik!B138</f>
         <v>DST</v>
       </c>
       <c r="L9" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:NameAndSurnameOfContactPerson&gt;</v>
       </c>
-      <c r="P9" s="105" t="str">
+      <c r="P9" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:NameAndSurnameOfContactPerson contextRef="c10"&gt;DST&lt;/e:NameAndSurnameOfContactPerson&gt;</v>
       </c>
     </row>
     <row r="10" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>111</v>
       </c>
       <c r="D10" t="s">
         <v>112</v>
       </c>
       <c r="E10">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F10">
         <f t="shared" si="1"/>
         <v>40</v>
       </c>
       <c r="G10">
         <f t="shared" si="2"/>
         <v>54</v>
       </c>
       <c r="H10">
         <f t="shared" si="3"/>
         <v>77</v>
       </c>
       <c r="J10" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:ContactEmailAddress contextRef="c10"&gt;</v>
       </c>
-      <c r="K10" s="106" t="str">
+      <c r="K10" s="84" t="str">
         <f>Regnskabsstatistik!B144</f>
         <v>test@test.dk</v>
       </c>
       <c r="L10" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:ContactEmailAddress&gt;</v>
       </c>
-      <c r="P10" s="105" t="str">
+      <c r="P10" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:ContactEmailAddress contextRef="c10"&gt;test@test.dk&lt;/e:ContactEmailAddress&gt;</v>
       </c>
     </row>
     <row r="11" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>113</v>
       </c>
       <c r="D11" t="s">
         <v>114</v>
       </c>
       <c r="E11">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F11">
         <f t="shared" si="1"/>
         <v>43</v>
       </c>
       <c r="G11">
         <f t="shared" si="2"/>
         <v>57</v>
       </c>
       <c r="H11">
         <f t="shared" si="3"/>
         <v>83</v>
       </c>
       <c r="J11" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:ContactTelephoneNumber contextRef="c10"&gt;</v>
       </c>
-      <c r="K11" s="106">
+      <c r="K11" s="84">
         <f>Regnskabsstatistik!B141</f>
         <v>11223344</v>
       </c>
       <c r="L11" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:ContactTelephoneNumber&gt;</v>
       </c>
-      <c r="P11" s="105" t="str">
+      <c r="P11" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:ContactTelephoneNumber contextRef="c10"&gt;11223344&lt;/e:ContactTelephoneNumber&gt;</v>
       </c>
     </row>
     <row r="12" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>115</v>
       </c>
       <c r="D12" t="s">
         <v>116</v>
       </c>
       <c r="E12">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F12">
         <f t="shared" si="1"/>
         <v>52</v>
       </c>
       <c r="G12">
         <f t="shared" si="2"/>
         <v>66</v>
       </c>
       <c r="H12">
         <f t="shared" si="3"/>
         <v>101</v>
       </c>
       <c r="J12" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:ContactTelephoneNumberExtension contextRef="c10"&gt;</v>
       </c>
-      <c r="K12" s="106">
+      <c r="K12" s="84">
         <f>Regnskabsstatistik!B141</f>
         <v>11223344</v>
       </c>
       <c r="L12" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:ContactTelephoneNumberExtension&gt;</v>
       </c>
-      <c r="P12" s="105" t="str">
+      <c r="P12" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:ContactTelephoneNumberExtension contextRef="c10"&gt;11223344&lt;/e:ContactTelephoneNumberExtension&gt;</v>
       </c>
     </row>
     <row r="13" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>117</v>
       </c>
-      <c r="B13" s="104">
+      <c r="B13" s="82">
         <v>1</v>
       </c>
       <c r="C13">
         <v>1</v>
       </c>
       <c r="D13" t="s">
         <v>118</v>
       </c>
       <c r="E13">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F13">
         <f t="shared" si="1"/>
         <v>55</v>
       </c>
       <c r="G13">
         <f t="shared" si="2"/>
         <v>63</v>
       </c>
       <c r="H13">
         <f t="shared" si="3"/>
         <v>74</v>
       </c>
       <c r="J13" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:Revenue contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K13" s="106">
+      <c r="K13" s="84">
         <f>Regnskabsstatistik!F16*1000</f>
         <v>0</v>
       </c>
       <c r="L13" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:Revenue&gt;</v>
       </c>
-      <c r="P13" s="105" t="str">
+      <c r="P13" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;d:Revenue contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/d:Revenue&gt;</v>
       </c>
     </row>
     <row r="14" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>119</v>
       </c>
-      <c r="B14" s="104">
+      <c r="B14" s="82">
         <v>2</v>
       </c>
       <c r="C14">
         <v>4</v>
       </c>
       <c r="D14" t="s">
         <v>120</v>
       </c>
       <c r="E14">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F14">
         <f t="shared" si="1"/>
         <v>83</v>
       </c>
       <c r="G14">
         <f t="shared" si="2"/>
         <v>90</v>
       </c>
       <c r="H14">
         <f t="shared" si="3"/>
         <v>129</v>
       </c>
       <c r="J14" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:WorkPerformedByEntityAndCapitalised contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K14" s="106">
+      <c r="K14" s="84">
         <f>Regnskabsstatistik!F17*1000</f>
         <v>0</v>
       </c>
       <c r="L14" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:WorkPerformedByEntityAndCapitalised&gt;</v>
       </c>
-      <c r="P14" s="105" t="str">
+      <c r="P14" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;d:WorkPerformedByEntityAndCapitalised contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/d:WorkPerformedByEntityAndCapitalised&gt;</v>
       </c>
     </row>
     <row r="15" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>121</v>
       </c>
-      <c r="B15" s="104">
+      <c r="B15" s="82">
         <v>3</v>
       </c>
       <c r="C15">
         <v>5</v>
       </c>
       <c r="D15" t="s">
         <v>122</v>
       </c>
       <c r="E15">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F15">
         <f t="shared" si="1"/>
         <v>68</v>
       </c>
       <c r="G15">
         <f t="shared" si="2"/>
         <v>76</v>
       </c>
       <c r="H15">
         <f t="shared" si="3"/>
         <v>100</v>
       </c>
       <c r="J15" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:OtherOperatingIncome contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K15" s="106">
+      <c r="K15" s="84">
         <f>Regnskabsstatistik!F18*1000</f>
         <v>0</v>
       </c>
       <c r="L15" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:OtherOperatingIncome&gt;</v>
       </c>
-      <c r="P15" s="105" t="str">
+      <c r="P15" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;d:OtherOperatingIncome contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/d:OtherOperatingIncome&gt;</v>
       </c>
     </row>
     <row r="16" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>123</v>
       </c>
-      <c r="B16" s="104">
+      <c r="B16" s="82">
         <v>4</v>
       </c>
       <c r="C16">
         <v>6</v>
       </c>
       <c r="D16" t="s">
         <v>124</v>
       </c>
       <c r="E16">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F16">
         <f t="shared" si="1"/>
         <v>59</v>
       </c>
       <c r="G16">
         <f t="shared" si="2"/>
         <v>66</v>
       </c>
       <c r="H16">
         <f t="shared" si="3"/>
         <v>81</v>
       </c>
       <c r="J16" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:CostOfSales contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K16" s="106">
+      <c r="K16" s="84">
         <f>Regnskabsstatistik!F19*1000</f>
         <v>0</v>
       </c>
       <c r="L16" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:CostOfSales&gt;</v>
       </c>
-      <c r="P16" s="105" t="str">
+      <c r="P16" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;d:CostOfSales contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/d:CostOfSales&gt;</v>
       </c>
     </row>
     <row r="17" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>125</v>
       </c>
-      <c r="B17" s="104">
+      <c r="B17" s="82">
         <v>5</v>
       </c>
       <c r="C17">
         <v>9</v>
       </c>
-      <c r="D17" s="108" t="s">
+      <c r="D17" t="s">
         <v>126</v>
       </c>
       <c r="E17">
         <f>FIND("&lt;",D17,1)</f>
         <v>1</v>
       </c>
       <c r="F17">
         <f>FIND("&gt;",D17,1)</f>
         <v>121</v>
       </c>
       <c r="G17">
         <f>FIND("&lt;",D17,F17)</f>
         <v>123</v>
       </c>
       <c r="H17">
         <f>FIND("&gt;",D17,G17)</f>
         <v>200</v>
       </c>
       <c r="J17" t="str">
         <f>MID(D17,E17,F17)</f>
         <v>&lt;e:CostOfSubcontractorsAndOtherWorkDoneByOthersNonemployeesOnEntityMaterials contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K17" s="106">
+      <c r="K17" s="84">
         <f>Regnskabsstatistik!F20*1000</f>
         <v>0</v>
       </c>
       <c r="L17" t="str">
         <f>MID(D17,G17,H17)</f>
         <v>&lt;/e:CostOfSubcontractorsAndOtherWorkDoneByOthersNonemployeesOnEntityMaterials&gt;</v>
       </c>
-      <c r="P17" s="105" t="str">
+      <c r="P17" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:CostOfSubcontractorsAndOtherWorkDoneByOthersNonemployeesOnEntityMaterials contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:CostOfSubcontractorsAndOtherWorkDoneByOthersNonemployeesOnEntityMaterials&gt;</v>
       </c>
     </row>
     <row r="18" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>127</v>
       </c>
-      <c r="B18" s="104">
+      <c r="B18" s="82">
         <v>6</v>
       </c>
       <c r="C18">
         <v>10</v>
       </c>
-      <c r="D18" s="108" t="s">
+      <c r="D18" t="s">
         <v>128</v>
       </c>
       <c r="E18">
         <f>FIND("&lt;",D18,1)</f>
         <v>1</v>
       </c>
       <c r="F18">
         <f>FIND("&gt;",D18,1)</f>
         <v>76</v>
       </c>
       <c r="G18">
         <f>FIND("&lt;",D18,F18)</f>
         <v>82</v>
       </c>
       <c r="H18">
         <f>FIND("&gt;",D18,G18)</f>
         <v>114</v>
       </c>
       <c r="J18" t="str">
         <f>MID(D18,E18,F18)</f>
         <v>&lt;e:RentPaidExcludingHeatingBill contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K18" s="106">
+      <c r="K18" s="84">
         <f>Regnskabsstatistik!F21*1000</f>
         <v>0</v>
       </c>
       <c r="L18" t="str">
         <f>MID(D18,G18,H18)</f>
         <v>&lt;/e:RentPaidExcludingHeatingBill&gt;</v>
       </c>
-      <c r="P18" s="105" t="str">
+      <c r="P18" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:RentPaidExcludingHeatingBill contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:RentPaidExcludingHeatingBill&gt;</v>
       </c>
     </row>
     <row r="19" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
         <v>129</v>
       </c>
-      <c r="B19" s="104">
+      <c r="B19" s="82">
         <v>7</v>
       </c>
       <c r="C19">
         <v>11</v>
       </c>
-      <c r="D19" s="108" t="s">
+      <c r="D19" t="s">
         <v>130</v>
       </c>
       <c r="E19">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F19">
         <f t="shared" si="1"/>
         <v>93</v>
       </c>
       <c r="G19">
         <f t="shared" si="2"/>
         <v>99</v>
       </c>
       <c r="H19">
         <f t="shared" si="3"/>
         <v>148</v>
       </c>
       <c r="J19" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:CostOfMinorEquipmentAndFixturesNotCapitalised contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K19" s="106">
+      <c r="K19" s="84">
         <f>Regnskabsstatistik!F22*1000</f>
         <v>0</v>
       </c>
       <c r="L19" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:CostOfMinorEquipmentAndFixturesNotCapitalised&gt;</v>
       </c>
-      <c r="P19" s="105" t="str">
+      <c r="P19" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:CostOfMinorEquipmentAndFixturesNotCapitalised contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:CostOfMinorEquipmentAndFixturesNotCapitalised&gt;</v>
       </c>
     </row>
     <row r="20" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>131</v>
       </c>
-      <c r="B20" s="104">
+      <c r="B20" s="82">
         <v>8</v>
       </c>
       <c r="C20">
         <v>12</v>
       </c>
-      <c r="D20" s="108" t="s">
+      <c r="D20" t="s">
         <v>132</v>
       </c>
       <c r="E20">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F20">
         <f t="shared" si="1"/>
         <v>104</v>
       </c>
       <c r="G20">
         <f t="shared" si="2"/>
         <v>110</v>
       </c>
       <c r="H20">
         <f t="shared" si="3"/>
         <v>170</v>
       </c>
       <c r="J20" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:PaymentsForTemporaryWorkersProvidedFromAnotherEnterprise contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K20" s="106">
+      <c r="K20" s="84">
         <f>Regnskabsstatistik!F23*1000</f>
         <v>0</v>
       </c>
       <c r="L20" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:PaymentsForTemporaryWorkersProvidedFromAnotherEnterprise&gt;</v>
       </c>
-      <c r="P20" s="105" t="str">
+      <c r="P20" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:PaymentsForTemporaryWorkersProvidedFromAnotherEnterprise contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:PaymentsForTemporaryWorkersProvidedFromAnotherEnterprise&gt;</v>
       </c>
     </row>
     <row r="21" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>133</v>
       </c>
-      <c r="B21" s="104">
+      <c r="B21" s="82">
         <v>9</v>
       </c>
       <c r="C21">
         <v>13</v>
       </c>
-      <c r="D21" s="108" t="s">
+      <c r="D21" t="s">
         <v>134</v>
       </c>
       <c r="E21">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F21">
         <f t="shared" si="1"/>
         <v>101</v>
       </c>
       <c r="G21">
         <f t="shared" si="2"/>
         <v>108</v>
       </c>
       <c r="H21">
         <f t="shared" si="3"/>
         <v>165</v>
       </c>
       <c r="J21" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:PaymentsForLongtermRentalAndOperationalLeasingOfGoods contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K21" s="106">
+      <c r="K21" s="84">
         <f>Regnskabsstatistik!F24*1000</f>
         <v>0</v>
       </c>
       <c r="L21" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:PaymentsForLongtermRentalAndOperationalLeasingOfGoods&gt;</v>
       </c>
-      <c r="P21" s="105" t="str">
+      <c r="P21" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:PaymentsForLongtermRentalAndOperationalLeasingOfGoods contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:PaymentsForLongtermRentalAndOperationalLeasingOfGoods&gt;</v>
       </c>
     </row>
     <row r="22" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>135</v>
       </c>
-      <c r="B22" s="104">
+      <c r="B22" s="82">
         <v>10</v>
       </c>
       <c r="C22">
         <v>14</v>
       </c>
-      <c r="D22" s="108" t="s">
+      <c r="D22" t="s">
         <v>136</v>
       </c>
       <c r="E22">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F22">
         <f t="shared" si="1"/>
         <v>83</v>
       </c>
       <c r="G22">
         <f t="shared" si="2"/>
         <v>90</v>
       </c>
       <c r="H22">
         <f t="shared" si="3"/>
         <v>129</v>
       </c>
       <c r="J22" t="str">
         <f t="shared" si="4"/>
         <v>&lt;f:OrdinaryWriteoffsInRespectOfDebtors contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K22" s="106">
+      <c r="K22" s="84">
         <f>Regnskabsstatistik!F25*1000</f>
         <v>0</v>
       </c>
       <c r="L22" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/f:OrdinaryWriteoffsInRespectOfDebtors&gt;</v>
       </c>
-      <c r="P22" s="105" t="str">
+      <c r="P22" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;f:OrdinaryWriteoffsInRespectOfDebtors contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/f:OrdinaryWriteoffsInRespectOfDebtors&gt;</v>
       </c>
     </row>
     <row r="23" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>137</v>
       </c>
-      <c r="B23" s="104">
+      <c r="B23" s="82">
         <v>11</v>
       </c>
       <c r="C23">
         <v>15</v>
       </c>
-      <c r="D23" s="108" t="s">
+      <c r="D23" t="s">
         <v>138</v>
       </c>
       <c r="E23">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F23">
         <f t="shared" si="1"/>
         <v>86</v>
       </c>
       <c r="G23">
         <f t="shared" si="2"/>
         <v>94</v>
       </c>
       <c r="H23">
         <f t="shared" si="3"/>
         <v>136</v>
       </c>
       <c r="J23" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:OtherExternalChargesExcludingSecondary contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K23" s="106">
+      <c r="K23" s="84">
         <f>Regnskabsstatistik!F26*1000</f>
         <v>0</v>
       </c>
       <c r="L23" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:OtherExternalChargesExcludingSecondary&gt;</v>
       </c>
-      <c r="P23" s="105" t="str">
+      <c r="P23" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:OtherExternalChargesExcludingSecondary contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:OtherExternalChargesExcludingSecondary&gt;</v>
       </c>
     </row>
     <row r="24" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
         <v>139</v>
       </c>
-      <c r="B24" s="104">
+      <c r="B24" s="82">
         <v>12</v>
       </c>
       <c r="C24">
         <v>16</v>
       </c>
-      <c r="D24" s="108" t="s">
+      <c r="D24" t="s">
         <v>140</v>
       </c>
       <c r="E24">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F24">
         <f t="shared" si="1"/>
         <v>64</v>
       </c>
       <c r="G24">
         <f t="shared" si="2"/>
         <v>71</v>
       </c>
       <c r="H24">
         <f t="shared" si="3"/>
         <v>91</v>
       </c>
       <c r="J24" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:WagesAndSalaries contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K24" s="106">
+      <c r="K24" s="84">
         <f>Regnskabsstatistik!F27*1000</f>
         <v>0</v>
       </c>
       <c r="L24" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:WagesAndSalaries&gt;</v>
       </c>
-      <c r="P24" s="105" t="str">
+      <c r="P24" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;d:WagesAndSalaries contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/d:WagesAndSalaries&gt;</v>
       </c>
     </row>
     <row r="25" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
         <v>141</v>
       </c>
-      <c r="B25" s="104">
+      <c r="B25" s="82">
         <v>13</v>
       </c>
       <c r="C25">
         <v>17</v>
       </c>
-      <c r="D25" s="108" t="s">
+      <c r="D25" t="s">
         <v>142</v>
       </c>
       <c r="E25">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F25">
         <f t="shared" si="1"/>
         <v>76</v>
       </c>
       <c r="G25">
         <f t="shared" si="2"/>
         <v>83</v>
       </c>
       <c r="H25">
         <f t="shared" si="3"/>
         <v>115</v>
       </c>
       <c r="J25" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:PostemploymentBenefitExpense contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K25" s="106">
+      <c r="K25" s="84">
         <f>Regnskabsstatistik!F28*1000</f>
         <v>0</v>
       </c>
       <c r="L25" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:PostemploymentBenefitExpense&gt;</v>
       </c>
-      <c r="P25" s="105" t="str">
+      <c r="P25" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;d:PostemploymentBenefitExpense contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/d:PostemploymentBenefitExpense&gt;</v>
       </c>
     </row>
     <row r="26" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
         <v>143</v>
       </c>
-      <c r="B26" s="104">
+      <c r="B26" s="82">
         <v>14</v>
       </c>
       <c r="C26">
         <v>18</v>
       </c>
-      <c r="D26" s="108" t="s">
+      <c r="D26" t="s">
         <v>144</v>
       </c>
       <c r="E26">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F26">
         <f t="shared" si="1"/>
         <v>75</v>
       </c>
       <c r="G26">
         <f t="shared" si="2"/>
         <v>82</v>
       </c>
       <c r="H26">
         <f t="shared" si="3"/>
         <v>113</v>
       </c>
       <c r="J26" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:SocialSecurityContributions contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K26" s="106">
+      <c r="K26" s="84">
         <f>Regnskabsstatistik!F29*1000</f>
         <v>0</v>
       </c>
       <c r="L26" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:SocialSecurityContributions&gt;</v>
       </c>
-      <c r="P26" s="105" t="str">
+      <c r="P26" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;d:SocialSecurityContributions contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/d:SocialSecurityContributions&gt;</v>
       </c>
     </row>
     <row r="27" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>145</v>
       </c>
-      <c r="B27" s="104">
+      <c r="B27" s="82">
         <v>15</v>
       </c>
       <c r="C27">
         <v>19</v>
       </c>
-      <c r="D27" s="108" t="s">
+      <c r="D27" t="s">
         <v>146</v>
       </c>
       <c r="E27">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F27">
         <f t="shared" si="1"/>
         <v>149</v>
       </c>
       <c r="G27">
         <f t="shared" si="2"/>
         <v>157</v>
       </c>
       <c r="H27">
         <f t="shared" si="3"/>
         <v>262</v>
       </c>
       <c r="J27" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:DepreciationAmortisationExpenseOfPropertyPlantAndEquipmentAndIntangibleAssetsRecognisedInProfitOrLoss contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K27" s="106">
+      <c r="K27" s="84">
         <f>Regnskabsstatistik!F30*1000</f>
         <v>0</v>
       </c>
       <c r="L27" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:DepreciationAmortisationExpenseOfPropertyPlantAndEquipmentAndIntangibleAssetsRecognisedInProfitOrLoss&gt;</v>
       </c>
-      <c r="P27" s="105" t="str">
+      <c r="P27" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:DepreciationAmortisationExpenseOfPropertyPlantAndEquipmentAndIntangibleAssetsRecognisedInProfitOrLoss contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:DepreciationAmortisationExpenseOfPropertyPlantAndEquipmentAndIntangibleAssetsRecognisedInProfitOrLoss&gt;</v>
       </c>
     </row>
     <row r="28" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>147</v>
       </c>
-      <c r="B28" s="104">
+      <c r="B28" s="82">
         <v>16</v>
       </c>
       <c r="C28">
         <v>20</v>
       </c>
-      <c r="D28" s="108" t="s">
+      <c r="D28" t="s">
         <v>148</v>
       </c>
       <c r="E28">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F28">
         <f t="shared" si="1"/>
         <v>134</v>
       </c>
       <c r="G28">
         <f t="shared" si="2"/>
         <v>141</v>
       </c>
       <c r="H28">
         <f t="shared" si="3"/>
         <v>231</v>
       </c>
       <c r="J28" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:ImpairmentLossesOfPropertyPlantAndEquipmentAndIntangibleAssetsRecognisedInProfitOrLoss contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K28" s="106">
+      <c r="K28" s="84">
         <f>Regnskabsstatistik!F31*1000</f>
         <v>0</v>
       </c>
       <c r="L28" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:ImpairmentLossesOfPropertyPlantAndEquipmentAndIntangibleAssetsRecognisedInProfitOrLoss&gt;</v>
       </c>
-      <c r="P28" s="105" t="str">
+      <c r="P28" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:ImpairmentLossesOfPropertyPlantAndEquipmentAndIntangibleAssetsRecognisedInProfitOrLoss contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ImpairmentLossesOfPropertyPlantAndEquipmentAndIntangibleAssetsRecognisedInProfitOrLoss&gt;</v>
       </c>
     </row>
     <row r="29" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>149</v>
       </c>
-      <c r="B29" s="104">
+      <c r="B29" s="82">
         <v>17</v>
       </c>
       <c r="C29">
         <v>21</v>
       </c>
-      <c r="D29" s="108" t="s">
+      <c r="D29" t="s">
         <v>150</v>
       </c>
       <c r="E29">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F29">
         <f t="shared" si="1"/>
         <v>104</v>
       </c>
       <c r="G29">
         <f t="shared" si="2"/>
         <v>111</v>
       </c>
       <c r="H29">
         <f t="shared" si="3"/>
         <v>171</v>
       </c>
       <c r="J29" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:WritedownsOfCurrentAssetsOtherThanCurrentFinancialAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K29" s="106">
+      <c r="K29" s="84">
         <f>Regnskabsstatistik!F32*1000</f>
         <v>0</v>
       </c>
       <c r="L29" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:WritedownsOfCurrentAssetsOtherThanCurrentFinancialAssets&gt;</v>
       </c>
-      <c r="P29" s="105" t="str">
+      <c r="P29" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;d:WritedownsOfCurrentAssetsOtherThanCurrentFinancialAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/d:WritedownsOfCurrentAssetsOtherThanCurrentFinancialAssets&gt;</v>
       </c>
     </row>
     <row r="30" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>151</v>
       </c>
-      <c r="B30" s="104">
+      <c r="B30" s="82">
         <v>18</v>
       </c>
       <c r="C30">
         <v>22</v>
       </c>
-      <c r="D30" s="108" t="s">
+      <c r="D30" t="s">
         <v>152</v>
       </c>
       <c r="E30">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F30">
         <f t="shared" si="1"/>
         <v>85</v>
       </c>
       <c r="G30">
         <f t="shared" si="2"/>
         <v>94</v>
       </c>
       <c r="H30">
         <f t="shared" si="3"/>
         <v>135</v>
       </c>
       <c r="J30" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:OtherOperatingChargesOfNontradingType contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K30" s="106">
+      <c r="K30" s="84">
         <f>Regnskabsstatistik!F33*1000</f>
         <v>0</v>
       </c>
       <c r="L30" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:OtherOperatingChargesOfNontradingType&gt;</v>
       </c>
-      <c r="P30" s="105" t="str">
+      <c r="P30" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:OtherOperatingChargesOfNontradingType contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:OtherOperatingChargesOfNontradingType&gt;</v>
       </c>
     </row>
     <row r="31" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>153</v>
       </c>
-      <c r="B31" s="104">
+      <c r="B31" s="82">
         <v>19</v>
       </c>
       <c r="C31">
         <v>23</v>
       </c>
-      <c r="D31" s="108" t="s">
+      <c r="D31" t="s">
         <v>154</v>
       </c>
       <c r="E31">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F31">
         <f t="shared" si="1"/>
         <v>94</v>
       </c>
       <c r="G31">
         <f t="shared" si="2"/>
         <v>103</v>
       </c>
       <c r="H31">
         <f t="shared" si="3"/>
         <v>153</v>
       </c>
       <c r="J31" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:ProfitLossBeforeFinancialAndExtraordinaryItems contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K31" s="106">
+      <c r="K31" s="84">
         <f>Regnskabsstatistik!F34*1000</f>
         <v>0</v>
       </c>
       <c r="L31" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:ProfitLossBeforeFinancialAndExtraordinaryItems&gt;</v>
       </c>
-      <c r="P31" s="105" t="str">
+      <c r="P31" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:ProfitLossBeforeFinancialAndExtraordinaryItems contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ProfitLossBeforeFinancialAndExtraordinaryItems&gt;</v>
       </c>
     </row>
     <row r="32" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>155</v>
       </c>
-      <c r="B32" s="104">
+      <c r="B32" s="82">
         <v>20</v>
       </c>
       <c r="C32">
         <v>24</v>
       </c>
-      <c r="D32" s="108" t="s">
+      <c r="D32" t="s">
         <v>156</v>
       </c>
       <c r="E32">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F32">
         <f t="shared" si="1"/>
         <v>80</v>
       </c>
       <c r="G32">
         <f t="shared" si="2"/>
         <v>87</v>
       </c>
       <c r="H32">
         <f t="shared" si="3"/>
         <v>123</v>
       </c>
       <c r="J32" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:IncomeFromParticipatingInterests contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K32" s="106">
+      <c r="K32" s="84">
         <f>Regnskabsstatistik!F36*1000</f>
         <v>0</v>
       </c>
       <c r="L32" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:IncomeFromParticipatingInterests&gt;</v>
       </c>
-      <c r="P32" s="105" t="str">
+      <c r="P32" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:IncomeFromParticipatingInterests contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:IncomeFromParticipatingInterests&gt;</v>
       </c>
     </row>
     <row r="33" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
         <v>157</v>
       </c>
-      <c r="B33" s="104">
+      <c r="B33" s="82">
         <v>21</v>
       </c>
       <c r="C33">
         <v>25</v>
       </c>
-      <c r="D33" s="108" t="s">
+      <c r="D33" t="s">
         <v>158</v>
       </c>
       <c r="E33">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F33">
         <f t="shared" si="1"/>
         <v>107</v>
       </c>
       <c r="G33">
         <f t="shared" si="2"/>
         <v>113</v>
       </c>
       <c r="H33">
         <f t="shared" si="3"/>
         <v>176</v>
       </c>
       <c r="J33" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:InterestReceivedOnNoncurrentFinancialAssetsAndCurrentAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K33" s="106">
+      <c r="K33" s="84">
         <f>Regnskabsstatistik!F37*1000</f>
         <v>0</v>
       </c>
       <c r="L33" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:InterestReceivedOnNoncurrentFinancialAssetsAndCurrentAssets&gt;</v>
       </c>
-      <c r="P33" s="105" t="str">
+      <c r="P33" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;e:InterestReceivedOnNoncurrentFinancialAssetsAndCurrentAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:InterestReceivedOnNoncurrentFinancialAssetsAndCurrentAssets&gt;</v>
       </c>
     </row>
     <row r="34" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
         <v>159</v>
       </c>
-      <c r="B34" s="104">
+      <c r="B34" s="82">
         <v>22</v>
       </c>
       <c r="C34">
         <v>26</v>
       </c>
-      <c r="D34" s="108" t="s">
+      <c r="D34" t="s">
         <v>160</v>
       </c>
       <c r="E34">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F34">
         <f t="shared" si="1"/>
         <v>75</v>
       </c>
       <c r="G34">
         <f t="shared" si="2"/>
         <v>82</v>
       </c>
       <c r="H34">
         <f t="shared" si="3"/>
         <v>113</v>
       </c>
       <c r="J34" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:ImpairmentOfFinancialAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K34" s="106">
+      <c r="K34" s="84">
         <f>Regnskabsstatistik!F38*1000</f>
         <v>0</v>
       </c>
       <c r="L34" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:ImpairmentOfFinancialAssets&gt;</v>
       </c>
-      <c r="P34" s="105" t="str">
+      <c r="P34" s="83" t="str">
         <f t="shared" si="0"/>
         <v>&lt;d:ImpairmentOfFinancialAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/d:ImpairmentOfFinancialAssets&gt;</v>
       </c>
     </row>
     <row r="35" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
         <v>161</v>
       </c>
-      <c r="B35" s="104">
+      <c r="B35" s="82">
         <v>23</v>
       </c>
       <c r="C35">
         <v>27</v>
       </c>
-      <c r="D35" s="108" t="s">
+      <c r="D35" t="s">
         <v>162</v>
       </c>
       <c r="E35">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F35">
         <f t="shared" si="1"/>
         <v>80</v>
       </c>
       <c r="G35">
         <f t="shared" si="2"/>
         <v>87</v>
       </c>
       <c r="H35">
         <f t="shared" si="3"/>
         <v>123</v>
       </c>
       <c r="J35" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:InterestPayableAndSimilarCharges contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K35" s="106">
+      <c r="K35" s="84">
         <f>Regnskabsstatistik!F39*1000</f>
         <v>0</v>
       </c>
       <c r="L35" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:InterestPayableAndSimilarCharges&gt;</v>
       </c>
-      <c r="P35" s="105" t="str">
+      <c r="P35" s="83" t="str">
         <f t="shared" ref="P35:P66" si="7">+J35&amp;K35&amp;L35</f>
         <v>&lt;e:InterestPayableAndSimilarCharges contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:InterestPayableAndSimilarCharges&gt;</v>
       </c>
     </row>
     <row r="36" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
         <v>163</v>
       </c>
-      <c r="B36" s="104">
+      <c r="B36" s="82">
         <v>24</v>
       </c>
       <c r="C36">
         <v>28</v>
       </c>
-      <c r="D36" s="108" t="s">
+      <c r="D36" t="s">
         <v>164</v>
       </c>
       <c r="E36">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F36">
         <f t="shared" si="1"/>
         <v>89</v>
       </c>
       <c r="G36">
         <f t="shared" si="2"/>
         <v>97</v>
       </c>
       <c r="H36">
         <f t="shared" si="3"/>
         <v>142</v>
       </c>
       <c r="J36" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:ProfitLossFromOrdinaryActivitiesBeforeTax contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K36" s="106">
+      <c r="K36" s="84">
         <f>Regnskabsstatistik!F40*1000</f>
         <v>0</v>
       </c>
       <c r="L36" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:ProfitLossFromOrdinaryActivitiesBeforeTax&gt;</v>
       </c>
-      <c r="P36" s="105" t="str">
+      <c r="P36" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;d:ProfitLossFromOrdinaryActivitiesBeforeTax contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/d:ProfitLossFromOrdinaryActivitiesBeforeTax&gt;</v>
       </c>
     </row>
     <row r="37" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
         <v>165</v>
       </c>
-      <c r="B37" s="104">
+      <c r="B37" s="82">
         <v>25</v>
       </c>
       <c r="C37">
         <v>29</v>
       </c>
-      <c r="D37" s="108" t="s">
+      <c r="D37" t="s">
         <v>166</v>
       </c>
       <c r="E37">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F37">
         <f t="shared" si="1"/>
         <v>58</v>
       </c>
       <c r="G37">
         <f t="shared" si="2"/>
         <v>65</v>
       </c>
       <c r="H37">
         <f t="shared" si="3"/>
         <v>79</v>
       </c>
       <c r="J37" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:TaxExpense contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K37" s="106">
+      <c r="K37" s="84">
         <f>Regnskabsstatistik!F42*1000</f>
         <v>0</v>
       </c>
       <c r="L37" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:TaxExpense&gt;</v>
       </c>
-      <c r="P37" s="105" t="str">
+      <c r="P37" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;d:TaxExpense contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/d:TaxExpense&gt;</v>
       </c>
     </row>
     <row r="38" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
         <v>167</v>
       </c>
-      <c r="B38" s="104">
+      <c r="B38" s="82">
         <v>26</v>
       </c>
       <c r="C38">
         <v>30</v>
       </c>
-      <c r="D38" s="108" t="s">
+      <c r="D38" t="s">
         <v>168</v>
       </c>
       <c r="E38">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F38">
         <f t="shared" si="1"/>
         <v>58</v>
       </c>
       <c r="G38">
         <f t="shared" si="2"/>
         <v>66</v>
       </c>
       <c r="H38">
         <f t="shared" si="3"/>
         <v>80</v>
       </c>
       <c r="J38" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:ProfitLoss contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K38" s="106">
+      <c r="K38" s="84">
         <f>Regnskabsstatistik!F44*1000</f>
         <v>0</v>
       </c>
       <c r="L38" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:ProfitLoss&gt;</v>
       </c>
-      <c r="P38" s="105" t="str">
+      <c r="P38" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;d:ProfitLoss contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/d:ProfitLoss&gt;</v>
       </c>
     </row>
     <row r="39" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
         <v>169</v>
       </c>
-      <c r="B39" s="104">
+      <c r="B39" s="82">
         <v>27</v>
       </c>
       <c r="C39">
         <v>31</v>
       </c>
-      <c r="D39" s="108" t="s">
+      <c r="D39" t="s">
         <v>170</v>
       </c>
       <c r="E39">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F39">
         <f t="shared" si="1"/>
         <v>75</v>
       </c>
       <c r="G39">
         <f t="shared" si="2"/>
         <v>77</v>
       </c>
       <c r="H39">
         <f t="shared" si="3"/>
         <v>108</v>
       </c>
       <c r="J39" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:ProfitRetainedLossSustained contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K39" s="106">
+      <c r="K39" s="84">
         <f>Regnskabsstatistik!F47*1000</f>
         <v>0</v>
       </c>
       <c r="L39" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:ProfitRetainedLossSustained&gt;</v>
       </c>
-      <c r="P39" s="105" t="str">
+      <c r="P39" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:ProfitRetainedLossSustained contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ProfitRetainedLossSustained&gt;</v>
       </c>
     </row>
     <row r="40" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
         <v>171</v>
       </c>
-      <c r="B40" s="104">
+      <c r="B40" s="82">
         <v>28</v>
       </c>
       <c r="C40">
         <v>32</v>
       </c>
-      <c r="D40" s="108" t="s">
+      <c r="D40" t="s">
         <v>172</v>
       </c>
       <c r="E40">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F40">
         <f t="shared" si="1"/>
         <v>97</v>
       </c>
       <c r="G40">
         <f t="shared" si="2"/>
         <v>99</v>
       </c>
       <c r="H40">
         <f t="shared" si="3"/>
         <v>152</v>
       </c>
       <c r="J40" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:DividendsToShareholdersAndSimilarPaymentsToOwners contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K40" s="106">
+      <c r="K40" s="84">
         <f>Regnskabsstatistik!F48*1000</f>
         <v>0</v>
       </c>
       <c r="L40" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:DividendsToShareholdersAndSimilarPaymentsToOwners&gt;</v>
       </c>
-      <c r="P40" s="105" t="str">
+      <c r="P40" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:DividendsToShareholdersAndSimilarPaymentsToOwners contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:DividendsToShareholdersAndSimilarPaymentsToOwners&gt;</v>
       </c>
     </row>
     <row r="41" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
         <v>173</v>
       </c>
-      <c r="B41" s="104">
+      <c r="B41" s="82">
         <v>55</v>
       </c>
       <c r="C41">
         <v>68</v>
       </c>
-      <c r="D41" s="108" t="s">
+      <c r="D41" t="s">
         <v>174</v>
       </c>
       <c r="E41">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F41">
         <f t="shared" si="1"/>
         <v>54</v>
       </c>
       <c r="G41">
         <f t="shared" si="2"/>
         <v>63</v>
       </c>
       <c r="H41">
         <f t="shared" si="3"/>
         <v>73</v>
       </c>
       <c r="J41" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:Equity contextRef="c12" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K41" s="106">
+      <c r="K41" s="84">
         <f>Regnskabsstatistik!F57*1000</f>
         <v>0</v>
       </c>
       <c r="L41" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:Equity&gt;</v>
       </c>
-      <c r="P41" s="105" t="str">
+      <c r="P41" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;d:Equity contextRef="c12" decimals="-3" unitRef="u1"&gt;0&lt;/d:Equity&gt;</v>
       </c>
     </row>
     <row r="42" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
         <v>175</v>
       </c>
-      <c r="B42" s="104">
+      <c r="B42" s="82">
         <v>61</v>
       </c>
       <c r="C42">
         <v>74</v>
       </c>
-      <c r="D42" s="108" t="s">
+      <c r="D42" t="s">
         <v>176</v>
       </c>
       <c r="E42">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F42">
         <f t="shared" si="1"/>
         <v>68</v>
       </c>
       <c r="G42">
         <f t="shared" si="2"/>
         <v>78</v>
       </c>
       <c r="H42">
         <f t="shared" si="3"/>
         <v>102</v>
       </c>
       <c r="J42" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:LiabilitiesAndEquity contextRef="c12" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K42" s="106">
+      <c r="K42" s="84">
         <f>Regnskabsstatistik!F59*1000</f>
         <v>0</v>
       </c>
       <c r="L42" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:LiabilitiesAndEquity&gt;</v>
       </c>
-      <c r="P42" s="105" t="str">
+      <c r="P42" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;d:LiabilitiesAndEquity contextRef="c12" decimals="-3" unitRef="u1"&gt;0&lt;/d:LiabilitiesAndEquity&gt;</v>
       </c>
     </row>
     <row r="43" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
         <v>177</v>
       </c>
-      <c r="B43" s="104">
+      <c r="B43" s="82">
         <v>62</v>
       </c>
       <c r="C43">
         <v>75</v>
       </c>
-      <c r="D43" s="108" t="s">
+      <c r="D43" t="s">
         <v>178</v>
       </c>
       <c r="E43">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F43">
         <f t="shared" si="1"/>
         <v>86</v>
       </c>
       <c r="G43">
         <f t="shared" si="2"/>
         <v>96</v>
       </c>
       <c r="H43">
         <f t="shared" si="3"/>
         <v>138</v>
       </c>
       <c r="J43" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:IncreaseInCompletedDevelopmentProjects contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K43" s="106">
+      <c r="K43" s="84">
         <f>Regnskabsstatistik!F74*1000</f>
         <v>0</v>
       </c>
       <c r="L43" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:IncreaseInCompletedDevelopmentProjects&gt;</v>
       </c>
-      <c r="P43" s="105" t="str">
+      <c r="P43" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:IncreaseInCompletedDevelopmentProjects contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:IncreaseInCompletedDevelopmentProjects&gt;</v>
       </c>
     </row>
     <row r="44" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
         <v>179</v>
       </c>
-      <c r="B44" s="104">
+      <c r="B44" s="82">
         <v>63</v>
       </c>
       <c r="C44">
         <v>76</v>
       </c>
-      <c r="D44" s="108" t="s">
+      <c r="D44" t="s">
         <v>180</v>
       </c>
       <c r="E44">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F44">
         <f t="shared" si="1"/>
         <v>113</v>
       </c>
       <c r="G44">
         <f t="shared" si="2"/>
         <v>123</v>
       </c>
       <c r="H44">
         <f t="shared" si="3"/>
         <v>192</v>
       </c>
       <c r="J44" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:AcquiredConcessionsPatentsLicencesTrademarksAndOtherSimilarRights contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K44" s="106">
+      <c r="K44" s="84">
         <f>Regnskabsstatistik!F75*1000</f>
         <v>0</v>
       </c>
       <c r="L44" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:AcquiredConcessionsPatentsLicencesTrademarksAndOtherSimilarRights&gt;</v>
       </c>
-      <c r="P44" s="105" t="str">
+      <c r="P44" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:AcquiredConcessionsPatentsLicencesTrademarksAndOtherSimilarRights contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:AcquiredConcessionsPatentsLicencesTrademarksAndOtherSimilarRights&gt;</v>
       </c>
     </row>
     <row r="45" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
         <v>181</v>
       </c>
-      <c r="B45" s="104">
+      <c r="B45" s="82">
         <v>64</v>
       </c>
       <c r="C45">
         <v>77</v>
       </c>
-      <c r="D45" s="108" t="s">
+      <c r="D45" t="s">
         <v>182</v>
       </c>
       <c r="E45">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F45">
         <f t="shared" si="1"/>
         <v>66</v>
       </c>
       <c r="G45">
         <f t="shared" si="2"/>
         <v>75</v>
       </c>
       <c r="H45">
         <f t="shared" si="3"/>
         <v>97</v>
       </c>
       <c r="J45" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:PurchaseOfSoftware contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K45" s="106">
+      <c r="K45" s="84">
         <f>Regnskabsstatistik!F76*1000</f>
         <v>0</v>
       </c>
       <c r="L45" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:PurchaseOfSoftware&gt;</v>
       </c>
-      <c r="P45" s="105" t="str">
+      <c r="P45" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:PurchaseOfSoftware contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:PurchaseOfSoftware&gt;</v>
       </c>
     </row>
     <row r="46" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
         <v>183</v>
       </c>
-      <c r="B46" s="104">
+      <c r="B46" s="82">
         <v>65</v>
       </c>
       <c r="C46">
         <v>78</v>
       </c>
-      <c r="D46" s="108" t="s">
+      <c r="D46" t="s">
         <v>184</v>
       </c>
       <c r="E46">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F46">
         <f t="shared" si="1"/>
         <v>66</v>
       </c>
       <c r="G46">
         <f t="shared" si="2"/>
         <v>74</v>
       </c>
       <c r="H46">
         <f t="shared" si="3"/>
         <v>96</v>
       </c>
       <c r="J46" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:PurchaseOfGoodwill contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K46" s="106">
+      <c r="K46" s="84">
         <f>Regnskabsstatistik!F77*1000</f>
         <v>0</v>
       </c>
       <c r="L46" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:PurchaseOfGoodwill&gt;</v>
       </c>
-      <c r="P46" s="105" t="str">
+      <c r="P46" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:PurchaseOfGoodwill contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:PurchaseOfGoodwill&gt;</v>
       </c>
     </row>
     <row r="47" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
         <v>185</v>
       </c>
-      <c r="B47" s="104">
+      <c r="B47" s="82">
         <v>66</v>
       </c>
       <c r="C47">
         <v>79</v>
       </c>
-      <c r="D47" s="108" t="s">
+      <c r="D47" t="s">
         <v>186</v>
       </c>
       <c r="E47">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F47">
         <f t="shared" si="1"/>
         <v>74</v>
       </c>
       <c r="G47">
         <f t="shared" si="2"/>
         <v>82</v>
       </c>
       <c r="H47">
         <f t="shared" si="3"/>
         <v>112</v>
       </c>
       <c r="J47" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:IntangibleAssetsInProgress contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K47" s="106">
+      <c r="K47" s="84">
         <f>Regnskabsstatistik!F78*1000</f>
         <v>0</v>
       </c>
       <c r="L47" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:IntangibleAssetsInProgress&gt;</v>
       </c>
-      <c r="P47" s="105" t="str">
+      <c r="P47" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:IntangibleAssetsInProgress contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:IntangibleAssetsInProgress&gt;</v>
       </c>
     </row>
     <row r="48" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
         <v>187</v>
       </c>
-      <c r="B48" s="104">
+      <c r="B48" s="82">
         <v>67</v>
       </c>
       <c r="C48">
         <v>80</v>
       </c>
-      <c r="D48" s="108" t="s">
+      <c r="D48" t="s">
         <v>188</v>
       </c>
       <c r="E48">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F48">
         <f t="shared" si="1"/>
         <v>75</v>
       </c>
       <c r="G48">
         <f t="shared" si="2"/>
         <v>84</v>
       </c>
       <c r="H48">
         <f t="shared" si="3"/>
         <v>115</v>
       </c>
       <c r="J48" t="str">
         <f t="shared" si="4"/>
         <v>&lt;d:AdditionsToIntangibleAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K48" s="106">
+      <c r="K48" s="84">
         <f>Regnskabsstatistik!F79*1000</f>
         <v>0</v>
       </c>
       <c r="L48" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/d:AdditionsToIntangibleAssets&gt;</v>
       </c>
-      <c r="P48" s="105" t="str">
+      <c r="P48" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;d:AdditionsToIntangibleAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/d:AdditionsToIntangibleAssets&gt;</v>
       </c>
     </row>
     <row r="49" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
         <v>189</v>
       </c>
-      <c r="B49" s="104">
+      <c r="B49" s="82">
         <v>68</v>
       </c>
       <c r="C49">
         <v>81</v>
       </c>
-      <c r="D49" s="108" t="s">
+      <c r="D49" t="s">
         <v>190</v>
       </c>
       <c r="E49">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F49">
         <f t="shared" si="1"/>
         <v>80</v>
       </c>
       <c r="G49">
         <f t="shared" si="2"/>
         <v>87</v>
       </c>
       <c r="H49">
         <f t="shared" si="3"/>
         <v>123</v>
       </c>
       <c r="J49" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:PurchaseOfBuildingsIncludingLand contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K49" s="106">
+      <c r="K49" s="84">
         <f>Regnskabsstatistik!F81*1000</f>
         <v>0</v>
       </c>
       <c r="L49" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:PurchaseOfBuildingsIncludingLand&gt;</v>
       </c>
-      <c r="P49" s="105" t="str">
+      <c r="P49" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:PurchaseOfBuildingsIncludingLand contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:PurchaseOfBuildingsIncludingLand&gt;</v>
       </c>
     </row>
     <row r="50" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
         <v>191</v>
       </c>
-      <c r="B50" s="104">
+      <c r="B50" s="82">
         <v>69</v>
       </c>
       <c r="C50">
         <v>82</v>
       </c>
-      <c r="D50" s="108" t="s">
+      <c r="D50" t="s">
         <v>192</v>
       </c>
       <c r="E50">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F50">
         <f t="shared" si="1"/>
         <v>84</v>
       </c>
       <c r="G50">
         <f t="shared" si="2"/>
         <v>94</v>
       </c>
       <c r="H50">
         <f t="shared" si="3"/>
         <v>134</v>
       </c>
       <c r="J50" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:ConstructionOfBuildingsExcludingLand contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K50" s="106">
+      <c r="K50" s="84">
         <f>Regnskabsstatistik!F82*1000</f>
         <v>0</v>
       </c>
       <c r="L50" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:ConstructionOfBuildingsExcludingLand&gt;</v>
       </c>
-      <c r="P50" s="105" t="str">
+      <c r="P50" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:ConstructionOfBuildingsExcludingLand contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ConstructionOfBuildingsExcludingLand&gt;</v>
       </c>
     </row>
     <row r="51" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
         <v>193</v>
       </c>
-      <c r="B51" s="104">
+      <c r="B51" s="82">
         <v>70</v>
       </c>
       <c r="C51">
         <v>83</v>
       </c>
-      <c r="D51" s="108" t="s">
+      <c r="D51" t="s">
         <v>194</v>
       </c>
       <c r="E51">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F51">
         <f t="shared" si="1"/>
         <v>74</v>
       </c>
       <c r="G51">
         <f t="shared" si="2"/>
         <v>84</v>
       </c>
       <c r="H51">
         <f t="shared" si="3"/>
         <v>114</v>
       </c>
       <c r="J51" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:PurchaseOfLandNotBuiltUpon contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K51" s="106">
+      <c r="K51" s="84">
         <f>Regnskabsstatistik!F83*1000</f>
         <v>0</v>
       </c>
       <c r="L51" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:PurchaseOfLandNotBuiltUpon&gt;</v>
       </c>
-      <c r="P51" s="105" t="str">
+      <c r="P51" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:PurchaseOfLandNotBuiltUpon contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:PurchaseOfLandNotBuiltUpon&gt;</v>
       </c>
     </row>
     <row r="52" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
         <v>195</v>
       </c>
-      <c r="B52" s="104">
+      <c r="B52" s="82">
         <v>71</v>
       </c>
       <c r="C52">
         <v>84</v>
       </c>
-      <c r="D52" s="108" t="s">
+      <c r="D52" t="s">
         <v>196</v>
       </c>
       <c r="E52">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F52">
         <f t="shared" si="1"/>
         <v>101</v>
       </c>
       <c r="G52">
         <f t="shared" si="2"/>
         <v>108</v>
       </c>
       <c r="H52">
         <f t="shared" si="3"/>
         <v>165</v>
       </c>
       <c r="J52" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:AlterationsAndImprovementsOfBuildingsAndInstallations contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K52" s="106">
+      <c r="K52" s="84">
         <f>Regnskabsstatistik!F84*1000</f>
         <v>0</v>
       </c>
       <c r="L52" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:AlterationsAndImprovementsOfBuildingsAndInstallations&gt;</v>
       </c>
-      <c r="P52" s="105" t="str">
+      <c r="P52" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:AlterationsAndImprovementsOfBuildingsAndInstallations contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:AlterationsAndImprovementsOfBuildingsAndInstallations&gt;</v>
       </c>
     </row>
     <row r="53" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
         <v>197</v>
       </c>
-      <c r="B53" s="104">
+      <c r="B53" s="82">
         <v>72</v>
       </c>
       <c r="C53">
         <v>85</v>
       </c>
-      <c r="D53" s="108" t="s">
+      <c r="D53" t="s">
         <v>198</v>
       </c>
       <c r="E53">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F53">
         <f t="shared" si="1"/>
         <v>150</v>
       </c>
       <c r="G53">
         <f t="shared" si="2"/>
         <v>156</v>
       </c>
       <c r="H53">
         <f t="shared" si="3"/>
         <v>262</v>
       </c>
       <c r="J53" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:ConstructionAlterationAndImprovementOfRoadsHarboursSquaresAndSimilarAndDevelopmentAndImprovementOfLand contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K53" s="106">
+      <c r="K53" s="84">
         <f>Regnskabsstatistik!F85*1000</f>
         <v>0</v>
       </c>
       <c r="L53" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:ConstructionAlterationAndImprovementOfRoadsHarboursSquaresAndSimilarAndDevelopmentAndImprovementOfLand&gt;</v>
       </c>
-      <c r="P53" s="105" t="str">
+      <c r="P53" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:ConstructionAlterationAndImprovementOfRoadsHarboursSquaresAndSimilarAndDevelopmentAndImprovementOfLand contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ConstructionAlterationAndImprovementOfRoadsHarboursSquaresAndSimilarAndDevelopmentAndImprovementOfLand&gt;</v>
       </c>
     </row>
     <row r="54" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
         <v>199</v>
       </c>
-      <c r="B54" s="104">
+      <c r="B54" s="82">
         <v>73</v>
       </c>
       <c r="C54">
         <v>86</v>
       </c>
-      <c r="D54" s="108" t="s">
+      <c r="D54" t="s">
         <v>200</v>
       </c>
       <c r="E54">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F54">
         <f t="shared" si="1"/>
         <v>68</v>
       </c>
       <c r="G54">
         <f t="shared" si="2"/>
         <v>74</v>
       </c>
       <c r="H54">
         <f t="shared" si="3"/>
         <v>98</v>
       </c>
       <c r="J54" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:IncreaseOfRealEstate contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K54" s="106">
+      <c r="K54" s="84">
         <f>Regnskabsstatistik!F86*1000</f>
         <v>0</v>
       </c>
       <c r="L54" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:IncreaseOfRealEstate&gt;</v>
       </c>
-      <c r="P54" s="105" t="str">
+      <c r="P54" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:IncreaseOfRealEstate contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:IncreaseOfRealEstate&gt;</v>
       </c>
     </row>
     <row r="55" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
         <v>201</v>
       </c>
-      <c r="B55" s="104">
+      <c r="B55" s="82">
         <v>74</v>
       </c>
       <c r="C55">
         <v>87</v>
       </c>
-      <c r="D55" s="108" t="s">
+      <c r="D55" t="s">
         <v>202</v>
       </c>
       <c r="E55">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F55">
         <f t="shared" si="1"/>
         <v>90</v>
       </c>
       <c r="G55">
         <f t="shared" si="2"/>
         <v>97</v>
       </c>
       <c r="H55">
         <f t="shared" si="3"/>
         <v>143</v>
       </c>
       <c r="J55" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:AdditionsToProductionMachineryAndEquipment contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K55" s="106">
+      <c r="K55" s="84">
         <f>Regnskabsstatistik!F88*1000</f>
         <v>0</v>
       </c>
       <c r="L55" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:AdditionsToProductionMachineryAndEquipment&gt;</v>
       </c>
-      <c r="P55" s="105" t="str">
+      <c r="P55" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:AdditionsToProductionMachineryAndEquipment contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:AdditionsToProductionMachineryAndEquipment&gt;</v>
       </c>
     </row>
     <row r="56" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
         <v>203</v>
       </c>
-      <c r="B56" s="104">
+      <c r="B56" s="82">
         <v>75</v>
       </c>
       <c r="C56">
         <v>88</v>
       </c>
-      <c r="D56" s="108" t="s">
+      <c r="D56" t="s">
         <v>204</v>
       </c>
       <c r="E56">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F56">
         <f t="shared" si="1"/>
         <v>104</v>
       </c>
       <c r="G56">
         <f t="shared" si="2"/>
         <v>111</v>
       </c>
       <c r="H56">
         <f t="shared" si="3"/>
         <v>171</v>
       </c>
       <c r="J56" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:AdditionsToOtherPlantOperatingAssetsFixturesAndFurniture contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K56" s="106">
+      <c r="K56" s="84">
         <f>Regnskabsstatistik!F89*1000</f>
         <v>0</v>
       </c>
       <c r="L56" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:AdditionsToOtherPlantOperatingAssetsFixturesAndFurniture&gt;</v>
       </c>
-      <c r="P56" s="105" t="str">
+      <c r="P56" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:AdditionsToOtherPlantOperatingAssetsFixturesAndFurniture contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:AdditionsToOtherPlantOperatingAssetsFixturesAndFurniture&gt;</v>
       </c>
     </row>
     <row r="57" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
         <v>205</v>
       </c>
-      <c r="B57" s="104">
+      <c r="B57" s="82">
         <v>76</v>
       </c>
       <c r="C57">
         <v>89</v>
       </c>
-      <c r="D57" s="108" t="s">
+      <c r="D57" t="s">
         <v>206</v>
       </c>
       <c r="E57">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F57">
         <f t="shared" si="1"/>
         <v>84</v>
       </c>
       <c r="G57">
         <f t="shared" si="2"/>
         <v>91</v>
       </c>
       <c r="H57">
         <f t="shared" si="3"/>
         <v>131</v>
       </c>
       <c r="J57" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:IncreaseOfMachineryPlantAndEquipment contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K57" s="106">
+      <c r="K57" s="84">
         <f>Regnskabsstatistik!F90*1000</f>
         <v>0</v>
       </c>
       <c r="L57" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:IncreaseOfMachineryPlantAndEquipment&gt;</v>
       </c>
-      <c r="P57" s="105" t="str">
+      <c r="P57" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:IncreaseOfMachineryPlantAndEquipment contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:IncreaseOfMachineryPlantAndEquipment&gt;</v>
       </c>
     </row>
     <row r="58" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
         <v>207</v>
       </c>
-      <c r="B58" s="104">
+      <c r="B58" s="82">
         <v>77</v>
       </c>
       <c r="C58">
         <v>90</v>
       </c>
-      <c r="D58" s="108" t="s">
+      <c r="D58" t="s">
         <v>208</v>
       </c>
       <c r="E58">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F58">
         <f t="shared" si="1"/>
         <v>136</v>
       </c>
       <c r="G58">
         <f t="shared" si="2"/>
         <v>143</v>
       </c>
       <c r="H58">
         <f t="shared" si="3"/>
         <v>235</v>
       </c>
       <c r="J58" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:AdditionsToPropertyPlantAndEquipmentInProgressAndPrepaymentsForPropertyPlantAndEquipment contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K58" s="106">
+      <c r="K58" s="84">
         <f>Regnskabsstatistik!F92*1000</f>
         <v>0</v>
       </c>
       <c r="L58" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:AdditionsToPropertyPlantAndEquipmentInProgressAndPrepaymentsForPropertyPlantAndEquipment&gt;</v>
       </c>
-      <c r="P58" s="105" t="str">
+      <c r="P58" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:AdditionsToPropertyPlantAndEquipmentInProgressAndPrepaymentsForPropertyPlantAndEquipment contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:AdditionsToPropertyPlantAndEquipmentInProgressAndPrepaymentsForPropertyPlantAndEquipment&gt;</v>
       </c>
     </row>
     <row r="59" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
         <v>209</v>
       </c>
-      <c r="B59" s="104">
+      <c r="B59" s="82">
         <v>78</v>
       </c>
       <c r="C59">
         <v>91</v>
       </c>
-      <c r="D59" s="108" t="s">
+      <c r="D59" t="s">
         <v>210</v>
       </c>
       <c r="E59">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F59">
         <f t="shared" si="1"/>
         <v>75</v>
       </c>
       <c r="G59">
         <f t="shared" si="2"/>
         <v>82</v>
       </c>
       <c r="H59">
         <f t="shared" si="3"/>
         <v>113</v>
       </c>
       <c r="J59" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:AdditionsToNoncurrentAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K59" s="106">
+      <c r="K59" s="84">
         <f>Regnskabsstatistik!F94*1000</f>
         <v>0</v>
       </c>
       <c r="L59" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:AdditionsToNoncurrentAssets&gt;</v>
       </c>
-      <c r="P59" s="105" t="str">
+      <c r="P59" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:AdditionsToNoncurrentAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:AdditionsToNoncurrentAssets&gt;</v>
       </c>
     </row>
     <row r="60" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
         <v>211</v>
       </c>
-      <c r="B60" s="104">
+      <c r="B60" s="82">
         <v>79</v>
       </c>
       <c r="C60">
         <v>92</v>
       </c>
-      <c r="D60" s="108" t="s">
+      <c r="D60" t="s">
         <v>212</v>
       </c>
       <c r="E60">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F60">
         <f t="shared" si="1"/>
         <v>86</v>
       </c>
       <c r="G60">
         <f t="shared" si="2"/>
         <v>93</v>
       </c>
       <c r="H60">
         <f t="shared" si="3"/>
         <v>135</v>
       </c>
       <c r="J60" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:DecreaseInCompletedDevelopmentProjects contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K60" s="106">
+      <c r="K60" s="84">
         <f>Regnskabsstatistik!F101*1000</f>
         <v>0</v>
       </c>
       <c r="L60" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:DecreaseInCompletedDevelopmentProjects&gt;</v>
       </c>
-      <c r="P60" s="105" t="str">
+      <c r="P60" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:DecreaseInCompletedDevelopmentProjects contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:DecreaseInCompletedDevelopmentProjects&gt;</v>
       </c>
     </row>
     <row r="61" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A61" s="109" t="s">
+      <c r="A61" s="86" t="s">
         <v>213</v>
       </c>
-      <c r="B61" s="104">
+      <c r="B61" s="82">
         <v>80</v>
       </c>
       <c r="C61">
         <v>93</v>
       </c>
-      <c r="D61" s="108" t="s">
+      <c r="D61" t="s">
         <v>214</v>
       </c>
       <c r="E61">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F61">
         <f t="shared" si="1"/>
         <v>115</v>
       </c>
       <c r="G61">
         <f t="shared" si="2"/>
         <v>122</v>
       </c>
       <c r="H61">
         <f t="shared" si="3"/>
         <v>193</v>
       </c>
       <c r="J61" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:DecreaseOfConcessionsPatentsLicencesTrademarksAndOtherSimilarRights contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K61" s="106">
+      <c r="K61" s="84">
         <f>Regnskabsstatistik!F102*1000</f>
         <v>0</v>
       </c>
       <c r="L61" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:DecreaseOfConcessionsPatentsLicencesTrademarksAndOtherSimilarRights&gt;</v>
       </c>
-      <c r="P61" s="105" t="str">
+      <c r="P61" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:DecreaseOfConcessionsPatentsLicencesTrademarksAndOtherSimilarRights contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:DecreaseOfConcessionsPatentsLicencesTrademarksAndOtherSimilarRights&gt;</v>
       </c>
     </row>
     <row r="62" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
         <v>215</v>
       </c>
-      <c r="B62" s="104">
+      <c r="B62" s="82">
         <v>81</v>
       </c>
       <c r="C62">
         <v>94</v>
       </c>
-      <c r="D62" s="108" t="s">
+      <c r="D62" t="s">
         <v>216</v>
       </c>
       <c r="E62">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F62">
         <f t="shared" si="1"/>
         <v>66</v>
       </c>
       <c r="G62">
         <f t="shared" si="2"/>
         <v>73</v>
       </c>
       <c r="H62">
         <f t="shared" si="3"/>
         <v>95</v>
       </c>
       <c r="J62" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:DisposalOfSoftware contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K62" s="106">
+      <c r="K62" s="84">
         <f>Regnskabsstatistik!F103*1000</f>
         <v>0</v>
       </c>
       <c r="L62" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:DisposalOfSoftware&gt;</v>
       </c>
-      <c r="P62" s="105" t="str">
+      <c r="P62" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:DisposalOfSoftware contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:DisposalOfSoftware&gt;</v>
       </c>
     </row>
     <row r="63" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
         <v>217</v>
       </c>
-      <c r="B63" s="104">
+      <c r="B63" s="82">
         <v>82</v>
       </c>
       <c r="C63">
         <v>95</v>
       </c>
-      <c r="D63" s="108" t="s">
+      <c r="D63" t="s">
         <v>218</v>
       </c>
       <c r="E63">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F63">
         <f t="shared" si="1"/>
         <v>66</v>
       </c>
       <c r="G63">
         <f t="shared" si="2"/>
         <v>73</v>
       </c>
       <c r="H63">
         <f t="shared" si="3"/>
         <v>95</v>
       </c>
       <c r="J63" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:DecreaseInGoodwill contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K63" s="106">
+      <c r="K63" s="84">
         <f>Regnskabsstatistik!F104*1000</f>
         <v>0</v>
       </c>
       <c r="L63" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:DecreaseInGoodwill&gt;</v>
       </c>
-      <c r="P63" s="105" t="str">
+      <c r="P63" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:DecreaseInGoodwill contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:DecreaseInGoodwill&gt;</v>
       </c>
     </row>
     <row r="64" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
         <v>219</v>
       </c>
-      <c r="B64" s="104">
+      <c r="B64" s="82">
         <v>83</v>
       </c>
       <c r="C64">
         <v>96</v>
       </c>
-      <c r="D64" s="108" t="s">
+      <c r="D64" t="s">
         <v>220</v>
       </c>
       <c r="E64">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F64">
         <f t="shared" si="1"/>
         <v>74</v>
       </c>
       <c r="G64">
         <f t="shared" si="2"/>
         <v>81</v>
       </c>
       <c r="H64">
         <f t="shared" si="3"/>
         <v>111</v>
       </c>
       <c r="J64" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:DecreaseOfIntangibleAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K64" s="106">
+      <c r="K64" s="84">
         <f>Regnskabsstatistik!F105*1000</f>
         <v>0</v>
       </c>
       <c r="L64" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:DecreaseOfIntangibleAssets&gt;</v>
       </c>
-      <c r="P64" s="105" t="str">
+      <c r="P64" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:DecreaseOfIntangibleAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:DecreaseOfIntangibleAssets&gt;</v>
       </c>
     </row>
     <row r="65" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
         <v>221</v>
       </c>
-      <c r="B65" s="104">
+      <c r="B65" s="82">
         <v>84</v>
       </c>
       <c r="C65">
         <v>97</v>
       </c>
-      <c r="D65" s="108" t="s">
+      <c r="D65" t="s">
         <v>222</v>
       </c>
       <c r="E65">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F65">
         <f t="shared" si="1"/>
         <v>92</v>
       </c>
       <c r="G65">
         <f t="shared" si="2"/>
         <v>99</v>
       </c>
       <c r="H65">
         <f t="shared" si="3"/>
         <v>147</v>
       </c>
       <c r="J65" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:DisposalsOfBuildingsIncludingLandAtBookValue contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K65" s="106">
+      <c r="K65" s="84">
         <f>Regnskabsstatistik!F107*1000</f>
         <v>0</v>
       </c>
       <c r="L65" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:DisposalsOfBuildingsIncludingLandAtBookValue&gt;</v>
       </c>
-      <c r="P65" s="105" t="str">
+      <c r="P65" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:DisposalsOfBuildingsIncludingLandAtBookValue contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:DisposalsOfBuildingsIncludingLandAtBookValue&gt;</v>
       </c>
     </row>
     <row r="66" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
         <v>223</v>
       </c>
-      <c r="B66" s="104">
+      <c r="B66" s="82">
         <v>85</v>
       </c>
       <c r="C66">
         <v>98</v>
       </c>
-      <c r="D66" s="108" t="s">
+      <c r="D66" t="s">
         <v>224</v>
       </c>
       <c r="E66">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F66">
         <f t="shared" si="1"/>
         <v>86</v>
       </c>
       <c r="G66">
         <f t="shared" si="2"/>
         <v>93</v>
       </c>
       <c r="H66">
         <f t="shared" si="3"/>
         <v>135</v>
       </c>
       <c r="J66" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:DisposalsOfLandNotBuiltUponAtBookValue contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K66" s="106">
+      <c r="K66" s="84">
         <f>Regnskabsstatistik!F108*1000</f>
         <v>0</v>
       </c>
       <c r="L66" t="str">
         <f t="shared" si="5"/>
         <v>&lt;/e:DisposalsOfLandNotBuiltUponAtBookValue&gt;</v>
       </c>
-      <c r="P66" s="105" t="str">
+      <c r="P66" s="83" t="str">
         <f t="shared" si="7"/>
         <v>&lt;e:DisposalsOfLandNotBuiltUponAtBookValue contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:DisposalsOfLandNotBuiltUponAtBookValue&gt;</v>
       </c>
     </row>
     <row r="67" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
         <v>225</v>
       </c>
-      <c r="B67" s="104">
+      <c r="B67" s="82">
         <v>86</v>
       </c>
       <c r="C67">
         <v>99</v>
       </c>
-      <c r="D67" s="108" t="s">
+      <c r="D67" t="s">
         <v>226</v>
       </c>
       <c r="E67">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F67">
         <f t="shared" si="1"/>
         <v>100</v>
       </c>
       <c r="G67">
         <f t="shared" si="2"/>
         <v>107</v>
       </c>
       <c r="H67">
         <f t="shared" si="3"/>
         <v>163</v>
       </c>
       <c r="J67" t="str">
         <f t="shared" si="4"/>
         <v>&lt;e:DisposalsOfRoadsHarboursSquaresAndSimilarAtBookValue contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K67" s="106">
+      <c r="K67" s="84">
         <f>Regnskabsstatistik!F109*1000</f>
         <v>0</v>
       </c>
       <c r="L67" t="str">
         <f t="shared" ref="L67:L84" si="8">MID(D67,G67,H67)</f>
         <v>&lt;/e:DisposalsOfRoadsHarboursSquaresAndSimilarAtBookValue&gt;</v>
       </c>
-      <c r="P67" s="105" t="str">
+      <c r="P67" s="83" t="str">
         <f t="shared" ref="P67:P117" si="9">+J67&amp;K67&amp;L67</f>
         <v>&lt;e:DisposalsOfRoadsHarboursSquaresAndSimilarAtBookValue contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:DisposalsOfRoadsHarboursSquaresAndSimilarAtBookValue&gt;</v>
       </c>
     </row>
     <row r="68" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
         <v>227</v>
       </c>
-      <c r="B68" s="104">
+      <c r="B68" s="82">
         <v>87</v>
       </c>
       <c r="C68">
         <v>100</v>
       </c>
-      <c r="D68" s="108" t="s">
+      <c r="D68" t="s">
         <v>228</v>
       </c>
       <c r="E68">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="F68">
         <f t="shared" ref="F68:F117" si="10">FIND("&gt;",D68,1)</f>
         <v>84</v>
       </c>
       <c r="G68">
         <f t="shared" ref="G68:G92" si="11">FIND("&lt;",D68,F68)</f>
         <v>91</v>
       </c>
       <c r="H68">
         <f t="shared" ref="H68:H92" si="12">FIND("&gt;",D68,G68)</f>
         <v>131</v>
       </c>
       <c r="J68" t="str">
         <f t="shared" ref="J68:J117" si="13">MID(D68,E68,F68)</f>
         <v>&lt;e:TotalDecreaseOfRealEstateAtBookValue contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K68" s="106">
+      <c r="K68" s="84">
         <f>Regnskabsstatistik!F110*1000</f>
         <v>0</v>
       </c>
       <c r="L68" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:TotalDecreaseOfRealEstateAtBookValue&gt;</v>
       </c>
-      <c r="P68" s="105" t="str">
+      <c r="P68" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:TotalDecreaseOfRealEstateAtBookValue contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:TotalDecreaseOfRealEstateAtBookValue&gt;</v>
       </c>
     </row>
     <row r="69" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
         <v>229</v>
       </c>
-      <c r="B69" s="104">
+      <c r="B69" s="82">
         <v>88</v>
       </c>
       <c r="C69">
         <v>101</v>
       </c>
-      <c r="D69" s="108" t="s">
+      <c r="D69" t="s">
         <v>230</v>
       </c>
       <c r="E69">
         <f t="shared" ref="E69:E117" si="14">FIND("&lt;",D69,1)</f>
         <v>1</v>
       </c>
       <c r="F69">
         <f t="shared" si="10"/>
         <v>101</v>
       </c>
       <c r="G69">
         <f t="shared" si="11"/>
         <v>108</v>
       </c>
       <c r="H69">
         <f t="shared" si="12"/>
         <v>165</v>
       </c>
       <c r="J69" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:DisposalsOfProductionMachineryAndEquipmentAtBookValue contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K69" s="106">
+      <c r="K69" s="84">
         <f>Regnskabsstatistik!F112*1000</f>
         <v>0</v>
       </c>
       <c r="L69" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:DisposalsOfProductionMachineryAndEquipmentAtBookValue&gt;</v>
       </c>
-      <c r="P69" s="105" t="str">
+      <c r="P69" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:DisposalsOfProductionMachineryAndEquipmentAtBookValue contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:DisposalsOfProductionMachineryAndEquipmentAtBookValue&gt;</v>
       </c>
     </row>
     <row r="70" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
         <v>231</v>
       </c>
-      <c r="B70" s="104">
+      <c r="B70" s="82">
         <v>89</v>
       </c>
       <c r="C70">
         <v>102</v>
       </c>
-      <c r="D70" s="108" t="s">
+      <c r="D70" t="s">
         <v>232</v>
       </c>
       <c r="E70">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F70">
         <f t="shared" si="10"/>
         <v>115</v>
       </c>
       <c r="G70">
         <f t="shared" si="11"/>
         <v>122</v>
       </c>
       <c r="H70">
         <f t="shared" si="12"/>
         <v>193</v>
       </c>
       <c r="J70" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:DisposalsOfOtherPlantOperatingAssetsFixturesAndFurnitureAtBookValue contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K70" s="106">
+      <c r="K70" s="84">
         <f>Regnskabsstatistik!F113*1000</f>
         <v>0</v>
       </c>
       <c r="L70" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:DisposalsOfOtherPlantOperatingAssetsFixturesAndFurnitureAtBookValue&gt;</v>
       </c>
-      <c r="P70" s="105" t="str">
+      <c r="P70" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:DisposalsOfOtherPlantOperatingAssetsFixturesAndFurnitureAtBookValue contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:DisposalsOfOtherPlantOperatingAssetsFixturesAndFurnitureAtBookValue&gt;</v>
       </c>
     </row>
     <row r="71" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A71" s="109" t="s">
+      <c r="A71" s="86" t="s">
         <v>233</v>
       </c>
-      <c r="B71" s="104">
+      <c r="B71" s="82">
         <v>90</v>
       </c>
       <c r="C71">
         <v>103</v>
       </c>
-      <c r="D71" s="108" t="s">
+      <c r="D71" t="s">
         <v>234</v>
       </c>
       <c r="E71">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F71">
         <f t="shared" si="10"/>
         <v>100</v>
       </c>
       <c r="G71">
         <f t="shared" si="11"/>
         <v>107</v>
       </c>
       <c r="H71">
         <f t="shared" si="12"/>
         <v>163</v>
       </c>
       <c r="J71" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:TotalDecreaseOfMachineryPlantAndEquipmentAtBookValue contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K71" s="106">
+      <c r="K71" s="84">
         <f>Regnskabsstatistik!F114*1000</f>
         <v>0</v>
       </c>
       <c r="L71" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:TotalDecreaseOfMachineryPlantAndEquipmentAtBookValue&gt;</v>
       </c>
-      <c r="P71" s="105" t="str">
+      <c r="P71" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:TotalDecreaseOfMachineryPlantAndEquipmentAtBookValue contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:TotalDecreaseOfMachineryPlantAndEquipmentAtBookValue&gt;</v>
       </c>
     </row>
     <row r="72" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
         <v>235</v>
       </c>
-      <c r="B72" s="104">
+      <c r="B72" s="82">
         <v>91</v>
       </c>
       <c r="C72">
         <v>104</v>
       </c>
-      <c r="D72" s="108" t="s">
+      <c r="D72" t="s">
         <v>236</v>
       </c>
       <c r="E72">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F72">
         <f t="shared" si="10"/>
         <v>110</v>
       </c>
       <c r="G72">
         <f t="shared" si="11"/>
         <v>117</v>
       </c>
       <c r="H72">
         <f t="shared" si="12"/>
         <v>183</v>
       </c>
       <c r="J72" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:ReversalOfAmortisationOnDecreaseInCompletedDevelopmentProjects contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K72" s="106">
+      <c r="K72" s="84">
         <f>Regnskabsstatistik!F116*1000</f>
         <v>0</v>
       </c>
       <c r="L72" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:ReversalOfAmortisationOnDecreaseInCompletedDevelopmentProjects&gt;</v>
       </c>
-      <c r="P72" s="105" t="str">
+      <c r="P72" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:ReversalOfAmortisationOnDecreaseInCompletedDevelopmentProjects contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ReversalOfAmortisationOnDecreaseInCompletedDevelopmentProjects&gt;</v>
       </c>
     </row>
     <row r="73" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
         <v>237</v>
       </c>
-      <c r="B73" s="104">
+      <c r="B73" s="82">
         <v>92</v>
       </c>
       <c r="C73">
         <v>105</v>
       </c>
-      <c r="D73" s="108" t="s">
+      <c r="D73" t="s">
         <v>238</v>
       </c>
       <c r="E73">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F73">
         <f t="shared" si="10"/>
         <v>139</v>
       </c>
       <c r="G73">
         <f t="shared" si="11"/>
         <v>146</v>
       </c>
       <c r="H73">
         <f t="shared" si="12"/>
         <v>241</v>
       </c>
       <c r="J73" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:ReversalOfAmortisationOnDecreaseOfConcessionsPatentsLicencesTrademarksAndOtherSimilarRights contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K73" s="106">
+      <c r="K73" s="84">
         <f>Regnskabsstatistik!F117*1000</f>
         <v>0</v>
       </c>
       <c r="L73" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:ReversalOfAmortisationOnDecreaseOfConcessionsPatentsLicencesTrademarksAndOtherSimilarRights&gt;</v>
       </c>
-      <c r="P73" s="105" t="str">
+      <c r="P73" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:ReversalOfAmortisationOnDecreaseOfConcessionsPatentsLicencesTrademarksAndOtherSimilarRights contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ReversalOfAmortisationOnDecreaseOfConcessionsPatentsLicencesTrademarksAndOtherSimilarRights&gt;</v>
       </c>
     </row>
     <row r="74" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
         <v>239</v>
       </c>
-      <c r="B74" s="104">
+      <c r="B74" s="82">
         <v>93</v>
       </c>
       <c r="C74">
         <v>106</v>
       </c>
-      <c r="D74" s="108" t="s">
+      <c r="D74" t="s">
         <v>240</v>
       </c>
       <c r="E74">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F74">
         <f t="shared" si="10"/>
         <v>90</v>
       </c>
       <c r="G74">
         <f t="shared" si="11"/>
         <v>97</v>
       </c>
       <c r="H74">
         <f t="shared" si="12"/>
         <v>143</v>
       </c>
       <c r="J74" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:ReversalOfAmortisationOnDisposalOfSoftware contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K74" s="106">
+      <c r="K74" s="84">
         <f>Regnskabsstatistik!F118*1000</f>
         <v>0</v>
       </c>
       <c r="L74" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:ReversalOfAmortisationOnDisposalOfSoftware&gt;</v>
       </c>
-      <c r="P74" s="105" t="str">
+      <c r="P74" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:ReversalOfAmortisationOnDisposalOfSoftware contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ReversalOfAmortisationOnDisposalOfSoftware&gt;</v>
       </c>
     </row>
     <row r="75" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
         <v>241</v>
       </c>
-      <c r="B75" s="104">
+      <c r="B75" s="82">
         <v>94</v>
       </c>
       <c r="C75">
         <v>107</v>
       </c>
-      <c r="D75" s="108" t="s">
+      <c r="D75" t="s">
         <v>242</v>
       </c>
       <c r="E75">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F75">
         <f t="shared" si="10"/>
         <v>90</v>
       </c>
       <c r="G75">
         <f t="shared" si="11"/>
         <v>97</v>
       </c>
       <c r="H75">
         <f t="shared" si="12"/>
         <v>143</v>
       </c>
       <c r="J75" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:ReversalOfAmortisationOnDecreaseInGoodwill contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K75" s="106">
+      <c r="K75" s="84">
         <f>Regnskabsstatistik!F119*1000</f>
         <v>0</v>
       </c>
       <c r="L75" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:ReversalOfAmortisationOnDecreaseInGoodwill&gt;</v>
       </c>
-      <c r="P75" s="105" t="str">
+      <c r="P75" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:ReversalOfAmortisationOnDecreaseInGoodwill contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ReversalOfAmortisationOnDecreaseInGoodwill&gt;</v>
       </c>
     </row>
     <row r="76" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
         <v>243</v>
       </c>
-      <c r="B76" s="104">
+      <c r="B76" s="82">
         <v>95</v>
       </c>
       <c r="C76">
         <v>108</v>
       </c>
-      <c r="D76" s="108" t="s">
+      <c r="D76" t="s">
         <v>244</v>
       </c>
       <c r="E76">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F76">
         <f t="shared" si="10"/>
         <v>103</v>
       </c>
       <c r="G76">
         <f t="shared" si="11"/>
         <v>110</v>
       </c>
       <c r="H76">
         <f t="shared" si="12"/>
         <v>169</v>
       </c>
       <c r="J76" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:ReversalOfAmortisationOnTotalDecreaseOfIntangibleAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K76" s="106">
+      <c r="K76" s="84">
         <f>Regnskabsstatistik!F120*1000</f>
         <v>0</v>
       </c>
       <c r="L76" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:ReversalOfAmortisationOnTotalDecreaseOfIntangibleAssets&gt;</v>
       </c>
-      <c r="P76" s="105" t="str">
+      <c r="P76" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:ReversalOfAmortisationOnTotalDecreaseOfIntangibleAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ReversalOfAmortisationOnTotalDecreaseOfIntangibleAssets&gt;</v>
       </c>
     </row>
     <row r="77" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
         <v>245</v>
       </c>
-      <c r="B77" s="104">
+      <c r="B77" s="82">
         <v>96</v>
       </c>
       <c r="C77">
         <v>109</v>
       </c>
-      <c r="D77" s="108" t="s">
+      <c r="D77" t="s">
         <v>246</v>
       </c>
       <c r="E77">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F77">
         <f t="shared" si="10"/>
         <v>105</v>
       </c>
       <c r="G77">
         <f t="shared" si="11"/>
         <v>112</v>
       </c>
       <c r="H77">
         <f t="shared" si="12"/>
         <v>173</v>
       </c>
       <c r="J77" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:ReversalOfAmortisationOnDisposalsOfBuildingsIncludingLand contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K77" s="106">
+      <c r="K77" s="84">
         <f>Regnskabsstatistik!F122*1000</f>
         <v>0</v>
       </c>
       <c r="L77" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:ReversalOfAmortisationOnDisposalsOfBuildingsIncludingLand&gt;</v>
       </c>
-      <c r="P77" s="105" t="str">
+      <c r="P77" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:ReversalOfAmortisationOnDisposalsOfBuildingsIncludingLand contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ReversalOfAmortisationOnDisposalsOfBuildingsIncludingLand&gt;</v>
       </c>
     </row>
     <row r="78" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
         <v>247</v>
       </c>
-      <c r="B78" s="104">
+      <c r="B78" s="82">
         <v>97</v>
       </c>
       <c r="C78">
         <v>110</v>
       </c>
-      <c r="D78" s="108" t="s">
+      <c r="D78" t="s">
         <v>248</v>
       </c>
       <c r="E78">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F78">
         <f t="shared" si="10"/>
         <v>111</v>
       </c>
       <c r="G78">
         <f t="shared" si="11"/>
         <v>118</v>
       </c>
       <c r="H78">
         <f t="shared" si="12"/>
         <v>185</v>
       </c>
       <c r="J78" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:ReversalOfAmortisationOnDisposalOfLandNotBuiltUponIncludingLand contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K78" s="106">
+      <c r="K78" s="84">
         <f>Regnskabsstatistik!F123*1000</f>
         <v>0</v>
       </c>
       <c r="L78" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:ReversalOfAmortisationOnDisposalOfLandNotBuiltUponIncludingLand&gt;</v>
       </c>
-      <c r="P78" s="105" t="str">
+      <c r="P78" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:ReversalOfAmortisationOnDisposalOfLandNotBuiltUponIncludingLand contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ReversalOfAmortisationOnDisposalOfLandNotBuiltUponIncludingLand&gt;</v>
       </c>
     </row>
     <row r="79" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
         <v>249</v>
       </c>
-      <c r="B79" s="104">
+      <c r="B79" s="82">
         <v>98</v>
       </c>
       <c r="C79">
         <v>111</v>
       </c>
-      <c r="D79" s="108" t="s">
+      <c r="D79" t="s">
         <v>250</v>
       </c>
       <c r="E79">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F79">
         <f t="shared" si="10"/>
         <v>126</v>
       </c>
       <c r="G79">
         <f t="shared" si="11"/>
         <v>133</v>
       </c>
       <c r="H79">
         <f t="shared" si="12"/>
         <v>215</v>
       </c>
       <c r="J79" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:ReversalOfAmortisationOnDisposalsOfRoadsHarboursSquaresAndSimilarIncludingLand contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K79" s="106">
+      <c r="K79" s="84">
         <f>Regnskabsstatistik!F124*1000</f>
         <v>0</v>
       </c>
       <c r="L79" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:ReversalOfAmortisationOnDisposalsOfRoadsHarboursSquaresAndSimilarIncludingLand&gt;</v>
       </c>
-      <c r="P79" s="105" t="str">
+      <c r="P79" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:ReversalOfAmortisationOnDisposalsOfRoadsHarboursSquaresAndSimilarIncludingLand contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ReversalOfAmortisationOnDisposalsOfRoadsHarboursSquaresAndSimilarIncludingLand&gt;</v>
       </c>
     </row>
     <row r="80" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
         <v>251</v>
       </c>
-      <c r="B80" s="104">
+      <c r="B80" s="82">
         <v>99</v>
       </c>
       <c r="C80">
         <v>112</v>
       </c>
-      <c r="D80" s="108" t="s">
+      <c r="D80" t="s">
         <v>252</v>
       </c>
       <c r="E80">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F80">
         <f t="shared" si="10"/>
         <v>97</v>
       </c>
       <c r="G80">
         <f t="shared" si="11"/>
         <v>104</v>
       </c>
       <c r="H80">
         <f t="shared" si="12"/>
         <v>157</v>
       </c>
       <c r="J80" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:ReversalOfAmortisationOnTotalDecreaseOfRealEstate contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K80" s="106">
+      <c r="K80" s="84">
         <f>Regnskabsstatistik!F125*1000</f>
         <v>0</v>
       </c>
       <c r="L80" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:ReversalOfAmortisationOnTotalDecreaseOfRealEstate&gt;</v>
       </c>
-      <c r="P80" s="105" t="str">
+      <c r="P80" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:ReversalOfAmortisationOnTotalDecreaseOfRealEstate contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ReversalOfAmortisationOnTotalDecreaseOfRealEstate&gt;</v>
       </c>
     </row>
     <row r="81" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
         <v>253</v>
       </c>
-      <c r="B81" s="104">
+      <c r="B81" s="82">
         <v>100</v>
       </c>
       <c r="C81">
         <v>113</v>
       </c>
-      <c r="D81" s="108" t="s">
+      <c r="D81" t="s">
         <v>254</v>
       </c>
       <c r="E81">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F81">
         <f t="shared" si="10"/>
         <v>114</v>
       </c>
       <c r="G81">
         <f t="shared" si="11"/>
         <v>121</v>
       </c>
       <c r="H81">
         <f t="shared" si="12"/>
         <v>191</v>
       </c>
       <c r="J81" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:ReversalOfAmortisationOnDisposalsOfProductionMachineryAndEquipment contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K81" s="106">
+      <c r="K81" s="84">
         <f>Regnskabsstatistik!F127*1000</f>
         <v>0</v>
       </c>
       <c r="L81" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:ReversalOfAmortisationOnDisposalsOfProductionMachineryAndEquipment&gt;</v>
       </c>
-      <c r="P81" s="105" t="str">
+      <c r="P81" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:ReversalOfAmortisationOnDisposalsOfProductionMachineryAndEquipment contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ReversalOfAmortisationOnDisposalsOfProductionMachineryAndEquipment&gt;</v>
       </c>
     </row>
     <row r="82" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
         <v>255</v>
       </c>
-      <c r="B82" s="104">
+      <c r="B82" s="82">
         <v>101</v>
       </c>
       <c r="C82">
         <v>114</v>
       </c>
-      <c r="D82" s="108" t="s">
+      <c r="D82" t="s">
         <v>256</v>
       </c>
       <c r="E82">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F82">
         <f t="shared" si="10"/>
         <v>127</v>
       </c>
       <c r="G82">
         <f t="shared" si="11"/>
         <v>134</v>
       </c>
       <c r="H82">
         <f t="shared" si="12"/>
         <v>217</v>
       </c>
       <c r="J82" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:ReversalOfAmortisationOnDisposalsOfOthePlantOperatingAssetsFixturesAndFurniture contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K82" s="106">
+      <c r="K82" s="84">
         <f>Regnskabsstatistik!F128*1000</f>
         <v>0</v>
       </c>
       <c r="L82" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:ReversalOfAmortisationOnDisposalsOfOthePlantOperatingAssetsFixturesAndFurniture&gt;</v>
       </c>
-      <c r="P82" s="105" t="str">
+      <c r="P82" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:ReversalOfAmortisationOnDisposalsOfOthePlantOperatingAssetsFixturesAndFurniture contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ReversalOfAmortisationOnDisposalsOfOthePlantOperatingAssetsFixturesAndFurniture&gt;</v>
       </c>
     </row>
     <row r="83" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
         <v>257</v>
       </c>
-      <c r="B83" s="104">
+      <c r="B83" s="82">
         <v>102</v>
       </c>
       <c r="C83">
         <v>115</v>
       </c>
-      <c r="D83" s="108" t="s">
+      <c r="D83" t="s">
         <v>258</v>
       </c>
       <c r="E83">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F83">
         <f t="shared" si="10"/>
         <v>113</v>
       </c>
       <c r="G83">
         <f t="shared" si="11"/>
         <v>120</v>
       </c>
       <c r="H83">
         <f t="shared" si="12"/>
         <v>189</v>
       </c>
       <c r="J83" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:ReversalOfAmortisationOnTotalDecreaseOfMachineryPlantAndEquipment contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K83" s="106">
+      <c r="K83" s="84">
         <f>Regnskabsstatistik!F129*1000</f>
         <v>0</v>
       </c>
       <c r="L83" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:ReversalOfAmortisationOnTotalDecreaseOfMachineryPlantAndEquipment&gt;</v>
       </c>
-      <c r="P83" s="105" t="str">
+      <c r="P83" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:ReversalOfAmortisationOnTotalDecreaseOfMachineryPlantAndEquipment contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:ReversalOfAmortisationOnTotalDecreaseOfMachineryPlantAndEquipment&gt;</v>
       </c>
     </row>
     <row r="84" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
         <v>259</v>
       </c>
-      <c r="B84" s="104">
+      <c r="B84" s="82">
         <v>103</v>
       </c>
       <c r="C84">
         <v>116</v>
       </c>
-      <c r="D84" s="108" t="s">
+      <c r="D84" t="s">
         <v>260</v>
       </c>
       <c r="E84">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F84">
         <f t="shared" si="10"/>
         <v>70</v>
       </c>
       <c r="G84">
         <f t="shared" si="11"/>
         <v>77</v>
       </c>
       <c r="H84">
         <f t="shared" si="12"/>
         <v>103</v>
       </c>
       <c r="J84" t="str">
         <f t="shared" si="13"/>
         <v>&lt;e:TotalDisposalsOfAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;</v>
       </c>
-      <c r="K84" s="106">
+      <c r="K84" s="84">
         <f>Regnskabsstatistik!F131*1000</f>
         <v>0</v>
       </c>
       <c r="L84" t="str">
         <f t="shared" si="8"/>
         <v>&lt;/e:TotalDisposalsOfAssets&gt;</v>
       </c>
-      <c r="P84" s="105" t="str">
+      <c r="P84" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;e:TotalDisposalsOfAssets contextRef="c10" decimals="-3" unitRef="u1"&gt;0&lt;/e:TotalDisposalsOfAssets&gt;</v>
       </c>
     </row>
     <row r="85" spans="1:16" x14ac:dyDescent="0.25">
       <c r="C85">
         <v>118</v>
       </c>
-      <c r="D85" s="108" t="s">
+      <c r="D85" t="s">
         <v>261</v>
       </c>
       <c r="E85">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F85">
         <f t="shared" si="10"/>
         <v>23</v>
       </c>
       <c r="J85" t="str">
         <f t="shared" si="13"/>
         <v>&lt;!--Context_Duration--&gt;</v>
       </c>
-      <c r="P85" s="105" t="str">
+      <c r="P85" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;!--Context_Duration--&gt;</v>
       </c>
     </row>
     <row r="86" spans="1:16" x14ac:dyDescent="0.25">
       <c r="C86">
         <v>119</v>
       </c>
-      <c r="D86" s="108" t="s">
+      <c r="D86" t="s">
         <v>262</v>
       </c>
       <c r="E86">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F86">
         <f t="shared" si="10"/>
         <v>18</v>
       </c>
       <c r="J86" t="str">
         <f>MID(D86,E86,F86)</f>
         <v>&lt;context id="c10"&gt;</v>
       </c>
-      <c r="P86" s="105" t="str">
+      <c r="P86" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;context id="c10"&gt;</v>
       </c>
     </row>
     <row r="87" spans="1:16" x14ac:dyDescent="0.25">
       <c r="C87">
         <v>120</v>
       </c>
-      <c r="D87" s="108" t="s">
+      <c r="D87" t="s">
         <v>263</v>
       </c>
       <c r="E87">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F87">
         <f t="shared" si="10"/>
         <v>8</v>
       </c>
       <c r="J87" t="str">
         <f t="shared" si="13"/>
         <v>&lt;entity&gt;</v>
       </c>
-      <c r="P87" s="105" t="str">
+      <c r="P87" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;entity&gt;</v>
       </c>
     </row>
     <row r="88" spans="1:16" x14ac:dyDescent="0.25">
       <c r="C88">
         <v>121</v>
       </c>
-      <c r="D88" s="108" t="s">
+      <c r="D88" t="s">
         <v>264</v>
       </c>
       <c r="E88">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F88">
         <f t="shared" si="10"/>
         <v>44</v>
       </c>
       <c r="G88">
         <f t="shared" si="11"/>
         <v>53</v>
       </c>
       <c r="H88">
         <f t="shared" si="12"/>
         <v>65</v>
       </c>
       <c r="J88" t="str">
         <f t="shared" si="13"/>
         <v>&lt;identifier scheme="http://www.dcca.dk/cvr"&gt;</v>
       </c>
-      <c r="K88" s="106">
+      <c r="K88" s="84">
         <f>Regnskabsstatistik!F2</f>
         <v>17150413</v>
       </c>
       <c r="L88" t="str">
         <f>MID(D88,G88,H88)</f>
         <v>&lt;/identifier&gt;</v>
       </c>
-      <c r="P88" s="105" t="str">
+      <c r="P88" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;identifier scheme="http://www.dcca.dk/cvr"&gt;17150413&lt;/identifier&gt;</v>
       </c>
     </row>
     <row r="89" spans="1:16" x14ac:dyDescent="0.25">
       <c r="C89">
         <v>122</v>
       </c>
-      <c r="D89" s="108" t="s">
+      <c r="D89" t="s">
         <v>265</v>
       </c>
       <c r="E89">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F89">
         <f t="shared" si="10"/>
         <v>9</v>
       </c>
       <c r="J89" t="str">
         <f t="shared" si="13"/>
         <v>&lt;/entity&gt;</v>
       </c>
-      <c r="P89" s="105" t="str">
+      <c r="P89" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;/entity&gt;</v>
       </c>
     </row>
     <row r="90" spans="1:16" x14ac:dyDescent="0.25">
       <c r="C90">
         <v>123</v>
       </c>
-      <c r="D90" s="108" t="s">
+      <c r="D90" t="s">
         <v>266</v>
       </c>
       <c r="E90">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F90">
         <f t="shared" si="10"/>
         <v>8</v>
       </c>
       <c r="J90" t="str">
         <f t="shared" si="13"/>
         <v>&lt;period&gt;</v>
       </c>
-      <c r="P90" s="105" t="str">
+      <c r="P90" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;period&gt;</v>
       </c>
     </row>
     <row r="91" spans="1:16" x14ac:dyDescent="0.25">
       <c r="C91">
         <v>124</v>
       </c>
-      <c r="D91" s="108" t="s">
+      <c r="D91" t="s">
         <v>267</v>
       </c>
       <c r="E91">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F91">
         <f t="shared" si="10"/>
         <v>11</v>
       </c>
       <c r="G91">
         <f t="shared" si="11"/>
         <v>22</v>
       </c>
       <c r="H91">
         <f t="shared" si="12"/>
         <v>33</v>
       </c>
       <c r="J91" t="str">
         <f t="shared" si="13"/>
         <v>&lt;startDate&gt;</v>
       </c>
-      <c r="K91" s="107" t="str">
+      <c r="K91" s="85" t="str">
         <f>Regnskabsstatistik!F6</f>
-        <v>2024-01-01</v>
+        <v>2025-01-01</v>
       </c>
       <c r="L91" t="str">
         <f>MID(D91,G91,H91)</f>
         <v>&lt;/startDate&gt;</v>
       </c>
-      <c r="P91" s="105" t="str">
+      <c r="P91" s="83" t="str">
         <f>+J91&amp;K91&amp;L91</f>
-        <v>&lt;startDate&gt;2024-01-01&lt;/startDate&gt;</v>
+        <v>&lt;startDate&gt;2025-01-01&lt;/startDate&gt;</v>
       </c>
     </row>
     <row r="92" spans="1:16" x14ac:dyDescent="0.25">
       <c r="C92">
         <v>125</v>
       </c>
-      <c r="D92" s="108" t="s">
+      <c r="D92" t="s">
         <v>268</v>
       </c>
       <c r="E92">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F92">
         <f t="shared" si="10"/>
         <v>9</v>
       </c>
       <c r="G92">
         <f t="shared" si="11"/>
         <v>20</v>
       </c>
       <c r="H92">
         <f t="shared" si="12"/>
         <v>29</v>
       </c>
       <c r="J92" t="str">
         <f t="shared" si="13"/>
         <v>&lt;endDate&gt;</v>
       </c>
-      <c r="K92" s="107" t="str">
+      <c r="K92" s="85" t="str">
         <f>Regnskabsstatistik!G6</f>
-        <v>2024-12-31</v>
+        <v>2025-12-31</v>
       </c>
       <c r="L92" t="str">
         <f>MID(D92,G92,H92)</f>
         <v>&lt;/endDate&gt;</v>
       </c>
-      <c r="P92" s="105" t="str">
+      <c r="P92" s="83" t="str">
         <f t="shared" si="9"/>
-        <v>&lt;endDate&gt;2024-12-31&lt;/endDate&gt;</v>
+        <v>&lt;endDate&gt;2025-12-31&lt;/endDate&gt;</v>
       </c>
     </row>
     <row r="93" spans="1:16" x14ac:dyDescent="0.25">
       <c r="C93">
         <v>126</v>
       </c>
-      <c r="D93" s="108" t="s">
+      <c r="D93" t="s">
         <v>269</v>
       </c>
       <c r="E93">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F93">
         <f t="shared" si="10"/>
         <v>9</v>
       </c>
       <c r="J93" t="str">
         <f t="shared" si="13"/>
         <v>&lt;/period&gt;</v>
       </c>
-      <c r="P93" s="105" t="str">
+      <c r="P93" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;/period&gt;</v>
       </c>
     </row>
     <row r="94" spans="1:16" x14ac:dyDescent="0.25">
       <c r="C94">
         <v>127</v>
       </c>
-      <c r="D94" s="108" t="s">
+      <c r="D94" t="s">
         <v>270</v>
       </c>
       <c r="E94">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F94">
         <f t="shared" si="10"/>
         <v>10</v>
       </c>
       <c r="J94" t="str">
         <f t="shared" si="13"/>
         <v>&lt;/context&gt;</v>
       </c>
-      <c r="P94" s="105" t="str">
+      <c r="P94" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;/context&gt;</v>
       </c>
     </row>
     <row r="95" spans="1:16" x14ac:dyDescent="0.25">
       <c r="C95">
         <v>128</v>
       </c>
-      <c r="D95" s="108" t="s">
+      <c r="D95" t="s">
         <v>271</v>
       </c>
       <c r="E95">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F95">
         <f t="shared" si="10"/>
         <v>26</v>
       </c>
       <c r="J95" t="str">
         <f t="shared" si="13"/>
         <v>&lt;!--Context_Instant_pre--&gt;</v>
       </c>
-      <c r="P95" s="105" t="str">
+      <c r="P95" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;!--Context_Instant_pre--&gt;</v>
       </c>
     </row>
     <row r="96" spans="1:16" x14ac:dyDescent="0.25">
       <c r="C96">
         <v>129</v>
       </c>
-      <c r="D96" s="108" t="s">
+      <c r="D96" t="s">
         <v>272</v>
       </c>
       <c r="E96">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F96">
         <f t="shared" si="10"/>
         <v>18</v>
       </c>
       <c r="J96" t="str">
         <f t="shared" si="13"/>
         <v>&lt;context id="c11"&gt;</v>
       </c>
-      <c r="P96" s="105" t="str">
+      <c r="P96" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;context id="c11"&gt;</v>
       </c>
     </row>
     <row r="97" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C97">
         <v>130</v>
       </c>
-      <c r="D97" s="108" t="s">
+      <c r="D97" t="s">
         <v>263</v>
       </c>
       <c r="E97">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F97">
         <f t="shared" si="10"/>
         <v>8</v>
       </c>
       <c r="J97" t="str">
         <f t="shared" si="13"/>
         <v>&lt;entity&gt;</v>
       </c>
-      <c r="P97" s="105" t="str">
+      <c r="P97" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;entity&gt;</v>
       </c>
     </row>
     <row r="98" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C98">
         <v>131</v>
       </c>
-      <c r="D98" s="108" t="s">
+      <c r="D98" t="s">
         <v>264</v>
       </c>
       <c r="E98">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F98">
         <f>FIND("&gt;",D98,1)</f>
         <v>44</v>
       </c>
       <c r="G98">
         <f t="shared" ref="G98:G115" si="15">FIND("&lt;",D98,F98)</f>
         <v>53</v>
       </c>
       <c r="H98">
         <f t="shared" ref="H98:H115" si="16">FIND("&gt;",D98,G98)</f>
         <v>65</v>
       </c>
       <c r="J98" t="str">
         <f>MID(D98,E98,F98)</f>
         <v>&lt;identifier scheme="http://www.dcca.dk/cvr"&gt;</v>
       </c>
-      <c r="K98" s="106">
+      <c r="K98" s="84">
         <f>Regnskabsstatistik!F2</f>
         <v>17150413</v>
       </c>
       <c r="L98" t="str">
         <f>MID(D98,G98,H98)</f>
         <v>&lt;/identifier&gt;</v>
       </c>
-      <c r="P98" s="105" t="str">
+      <c r="P98" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;identifier scheme="http://www.dcca.dk/cvr"&gt;17150413&lt;/identifier&gt;</v>
       </c>
     </row>
     <row r="99" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C99">
         <v>132</v>
       </c>
-      <c r="D99" s="108" t="s">
+      <c r="D99" t="s">
         <v>265</v>
       </c>
       <c r="E99">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F99">
         <f t="shared" si="10"/>
         <v>9</v>
       </c>
       <c r="J99" t="str">
         <f t="shared" si="13"/>
         <v>&lt;/entity&gt;</v>
       </c>
-      <c r="P99" s="105" t="str">
+      <c r="P99" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;/entity&gt;</v>
       </c>
     </row>
     <row r="100" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C100">
         <v>133</v>
       </c>
-      <c r="D100" s="108" t="s">
+      <c r="D100" t="s">
         <v>266</v>
       </c>
       <c r="E100">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F100">
         <f t="shared" si="10"/>
         <v>8</v>
       </c>
       <c r="J100" t="str">
         <f t="shared" si="13"/>
         <v>&lt;period&gt;</v>
       </c>
-      <c r="P100" s="105" t="str">
+      <c r="P100" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;period&gt;</v>
       </c>
     </row>
     <row r="101" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C101">
         <v>134</v>
       </c>
-      <c r="D101" s="108" t="s">
+      <c r="D101" t="s">
         <v>273</v>
       </c>
       <c r="E101">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F101">
         <f t="shared" si="10"/>
         <v>9</v>
       </c>
       <c r="G101">
         <f t="shared" si="15"/>
         <v>20</v>
       </c>
       <c r="H101">
         <f t="shared" si="16"/>
         <v>29</v>
       </c>
       <c r="J101" t="str">
         <f t="shared" si="13"/>
         <v>&lt;instant&gt;</v>
       </c>
-      <c r="K101" s="107" t="str">
+      <c r="K101" s="85" t="str">
         <f>Regnskabsstatistik!F6</f>
-        <v>2024-01-01</v>
+        <v>2025-01-01</v>
       </c>
       <c r="L101" t="str">
         <f>MID(D101,G101,H101)</f>
         <v>&lt;/instant&gt;</v>
       </c>
-      <c r="P101" s="105" t="str">
+      <c r="P101" s="83" t="str">
         <f t="shared" si="9"/>
-        <v>&lt;instant&gt;2024-01-01&lt;/instant&gt;</v>
+        <v>&lt;instant&gt;2025-01-01&lt;/instant&gt;</v>
       </c>
     </row>
     <row r="102" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C102">
         <v>135</v>
       </c>
-      <c r="D102" s="108" t="s">
+      <c r="D102" t="s">
         <v>269</v>
       </c>
       <c r="E102">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F102">
         <f t="shared" si="10"/>
         <v>9</v>
       </c>
       <c r="J102" t="str">
         <f t="shared" si="13"/>
         <v>&lt;/period&gt;</v>
       </c>
-      <c r="P102" s="105" t="str">
+      <c r="P102" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;/period&gt;</v>
       </c>
     </row>
     <row r="103" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C103">
         <v>136</v>
       </c>
-      <c r="D103" s="108" t="s">
+      <c r="D103" t="s">
         <v>270</v>
       </c>
       <c r="E103">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F103">
         <f t="shared" si="10"/>
         <v>10</v>
       </c>
       <c r="J103" t="str">
         <f t="shared" si="13"/>
         <v>&lt;/context&gt;</v>
       </c>
-      <c r="P103" s="105" t="str">
+      <c r="P103" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;/context&gt;</v>
       </c>
     </row>
     <row r="104" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C104">
         <v>137</v>
       </c>
-      <c r="D104" s="108" t="s">
+      <c r="D104" t="s">
         <v>274</v>
       </c>
       <c r="E104">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F104">
         <f t="shared" si="10"/>
         <v>22</v>
       </c>
       <c r="J104" t="str">
         <f t="shared" si="13"/>
         <v>&lt;!--Context_Instant--&gt;</v>
       </c>
-      <c r="P104" s="105" t="str">
+      <c r="P104" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;!--Context_Instant--&gt;</v>
       </c>
     </row>
     <row r="105" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C105">
         <v>138</v>
       </c>
-      <c r="D105" s="108" t="s">
+      <c r="D105" t="s">
         <v>275</v>
       </c>
       <c r="E105">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F105">
         <f t="shared" si="10"/>
         <v>18</v>
       </c>
       <c r="J105" t="str">
         <f t="shared" si="13"/>
         <v>&lt;context id="c12"&gt;</v>
       </c>
-      <c r="P105" s="105" t="str">
+      <c r="P105" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;context id="c12"&gt;</v>
       </c>
     </row>
     <row r="106" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C106">
         <v>139</v>
       </c>
-      <c r="D106" s="108" t="s">
+      <c r="D106" t="s">
         <v>263</v>
       </c>
       <c r="E106">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F106">
         <f t="shared" si="10"/>
         <v>8</v>
       </c>
       <c r="J106" t="str">
         <f t="shared" si="13"/>
         <v>&lt;entity&gt;</v>
       </c>
-      <c r="P106" s="105" t="str">
+      <c r="P106" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;entity&gt;</v>
       </c>
     </row>
     <row r="107" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C107">
         <v>140</v>
       </c>
-      <c r="D107" s="108" t="s">
+      <c r="D107" t="s">
         <v>264</v>
       </c>
       <c r="E107">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F107">
         <f t="shared" si="10"/>
         <v>44</v>
       </c>
       <c r="G107">
         <f t="shared" si="15"/>
         <v>53</v>
       </c>
       <c r="H107">
         <f t="shared" si="16"/>
         <v>65</v>
       </c>
       <c r="J107" t="str">
         <f t="shared" si="13"/>
         <v>&lt;identifier scheme="http://www.dcca.dk/cvr"&gt;</v>
       </c>
-      <c r="K107" s="106">
+      <c r="K107" s="84">
         <f>Regnskabsstatistik!F2</f>
         <v>17150413</v>
       </c>
       <c r="L107" t="str">
         <f>MID(D107,G107,H107)</f>
         <v>&lt;/identifier&gt;</v>
       </c>
-      <c r="P107" s="105" t="str">
+      <c r="P107" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;identifier scheme="http://www.dcca.dk/cvr"&gt;17150413&lt;/identifier&gt;</v>
       </c>
     </row>
     <row r="108" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C108">
         <v>141</v>
       </c>
-      <c r="D108" s="108" t="s">
+      <c r="D108" t="s">
         <v>265</v>
       </c>
       <c r="E108">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F108">
         <f t="shared" si="10"/>
         <v>9</v>
       </c>
       <c r="J108" t="str">
         <f t="shared" si="13"/>
         <v>&lt;/entity&gt;</v>
       </c>
-      <c r="P108" s="105" t="str">
+      <c r="P108" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;/entity&gt;</v>
       </c>
     </row>
     <row r="109" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C109">
         <v>142</v>
       </c>
-      <c r="D109" s="108" t="s">
+      <c r="D109" t="s">
         <v>266</v>
       </c>
       <c r="E109">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F109">
         <f t="shared" si="10"/>
         <v>8</v>
       </c>
       <c r="J109" t="str">
         <f t="shared" si="13"/>
         <v>&lt;period&gt;</v>
       </c>
-      <c r="P109" s="105" t="str">
+      <c r="P109" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;period&gt;</v>
       </c>
     </row>
     <row r="110" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C110">
         <v>143</v>
       </c>
-      <c r="D110" s="108" t="s">
+      <c r="D110" t="s">
         <v>276</v>
       </c>
       <c r="E110">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F110">
         <f t="shared" si="10"/>
         <v>9</v>
       </c>
       <c r="G110">
         <f t="shared" si="15"/>
         <v>20</v>
       </c>
       <c r="H110">
         <f t="shared" si="16"/>
         <v>29</v>
       </c>
       <c r="J110" t="str">
         <f t="shared" si="13"/>
         <v>&lt;instant&gt;</v>
       </c>
-      <c r="K110" s="107" t="str">
+      <c r="K110" s="85" t="str">
         <f>Regnskabsstatistik!G6</f>
-        <v>2024-12-31</v>
+        <v>2025-12-31</v>
       </c>
       <c r="L110" t="str">
         <f>MID(D110,G110,H110)</f>
         <v>&lt;/instant&gt;</v>
       </c>
-      <c r="P110" s="105" t="str">
+      <c r="P110" s="83" t="str">
         <f t="shared" si="9"/>
-        <v>&lt;instant&gt;2024-12-31&lt;/instant&gt;</v>
+        <v>&lt;instant&gt;2025-12-31&lt;/instant&gt;</v>
       </c>
     </row>
     <row r="111" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C111">
         <v>144</v>
       </c>
-      <c r="D111" s="108" t="s">
+      <c r="D111" t="s">
         <v>269</v>
       </c>
       <c r="E111">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F111">
         <f t="shared" si="10"/>
         <v>9</v>
       </c>
       <c r="J111" t="str">
         <f t="shared" si="13"/>
         <v>&lt;/period&gt;</v>
       </c>
-      <c r="P111" s="105" t="str">
+      <c r="P111" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;/period&gt;</v>
       </c>
     </row>
     <row r="112" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C112">
         <v>145</v>
       </c>
-      <c r="D112" s="108" t="s">
+      <c r="D112" t="s">
         <v>270</v>
       </c>
       <c r="E112">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F112">
         <f t="shared" si="10"/>
         <v>10</v>
       </c>
       <c r="J112" t="str">
         <f t="shared" si="13"/>
         <v>&lt;/context&gt;</v>
       </c>
-      <c r="P112" s="105" t="str">
+      <c r="P112" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;/context&gt;</v>
       </c>
     </row>
     <row r="113" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C113">
         <v>146</v>
       </c>
-      <c r="D113" s="108" t="s">
+      <c r="D113" t="s">
         <v>277</v>
       </c>
       <c r="E113">
         <v>1</v>
       </c>
       <c r="F113">
         <v>4</v>
       </c>
       <c r="G113">
         <f>FIND("-",D113,F113)</f>
         <v>4</v>
       </c>
       <c r="H113">
         <f t="shared" si="16"/>
         <v>15</v>
       </c>
       <c r="J113" t="str">
         <f>MID(D113,E113,F113)</f>
         <v>&lt;!--</v>
       </c>
-      <c r="K113" s="106" t="str">
+      <c r="K113" s="84" t="str">
         <f>Regnskabsstatistik!F8</f>
         <v>DKK</v>
       </c>
       <c r="L113" t="s">
-        <v>294</v>
-[...1 lines deleted...]
-      <c r="P113" s="105" t="str">
+        <v>293</v>
+      </c>
+      <c r="P113" s="83" t="str">
         <f>+J113&amp;K113&amp;L113</f>
         <v>&lt;!--DKK 1000--&gt;</v>
       </c>
     </row>
     <row r="114" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C114">
         <v>147</v>
       </c>
-      <c r="D114" s="108" t="s">
+      <c r="D114" t="s">
         <v>278</v>
       </c>
       <c r="E114">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F114">
         <f t="shared" si="10"/>
         <v>14</v>
       </c>
       <c r="J114" t="str">
         <f t="shared" si="13"/>
         <v>&lt;unit id="u1"&gt;</v>
       </c>
-      <c r="P114" s="105" t="str">
+      <c r="P114" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;unit id="u1"&gt;</v>
       </c>
     </row>
     <row r="115" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C115">
         <v>148</v>
       </c>
-      <c r="D115" s="108" t="s">
+      <c r="D115" t="s">
         <v>279</v>
       </c>
       <c r="E115">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F115">
         <f t="shared" si="10"/>
         <v>9</v>
       </c>
       <c r="G115">
         <f t="shared" si="15"/>
         <v>21</v>
       </c>
       <c r="H115">
         <f t="shared" si="16"/>
         <v>30</v>
       </c>
       <c r="J115" t="str">
         <f>MID(D115,E115,F115)&amp;"iso4217:"</f>
         <v>&lt;measure&gt;iso4217:</v>
       </c>
-      <c r="K115" s="106" t="str">
+      <c r="K115" s="84" t="str">
         <f>Regnskabsstatistik!F8</f>
         <v>DKK</v>
       </c>
       <c r="L115" t="str">
         <f>MID(D115,G115,H115)</f>
         <v>&lt;/measure&gt;</v>
       </c>
-      <c r="P115" s="105" t="str">
+      <c r="P115" s="83" t="str">
         <f>+J115&amp;K115&amp;L115</f>
         <v>&lt;measure&gt;iso4217:DKK&lt;/measure&gt;</v>
       </c>
     </row>
     <row r="116" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C116">
         <v>149</v>
       </c>
-      <c r="D116" s="108" t="s">
+      <c r="D116" t="s">
         <v>280</v>
       </c>
       <c r="E116">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F116">
         <f t="shared" si="10"/>
         <v>7</v>
       </c>
       <c r="J116" t="str">
         <f t="shared" si="13"/>
         <v>&lt;/unit&gt;</v>
       </c>
-      <c r="P116" s="105" t="str">
+      <c r="P116" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;/unit&gt;</v>
       </c>
     </row>
     <row r="117" spans="3:16" x14ac:dyDescent="0.25">
       <c r="C117">
         <v>150</v>
       </c>
-      <c r="D117" s="108" t="s">
+      <c r="D117" t="s">
         <v>281</v>
       </c>
       <c r="E117">
         <f t="shared" si="14"/>
         <v>1</v>
       </c>
       <c r="F117">
         <f t="shared" si="10"/>
         <v>7</v>
       </c>
       <c r="J117" t="str">
         <f t="shared" si="13"/>
         <v>&lt;/xbrl&gt;</v>
       </c>
-      <c r="P117" s="105" t="str">
+      <c r="P117" s="83" t="str">
         <f t="shared" si="9"/>
         <v>&lt;/xbrl&gt;</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr codeName="Ark5"/>
-  <dimension ref="A1:G179"/>
+  <dimension ref="A1:F179"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="G8" sqref="G8"/>
+      <selection pane="bottomLeft" activeCell="B23" sqref="B23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" outlineLevelCol="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="2"/>
     <col min="2" max="2" width="134.42578125" style="2" customWidth="1"/>
-    <col min="3" max="3" width="118.7109375" style="4" hidden="1" customWidth="1" outlineLevel="1"/>
-[...4 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="4"/>
+    <col min="3" max="3" width="118.7109375" style="2" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="4" max="4" width="126" style="2" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="5" max="5" width="9.28515625" style="7" customWidth="1" collapsed="1"/>
+    <col min="6" max="6" width="9.140625" style="8"/>
+    <col min="7" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="41.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="125" t="str">
+    <row r="1" spans="1:6" ht="41.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A1" s="99" t="str">
         <f ca="1">OFFSET($C1,0,E1-1)</f>
-        <v>Vejledning i XBRL-upload</v>
-[...14 lines deleted...]
-      <c r="B2" s="123"/>
+        <v>XBRL upload instructions</v>
+      </c>
+      <c r="B1" s="12"/>
+      <c r="C1" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="D1" s="78" t="s">
+        <v>632</v>
+      </c>
+      <c r="E1" s="7">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B2"/>
       <c r="C2"/>
-      <c r="D2" s="12"/>
-[...3 lines deleted...]
-      <c r="B3" s="232" t="str">
+    </row>
+    <row r="3" spans="1:6" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="B3" s="198" t="str">
         <f t="shared" ref="B3:B13" ca="1" si="0">OFFSET($C3,0,$E$1-1)</f>
-        <v>1. Dan og gem XBRL fil</v>
-[...10 lines deleted...]
-      <c r="B4" s="123" t="str">
+        <v>1. How to create and save an XBRL file</v>
+      </c>
+      <c r="C3" s="97" t="s">
+        <v>631</v>
+      </c>
+      <c r="D3" s="78" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="98"/>
+      <c r="B4" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v xml:space="preserve">Udfyld indberetningsskemaet i fanen " Regnskabsstatistik"  indberetningsskemaet. Alle de grå felter skal udfyldes for, at indberetningen er korrekt. </v>
-[...15 lines deleted...]
-      <c r="B6" s="123" t="str">
+        <v>Fill in the reporting form in the "Regnskabsstatistik" worksheet. Make sure that all of the gray cells are filled in.</v>
+      </c>
+      <c r="C4" s="96" t="s">
+        <v>624</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="98"/>
+      <c r="B5"/>
+      <c r="C5" s="96"/>
+    </row>
+    <row r="6" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A6" s="98"/>
+      <c r="B6" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Arket "XBRL" viser posterne, som de ser ud, når de er i XBRL-format.</v>
-[...10 lines deleted...]
-      <c r="B7" s="123" t="str">
+        <v xml:space="preserve">The "XBRL" worksheet shows the items as they appear in XBRL format.  </v>
+      </c>
+      <c r="C6" s="96" t="s">
+        <v>354</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A7" s="98"/>
+      <c r="B7" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Kopier kolonne P til fx Notesblokken eller Notepad og gem den, så er XBRL-filen dannet.</v>
-[...22 lines deleted...]
-      <c r="B10" s="123" t="str">
+        <v xml:space="preserve">Copy column P to e.g. Notepad and save it. Now your XBRL file is created. </v>
+      </c>
+      <c r="C7" s="96" t="s">
+        <v>633</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="D8" s="7"/>
+      <c r="E8" s="8"/>
+      <c r="F8" s="2"/>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B9"/>
+      <c r="D9" s="101"/>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B10" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>OBS! Benyttes fx Notesblok/Notepad til at danne XBRL filen, skal filen gemmes med kodning "UTF-8" - se figur A nedenfor.</v>
-[...10 lines deleted...]
-      <c r="B11" s="237" t="str">
+        <v>Please note: If you use Notepad to create and save the XBRL file, the file must be saved with UTF-8 encoding  - see figure A below.</v>
+      </c>
+      <c r="C10" s="96" t="s">
+        <v>630</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B11" s="201" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Filen bliver afvist, hvis filen ikke er gemt med en UTF-8 kodning.</v>
-[...14 lines deleted...]
-      <c r="B13" s="123" t="str">
+        <v xml:space="preserve">The file will be rejected if it is not saved with UTF-8 encoding. </v>
+      </c>
+      <c r="C11" s="210" t="s">
+        <v>569</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B12"/>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B13" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Figur A</v>
-[...1 lines deleted...]
-      <c r="C13" s="4" t="s">
+        <v>Figure A</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>295</v>
+      </c>
+      <c r="D13" s="2" t="s">
         <v>296</v>
       </c>
-      <c r="D13" s="4" t="s">
-[...11 lines deleted...]
-      <c r="B16" s="123"/>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B14"/>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B15"/>
+      <c r="C15" s="194"/>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B16"/>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="C17" s="228"/>
+      <c r="C17" s="194"/>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="C19" s="228"/>
+      <c r="C19" s="194"/>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="C21" s="228"/>
+      <c r="C21" s="194"/>
     </row>
     <row r="22" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B22" s="232" t="str">
+      <c r="B22" s="198" t="str">
         <f t="shared" ref="B22:B23" ca="1" si="1">OFFSET($C22,0,$E$1-1)</f>
         <v>2. Start</v>
       </c>
-      <c r="C22" s="4" t="s">
-[...3 lines deleted...]
-        <v>339</v>
+      <c r="C22" s="2" t="s">
+        <v>333</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>333</v>
       </c>
     </row>
     <row r="23" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B23" s="229" t="str">
+      <c r="B23" s="195" t="str">
         <f t="shared" ca="1" si="1"/>
-        <v>Gå ind på vores hjemmeside:</v>
-[...5 lines deleted...]
-        <v>601</v>
+        <v>Go to our homepage:</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>581</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>582</v>
       </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B24" s="300" t="s">
-        <v>612</v>
+      <c r="B24" s="257" t="s">
+        <v>590</v>
       </c>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B25" s="228"/>
+      <c r="B25" s="194"/>
     </row>
     <row r="26" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B26" s="229" t="str">
+      <c r="B26" s="195" t="str">
         <f t="shared" ref="B26" ca="1" si="2">OFFSET($C26,0,$E$1-1)</f>
-        <v>Start indberetning med XBRL via ¨UPLOAD XBRL-FIL¨ knappen:</v>
-[...5 lines deleted...]
-        <v>603</v>
+        <v>Choose the ¨REPORT VIA XBRL FORMAT¨ button:</v>
+      </c>
+      <c r="C26" s="210" t="s">
+        <v>623</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>622</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B27" s="228"/>
+      <c r="B27" s="194"/>
     </row>
     <row r="28" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B28" s="232"/>
+      <c r="B28" s="198"/>
     </row>
     <row r="29" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B29" s="232"/>
+      <c r="B29" s="198"/>
     </row>
     <row r="30" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B30" s="232"/>
+      <c r="B30" s="198"/>
     </row>
     <row r="31" spans="2:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B31" s="232"/>
+      <c r="B31" s="198"/>
     </row>
     <row r="32" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B32" s="232"/>
+      <c r="B32" s="198"/>
     </row>
     <row r="33" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B33" s="232"/>
+      <c r="B33" s="198"/>
     </row>
     <row r="34" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B34" s="232"/>
+      <c r="B34" s="198"/>
     </row>
     <row r="35" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B35" s="232"/>
+      <c r="B35" s="198"/>
     </row>
     <row r="36" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B36" s="232"/>
+      <c r="B36" s="198"/>
     </row>
     <row r="37" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B37" s="232"/>
+      <c r="B37" s="198"/>
     </row>
     <row r="38" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B38" s="232"/>
+      <c r="B38" s="198"/>
     </row>
     <row r="39" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B39" s="232"/>
+      <c r="B39" s="198"/>
     </row>
     <row r="40" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B40" s="232"/>
-[...11 lines deleted...]
-      <c r="B44" s="232"/>
+      <c r="B40" s="198"/>
+    </row>
+    <row r="41" spans="2:4" ht="18.75" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B41" s="198"/>
+    </row>
+    <row r="42" spans="2:4" ht="18.75" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B42" s="198"/>
+    </row>
+    <row r="43" spans="2:4" ht="18.75" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B43" s="198"/>
+    </row>
+    <row r="44" spans="2:4" ht="18.75" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B44" s="198"/>
     </row>
     <row r="45" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B45" s="232"/>
+      <c r="B45" s="198"/>
     </row>
     <row r="46" spans="2:4" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B46" s="250" t="str">
+      <c r="B46" s="212" t="str">
         <f t="shared" ref="B46" ca="1" si="3">OFFSET($C46,0,$E$1-1)</f>
-        <v>Log ind med MitID Erhverv og tryk på "Start selvbetjening".</v>
-[...5 lines deleted...]
-        <v>604</v>
+        <v>Login with MitID Erhverv provided by your company and click ¨Start selvbetjening¨.</v>
+      </c>
+      <c r="C46" s="209" t="s">
+        <v>584</v>
+      </c>
+      <c r="D46" s="91" t="s">
+        <v>583</v>
       </c>
     </row>
     <row r="47" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="C47" s="228"/>
+      <c r="C47" s="194"/>
     </row>
     <row r="52" spans="2:3" x14ac:dyDescent="0.25">
-      <c r="C52" s="228"/>
+      <c r="C52" s="194"/>
     </row>
     <row r="54" spans="2:3" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B54" s="185"/>
+      <c r="B54" s="155"/>
     </row>
     <row r="67" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B67" s="232" t="str">
+      <c r="B67" s="198" t="str">
         <f t="shared" ref="B67:B70" ca="1" si="4">OFFSET($C67,0,$E$1-1)</f>
-        <v>2.1 Virk.dk - Regnskabsstatistik</v>
-[...5 lines deleted...]
-        <v>589</v>
+        <v>2.1 Virk.dk - Business accounts statistics</v>
+      </c>
+      <c r="C67" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="D67" s="2" t="s">
+        <v>571</v>
       </c>
     </row>
     <row r="68" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B68" s="229" t="str">
+      <c r="B68" s="195" t="str">
         <f t="shared" ca="1" si="4"/>
-        <v>Under "Vælg den ønskede indberetning og myndighed", vælg:</v>
-[...5 lines deleted...]
-        <v>608</v>
+        <v>Under ¨Vælg den ønskede indberetning og myndighed¨ you must choose:</v>
+      </c>
+      <c r="C68" s="2" t="s">
+        <v>585</v>
+      </c>
+      <c r="D68" s="2" t="s">
+        <v>587</v>
       </c>
     </row>
     <row r="69" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B69" s="230" t="str">
+      <c r="B69" s="196" t="str">
         <f t="shared" ca="1" si="4"/>
         <v xml:space="preserve"> Regnskabsstatistik til Danmarks Statistik </v>
       </c>
-      <c r="C69" s="4" t="s">
-[...3 lines deleted...]
-        <v>335</v>
+      <c r="C69" s="2" t="s">
+        <v>331</v>
+      </c>
+      <c r="D69" s="2" t="s">
+        <v>331</v>
       </c>
     </row>
     <row r="70" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B70" s="229" t="str">
+      <c r="B70" s="195" t="str">
         <f t="shared" ca="1" si="4"/>
-        <v>Hvorefter der trykkes "Næste".</v>
-[...5 lines deleted...]
-        <v>590</v>
+        <v>Click on the ”Næste” button to continue.</v>
+      </c>
+      <c r="C70" s="2" t="s">
+        <v>586</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>572</v>
       </c>
     </row>
     <row r="99" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B99" s="232" t="str">
+      <c r="B99" s="198" t="str">
         <f t="shared" ref="B99:B100" ca="1" si="5">OFFSET($C99,0,$E$1-1)</f>
-        <v>2.2 Upload XBRL fil</v>
-[...5 lines deleted...]
-        <v>591</v>
+        <v>2.2 Upload the XBRL file</v>
+      </c>
+      <c r="C99" s="2" t="s">
+        <v>629</v>
+      </c>
+      <c r="D99" s="2" t="s">
+        <v>573</v>
       </c>
     </row>
     <row r="100" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B100" s="229" t="str">
+      <c r="B100" s="195" t="str">
         <f t="shared" ca="1" si="5"/>
-        <v>Tryk på ”Vælg fil”, og upload din XBRL-fil. Tryk på "Næste" for at fortsætte.</v>
-[...5 lines deleted...]
-        <v>592</v>
+        <v>Click on the ”Vælg fil” button to upload your XBRL file. Click on the ”Næste” button to continue.</v>
+      </c>
+      <c r="C100" s="193" t="s">
+        <v>588</v>
+      </c>
+      <c r="D100" s="2" t="s">
+        <v>574</v>
       </c>
     </row>
     <row r="131" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B131" s="251" t="str">
+      <c r="B131" s="213" t="str">
         <f ca="1">OFFSET($C131,0,$E$1-1)</f>
-        <v>OBS Har du selv dannet XBRL filen via dette regneark, skal du trykke på "Alle filer" for at kunne se filen.</v>
-[...5 lines deleted...]
-        <v>593</v>
+        <v xml:space="preserve">Note: If you have generated the XBRL file yourself using this spreadsheet, you must select "All files" in the file browser, in order to see it. </v>
+      </c>
+      <c r="C131" s="2" t="s">
+        <v>626</v>
+      </c>
+      <c r="D131" s="2" t="s">
+        <v>575</v>
       </c>
     </row>
     <row r="138" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B138" s="232" t="str">
+      <c r="B138" s="198" t="str">
         <f t="shared" ref="B138:B140" ca="1" si="6">OFFSET($C138,0,$E$1-1)</f>
-        <v>2.3 Test XBRL fil og indsend indberetning</v>
-[...5 lines deleted...]
-        <v>594</v>
+        <v>2.3 Test the XBRL file and and submit your report</v>
+      </c>
+      <c r="C138" s="2" t="s">
+        <v>627</v>
+      </c>
+      <c r="D138" s="2" t="s">
+        <v>576</v>
       </c>
     </row>
     <row r="139" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B139" s="251" t="str">
+      <c r="B139" s="213" t="str">
         <f t="shared" ca="1" si="6"/>
-        <v>Du kan nu teste din indberetningsfil, og indsende indberetningen.</v>
-[...5 lines deleted...]
-        <v>595</v>
+        <v xml:space="preserve">You can now test your XBRL file and submit the report. </v>
+      </c>
+      <c r="C139" s="2" t="s">
+        <v>578</v>
+      </c>
+      <c r="D139" s="91" t="s">
+        <v>577</v>
       </c>
     </row>
     <row r="140" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B140" s="230" t="str">
+      <c r="B140" s="196" t="str">
         <f t="shared" ca="1" si="6"/>
-        <v>HUSK! Kontroller at det firmanavn og CVR-nummer der indberettes for, fremgår af oversigten.</v>
-[...5 lines deleted...]
-        <v>597</v>
+        <v xml:space="preserve">Please check that the company name and CVR number you are reporting for, appear in the overview.  </v>
+      </c>
+      <c r="C140" s="197" t="s">
+        <v>589</v>
+      </c>
+      <c r="D140" s="2" t="s">
+        <v>579</v>
       </c>
     </row>
     <row r="178" spans="2:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B178" s="232" t="str">
+      <c r="B178" s="198" t="str">
         <f t="shared" ref="B178:B179" ca="1" si="7">OFFSET($C178,0,$E$1-1)</f>
-        <v>3. Kvittering</v>
-[...5 lines deleted...]
-        <v>340</v>
+        <v>3. Receipt</v>
+      </c>
+      <c r="C178" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="D178" s="2" t="s">
+        <v>334</v>
       </c>
     </row>
     <row r="179" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B179" s="229" t="str">
+      <c r="B179" s="195" t="str">
         <f t="shared" ca="1" si="7"/>
-        <v>Afslutningsvis får du en kvittering.</v>
-[...5 lines deleted...]
-        <v>598</v>
+        <v xml:space="preserve">You will receive a receipt once the report has been submitted. </v>
+      </c>
+      <c r="C179" s="2" t="s">
+        <v>580</v>
+      </c>
+      <c r="D179" s="2" t="s">
+        <v>628</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="B24" r:id="rId1"/>
+    <hyperlink ref="B24" r:id="rId1" xr:uid="{00000000-0004-0000-0400-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <drawing r:id="rId3"/>
   <legacyDrawing r:id="rId4"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="9217" r:id="rId5" name="Group Box 1">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>4886325</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>114300</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>6600825</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>457200</xdr:rowOff>
                   </to>
@@ -20724,321 +19020,310 @@
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>5829300</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>171450</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>6343650</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>438150</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr codeName="Ark6"/>
-  <dimension ref="A1:G43"/>
+  <dimension ref="A1:F43"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="G1" sqref="G1"/>
+      <selection activeCell="D12" sqref="D12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" outlineLevelCol="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="2"/>
     <col min="2" max="2" width="125.5703125" style="2" customWidth="1"/>
-    <col min="3" max="3" width="118.7109375" style="4" hidden="1" customWidth="1" outlineLevel="1"/>
-[...4 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="4"/>
+    <col min="3" max="3" width="118.7109375" style="2" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="4" max="4" width="97.28515625" style="2" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="5" max="5" width="9.140625" style="7" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="6" max="6" width="9.140625" style="8" collapsed="1"/>
+    <col min="7" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="41.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="125" t="str">
+      <c r="A1" s="99" t="str">
         <f ca="1">OFFSET($C1,0,E1-1)</f>
-        <v>FAQ vedrørende Regnskabsstatistik og XBRL</v>
-[...2 lines deleted...]
-      <c r="C1" s="234" t="s">
+        <v xml:space="preserve">FAQ about Business accounts statistics and XBRL </v>
+      </c>
+      <c r="B1" s="12"/>
+      <c r="C1" s="199" t="s">
+        <v>611</v>
+      </c>
+      <c r="D1" s="91" t="s">
+        <v>610</v>
+      </c>
+      <c r="E1" s="7">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" ht="37.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A2" s="204"/>
+      <c r="B2" s="205" t="str">
+        <f ca="1">OFFSET($C2,0,$E$1-1)</f>
+        <v>Purpose</v>
+      </c>
+      <c r="C2" s="199" t="s">
+        <v>341</v>
+      </c>
+      <c r="D2" s="91" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" ht="82.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="98"/>
+      <c r="B3" s="200" t="str">
+        <f ca="1">OFFSET($C3,0,$E$1-1)</f>
+        <v>The purpose of the Business accounts statistics for the private urban sector is to analyze the activity level and the structure of the Danish business sector and to provide the basis for operational economic analyses, business policy decisions, and the evaluations of the implemented business policies. Furthermore, the Business accounts statistics are a very important input to the Danish national accounts. The Business accounts statistics for the private urban sector have been collected and compiled since 1995.</v>
+      </c>
+      <c r="C3" s="199" t="s">
+        <v>591</v>
+      </c>
+      <c r="D3" s="93" t="s">
+        <v>592</v>
+      </c>
+      <c r="E3" s="2"/>
+    </row>
+    <row r="4" spans="1:5" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="98"/>
+      <c r="B4" s="200" t="str">
+        <f ca="1">OFFSET($C4,0,$E$1-1)</f>
+        <v>Reporting to Business accounts statistics is mandatory by law, under the Act on Statistics Denmark, cf. Statutory Order no. 599 of 22 June 2000, Section 8-12a.</v>
+      </c>
+      <c r="C4" s="199" t="s">
+        <v>593</v>
+      </c>
+      <c r="D4" s="209" t="s">
+        <v>594</v>
+      </c>
+      <c r="E4" s="2"/>
+    </row>
+    <row r="5" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="98"/>
+      <c r="B5" s="200"/>
+      <c r="C5" s="199"/>
+      <c r="E5" s="2"/>
+    </row>
+    <row r="6" spans="1:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="206" t="str">
+        <f t="shared" ref="B6:B16" ca="1" si="0">OFFSET($C6,0,$E$1-1)</f>
+        <v>Can I use the XBRL file, we use to report to the Danish Business Authority, to report to Business accounts statistics?</v>
+      </c>
+      <c r="C6" s="211" t="s">
+        <v>612</v>
+      </c>
+      <c r="D6" s="78" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A7" s="98"/>
+      <c r="B7" s="200" t="str">
+        <f t="shared" ca="1" si="0"/>
+        <v xml:space="preserve">No. </v>
+      </c>
+      <c r="C7" s="199" t="s">
+        <v>595</v>
+      </c>
+      <c r="D7" s="102" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="98"/>
+      <c r="B8" s="200" t="str">
+        <f t="shared" ca="1" si="0"/>
+        <v xml:space="preserve">The XBRL file that is used to report to Statistics Denmark is created with a different taxonomy (i.e. it is more detailed and contains confidential data, that is not found in the company's official annual report), than the XBRL file you report to the Danish Business Authority. 
+</v>
+      </c>
+      <c r="C8" s="199" t="s">
+        <v>356</v>
+      </c>
+      <c r="D8" s="200" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="98"/>
+      <c r="B9" s="102"/>
+      <c r="C9" s="96"/>
+      <c r="D9" s="102"/>
+    </row>
+    <row r="10" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A10" s="98"/>
+      <c r="B10" s="206" t="str">
+        <f t="shared" ca="1" si="0"/>
+        <v>Why is my XBRL file rejected, when I try to upload the report?</v>
+      </c>
+      <c r="C10" s="96" t="s">
+        <v>606</v>
+      </c>
+      <c r="D10" s="96" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="98"/>
+      <c r="B11" s="200" t="str">
+        <f t="shared" ca="1" si="0"/>
+        <v>There can be various reasons why an XBRL file is rejected:</v>
+      </c>
+      <c r="C11" s="199" t="s">
+        <v>600</v>
+      </c>
+      <c r="D11" s="199" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="98"/>
+      <c r="B12" s="200" t="str">
+        <f t="shared" ca="1" si="0"/>
+        <v>• Incorrect taxonomy.  As mentioned above, make sure that the file is not the annual report that you submit to the Danish Business Authority. 
+• Incorrect CVR number or date formatting. 
+• The file is incomplete and lacks items (tags). Try creating a new XBRL file. 
+• The XBRL file contains decimals (e.g. commas) - check your entries. Remember that all amounts must be written in whole thousands (000).</v>
+      </c>
+      <c r="C12" s="199" t="s">
         <v>634</v>
       </c>
-      <c r="D1" s="240" t="s">
-[...69 lines deleted...]
-      <c r="B7" s="236" t="str">
+      <c r="D12" s="209" t="s">
+        <v>607</v>
+      </c>
+      <c r="E12" s="2"/>
+    </row>
+    <row r="13" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="98"/>
+      <c r="B13" s="100"/>
+      <c r="C13" s="96"/>
+      <c r="E13" s="2"/>
+    </row>
+    <row r="14" spans="1:5" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="205" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Nej.</v>
-[...10 lines deleted...]
-      <c r="B8" s="236" t="str">
+        <v xml:space="preserve">Contact the Business Dynamics section: </v>
+      </c>
+      <c r="C14" s="96" t="s">
+        <v>608</v>
+      </c>
+      <c r="D14" s="96" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B15" s="200" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>XBRL-filen til Danmarks Statistik er lavet med en anden taksonomi end XBRL-filen til Erhvervsstyrelsen og indeholder fortrolige oplysninger, som ikke er tilgængelig i det officielle regnskab.</v>
-[...16 lines deleted...]
-      <c r="B10" s="243" t="str">
+        <v>Telephone: +45 39 17 35 70</v>
+      </c>
+      <c r="C15" s="91" t="s">
+        <v>605</v>
+      </c>
+      <c r="D15" s="91" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B16" s="200" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Hvorfor bliver min XBRL-fil bliver afvist, når jeg forsøger at indberette?</v>
-[...94 lines deleted...]
-      <c r="B20" s="123"/>
+        <v xml:space="preserve">Email: regn@dst.dk </v>
+      </c>
+      <c r="C16" s="91" t="s">
+        <v>604</v>
+      </c>
+      <c r="D16" s="91" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="200"/>
+      <c r="C17" s="91"/>
+      <c r="D17" s="91"/>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B18" s="200"/>
+      <c r="C18" s="91"/>
+      <c r="D18" s="91"/>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B20"/>
       <c r="C20"/>
     </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
-[...35 lines deleted...]
-      <c r="B29" s="123"/>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B21" s="100"/>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B22"/>
+      <c r="C22" s="96"/>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B23"/>
+      <c r="C23" s="96"/>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B24"/>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B25"/>
+      <c r="C25" s="96"/>
+      <c r="D25" s="101"/>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B26"/>
+      <c r="C26" s="96"/>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B27"/>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B28"/>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B29"/>
     </row>
     <row r="43" spans="2:2" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B43" s="185"/>
+      <c r="B43" s="155"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="10241" r:id="rId3" name="Group Box 1">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>5838825</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>85725</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>7886700</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>466725</xdr:rowOff>
                   </to>