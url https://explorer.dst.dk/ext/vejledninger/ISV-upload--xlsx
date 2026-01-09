--- v0 (2025-12-17)
+++ v1 (2026-01-09)
@@ -1560,51 +1560,51 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dst.dk/extranet/kn8/kn8.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dst.dk/da/Indberet/oplysningssider/industriens-salg-af-varer" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dst.dk/da/Indberet/oplysningssider/industriens-salg-af-varer" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Ark2">
     <tabColor rgb="FFADD8E6"/>
   </sheetPr>
   <dimension ref="A1:XFC506"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="14" topLeftCell="A15" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomLeft" activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="14" customWidth="1"/>
     <col min="2" max="2" width="41.7109375" style="14" customWidth="1"/>
     <col min="3" max="3" width="12.7109375" style="15" customWidth="1"/>
     <col min="4" max="4" width="19.85546875" style="14" customWidth="1"/>
     <col min="5" max="5" width="15" style="14" customWidth="1"/>
     <col min="6" max="6" width="54.42578125" style="16" customWidth="1"/>
     <col min="7" max="7" width="7" style="14" customWidth="1"/>
     <col min="8" max="8" width="1.5703125" style="14" customWidth="1"/>
     <col min="9" max="9" width="4.5703125" style="14" hidden="1" customWidth="1"/>
     <col min="10" max="11" width="9.140625" style="14" hidden="1" customWidth="1"/>
     <col min="12" max="20" width="0" style="14" hidden="1"/>
     <col min="21" max="16383" width="9.140625" style="14" hidden="1"/>
     <col min="16384" max="16384" width="9.7109375" style="14" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" s="4" customFormat="1" ht="33" customHeight="1">
       <c r="A1" s="18"/>
       <c r="B1" s="19" t="s">
         <v>24</v>
       </c>
       <c r="C1" s="19"/>
@@ -6756,51 +6756,51 @@
     <dataValidation type="list" errorStyle="warning" allowBlank="1" showErrorMessage="1" errorTitle="Ugyldig produktionstype" error="Du har valgt en ugyldig produktionstype. Vælg en af de fire produktionstyper i listen. Se arket &quot;Produktionstype&quot; for mere information." promptTitle="Vælg produktionstype" prompt="Vælg imellem de fire produktionstyper. Se arket &quot;Produktionstype&quot; for mere information." sqref="B507:B1013">
       <formula1>#REF!</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="warning" allowBlank="1" showErrorMessage="1" errorTitle="Ugyldig produktionstype" error="Du har valgt en ugyldig produktionstype. Vælg en af de fire produktionstyper i listen. Se arket &quot;Produktionstype&quot; for mere information." promptTitle="Vælg produktionstype" prompt="Vælg imellem de fire produktionstyper. Se arket &quot;Produktionstype&quot; for mere information." sqref="B15:B506">
       <formula1>"1 Salg af varer fra egenproduktion, 2 Salg af varer produceret af underleverandør, 3 Salg af varer produceret som underleverandør, 4 Leverede industrielle tjenesteydelser"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId1" location="_ACCORDION-4"/>
     <hyperlink ref="E8:F8" r:id="rId2" display="www.dst.dk/extranet/kn8/kn8.html"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Ark1">
     <tabColor rgb="FFAAD2A0"/>
   </sheetPr>
   <dimension ref="A1:XFD100"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C41" sqref="C41"/>
+      <selection pane="bottomLeft" activeCell="C27" sqref="C27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="14" customWidth="1"/>
     <col min="2" max="2" width="86.140625" style="14" customWidth="1"/>
     <col min="3" max="3" width="25" style="14" customWidth="1"/>
     <col min="4" max="4" width="14.140625" style="14" customWidth="1"/>
     <col min="5" max="12" width="0" style="14" hidden="1"/>
     <col min="13" max="16381" width="9.140625" style="14" hidden="1"/>
     <col min="16382" max="16382" width="3.42578125" style="14" hidden="1"/>
     <col min="16383" max="16383" width="16.7109375" style="14" hidden="1"/>
     <col min="16384" max="16384" width="8.42578125" style="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11 16384:16384" s="47" customFormat="1" ht="33" customHeight="1">
       <c r="A1" s="18"/>
       <c r="B1" s="19" t="s">
         <v>24</v>
       </c>
       <c r="C1" s="20"/>
       <c r="D1" s="20"/>
       <c r="E1" s="20"/>
       <c r="F1" s="20"/>
       <c r="G1" s="20"/>
@@ -7249,51 +7249,51 @@
     <row r="77" s="43" customFormat="1"/>
     <row r="78" s="43" customFormat="1"/>
     <row r="79" s="43" customFormat="1"/>
     <row r="80" s="43" customFormat="1"/>
     <row r="81" s="43" customFormat="1"/>
     <row r="82" s="43" customFormat="1"/>
     <row r="83" s="43" customFormat="1"/>
     <row r="84" s="43" customFormat="1"/>
     <row r="85" s="43" customFormat="1"/>
     <row r="86" s="43" customFormat="1"/>
     <row r="87" s="43" customFormat="1"/>
     <row r="88" s="43" customFormat="1"/>
     <row r="89" s="43" customFormat="1"/>
     <row r="90" s="43" customFormat="1"/>
     <row r="91" s="43" customFormat="1"/>
     <row r="92" s="43" customFormat="1"/>
     <row r="93" s="43" customFormat="1"/>
     <row r="94" s="43" customFormat="1"/>
     <row r="95" s="43" customFormat="1"/>
     <row r="96" s="43" customFormat="1"/>
     <row r="97" s="43" customFormat="1"/>
     <row r="98" s="43" customFormat="1"/>
     <row r="99" s="43" customFormat="1"/>
     <row r="100" s="43" customFormat="1"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="mYmN7OiS2XIHF/3vLSoyJEXeQT4eqSM7leCkGuTrkDzHv6CO5CpnJ3e6iEAsAry28Ckebouq5nu/UgmaZKp6rw==" saltValue="xIqKc/VuT3n3EV4z6oG0Uw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="YqaXSNQQrw6nfxWRcmgq7/h+iDzG3yV/XkUxrC6r8PvY7Df9g9cKz1w2pV2CYHTRD8JgR/NslK0zTq+Q43C3wA==" saltValue="mqXq5qL5C28tpmaRnND+hA==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="1">
     <mergeCell ref="B40:B41"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId1" location="_ACCORDION-4"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Ark3"/>
   <dimension ref="A1:J56"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A26" sqref="A26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1"/>
   <cols>
     <col min="1" max="1" width="65.85546875" style="80" customWidth="1"/>
     <col min="2" max="2" width="1.85546875" style="80" customWidth="1"/>
     <col min="3" max="3" width="67.42578125" style="80" customWidth="1"/>