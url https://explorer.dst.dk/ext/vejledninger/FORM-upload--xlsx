--- v0 (2025-12-17)
+++ v1 (2026-02-17)
@@ -3,116 +3,113 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr codeName="Denne_projektmappe" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Koordinering af dataindsamling\01 - Tællingsdokumenter\FORM\Regneark\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\bjh\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="10560" yWindow="345" windowWidth="15030" windowHeight="11895"/>
   </bookViews>
   <sheets>
     <sheet name="Indberetning_2025" sheetId="5" r:id="rId1"/>
     <sheet name="Vejledning" sheetId="4" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="162913" concurrentCalc="0"/>
+  <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="25">
   <si>
     <t>Vejledning: Sådan udfylder du skemaer</t>
   </si>
   <si>
     <t>Angiv CVR nr.</t>
   </si>
   <si>
     <t>Angiv firmanavn</t>
   </si>
   <si>
     <t>Uformalet korn</t>
   </si>
   <si>
     <t>R U G</t>
   </si>
   <si>
     <t>H V E D E</t>
   </si>
   <si>
     <t>Dansk</t>
   </si>
   <si>
     <t>Udenlandsk</t>
   </si>
   <si>
     <t xml:space="preserve"> Tons </t>
   </si>
   <si>
     <t>Produceret hvedeklid</t>
   </si>
   <si>
     <t>MAJS</t>
   </si>
   <si>
     <t>HAVRE</t>
   </si>
   <si>
     <t xml:space="preserve">Anvendt til formaling </t>
   </si>
   <si>
     <t>Alle produkter bedes opgivet i tons.</t>
   </si>
   <si>
     <t>Vejledning vedr. formalingsstatistik</t>
   </si>
   <si>
     <t>Upload det udfyldte regneark på: www.dst.dk/Formaling</t>
-  </si>
-[...1 lines deleted...]
-    <t>Udfyld indberetning</t>
   </si>
   <si>
     <t>Økologiske produkter skal inkluderes.</t>
   </si>
   <si>
     <t>Spørgeskema til Formaling af korn</t>
   </si>
   <si>
     <t>Omfatter alle typer hvede - både vinter- og vårhvede.</t>
   </si>
   <si>
     <t>Statistikken anvendes til beregning af anvendelsen af korn og landbrugets foderforbrug</t>
   </si>
   <si>
     <t>Der indberettes for første og andet halvår</t>
   </si>
   <si>
     <t>Angiv også, hvor mange tons hvedeklid virksomheden har produceret.</t>
   </si>
   <si>
     <t>Angiv hvor mange tons uformalet korn, som virksomheden har anvendt til formaling, fordelt på kornsort og dansk og udenlandsk korn og fordelt på 1. og 2. halvår.</t>
   </si>
   <si>
     <t>1. halvår 2025 (1. januar - 30. juni)</t>
   </si>
@@ -678,51 +675,51 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dst.dk/da/Indberet/hjaelp-til-indberetning/indberetning-via-filupload" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dst.dk/formaling" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dst.dk/formaling" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Ark2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H35" sqref="H35"/>
+      <selection activeCell="A2" sqref="A2:F2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9" style="7" customWidth="1"/>
     <col min="2" max="2" width="40" style="7" customWidth="1"/>
     <col min="3" max="3" width="10.85546875" style="7" customWidth="1"/>
     <col min="4" max="4" width="11.85546875" style="7" customWidth="1"/>
     <col min="5" max="6" width="11.140625" style="7" customWidth="1"/>
     <col min="7" max="7" width="3" style="7" customWidth="1"/>
     <col min="8" max="11" width="11.140625" style="7" customWidth="1"/>
     <col min="12" max="16384" width="9.140625" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A1" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B1" s="10"/>
       <c r="C1" s="10"/>
       <c r="D1" s="10"/>
       <c r="E1" s="10"/>
       <c r="F1" s="10"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
@@ -762,96 +759,96 @@
       <c r="S2" s="11"/>
     </row>
     <row r="3" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A3" s="12"/>
       <c r="B3" s="12"/>
       <c r="C3" s="12"/>
       <c r="D3" s="12"/>
       <c r="E3" s="12"/>
       <c r="F3" s="12"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
       <c r="M3" s="8"/>
       <c r="N3" s="11"/>
       <c r="O3" s="11"/>
       <c r="P3" s="11"/>
       <c r="Q3" s="11"/>
       <c r="R3" s="11"/>
       <c r="S3" s="11"/>
     </row>
     <row r="4" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="13" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B4" s="13"/>
       <c r="C4" s="13"/>
       <c r="D4" s="13"/>
       <c r="E4" s="13"/>
       <c r="F4" s="13"/>
       <c r="G4" s="8"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
       <c r="L4" s="8"/>
       <c r="M4" s="8"/>
       <c r="N4" s="11"/>
       <c r="O4" s="11"/>
       <c r="P4" s="11"/>
       <c r="Q4" s="11"/>
       <c r="R4" s="11"/>
       <c r="S4" s="11"/>
     </row>
     <row r="5" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="13"/>
       <c r="B5" s="13"/>
       <c r="C5" s="13"/>
       <c r="D5" s="13"/>
       <c r="E5" s="13"/>
       <c r="F5" s="13"/>
       <c r="G5" s="8"/>
       <c r="H5" s="8"/>
       <c r="I5" s="8"/>
       <c r="J5" s="8"/>
       <c r="K5" s="8"/>
       <c r="L5" s="8"/>
       <c r="M5" s="8"/>
       <c r="N5" s="11"/>
       <c r="O5" s="11"/>
       <c r="P5" s="11"/>
       <c r="Q5" s="11"/>
       <c r="R5" s="11"/>
       <c r="S5" s="11"/>
     </row>
     <row r="6" spans="1:19" ht="15" x14ac:dyDescent="0.2">
       <c r="A6" s="8"/>
       <c r="B6" s="30" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C6" s="8"/>
       <c r="D6" s="8"/>
       <c r="E6" s="8"/>
       <c r="F6" s="8"/>
       <c r="G6" s="8"/>
       <c r="H6" s="8"/>
       <c r="I6" s="8"/>
       <c r="J6" s="8"/>
       <c r="K6" s="8"/>
       <c r="L6" s="8"/>
       <c r="M6" s="8"/>
       <c r="N6" s="11"/>
       <c r="O6" s="11"/>
       <c r="P6" s="11"/>
       <c r="Q6" s="11"/>
       <c r="R6" s="11"/>
       <c r="S6" s="11"/>
     </row>
     <row r="7" spans="1:19" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="8"/>
       <c r="B7" s="13"/>
       <c r="C7" s="8"/>
       <c r="D7" s="8"/>
       <c r="E7" s="8"/>
@@ -1070,51 +1067,51 @@
     </row>
     <row r="16" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A16" s="8"/>
       <c r="B16" s="24"/>
       <c r="C16" s="6"/>
       <c r="D16" s="6"/>
       <c r="E16" s="6"/>
       <c r="F16" s="6"/>
       <c r="G16" s="6"/>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="11"/>
       <c r="O16" s="11"/>
       <c r="P16" s="11"/>
       <c r="Q16" s="11"/>
       <c r="R16" s="11"/>
       <c r="S16" s="11"/>
     </row>
     <row r="17" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="8"/>
       <c r="B17" s="29" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C17" s="31" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="31"/>
       <c r="E17" s="31"/>
       <c r="F17" s="31"/>
       <c r="G17" s="31"/>
       <c r="H17" s="31"/>
       <c r="I17" s="31"/>
       <c r="J17" s="31"/>
       <c r="K17" s="31"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="11"/>
       <c r="O17" s="11"/>
       <c r="P17" s="11"/>
       <c r="Q17" s="11"/>
       <c r="R17" s="11"/>
       <c r="S17" s="11"/>
     </row>
     <row r="18" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A18" s="8"/>
       <c r="B18" s="8"/>
       <c r="C18" s="8"/>
@@ -1312,51 +1309,51 @@
     </row>
     <row r="26" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A26" s="8"/>
       <c r="B26" s="24"/>
       <c r="C26" s="6"/>
       <c r="D26" s="6"/>
       <c r="E26" s="6"/>
       <c r="F26" s="6"/>
       <c r="G26" s="6"/>
       <c r="H26" s="6"/>
       <c r="I26" s="6"/>
       <c r="J26" s="6"/>
       <c r="K26" s="6"/>
       <c r="L26" s="8"/>
       <c r="M26" s="8"/>
       <c r="N26" s="11"/>
       <c r="O26" s="11"/>
       <c r="P26" s="11"/>
       <c r="Q26" s="11"/>
       <c r="R26" s="11"/>
       <c r="S26" s="11"/>
     </row>
     <row r="27" spans="1:19" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="8"/>
       <c r="B27" s="29" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C27" s="31" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="31"/>
       <c r="E27" s="31"/>
       <c r="F27" s="31"/>
       <c r="G27" s="31"/>
       <c r="H27" s="31"/>
       <c r="I27" s="31"/>
       <c r="J27" s="31"/>
       <c r="K27" s="31"/>
       <c r="L27" s="8"/>
       <c r="M27" s="8"/>
       <c r="N27" s="11"/>
       <c r="O27" s="11"/>
       <c r="P27" s="11"/>
       <c r="Q27" s="11"/>
       <c r="R27" s="11"/>
       <c r="S27" s="11"/>
     </row>
     <row r="28" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A28" s="8"/>
       <c r="B28" s="8"/>
       <c r="C28" s="8"/>
@@ -1488,53 +1485,51 @@
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="C27:K27"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="C10:F10"/>
     <mergeCell ref="C8:F8"/>
     <mergeCell ref="C12:K12"/>
     <mergeCell ref="C17:K17"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" r:id="rId1" display="http://www.dst.dk/formaling"/>
     <hyperlink ref="A2" location="Vejledning!A1" display="Vejledning!A1"/>
     <hyperlink ref="A2:F2" r:id="rId2" location="_Type2" display="Vejledning: Sådan udfylder du skemaer"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="58" fitToHeight="0" orientation="landscape" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Ark3"/>
   <dimension ref="A1:S21"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="16384" width="9.140625" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="9"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="2"/>
       <c r="E1" s="3"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
       <c r="J1" s="4"/>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="8"/>
       <c r="N1" s="8"/>
       <c r="O1" s="8"/>
       <c r="P1" s="8"/>
       <c r="Q1" s="8"/>
       <c r="R1" s="8"/>
@@ -1542,53 +1537,51 @@
     </row>
     <row r="2" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A2" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
       <c r="J2" s="4"/>
       <c r="K2" s="4"/>
       <c r="L2" s="4"/>
       <c r="M2" s="8"/>
       <c r="N2" s="8"/>
       <c r="O2" s="8"/>
       <c r="P2" s="8"/>
       <c r="Q2" s="8"/>
       <c r="R2" s="8"/>
       <c r="S2" s="8"/>
     </row>
     <row r="3" spans="1:19" x14ac:dyDescent="0.2">
-      <c r="A3" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A3" s="9"/>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
       <c r="M3" s="8"/>
       <c r="N3" s="8"/>
       <c r="O3" s="8"/>
       <c r="P3" s="8"/>
       <c r="Q3" s="8"/>
       <c r="R3" s="8"/>
       <c r="S3" s="8"/>
     </row>
     <row r="4" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A4" s="26"/>
     </row>
     <row r="5" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A5" s="27" t="s">
         <v>14</v>
@@ -1597,66 +1590,66 @@
       <c r="C5" s="26"/>
       <c r="D5" s="26"/>
       <c r="E5" s="26"/>
       <c r="F5" s="26"/>
       <c r="G5" s="26"/>
       <c r="H5" s="26"/>
       <c r="I5" s="26"/>
       <c r="J5" s="26"/>
       <c r="K5" s="26"/>
     </row>
     <row r="6" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A6" s="26"/>
       <c r="B6" s="26"/>
       <c r="C6" s="26"/>
       <c r="D6" s="26"/>
       <c r="E6" s="26"/>
       <c r="F6" s="26"/>
       <c r="G6" s="26"/>
       <c r="H6" s="26"/>
       <c r="I6" s="26"/>
       <c r="J6" s="26"/>
       <c r="K6" s="26"/>
     </row>
     <row r="7" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A7" s="26" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B7" s="26"/>
       <c r="C7" s="26"/>
       <c r="D7" s="26"/>
       <c r="E7" s="26"/>
       <c r="F7" s="26"/>
       <c r="G7" s="26"/>
       <c r="H7" s="26"/>
       <c r="I7" s="26"/>
       <c r="J7" s="26"/>
       <c r="K7" s="26"/>
     </row>
     <row r="8" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A8" s="26" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B8" s="26"/>
       <c r="C8" s="26"/>
       <c r="D8" s="26"/>
       <c r="E8" s="26"/>
       <c r="F8" s="26"/>
       <c r="G8" s="26"/>
       <c r="H8" s="26"/>
       <c r="I8" s="26"/>
       <c r="J8" s="26"/>
       <c r="K8" s="26"/>
     </row>
     <row r="9" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A9" s="26"/>
       <c r="B9" s="26"/>
       <c r="C9" s="26"/>
       <c r="D9" s="26"/>
       <c r="E9" s="26"/>
       <c r="F9" s="26"/>
       <c r="G9" s="26"/>
       <c r="H9" s="26"/>
       <c r="I9" s="26"/>
       <c r="J9" s="26"/>
       <c r="K9" s="26"/>
     </row>
@@ -1668,160 +1661,160 @@
       <c r="C10" s="26"/>
       <c r="D10" s="26"/>
       <c r="E10" s="26"/>
       <c r="F10" s="26"/>
       <c r="G10" s="26"/>
       <c r="H10" s="26"/>
       <c r="I10" s="26"/>
       <c r="J10" s="26"/>
       <c r="K10" s="26"/>
     </row>
     <row r="11" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A11" s="26"/>
       <c r="B11" s="26"/>
       <c r="C11" s="26"/>
       <c r="D11" s="26"/>
       <c r="E11" s="26"/>
       <c r="F11" s="26"/>
       <c r="G11" s="26"/>
       <c r="H11" s="26"/>
       <c r="I11" s="26"/>
       <c r="J11" s="26"/>
       <c r="K11" s="26"/>
     </row>
     <row r="12" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A12" s="26" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B12" s="26"/>
       <c r="C12" s="26"/>
       <c r="D12" s="26"/>
       <c r="E12" s="26"/>
       <c r="F12" s="26"/>
       <c r="G12" s="26"/>
       <c r="H12" s="26"/>
       <c r="I12" s="26"/>
       <c r="J12" s="26"/>
       <c r="K12" s="26"/>
     </row>
     <row r="13" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A13" s="28"/>
       <c r="B13" s="28"/>
       <c r="C13" s="28"/>
       <c r="D13" s="28"/>
       <c r="E13" s="28"/>
       <c r="F13" s="28"/>
       <c r="G13" s="28"/>
       <c r="H13" s="28"/>
       <c r="I13" s="28"/>
       <c r="J13" s="28"/>
       <c r="K13" s="28"/>
       <c r="L13" s="11"/>
       <c r="M13" s="11"/>
       <c r="N13" s="11"/>
       <c r="O13" s="11"/>
       <c r="P13" s="11"/>
     </row>
     <row r="14" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A14" s="28" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B14" s="28"/>
       <c r="C14" s="28"/>
       <c r="D14" s="28"/>
       <c r="E14" s="28"/>
       <c r="F14" s="28"/>
       <c r="G14" s="28"/>
       <c r="H14" s="28"/>
       <c r="I14" s="28"/>
       <c r="J14" s="28"/>
       <c r="K14" s="28"/>
       <c r="L14" s="11"/>
       <c r="M14" s="11"/>
       <c r="N14" s="11"/>
       <c r="O14" s="11"/>
       <c r="P14" s="11"/>
     </row>
     <row r="15" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A15" s="28"/>
       <c r="B15" s="28"/>
       <c r="C15" s="28"/>
       <c r="D15" s="28"/>
       <c r="E15" s="28"/>
       <c r="F15" s="28"/>
       <c r="G15" s="28"/>
       <c r="H15" s="28"/>
       <c r="I15" s="28"/>
       <c r="J15" s="28"/>
       <c r="K15" s="28"/>
       <c r="L15" s="11"/>
       <c r="M15" s="11"/>
       <c r="N15" s="11"/>
       <c r="O15" s="11"/>
       <c r="P15" s="11"/>
     </row>
     <row r="16" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A16" s="28" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B16" s="28"/>
       <c r="C16" s="28"/>
       <c r="D16" s="28"/>
       <c r="E16" s="28"/>
       <c r="F16" s="28"/>
       <c r="G16" s="28"/>
       <c r="H16" s="28"/>
       <c r="I16" s="28"/>
       <c r="J16" s="28"/>
       <c r="K16" s="28"/>
       <c r="L16" s="11"/>
       <c r="M16" s="11"/>
       <c r="N16" s="11"/>
       <c r="O16" s="11"/>
       <c r="P16" s="11"/>
     </row>
     <row r="17" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A17" s="28"/>
       <c r="B17" s="28"/>
       <c r="C17" s="28"/>
       <c r="D17" s="28"/>
       <c r="E17" s="28"/>
       <c r="F17" s="28"/>
       <c r="G17" s="28"/>
       <c r="H17" s="28"/>
       <c r="I17" s="28"/>
       <c r="J17" s="28"/>
       <c r="K17" s="28"/>
       <c r="L17" s="11"/>
       <c r="M17" s="11"/>
       <c r="N17" s="11"/>
       <c r="O17" s="11"/>
       <c r="P17" s="11"/>
     </row>
     <row r="18" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A18" s="28" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B18" s="28"/>
       <c r="C18" s="28"/>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="28"/>
       <c r="G18" s="28"/>
       <c r="H18" s="28"/>
       <c r="I18" s="28"/>
       <c r="J18" s="28"/>
       <c r="K18" s="28"/>
       <c r="L18" s="11"/>
       <c r="M18" s="11"/>
       <c r="N18" s="11"/>
       <c r="O18" s="11"/>
       <c r="P18" s="11"/>
     </row>
     <row r="19" spans="1:16" x14ac:dyDescent="0.2">
       <c r="B19" s="26"/>
       <c r="C19" s="26"/>
       <c r="D19" s="26"/>
       <c r="E19" s="26"/>
       <c r="F19" s="26"/>
       <c r="G19" s="26"/>
       <c r="H19" s="26"/>
@@ -1836,51 +1829,50 @@
       <c r="D20" s="26"/>
       <c r="E20" s="26"/>
       <c r="F20" s="26"/>
       <c r="G20" s="26"/>
       <c r="H20" s="26"/>
       <c r="I20" s="26"/>
       <c r="J20" s="26"/>
       <c r="K20" s="26"/>
     </row>
     <row r="21" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A21" s="26"/>
       <c r="B21" s="26"/>
       <c r="C21" s="26"/>
       <c r="D21" s="26"/>
       <c r="E21" s="26"/>
       <c r="F21" s="26"/>
       <c r="G21" s="26"/>
       <c r="H21" s="26"/>
       <c r="I21" s="26"/>
       <c r="J21" s="26"/>
       <c r="K21" s="26"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A2" r:id="rId1" display="http://www.dst.dk/formaling"/>
-    <hyperlink ref="A3" location="Indberetning_2_hå!A1" display="Udfyld indberetning"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Regneark</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Indberetning_2025</vt:lpstr>
       <vt:lpstr>Vejledning</vt:lpstr>
     </vt:vector>