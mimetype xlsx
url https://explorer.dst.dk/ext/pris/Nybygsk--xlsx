--- v0 (2025-10-09)
+++ v1 (2025-12-14)
@@ -333,54 +333,54 @@
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>(ifølge BBR)</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>, da dette ellers kan føre til bortfald af data. Dette gælder også for forkortelser, sammentrækninger, stort/lille bogstav, punktummer, accenter mv. Der er f.eks. forskel på Allé, allé og Alle, ligesom der er forskel på Gl, gl. og gammel.
 Husnummer indsættes i feltet "Hus nr.". Hvis der indgår bogstav i husnummeret udfyldes det således: 32A, 1B, 124C.</t>
     </r>
   </si>
   <si>
     <t>Vejledning til indberetning af Producentprisindeks for byggeri af boliger</t>
   </si>
   <si>
-    <t xml:space="preserve">3. kvartal 2025 dvs. </t>
+    <t xml:space="preserve">4. kvartal 2025 dvs. </t>
   </si>
   <si>
-    <t>1. juli 2025 - 30. september 2025</t>
+    <t>1. oktober 2025 - 31. december 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
@@ -1024,51 +1024,51 @@
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A11" s="24"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B8" r:id="rId1" location="_Type2" display="http://www.dst.dk/upload - _Type2"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="73" orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Ark1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AG300"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane ySplit="7" topLeftCell="A8" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="H1" sqref="H1"/>
+      <selection pane="bottomLeft" activeCell="H2" sqref="H2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.140625" style="10" customWidth="1"/>
     <col min="2" max="2" width="32.7109375" style="10" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" style="10" customWidth="1"/>
     <col min="4" max="4" width="7.28515625" style="10" customWidth="1"/>
     <col min="5" max="5" width="9.140625" style="10"/>
     <col min="6" max="7" width="19.28515625" style="10" customWidth="1"/>
     <col min="8" max="8" width="16" style="10" customWidth="1"/>
     <col min="9" max="9" width="22" style="10" customWidth="1"/>
     <col min="10" max="10" width="24" style="10" customWidth="1"/>
     <col min="11" max="11" width="14.28515625" style="10" customWidth="1"/>
     <col min="12" max="12" width="9.140625" style="10"/>
     <col min="13" max="13" width="9.28515625" style="10" customWidth="1"/>
     <col min="14" max="14" width="9.5703125" style="10" customWidth="1"/>
     <col min="15" max="15" width="13.140625" style="10" customWidth="1"/>
     <col min="16" max="17" width="9.140625" style="10"/>
     <col min="18" max="18" width="7.140625" style="10" customWidth="1"/>
     <col min="19" max="19" width="12.5703125" style="10" customWidth="1"/>
     <col min="20" max="20" width="11.85546875" style="10" customWidth="1"/>
     <col min="21" max="21" width="11.7109375" style="10" customWidth="1"/>
     <col min="22" max="22" width="7.5703125" style="10" customWidth="1"/>
     <col min="23" max="23" width="23.42578125" style="10" customWidth="1"/>