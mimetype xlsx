--- v0 (2025-10-03)
+++ v1 (2025-11-20)
@@ -28,51 +28,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\KNR\Analyse\Medicinal\Særudtræk\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12000"/>
   </bookViews>
   <sheets>
     <sheet name="data" sheetId="1" r:id="rId1"/>
     <sheet name="figur" sheetId="3" r:id="rId2"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="105" uniqueCount="97">
   <si>
     <t>Medicinalindustrien i dansk økonomi</t>
   </si>
   <si>
     <t>Kvartalsvist nationalregnskab</t>
   </si>
   <si>
     <t>Ikke-sæsonkorrigerede tal</t>
   </si>
   <si>
     <t>BVT ekskl. medicinalindustri</t>
   </si>
   <si>
     <t>Kædede værdier, indeks 2019=100</t>
   </si>
   <si>
     <t>BVT for medicinalindustri</t>
   </si>
   <si>
     <t>Sæsonkorrigerede tal</t>
   </si>
   <si>
     <t>Anm.: Tallene er et særudtræk og særberegning pba. det kvartalsvise nationalregnskab - og tallene er derfor behæftet med større usikkerhed end i det offentliggjorte nationalregnskab (i statistikbanken mv.).</t>
   </si>
   <si>
@@ -313,50 +313,56 @@
     <t>BNP</t>
   </si>
   <si>
     <t>I næste ark findes figur for dansk økonomi med og uden medicinalindustri</t>
   </si>
   <si>
     <t>Data til figur findes nedenfor</t>
   </si>
   <si>
     <t>Anm.: Indeks beregnet pba. sæsonkorrigerede kædede værdier.</t>
   </si>
   <si>
     <t>Data for BVT ekskl. medicinalindustri findes i særudtrækket ovenfor.</t>
   </si>
   <si>
     <t>https://statistikbanken.dk/NKHO2</t>
   </si>
   <si>
     <t>Data for BNP og BVT i alt kommer fra det offentliggjorte nationalregnskab og kan bl.a. findes her:</t>
   </si>
   <si>
     <t>2025K2</t>
   </si>
   <si>
     <t>2. kvt. 2025</t>
+  </si>
+  <si>
+    <t>2025K3</t>
+  </si>
+  <si>
+    <t>3. kvt. 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="0.000"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -574,53 +580,53 @@
           <c:tx>
             <c:strRef>
               <c:f>data!$A$31</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>BNP</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:schemeClr val="accent6"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>data!$B$30:$AE$30</c:f>
+              <c:f>data!$B$30:$AF$30</c:f>
               <c:strCache>
-                <c:ptCount val="30"/>
+                <c:ptCount val="31"/>
                 <c:pt idx="0">
                   <c:v>1. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>3. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>4. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>1. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>3. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>4. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -666,60 +672,63 @@
                   <c:v>2. kvt. 2023</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>3. kvt. 2023</c:v>
                 </c:pt>
                 <c:pt idx="23">
                   <c:v>4. kvt. 2023</c:v>
                 </c:pt>
                 <c:pt idx="24">
                   <c:v>1. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="25">
                   <c:v>2. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>3. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="27">
                   <c:v>4. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="28">
                   <c:v>1. kvt. 2025</c:v>
                 </c:pt>
                 <c:pt idx="29">
                   <c:v>2. kvt. 2025</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>3. kvt. 2025</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>data!$B$31:$AE$31</c:f>
+              <c:f>data!$B$31:$AF$31</c:f>
               <c:numCache>
                 <c:formatCode>0.0</c:formatCode>
-                <c:ptCount val="30"/>
+                <c:ptCount val="31"/>
                 <c:pt idx="0">
                   <c:v>98.043270832928059</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>98.008998824340239</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>98.53549694226723</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>98.681827527747473</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>99.073968740731289</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>99.974480813840046</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>100.29888915779601</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>100.65266128763267</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -737,120 +746,123 @@
                 <c:pt idx="12">
                   <c:v>100.12499611004264</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>103.58186949756096</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>105.62659430366976</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>109.08455567812614</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>103.31577755809091</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>105.18492367594328</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>106.60068964149221</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>105.17371481855635</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>106.3536556269038</c:v>
+                  <c:v>106.38433136099871</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>105.09788890702882</c:v>
+                  <c:v>105.03928549392757</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>104.65287749706171</c:v>
+                  <c:v>104.60866258428166</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>106.71161682242152</c:v>
+                  <c:v>106.78375888165408</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>107.2338020251552</c:v>
+                  <c:v>107.30092553823309</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>109.24382712387603</c:v>
+                  <c:v>109.17997444655489</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>109.80887125655411</c:v>
+                  <c:v>109.68602255308686</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>111.23438615088203</c:v>
+                  <c:v>111.35396270754205</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>109.81936737324271</c:v>
+                  <c:v>110.00534689726425</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>110.95115478747108</c:v>
+                  <c:v>111.36808817042656</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>113.93492740882103</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-51F7-466C-9AAC-15533C76AB1F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>data!$A$32</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>BVT i alt</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>data!$B$30:$AE$30</c:f>
+              <c:f>data!$B$30:$AF$30</c:f>
               <c:strCache>
-                <c:ptCount val="30"/>
+                <c:ptCount val="31"/>
                 <c:pt idx="0">
                   <c:v>1. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>3. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>4. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>1. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>3. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>4. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -896,60 +908,63 @@
                   <c:v>2. kvt. 2023</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>3. kvt. 2023</c:v>
                 </c:pt>
                 <c:pt idx="23">
                   <c:v>4. kvt. 2023</c:v>
                 </c:pt>
                 <c:pt idx="24">
                   <c:v>1. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="25">
                   <c:v>2. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>3. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="27">
                   <c:v>4. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="28">
                   <c:v>1. kvt. 2025</c:v>
                 </c:pt>
                 <c:pt idx="29">
                   <c:v>2. kvt. 2025</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>3. kvt. 2025</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>data!$B$32:$AE$32</c:f>
+              <c:f>data!$B$32:$AF$32</c:f>
               <c:numCache>
                 <c:formatCode>0.0</c:formatCode>
-                <c:ptCount val="30"/>
+                <c:ptCount val="31"/>
                 <c:pt idx="0">
                   <c:v>98.129119307396891</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>97.999175019396034</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>98.510222587588984</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>98.744504894389692</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>99.064601922350562</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>100.09164278456197</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>100.37795994442828</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>100.46579534865914</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -967,120 +982,123 @@
                 <c:pt idx="12">
                   <c:v>99.688837176551786</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>103.0112804652386</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>105.28045826719135</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>109.07545822763707</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>103.83202519801441</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>105.71875675096958</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>107.25923820101335</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>105.96188000534852</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>107.85318206790836</c:v>
+                  <c:v>107.89014524719714</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>106.52825937141262</c:v>
+                  <c:v>106.44460602322671</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>106.1529326549669</c:v>
+                  <c:v>106.12301275159201</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>108.33860432964451</c:v>
+                  <c:v>108.41521365710778</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>108.76459352887969</c:v>
+                  <c:v>108.84112169170186</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>111.10014877930656</c:v>
+                  <c:v>111.00532652375685</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>111.94539367947949</c:v>
+                  <c:v>111.82867526730061</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>113.45591091616878</c:v>
+                  <c:v>113.59092193761755</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>111.89941744068126</c:v>
+                  <c:v>112.10923902125487</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>113.05013450761668</c:v>
+                  <c:v>113.55631414069892</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>116.42369877437142</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-51F7-466C-9AAC-15533C76AB1F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>data!$A$33</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>BVT ekskl. medicinalindustri</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>data!$B$30:$AE$30</c:f>
+              <c:f>data!$B$30:$AF$30</c:f>
               <c:strCache>
-                <c:ptCount val="30"/>
+                <c:ptCount val="31"/>
                 <c:pt idx="0">
                   <c:v>1. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>3. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>4. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>1. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>3. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>4. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -1126,149 +1144,155 @@
                   <c:v>2. kvt. 2023</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>3. kvt. 2023</c:v>
                 </c:pt>
                 <c:pt idx="23">
                   <c:v>4. kvt. 2023</c:v>
                 </c:pt>
                 <c:pt idx="24">
                   <c:v>1. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="25">
                   <c:v>2. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>3. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="27">
                   <c:v>4. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="28">
                   <c:v>1. kvt. 2025</c:v>
                 </c:pt>
                 <c:pt idx="29">
                   <c:v>2. kvt. 2025</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>3. kvt. 2025</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>data!$B$33:$AE$33</c:f>
+              <c:f>data!$B$33:$AF$33</c:f>
               <c:numCache>
                 <c:formatCode>0.0</c:formatCode>
-                <c:ptCount val="30"/>
+                <c:ptCount val="31"/>
                 <c:pt idx="0">
-                  <c:v>98.998764374999993</c:v>
+                  <c:v>99.105401138000005</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>98.444690047999998</c:v>
+                  <c:v>98.367250748999993</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>98.444327387000001</c:v>
+                  <c:v>98.429672147999995</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>98.490498908999996</c:v>
+                  <c:v>98.479935048000002</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>99.439279510000006</c:v>
+                  <c:v>99.378431035999995</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>99.863951489000002</c:v>
+                  <c:v>99.947867399000003</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>100.02282787599999</c:v>
+                  <c:v>100.01525360399999</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>100.407121948</c:v>
+                  <c:v>100.407177576</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>100.12362973800001</c:v>
+                  <c:v>100.01897504999999</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>92.616249015999998</c:v>
+                  <c:v>92.717344288999996</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>98.411982365</c:v>
+                  <c:v>98.421248997000006</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>99.867059556000001</c:v>
+                  <c:v>99.879580716000007</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>100.303505652</c:v>
+                  <c:v>100.200171184</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>102.82905399800001</c:v>
+                  <c:v>102.92279597300001</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>104.106156743</c:v>
+                  <c:v>104.121342484</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>109.086122788</c:v>
+                  <c:v>109.096204703</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>102.629829051</c:v>
+                  <c:v>102.340539241</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>103.38127713599999</c:v>
+                  <c:v>103.655314377</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>104.70332974199999</c:v>
+                  <c:v>104.729164385</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>104.469790949</c:v>
+                  <c:v>104.44534732299999</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>104.290842901</c:v>
+                  <c:v>103.962818019</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>101.74872150100001</c:v>
+                  <c:v>102.107178023</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>101.919999425</c:v>
+                  <c:v>101.881607945</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>103.470024744</c:v>
+                  <c:v>103.39734924299999</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>103.93786627</c:v>
+                  <c:v>103.90779812</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>103.89870872900001</c:v>
+                  <c:v>104.065041331</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>103.985043324</c:v>
+                  <c:v>103.87987537799999</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>104.615430046</c:v>
+                  <c:v>104.513482766</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>104.721312807</c:v>
+                  <c:v>104.626743455</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>104.43870088600001</c:v>
+                  <c:v>104.963875509</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>105.74375686099999</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-51F7-466C-9AAC-15533C76AB1F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1770698287"/>
         <c:axId val="1770696207"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1770698287"/>
@@ -2395,77 +2419,77 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statistikbanken.dk/NKHO2" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jop@dst.dk" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:AQ38"/>
+  <dimension ref="A1:AR38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="3" topLeftCell="B4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="B26" sqref="B26"/>
+      <selection pane="bottomRight" activeCell="A27" sqref="A27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="41.7109375" style="2" customWidth="1"/>
-    <col min="2" max="43" width="9.42578125" style="2" customWidth="1"/>
-    <col min="44" max="16384" width="9.140625" style="2"/>
+    <col min="2" max="44" width="9.42578125" style="2" customWidth="1"/>
+    <col min="45" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:43" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:43" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:44" x14ac:dyDescent="0.25">
       <c r="B3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>15</v>
       </c>
       <c r="J3" s="3" t="s">
@@ -2548,62 +2572,65 @@
       </c>
       <c r="AJ3" s="3" t="s">
         <v>42</v>
       </c>
       <c r="AK3" s="3" t="s">
         <v>43</v>
       </c>
       <c r="AL3" s="3" t="s">
         <v>44</v>
       </c>
       <c r="AM3" s="3" t="s">
         <v>45</v>
       </c>
       <c r="AN3" s="3" t="s">
         <v>49</v>
       </c>
       <c r="AO3" s="3" t="s">
         <v>54</v>
       </c>
       <c r="AP3" s="3" t="s">
         <v>55</v>
       </c>
       <c r="AQ3" s="3" t="s">
         <v>93</v>
       </c>
+      <c r="AR3" s="3" t="s">
+        <v>95</v>
+      </c>
     </row>
-    <row r="4" spans="1:43" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B6" s="5">
         <v>413808.9550198738</v>
       </c>
       <c r="C6" s="5">
         <v>430048.58586999925</v>
       </c>
       <c r="D6" s="5">
         <v>421929.56106539362</v>
       </c>
       <c r="E6" s="5">
         <v>434997.97704473283</v>
       </c>
       <c r="F6" s="5">
         <v>418698.45436162624</v>
       </c>
       <c r="G6" s="5">
         <v>445883.59749056911</v>
       </c>
       <c r="H6" s="5">
         <v>436133.18208733527</v>
       </c>
       <c r="I6" s="5">
@@ -2684,57 +2711,60 @@
       <c r="AH6" s="5">
         <v>575778.1219875284</v>
       </c>
       <c r="AI6" s="5">
         <v>577185.75365031406</v>
       </c>
       <c r="AJ6" s="5">
         <v>551894.47891483514</v>
       </c>
       <c r="AK6" s="5">
         <v>580960.25309598178</v>
       </c>
       <c r="AL6" s="5">
         <v>551515.65719531814</v>
       </c>
       <c r="AM6" s="5">
         <v>587066.41963584116</v>
       </c>
       <c r="AN6" s="5">
         <v>586072.70538443432</v>
       </c>
       <c r="AO6" s="5">
         <v>627583.01236093114</v>
       </c>
       <c r="AP6" s="5">
-        <v>583935.67681128287</v>
+        <v>584193.96084718627</v>
       </c>
       <c r="AQ6" s="5">
-        <v>597839.65799679817</v>
+        <v>602060.71791740018</v>
+      </c>
+      <c r="AR6" s="5">
+        <v>598424.19513117895</v>
       </c>
     </row>
-    <row r="7" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
         <v>89.793682730002018</v>
       </c>
       <c r="C7" s="5">
         <v>93.126515146125925</v>
       </c>
       <c r="D7" s="5">
         <v>92.05636631739489</v>
       </c>
       <c r="E7" s="5">
         <v>95.027496811032691</v>
       </c>
       <c r="F7" s="5">
         <v>90.428689842461424</v>
       </c>
       <c r="G7" s="5">
         <v>96.341272439765476</v>
       </c>
       <c r="H7" s="5">
         <v>94.73271986146672</v>
       </c>
       <c r="I7" s="5">
@@ -2815,104 +2845,108 @@
       <c r="AH7" s="5">
         <v>100.43515958610512</v>
       </c>
       <c r="AI7" s="5">
         <v>102.44862145513885</v>
       </c>
       <c r="AJ7" s="5">
         <v>100.76183912959829</v>
       </c>
       <c r="AK7" s="5">
         <v>107.78684802460239</v>
       </c>
       <c r="AL7" s="5">
         <v>99.657209751848796</v>
       </c>
       <c r="AM7" s="5">
         <v>105.07310631115885</v>
       </c>
       <c r="AN7" s="5">
         <v>102.47810830204196</v>
       </c>
       <c r="AO7" s="5">
         <v>109.27977546994352</v>
       </c>
       <c r="AP7" s="5">
-        <v>101.32441859357553</v>
+        <v>101.27957159983592</v>
       </c>
       <c r="AQ7" s="5">
-        <v>104.67680760644345</v>
+        <v>104.90764194555592</v>
+      </c>
+      <c r="AR7" s="5">
+        <v>104.24444064968921</v>
       </c>
     </row>
-    <row r="8" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A8" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="5"/>
       <c r="C8" s="5"/>
       <c r="D8" s="5"/>
       <c r="E8" s="5"/>
       <c r="F8" s="5"/>
       <c r="G8" s="5"/>
       <c r="H8" s="5"/>
       <c r="I8" s="5"/>
       <c r="J8" s="5"/>
       <c r="K8" s="5"/>
       <c r="L8" s="5"/>
       <c r="M8" s="5"/>
       <c r="N8" s="5"/>
       <c r="O8" s="5"/>
       <c r="P8" s="5"/>
       <c r="Q8" s="5"/>
       <c r="R8" s="5"/>
       <c r="S8" s="5"/>
       <c r="T8" s="5"/>
       <c r="U8" s="5"/>
       <c r="V8" s="5"/>
       <c r="W8" s="5"/>
       <c r="X8" s="5"/>
       <c r="Y8" s="5"/>
       <c r="Z8" s="5"/>
       <c r="AA8" s="5"/>
       <c r="AB8" s="5"/>
       <c r="AC8" s="5"/>
       <c r="AD8" s="5"/>
       <c r="AE8" s="5"/>
       <c r="AF8" s="5"/>
       <c r="AG8" s="5"/>
       <c r="AH8" s="5"/>
       <c r="AI8" s="5"/>
       <c r="AJ8" s="5"/>
       <c r="AK8" s="5"/>
       <c r="AL8" s="5"/>
       <c r="AM8" s="5"/>
       <c r="AN8" s="5"/>
       <c r="AO8" s="5"/>
       <c r="AP8" s="5"/>
       <c r="AQ8" s="5"/>
+      <c r="AR8" s="5"/>
     </row>
-    <row r="9" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B9" s="5">
         <v>14577.511820125937</v>
       </c>
       <c r="C9" s="5">
         <v>14985.480256425355</v>
       </c>
       <c r="D9" s="5">
         <v>15075.94021814971</v>
       </c>
       <c r="E9" s="5">
         <v>15594.557705299001</v>
       </c>
       <c r="F9" s="5">
         <v>16985.80171787323</v>
       </c>
       <c r="G9" s="5">
         <v>15348.687835753632</v>
       </c>
       <c r="H9" s="5">
         <v>15841.627058940201</v>
       </c>
       <c r="I9" s="5">
@@ -2993,57 +3027,60 @@
       <c r="AH9" s="5">
         <v>39898.339804199786</v>
       </c>
       <c r="AI9" s="5">
         <v>45108.966083850282</v>
       </c>
       <c r="AJ9" s="5">
         <v>43947.601404824345</v>
       </c>
       <c r="AK9" s="5">
         <v>54256.398237125577</v>
       </c>
       <c r="AL9" s="5">
         <v>49893.159828273238</v>
       </c>
       <c r="AM9" s="5">
         <v>56146.753273532377</v>
       </c>
       <c r="AN9" s="5">
         <v>57144.422424844539</v>
       </c>
       <c r="AO9" s="5">
         <v>78348.039726200004</v>
       </c>
       <c r="AP9" s="5">
-        <v>61639.249476564808</v>
+        <v>63711.388843586865</v>
       </c>
       <c r="AQ9" s="5">
-        <v>64430.60443574081</v>
+        <v>67595.347860735492</v>
+      </c>
+      <c r="AR9" s="5">
+        <v>68876.18593903404</v>
       </c>
     </row>
-    <row r="10" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B10" s="5">
         <v>56.574982388516339</v>
       </c>
       <c r="C10" s="5">
         <v>72.649407368718357</v>
       </c>
       <c r="D10" s="5">
         <v>61.111923913273337</v>
       </c>
       <c r="E10" s="5">
         <v>61.552033631425786</v>
       </c>
       <c r="F10" s="5">
         <v>71.519616060353087</v>
       </c>
       <c r="G10" s="5">
         <v>66.386174653652631</v>
       </c>
       <c r="H10" s="5">
         <v>73.43795142916521</v>
       </c>
       <c r="I10" s="5">
@@ -3124,504 +3161,517 @@
       <c r="AH10" s="5">
         <v>196.91330297512042</v>
       </c>
       <c r="AI10" s="5">
         <v>219.13513857809897</v>
       </c>
       <c r="AJ10" s="5">
         <v>207.40402066201048</v>
       </c>
       <c r="AK10" s="5">
         <v>259.22656362401426</v>
       </c>
       <c r="AL10" s="5">
         <v>258.45885226356063</v>
       </c>
       <c r="AM10" s="5">
         <v>292.57273194100469</v>
       </c>
       <c r="AN10" s="5">
         <v>296.8190070089986</v>
       </c>
       <c r="AO10" s="5">
         <v>354.18627390680138</v>
       </c>
       <c r="AP10" s="5">
-        <v>306.48875988897362</v>
+        <v>310.44610422069439</v>
       </c>
       <c r="AQ10" s="5">
-        <v>341.03920969781325</v>
+        <v>352.03877199907299</v>
+      </c>
+      <c r="AR10" s="5">
+        <v>378.74199548488258</v>
       </c>
     </row>
-    <row r="11" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:44" x14ac:dyDescent="0.25">
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="5"/>
       <c r="H11" s="5"/>
       <c r="I11" s="5"/>
       <c r="J11" s="5"/>
       <c r="K11" s="5"/>
       <c r="L11" s="5"/>
       <c r="M11" s="5"/>
       <c r="N11" s="5"/>
       <c r="O11" s="5"/>
       <c r="P11" s="5"/>
       <c r="Q11" s="5"/>
       <c r="R11" s="5"/>
       <c r="S11" s="5"/>
       <c r="T11" s="5"/>
       <c r="U11" s="5"/>
       <c r="V11" s="5"/>
       <c r="W11" s="5"/>
       <c r="X11" s="5"/>
       <c r="Y11" s="5"/>
       <c r="Z11" s="5"/>
       <c r="AA11" s="5"/>
       <c r="AB11" s="5"/>
       <c r="AC11" s="5"/>
       <c r="AD11" s="5"/>
       <c r="AE11" s="5"/>
       <c r="AF11" s="5"/>
       <c r="AG11" s="5"/>
       <c r="AH11" s="5"/>
       <c r="AI11" s="5"/>
       <c r="AJ11" s="5"/>
       <c r="AK11" s="5"/>
       <c r="AL11" s="5"/>
       <c r="AM11" s="5"/>
       <c r="AN11" s="5"/>
       <c r="AO11" s="5"/>
       <c r="AP11" s="5"/>
       <c r="AQ11" s="5"/>
+      <c r="AR11" s="5"/>
     </row>
-    <row r="12" spans="1:43" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="5"/>
       <c r="C12" s="5"/>
       <c r="D12" s="5"/>
       <c r="E12" s="5"/>
       <c r="F12" s="5"/>
       <c r="G12" s="5"/>
       <c r="H12" s="5"/>
       <c r="I12" s="5"/>
       <c r="J12" s="5"/>
       <c r="K12" s="5"/>
       <c r="L12" s="5"/>
       <c r="M12" s="5"/>
       <c r="N12" s="5"/>
       <c r="O12" s="5"/>
       <c r="P12" s="5"/>
       <c r="Q12" s="5"/>
       <c r="R12" s="5"/>
       <c r="S12" s="5"/>
       <c r="T12" s="5"/>
       <c r="U12" s="5"/>
       <c r="V12" s="5"/>
       <c r="W12" s="5"/>
       <c r="X12" s="5"/>
       <c r="Y12" s="5"/>
       <c r="Z12" s="5"/>
       <c r="AA12" s="5"/>
       <c r="AB12" s="5"/>
       <c r="AC12" s="5"/>
       <c r="AD12" s="5"/>
       <c r="AE12" s="5"/>
       <c r="AF12" s="5"/>
       <c r="AG12" s="5"/>
       <c r="AH12" s="5"/>
       <c r="AI12" s="5"/>
       <c r="AJ12" s="5"/>
       <c r="AK12" s="5"/>
       <c r="AL12" s="5"/>
       <c r="AM12" s="5"/>
       <c r="AN12" s="5"/>
       <c r="AO12" s="5"/>
       <c r="AP12" s="5"/>
       <c r="AQ12" s="5"/>
+      <c r="AR12" s="5"/>
     </row>
-    <row r="13" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="5"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="5"/>
       <c r="I13" s="5"/>
       <c r="J13" s="5"/>
       <c r="K13" s="5"/>
       <c r="L13" s="5"/>
       <c r="M13" s="5"/>
       <c r="N13" s="5"/>
       <c r="O13" s="5"/>
       <c r="P13" s="5"/>
       <c r="Q13" s="5"/>
       <c r="R13" s="5"/>
       <c r="S13" s="5"/>
       <c r="T13" s="5"/>
       <c r="U13" s="5"/>
       <c r="V13" s="5"/>
       <c r="W13" s="5"/>
       <c r="X13" s="5"/>
       <c r="Y13" s="5"/>
       <c r="Z13" s="5"/>
       <c r="AA13" s="5"/>
       <c r="AB13" s="5"/>
       <c r="AC13" s="5"/>
       <c r="AD13" s="5"/>
       <c r="AE13" s="5"/>
       <c r="AF13" s="5"/>
       <c r="AG13" s="5"/>
       <c r="AH13" s="5"/>
       <c r="AI13" s="5"/>
       <c r="AJ13" s="5"/>
       <c r="AK13" s="5"/>
       <c r="AL13" s="5"/>
       <c r="AM13" s="5"/>
       <c r="AN13" s="5"/>
       <c r="AO13" s="5"/>
       <c r="AP13" s="5"/>
       <c r="AQ13" s="5"/>
+      <c r="AR13" s="5"/>
     </row>
-    <row r="14" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B14" s="5">
-        <v>424844.73526331101</v>
+        <v>424845.91181558999</v>
       </c>
       <c r="C14" s="5">
-        <v>423528.45056141698</v>
+        <v>423528.03978782799</v>
       </c>
       <c r="D14" s="5">
-        <v>425008.958215972</v>
+        <v>425007.63619046903</v>
       </c>
       <c r="E14" s="5">
-        <v>427253.47292498098</v>
+        <v>427254.17876434798</v>
       </c>
       <c r="F14" s="5">
-        <v>430075.97173650598</v>
+        <v>430076.87190640502</v>
       </c>
       <c r="G14" s="5">
-        <v>439120.90164570097</v>
+        <v>439120.36904770799</v>
       </c>
       <c r="H14" s="5">
-        <v>439260.27431614301</v>
+        <v>439259.74001434701</v>
       </c>
       <c r="I14" s="5">
-        <v>447176.21398063097</v>
+        <v>447176.85750601999</v>
       </c>
       <c r="J14" s="5">
-        <v>455443.40038692701</v>
+        <v>455442.912424026</v>
       </c>
       <c r="K14" s="5">
-        <v>458146.97403953702</v>
+        <v>458146.19345710299</v>
       </c>
       <c r="L14" s="5">
-        <v>457635.99850616202</v>
+        <v>457638.56371437898</v>
       </c>
       <c r="M14" s="5">
-        <v>458448.022400735</v>
+        <v>458448.25161353801</v>
       </c>
       <c r="N14" s="5">
-        <v>460668.22927483497</v>
+        <v>460663.611870925</v>
       </c>
       <c r="O14" s="5">
-        <v>462783.24956978101</v>
+        <v>462782.38908958703</v>
       </c>
       <c r="P14" s="5">
-        <v>467112.46068853</v>
+        <v>467119.08042977803</v>
       </c>
       <c r="Q14" s="5">
-        <v>470455.40065965999</v>
+        <v>470463.22498619597</v>
       </c>
       <c r="R14" s="5">
-        <v>473292.87286057998</v>
+        <v>473267.98144257301</v>
       </c>
       <c r="S14" s="5">
-        <v>477985.17487525998</v>
+        <v>477992.57876555301</v>
       </c>
       <c r="T14" s="5">
-        <v>480960.455025692</v>
+        <v>480972.644417651</v>
       </c>
       <c r="U14" s="5">
-        <v>485982.96344022499</v>
+        <v>485997.16228834703</v>
       </c>
       <c r="V14" s="5">
-        <v>490675.71206008102</v>
+        <v>490630.72134530102</v>
       </c>
       <c r="W14" s="5">
-        <v>456741.627684051</v>
+        <v>456753.29365886998</v>
       </c>
       <c r="X14" s="5">
-        <v>485685.59826455999</v>
+        <v>485704.00822470197</v>
       </c>
       <c r="Y14" s="5">
-        <v>498037.77481161599</v>
+        <v>498049.63594631798</v>
       </c>
       <c r="Z14" s="5">
-        <v>505129.500286753</v>
+        <v>505085.81596763502</v>
       </c>
       <c r="AA14" s="5">
-        <v>522416.07352123503</v>
+        <v>522438.45006028202</v>
       </c>
       <c r="AB14" s="5">
-        <v>535522.70987742604</v>
+        <v>535522.89859041397</v>
       </c>
       <c r="AC14" s="5">
-        <v>568429.471099218</v>
+        <v>568409.76164735598</v>
       </c>
       <c r="AD14" s="5">
-        <v>575325.91209485696</v>
+        <v>575360.83394122997</v>
       </c>
       <c r="AE14" s="5">
-        <v>592142.23244324897</v>
+        <v>592180.22067173803</v>
       </c>
       <c r="AF14" s="5">
-        <v>604790.08125630696</v>
+        <v>604705.48373778304</v>
       </c>
       <c r="AG14" s="5">
-        <v>599192.33763889805</v>
+        <v>599083.49561584403</v>
       </c>
       <c r="AH14" s="5">
-        <v>594339.815023417</v>
+        <v>594557.35620301298</v>
       </c>
       <c r="AI14" s="5">
-        <v>572239.03271170903</v>
+        <v>572380.55705336703</v>
       </c>
       <c r="AJ14" s="5">
-        <v>557913.100144175</v>
+        <v>557599.30796432297</v>
       </c>
       <c r="AK14" s="5">
-        <v>561907.76029865397</v>
+        <v>561719.17394328001</v>
       </c>
       <c r="AL14" s="5">
-        <v>568348.27353105706</v>
+        <v>568790.88010187401</v>
       </c>
       <c r="AM14" s="5">
-        <v>583163.07280107902</v>
+        <v>583428.288729319</v>
       </c>
       <c r="AN14" s="5">
-        <v>594064.63623369602</v>
+        <v>593479.14254639996</v>
       </c>
       <c r="AO14" s="5">
-        <v>605273.05592413701</v>
+        <v>604964.79868767597</v>
       </c>
       <c r="AP14" s="5">
-        <v>601130.701555404</v>
+        <v>602093.80160341598</v>
       </c>
       <c r="AQ14" s="5">
-        <v>594862.92606193305</v>
+        <v>599496.09621131001</v>
+      </c>
+      <c r="AR14" s="5">
+        <v>606274.49633923301</v>
       </c>
     </row>
-    <row r="15" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B15" s="5">
-        <v>92.553744004999999</v>
+        <v>92.542536549999994</v>
       </c>
       <c r="C15" s="5">
-        <v>91.861800994999996</v>
+        <v>91.900999307999996</v>
       </c>
       <c r="D15" s="5">
-        <v>92.592035405999994</v>
+        <v>92.557062630999994</v>
       </c>
       <c r="E15" s="5">
-        <v>92.968129625000003</v>
+        <v>92.967974710999997</v>
       </c>
       <c r="F15" s="5">
-        <v>93.590122463</v>
+        <v>93.664095330999999</v>
       </c>
       <c r="G15" s="5">
-        <v>94.661004559000006</v>
+        <v>94.618118882000005</v>
       </c>
       <c r="H15" s="5">
-        <v>95.295464639000002</v>
+        <v>95.261312797000002</v>
       </c>
       <c r="I15" s="5">
-        <v>96.124861005</v>
+        <v>96.118256134000006</v>
       </c>
       <c r="J15" s="5">
-        <v>96.868196194000006</v>
+        <v>96.814822555999996</v>
       </c>
       <c r="K15" s="5">
-        <v>97.561220711000004</v>
+        <v>97.647388390000003</v>
       </c>
       <c r="L15" s="5">
-        <v>97.275310407999996</v>
+        <v>97.250574064999995</v>
       </c>
       <c r="M15" s="5">
-        <v>98.392970504999994</v>
+        <v>98.384264345000005</v>
       </c>
       <c r="N15" s="5">
-        <v>98.998764374999993</v>
+        <v>99.105401138000005</v>
       </c>
       <c r="O15" s="5">
-        <v>98.444690047999998</v>
+        <v>98.367250748999993</v>
       </c>
       <c r="P15" s="5">
-        <v>98.444327387000001</v>
+        <v>98.429672147999995</v>
       </c>
       <c r="Q15" s="5">
-        <v>98.490498908999996</v>
+        <v>98.479935048000002</v>
       </c>
       <c r="R15" s="5">
-        <v>99.439279510000006</v>
+        <v>99.378431035999995</v>
       </c>
       <c r="S15" s="5">
-        <v>99.863951489000002</v>
+        <v>99.947867399000003</v>
       </c>
       <c r="T15" s="5">
-        <v>100.02282787599999</v>
+        <v>100.01525360399999</v>
       </c>
       <c r="U15" s="5">
-        <v>100.407121948</v>
+        <v>100.407177576</v>
       </c>
       <c r="V15" s="5">
-        <v>100.12362973800001</v>
+        <v>100.01897504999999</v>
       </c>
       <c r="W15" s="5">
-        <v>92.616249015999998</v>
+        <v>92.717344288999996</v>
       </c>
       <c r="X15" s="5">
-        <v>98.411982365</v>
+        <v>98.421248997000006</v>
       </c>
       <c r="Y15" s="5">
-        <v>99.867059556000001</v>
+        <v>99.879580716000007</v>
       </c>
       <c r="Z15" s="5">
-        <v>100.303505652</v>
+        <v>100.200171184</v>
       </c>
       <c r="AA15" s="5">
-        <v>102.82905399800001</v>
+        <v>102.92279597300001</v>
       </c>
       <c r="AB15" s="5">
-        <v>104.106156743</v>
+        <v>104.121342484</v>
       </c>
       <c r="AC15" s="5">
-        <v>109.086122788</v>
+        <v>109.096204703</v>
       </c>
       <c r="AD15" s="5">
-        <v>102.629829051</v>
+        <v>102.340539241</v>
       </c>
       <c r="AE15" s="5">
-        <v>103.38127713599999</v>
+        <v>103.655314377</v>
       </c>
       <c r="AF15" s="5">
-        <v>104.70332974199999</v>
+        <v>104.729164385</v>
       </c>
       <c r="AG15" s="5">
-        <v>104.469790949</v>
+        <v>104.44534732299999</v>
       </c>
       <c r="AH15" s="5">
-        <v>104.290842901</v>
+        <v>103.962818019</v>
       </c>
       <c r="AI15" s="5">
-        <v>101.74872150100001</v>
+        <v>102.107178023</v>
       </c>
       <c r="AJ15" s="5">
-        <v>101.919999425</v>
+        <v>101.881607945</v>
       </c>
       <c r="AK15" s="5">
-        <v>103.470024744</v>
+        <v>103.39734924299999</v>
       </c>
       <c r="AL15" s="5">
-        <v>103.93786627</v>
+        <v>103.90779812</v>
       </c>
       <c r="AM15" s="5">
-        <v>103.89870872900001</v>
+        <v>104.065041331</v>
       </c>
       <c r="AN15" s="5">
-        <v>103.985043324</v>
+        <v>103.87987537799999</v>
       </c>
       <c r="AO15" s="5">
-        <v>104.615430046</v>
+        <v>104.513482766</v>
       </c>
       <c r="AP15" s="5">
-        <v>104.721312807</v>
+        <v>104.626743455</v>
       </c>
       <c r="AQ15" s="5">
-        <v>104.43870088600001</v>
+        <v>104.963875509</v>
+      </c>
+      <c r="AR15" s="5">
+        <v>105.74375686099999</v>
       </c>
     </row>
-    <row r="16" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B16" s="5"/>
       <c r="C16" s="5"/>
       <c r="D16" s="5"/>
       <c r="E16" s="5"/>
       <c r="F16" s="5"/>
       <c r="G16" s="5"/>
       <c r="H16" s="5"/>
       <c r="I16" s="5"/>
       <c r="J16" s="5"/>
       <c r="K16" s="5"/>
       <c r="L16" s="5"/>
       <c r="M16" s="5"/>
       <c r="N16" s="5"/>
       <c r="O16" s="5"/>
       <c r="P16" s="5"/>
       <c r="Q16" s="5"/>
       <c r="R16" s="5"/>
       <c r="S16" s="5"/>
       <c r="T16" s="5"/>
       <c r="U16" s="5"/>
       <c r="V16" s="5"/>
       <c r="W16" s="5"/>
       <c r="X16" s="5"/>
       <c r="Y16" s="5"/>
       <c r="Z16" s="5"/>
       <c r="AA16" s="5"/>
       <c r="AB16" s="5"/>
       <c r="AC16" s="5"/>
       <c r="AD16" s="5"/>
       <c r="AE16" s="5"/>
       <c r="AF16" s="5"/>
       <c r="AG16" s="5"/>
       <c r="AH16" s="5"/>
       <c r="AI16" s="5"/>
       <c r="AJ16" s="5"/>
       <c r="AK16" s="5"/>
       <c r="AL16" s="5"/>
       <c r="AM16" s="5"/>
       <c r="AN16" s="5"/>
       <c r="AO16" s="5"/>
       <c r="AP16" s="5"/>
       <c r="AQ16" s="5"/>
+      <c r="AR16" s="5"/>
     </row>
-    <row r="17" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B17" s="5">
         <v>14577.511820125937</v>
       </c>
       <c r="C17" s="5">
         <v>14985.480256425355</v>
       </c>
       <c r="D17" s="5">
         <v>15075.94021814971</v>
       </c>
       <c r="E17" s="5">
         <v>15594.557705299001</v>
       </c>
       <c r="F17" s="5">
         <v>16985.80171787323</v>
       </c>
       <c r="G17" s="5">
         <v>15348.687835753632</v>
       </c>
       <c r="H17" s="5">
         <v>15841.627058940201</v>
       </c>
       <c r="I17" s="5">
@@ -3702,57 +3752,60 @@
       <c r="AH17" s="5">
         <v>39898.339804199786</v>
       </c>
       <c r="AI17" s="5">
         <v>45108.966083850282</v>
       </c>
       <c r="AJ17" s="5">
         <v>43947.601404824345</v>
       </c>
       <c r="AK17" s="5">
         <v>54256.398237125577</v>
       </c>
       <c r="AL17" s="5">
         <v>49893.159828273238</v>
       </c>
       <c r="AM17" s="5">
         <v>56146.753273532377</v>
       </c>
       <c r="AN17" s="5">
         <v>57144.422424844539</v>
       </c>
       <c r="AO17" s="5">
         <v>78348.039726200004</v>
       </c>
       <c r="AP17" s="5">
-        <v>61639.249476564808</v>
+        <v>63711.388843586865</v>
       </c>
       <c r="AQ17" s="5">
-        <v>64430.60443574081</v>
+        <v>67595.347860735492</v>
+      </c>
+      <c r="AR17" s="5">
+        <v>68876.18593903404</v>
       </c>
     </row>
-    <row r="18" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B18" s="5">
         <v>56.574982388516339</v>
       </c>
       <c r="C18" s="5">
         <v>72.649407368718357</v>
       </c>
       <c r="D18" s="5">
         <v>61.111923913273337</v>
       </c>
       <c r="E18" s="5">
         <v>61.552033631425786</v>
       </c>
       <c r="F18" s="5">
         <v>71.519616060353087</v>
       </c>
       <c r="G18" s="5">
         <v>66.386174653652631</v>
       </c>
       <c r="H18" s="5">
         <v>73.43795142916521</v>
       </c>
       <c r="I18" s="5">
@@ -3833,138 +3886,147 @@
       <c r="AH18" s="5">
         <v>196.91330297512042</v>
       </c>
       <c r="AI18" s="5">
         <v>219.13513857809897</v>
       </c>
       <c r="AJ18" s="5">
         <v>207.40402066201048</v>
       </c>
       <c r="AK18" s="5">
         <v>259.22656362401426</v>
       </c>
       <c r="AL18" s="5">
         <v>258.45885226356063</v>
       </c>
       <c r="AM18" s="5">
         <v>292.57273194100469</v>
       </c>
       <c r="AN18" s="5">
         <v>296.8190070089986</v>
       </c>
       <c r="AO18" s="5">
         <v>354.18627390680138</v>
       </c>
       <c r="AP18" s="5">
-        <v>306.48875988897362</v>
+        <v>310.44610422069439</v>
       </c>
       <c r="AQ18" s="5">
-        <v>341.03920969781325</v>
+        <v>352.03877199907299</v>
+      </c>
+      <c r="AR18" s="5">
+        <v>378.74199548488258</v>
       </c>
     </row>
-    <row r="20" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="21" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="22" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:44" x14ac:dyDescent="0.25">
       <c r="AL22" s="6"/>
       <c r="AM22" s="6"/>
       <c r="AN22" s="6"/>
       <c r="AO22" s="6"/>
       <c r="AP22" s="6"/>
       <c r="AQ22" s="6"/>
+      <c r="AR22" s="6"/>
     </row>
-    <row r="23" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>50</v>
       </c>
       <c r="AL23" s="6"/>
       <c r="AM23" s="6"/>
       <c r="AN23" s="6"/>
       <c r="AO23" s="6"/>
       <c r="AP23" s="6"/>
       <c r="AQ23" s="6"/>
+      <c r="AR23" s="6"/>
     </row>
-    <row r="24" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A24" s="7" t="s">
         <v>51</v>
       </c>
       <c r="AL24" s="6"/>
       <c r="AM24" s="6"/>
       <c r="AN24" s="6"/>
       <c r="AO24" s="6"/>
       <c r="AP24" s="6"/>
       <c r="AQ24" s="6"/>
+      <c r="AR24" s="6"/>
     </row>
-    <row r="25" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A25" s="8" t="s">
         <v>52</v>
       </c>
       <c r="AL25" s="6"/>
       <c r="AM25" s="6"/>
       <c r="AN25" s="6"/>
       <c r="AO25" s="6"/>
       <c r="AP25" s="6"/>
       <c r="AQ25" s="6"/>
+      <c r="AR25" s="6"/>
     </row>
-    <row r="26" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A26" s="7" t="s">
         <v>53</v>
       </c>
       <c r="AL26" s="6"/>
       <c r="AM26" s="6"/>
       <c r="AN26" s="6"/>
       <c r="AO26" s="6"/>
       <c r="AP26" s="6"/>
       <c r="AQ26" s="6"/>
+      <c r="AR26" s="6"/>
     </row>
-    <row r="27" spans="1:43" s="16" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:44" s="16" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="15"/>
       <c r="AL27" s="17"/>
       <c r="AM27" s="17"/>
       <c r="AN27" s="17"/>
       <c r="AO27" s="17"/>
       <c r="AP27" s="17"/>
       <c r="AQ27" s="17"/>
+      <c r="AR27" s="17"/>
     </row>
-    <row r="28" spans="1:43" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="29" spans="1:43" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A29" s="1" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="30" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A30" s="9"/>
       <c r="B30" s="11" t="s">
         <v>84</v>
       </c>
       <c r="C30" s="11" t="s">
         <v>83</v>
       </c>
       <c r="D30" s="11" t="s">
         <v>82</v>
       </c>
       <c r="E30" s="11" t="s">
         <v>81</v>
       </c>
       <c r="F30" s="11" t="s">
         <v>80</v>
       </c>
       <c r="G30" s="11" t="s">
         <v>79</v>
       </c>
       <c r="H30" s="11" t="s">
         <v>78</v>
       </c>
       <c r="I30" s="11" t="s">
         <v>77</v>
       </c>
@@ -4012,52 +4074,55 @@
       </c>
       <c r="X30" s="11" t="s">
         <v>62</v>
       </c>
       <c r="Y30" s="11" t="s">
         <v>61</v>
       </c>
       <c r="Z30" s="11" t="s">
         <v>60</v>
       </c>
       <c r="AA30" s="11" t="s">
         <v>59</v>
       </c>
       <c r="AB30" s="11" t="s">
         <v>58</v>
       </c>
       <c r="AC30" s="11" t="s">
         <v>57</v>
       </c>
       <c r="AD30" s="11" t="s">
         <v>56</v>
       </c>
       <c r="AE30" s="11" t="s">
         <v>94</v>
       </c>
+      <c r="AF30" s="11" t="s">
+        <v>96</v>
+      </c>
     </row>
-    <row r="31" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A31" s="9" t="s">
         <v>86</v>
       </c>
       <c r="B31" s="12">
         <v>98.043270832928059</v>
       </c>
       <c r="C31" s="12">
         <v>98.008998824340239</v>
       </c>
       <c r="D31" s="12">
         <v>98.53549694226723</v>
       </c>
       <c r="E31" s="12">
         <v>98.681827527747473</v>
       </c>
       <c r="F31" s="12">
         <v>99.073968740731289</v>
       </c>
       <c r="G31" s="12">
         <v>99.974480813840046</v>
       </c>
       <c r="H31" s="12">
         <v>100.29888915779601</v>
       </c>
       <c r="I31" s="12">
@@ -4078,81 +4143,84 @@
       <c r="N31" s="12">
         <v>100.12499611004264</v>
       </c>
       <c r="O31" s="12">
         <v>103.58186949756096</v>
       </c>
       <c r="P31" s="12">
         <v>105.62659430366976</v>
       </c>
       <c r="Q31" s="12">
         <v>109.08455567812614</v>
       </c>
       <c r="R31" s="12">
         <v>103.31577755809091</v>
       </c>
       <c r="S31" s="12">
         <v>105.18492367594328</v>
       </c>
       <c r="T31" s="12">
         <v>106.60068964149221</v>
       </c>
       <c r="U31" s="12">
         <v>105.17371481855635</v>
       </c>
       <c r="V31" s="12">
-        <v>106.3536556269038</v>
+        <v>106.38433136099871</v>
       </c>
       <c r="W31" s="12">
-        <v>105.09788890702882</v>
+        <v>105.03928549392757</v>
       </c>
       <c r="X31" s="12">
-        <v>104.65287749706171</v>
+        <v>104.60866258428166</v>
       </c>
       <c r="Y31" s="12">
-        <v>106.71161682242152</v>
+        <v>106.78375888165408</v>
       </c>
       <c r="Z31" s="12">
-        <v>107.2338020251552</v>
+        <v>107.30092553823309</v>
       </c>
       <c r="AA31" s="12">
-        <v>109.24382712387603</v>
+        <v>109.17997444655489</v>
       </c>
       <c r="AB31" s="12">
-        <v>109.80887125655411</v>
+        <v>109.68602255308686</v>
       </c>
       <c r="AC31" s="12">
-        <v>111.23438615088203</v>
+        <v>111.35396270754205</v>
       </c>
       <c r="AD31" s="12">
-        <v>109.81936737324271</v>
+        <v>110.00534689726425</v>
       </c>
       <c r="AE31" s="12">
-        <v>110.95115478747108</v>
+        <v>111.36808817042656</v>
+      </c>
+      <c r="AF31" s="12">
+        <v>113.93492740882103</v>
       </c>
     </row>
-    <row r="32" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A32" s="9" t="s">
         <v>85</v>
       </c>
       <c r="B32" s="12">
         <v>98.129119307396891</v>
       </c>
       <c r="C32" s="12">
         <v>97.999175019396034</v>
       </c>
       <c r="D32" s="12">
         <v>98.510222587588984</v>
       </c>
       <c r="E32" s="12">
         <v>98.744504894389692</v>
       </c>
       <c r="F32" s="12">
         <v>99.064601922350562</v>
       </c>
       <c r="G32" s="12">
         <v>100.09164278456197</v>
       </c>
       <c r="H32" s="12">
         <v>100.37795994442828</v>
       </c>
       <c r="I32" s="12">
@@ -4173,220 +4241,226 @@
       <c r="N32" s="12">
         <v>99.688837176551786</v>
       </c>
       <c r="O32" s="12">
         <v>103.0112804652386</v>
       </c>
       <c r="P32" s="12">
         <v>105.28045826719135</v>
       </c>
       <c r="Q32" s="12">
         <v>109.07545822763707</v>
       </c>
       <c r="R32" s="12">
         <v>103.83202519801441</v>
       </c>
       <c r="S32" s="12">
         <v>105.71875675096958</v>
       </c>
       <c r="T32" s="12">
         <v>107.25923820101335</v>
       </c>
       <c r="U32" s="12">
         <v>105.96188000534852</v>
       </c>
       <c r="V32" s="12">
-        <v>107.85318206790836</v>
+        <v>107.89014524719714</v>
       </c>
       <c r="W32" s="12">
-        <v>106.52825937141262</v>
+        <v>106.44460602322671</v>
       </c>
       <c r="X32" s="12">
-        <v>106.1529326549669</v>
+        <v>106.12301275159201</v>
       </c>
       <c r="Y32" s="12">
-        <v>108.33860432964451</v>
+        <v>108.41521365710778</v>
       </c>
       <c r="Z32" s="12">
-        <v>108.76459352887969</v>
+        <v>108.84112169170186</v>
       </c>
       <c r="AA32" s="12">
-        <v>111.10014877930656</v>
+        <v>111.00532652375685</v>
       </c>
       <c r="AB32" s="12">
-        <v>111.94539367947949</v>
+        <v>111.82867526730061</v>
       </c>
       <c r="AC32" s="12">
-        <v>113.45591091616878</v>
+        <v>113.59092193761755</v>
       </c>
       <c r="AD32" s="12">
-        <v>111.89941744068126</v>
+        <v>112.10923902125487</v>
       </c>
       <c r="AE32" s="12">
-        <v>113.05013450761668</v>
+        <v>113.55631414069892</v>
+      </c>
+      <c r="AF32" s="12">
+        <v>116.42369877437142</v>
       </c>
     </row>
-    <row r="33" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A33" s="9" t="s">
         <v>3</v>
       </c>
       <c r="B33" s="10">
-        <v>98.998764374999993</v>
+        <v>99.105401138000005</v>
       </c>
       <c r="C33" s="10">
-        <v>98.444690047999998</v>
+        <v>98.367250748999993</v>
       </c>
       <c r="D33" s="10">
-        <v>98.444327387000001</v>
+        <v>98.429672147999995</v>
       </c>
       <c r="E33" s="10">
-        <v>98.490498908999996</v>
+        <v>98.479935048000002</v>
       </c>
       <c r="F33" s="10">
-        <v>99.439279510000006</v>
+        <v>99.378431035999995</v>
       </c>
       <c r="G33" s="10">
-        <v>99.863951489000002</v>
+        <v>99.947867399000003</v>
       </c>
       <c r="H33" s="10">
-        <v>100.02282787599999</v>
+        <v>100.01525360399999</v>
       </c>
       <c r="I33" s="10">
-        <v>100.407121948</v>
+        <v>100.407177576</v>
       </c>
       <c r="J33" s="10">
-        <v>100.12362973800001</v>
+        <v>100.01897504999999</v>
       </c>
       <c r="K33" s="10">
-        <v>92.616249015999998</v>
+        <v>92.717344288999996</v>
       </c>
       <c r="L33" s="10">
-        <v>98.411982365</v>
+        <v>98.421248997000006</v>
       </c>
       <c r="M33" s="10">
-        <v>99.867059556000001</v>
+        <v>99.879580716000007</v>
       </c>
       <c r="N33" s="10">
-        <v>100.303505652</v>
+        <v>100.200171184</v>
       </c>
       <c r="O33" s="10">
-        <v>102.82905399800001</v>
+        <v>102.92279597300001</v>
       </c>
       <c r="P33" s="10">
-        <v>104.106156743</v>
+        <v>104.121342484</v>
       </c>
       <c r="Q33" s="10">
-        <v>109.086122788</v>
+        <v>109.096204703</v>
       </c>
       <c r="R33" s="10">
-        <v>102.629829051</v>
+        <v>102.340539241</v>
       </c>
       <c r="S33" s="10">
-        <v>103.38127713599999</v>
+        <v>103.655314377</v>
       </c>
       <c r="T33" s="10">
-        <v>104.70332974199999</v>
+        <v>104.729164385</v>
       </c>
       <c r="U33" s="10">
-        <v>104.469790949</v>
+        <v>104.44534732299999</v>
       </c>
       <c r="V33" s="10">
-        <v>104.290842901</v>
+        <v>103.962818019</v>
       </c>
       <c r="W33" s="10">
-        <v>101.74872150100001</v>
+        <v>102.107178023</v>
       </c>
       <c r="X33" s="10">
-        <v>101.919999425</v>
+        <v>101.881607945</v>
       </c>
       <c r="Y33" s="10">
-        <v>103.470024744</v>
+        <v>103.39734924299999</v>
       </c>
       <c r="Z33" s="10">
-        <v>103.93786627</v>
+        <v>103.90779812</v>
       </c>
       <c r="AA33" s="10">
-        <v>103.89870872900001</v>
+        <v>104.065041331</v>
       </c>
       <c r="AB33" s="10">
-        <v>103.985043324</v>
+        <v>103.87987537799999</v>
       </c>
       <c r="AC33" s="10">
-        <v>104.615430046</v>
+        <v>104.513482766</v>
       </c>
       <c r="AD33" s="10">
-        <v>104.721312807</v>
+        <v>104.626743455</v>
       </c>
       <c r="AE33" s="10">
-        <v>104.43870088600001</v>
+        <v>104.963875509</v>
+      </c>
+      <c r="AF33" s="10">
+        <v>105.74375686099999</v>
       </c>
     </row>
-    <row r="35" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A35" s="14" t="s">
         <v>89</v>
       </c>
       <c r="B35" s="13"/>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="13"/>
       <c r="G35" s="13"/>
       <c r="H35" s="13"/>
       <c r="I35" s="13"/>
       <c r="J35" s="13"/>
       <c r="K35" s="13"/>
       <c r="L35" s="13"/>
       <c r="M35" s="13"/>
       <c r="N35" s="13"/>
       <c r="O35" s="13"/>
       <c r="P35" s="13"/>
       <c r="Q35" s="13"/>
       <c r="R35" s="13"/>
       <c r="S35" s="13"/>
       <c r="T35" s="13"/>
       <c r="U35" s="13"/>
       <c r="V35" s="13"/>
       <c r="W35" s="13"/>
       <c r="X35" s="13"/>
       <c r="Y35" s="13"/>
       <c r="Z35" s="13"/>
       <c r="AA35" s="13"/>
       <c r="AB35" s="13"/>
       <c r="AC35" s="13"/>
       <c r="AD35" s="13"/>
     </row>
-    <row r="36" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A36" s="14" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="37" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A37" s="14" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="38" spans="1:31" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A38" s="8" t="s">
         <v>91</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A25" r:id="rId1"/>
     <hyperlink ref="A38" r:id="rId2"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Regneark</vt:lpstr>
       </vt:variant>
       <vt:variant>