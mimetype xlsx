--- v1 (2025-11-20)
+++ v2 (2026-01-06)
@@ -28,51 +28,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\KNR\Analyse\Medicinal\Særudtræk\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12000"/>
   </bookViews>
   <sheets>
     <sheet name="data" sheetId="1" r:id="rId1"/>
     <sheet name="figur" sheetId="3" r:id="rId2"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="105" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="100">
   <si>
     <t>Medicinalindustrien i dansk økonomi</t>
   </si>
   <si>
     <t>Kvartalsvist nationalregnskab</t>
   </si>
   <si>
     <t>Ikke-sæsonkorrigerede tal</t>
   </si>
   <si>
     <t>BVT ekskl. medicinalindustri</t>
   </si>
   <si>
     <t>Kædede værdier, indeks 2019=100</t>
   </si>
   <si>
     <t>BVT for medicinalindustri</t>
   </si>
   <si>
     <t>Sæsonkorrigerede tal</t>
   </si>
   <si>
     <t>Anm.: Tallene er et særudtræk og særberegning pba. det kvartalsvise nationalregnskab - og tallene er derfor behæftet med større usikkerhed end i det offentliggjorte nationalregnskab (i statistikbanken mv.).</t>
   </si>
   <si>
@@ -171,56 +171,50 @@
   <si>
     <t>2022K4</t>
   </si>
   <si>
     <t>2023K1</t>
   </si>
   <si>
     <t>2023K2</t>
   </si>
   <si>
     <t>2023K3</t>
   </si>
   <si>
     <t>2023K4</t>
   </si>
   <si>
     <t>2024K1</t>
   </si>
   <si>
     <t>2024K2</t>
   </si>
   <si>
     <t>Løbende priser, mio. kr.</t>
   </si>
   <si>
-    <t>BVT for medicinalindustri*</t>
-[...4 lines deleted...]
-  <si>
     <t>2024K3</t>
   </si>
   <si>
     <t>Kontaktperson:</t>
   </si>
   <si>
     <t>Jonas Dan Petersen</t>
   </si>
   <si>
     <t>jop@dst.dk</t>
   </si>
   <si>
     <t>Tlf.: 30 57 18 26</t>
   </si>
   <si>
     <t>2024K4</t>
   </si>
   <si>
     <t>2025K1</t>
   </si>
   <si>
     <t>1. kvt. 2025</t>
   </si>
   <si>
     <t>4. kvt. 2024</t>
@@ -319,50 +313,65 @@
     <t>Data til figur findes nedenfor</t>
   </si>
   <si>
     <t>Anm.: Indeks beregnet pba. sæsonkorrigerede kædede værdier.</t>
   </si>
   <si>
     <t>Data for BVT ekskl. medicinalindustri findes i særudtrækket ovenfor.</t>
   </si>
   <si>
     <t>https://statistikbanken.dk/NKHO2</t>
   </si>
   <si>
     <t>Data for BNP og BVT i alt kommer fra det offentliggjorte nationalregnskab og kan bl.a. findes her:</t>
   </si>
   <si>
     <t>2025K2</t>
   </si>
   <si>
     <t>2. kvt. 2025</t>
   </si>
   <si>
     <t>2025K3</t>
   </si>
   <si>
     <t>3. kvt. 2025</t>
+  </si>
+  <si>
+    <t>…</t>
+  </si>
+  <si>
+    <t>BVT ekskl. medicinalindustri*</t>
+  </si>
+  <si>
+    <t>BVT for medicinalindustri**</t>
+  </si>
+  <si>
+    <t>**) Tal for medicinalindustri sæsonkorrigeres ikke, da sæsonmønsteret i serierne har en lav grad af signifikans.</t>
+  </si>
+  <si>
+    <t>*) BVT ekskl. medicinalindustri er sæsonkorrigeret direkte, hvorfor tidsserien dermed ikke er konsistent med metoden i det offentliggjorte nationalregnskab (i statistikbanken mv.), hvor sæsonkorrigerede tal for BVT og BNP er dannet ved aggregering af sæsonkorrigerede underkomponenter (BVT på brancher m.m.), såkaldt indirekte sæsonkorrektion.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="0.000"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -405,75 +414,76 @@
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="18">
+  <cellXfs count="19">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Link" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 11" xfId="2"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
@@ -557,74 +567,74 @@
           <a:endParaRPr lang="da-DK"/>
         </a:p>
       </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="7.8541075855792425E-2"/>
           <c:y val="0.11121852421317022"/>
           <c:w val="0.90414074206723105"/>
           <c:h val="0.65919667849693475"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
-              <c:f>data!$A$31</c:f>
+              <c:f>data!$A$32</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>BNP</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:schemeClr val="accent6"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>data!$B$30:$AF$30</c:f>
+              <c:f>data!$B$31:$AF$31</c:f>
               <c:strCache>
                 <c:ptCount val="31"/>
                 <c:pt idx="0">
                   <c:v>1. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>3. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>4. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>1. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>3. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>4. kvt. 2019</c:v>
@@ -681,51 +691,51 @@
                   <c:v>1. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="25">
                   <c:v>2. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>3. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="27">
                   <c:v>4. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="28">
                   <c:v>1. kvt. 2025</c:v>
                 </c:pt>
                 <c:pt idx="29">
                   <c:v>2. kvt. 2025</c:v>
                 </c:pt>
                 <c:pt idx="30">
                   <c:v>3. kvt. 2025</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>data!$B$31:$AF$31</c:f>
+              <c:f>data!$B$32:$AF$32</c:f>
               <c:numCache>
                 <c:formatCode>0.0</c:formatCode>
                 <c:ptCount val="31"/>
                 <c:pt idx="0">
                   <c:v>98.043270832928059</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>98.008998824340239</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>98.53549694226723</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>98.681827527747473</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>99.073968740731289</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>99.974480813840046</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>100.29888915779601</c:v>
                 </c:pt>
                 <c:pt idx="7">
@@ -746,121 +756,121 @@
                 <c:pt idx="12">
                   <c:v>100.12499611004264</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>103.58186949756096</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>105.62659430366976</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>109.08455567812614</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>103.31577755809091</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>105.18492367594328</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>106.60068964149221</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>105.17371481855635</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>106.38433136099871</c:v>
+                  <c:v>106.41498174631377</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>105.03928549392757</c:v>
+                  <c:v>105.1167830996129</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>104.60866258428166</c:v>
+                  <c:v>104.5534262717873</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>106.78375888165408</c:v>
+                  <c:v>106.73084604164411</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>107.30092553823309</c:v>
+                  <c:v>107.33868577478343</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>109.17997444655489</c:v>
+                  <c:v>109.28576744988932</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>109.68602255308686</c:v>
+                  <c:v>109.60401263368142</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>111.35396270754205</c:v>
+                  <c:v>111.29242145057441</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>110.00534689726425</c:v>
+                  <c:v>110.10421609065494</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>111.36808817042656</c:v>
+                  <c:v>111.50842263574476</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>113.93492740882103</c:v>
+                  <c:v>113.991108062465</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-51F7-466C-9AAC-15533C76AB1F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
-              <c:f>data!$A$32</c:f>
+              <c:f>data!$A$33</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>BVT i alt</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>data!$B$30:$AF$30</c:f>
+              <c:f>data!$B$31:$AF$31</c:f>
               <c:strCache>
                 <c:ptCount val="31"/>
                 <c:pt idx="0">
                   <c:v>1. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>3. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>4. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>1. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>3. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>4. kvt. 2019</c:v>
@@ -917,51 +927,51 @@
                   <c:v>1. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="25">
                   <c:v>2. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>3. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="27">
                   <c:v>4. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="28">
                   <c:v>1. kvt. 2025</c:v>
                 </c:pt>
                 <c:pt idx="29">
                   <c:v>2. kvt. 2025</c:v>
                 </c:pt>
                 <c:pt idx="30">
                   <c:v>3. kvt. 2025</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>data!$B$32:$AF$32</c:f>
+              <c:f>data!$B$33:$AF$33</c:f>
               <c:numCache>
                 <c:formatCode>0.0</c:formatCode>
                 <c:ptCount val="31"/>
                 <c:pt idx="0">
                   <c:v>98.129119307396891</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>97.999175019396034</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>98.510222587588984</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>98.744504894389692</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>99.064601922350562</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>100.09164278456197</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>100.37795994442828</c:v>
                 </c:pt>
                 <c:pt idx="7">
@@ -982,121 +992,121 @@
                 <c:pt idx="12">
                   <c:v>99.688837176551786</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>103.0112804652386</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>105.28045826719135</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>109.07545822763707</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>103.83202519801441</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>105.71875675096958</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>107.25923820101335</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>105.96188000534852</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>107.89014524719714</c:v>
+                  <c:v>107.92401134243018</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>106.44460602322671</c:v>
+                  <c:v>106.52990227829113</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>106.12301275159201</c:v>
+                  <c:v>106.06434317843892</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>108.41521365710778</c:v>
+                  <c:v>108.3547196077897</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>108.84112169170186</c:v>
+                  <c:v>108.88225226319295</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>111.00532652375685</c:v>
+                  <c:v>111.12182823555068</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>111.82867526730061</c:v>
+                  <c:v>111.74178051959171</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>113.59092193761755</c:v>
+                  <c:v>113.52018671841866</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>112.10923902125487</c:v>
+                  <c:v>112.21310884479543</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>113.55631414069892</c:v>
+                  <c:v>113.69205065351682</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>116.42369877437142</c:v>
+                  <c:v>116.41487884544597</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-51F7-466C-9AAC-15533C76AB1F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
-              <c:f>data!$A$33</c:f>
+              <c:f>data!$A$34</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>BVT ekskl. medicinalindustri</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>data!$B$30:$AF$30</c:f>
+              <c:f>data!$B$31:$AF$31</c:f>
               <c:strCache>
                 <c:ptCount val="31"/>
                 <c:pt idx="0">
                   <c:v>1. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>3. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>4. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>1. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>3. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>4. kvt. 2019</c:v>
@@ -1153,146 +1163,146 @@
                   <c:v>1. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="25">
                   <c:v>2. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>3. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="27">
                   <c:v>4. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="28">
                   <c:v>1. kvt. 2025</c:v>
                 </c:pt>
                 <c:pt idx="29">
                   <c:v>2. kvt. 2025</c:v>
                 </c:pt>
                 <c:pt idx="30">
                   <c:v>3. kvt. 2025</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>data!$B$33:$AF$33</c:f>
+              <c:f>data!$B$34:$AF$34</c:f>
               <c:numCache>
                 <c:formatCode>0.0</c:formatCode>
                 <c:ptCount val="31"/>
                 <c:pt idx="0">
-                  <c:v>99.105401138000005</c:v>
+                  <c:v>99.132940000000005</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>98.367250748999993</c:v>
+                  <c:v>98.359930000000006</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>98.429672147999995</c:v>
+                  <c:v>98.413759999999996</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>98.479935048000002</c:v>
+                  <c:v>98.479560000000006</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>99.378431035999995</c:v>
+                  <c:v>99.393199999999993</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>99.947867399000003</c:v>
+                  <c:v>99.946839999999995</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>100.01525360399999</c:v>
+                  <c:v>100.0057</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>100.407177576</c:v>
+                  <c:v>100.4074</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>100.01897504999999</c:v>
+                  <c:v>100.026</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>92.717344288999996</c:v>
+                  <c:v>92.716729999999998</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>98.421248997000006</c:v>
+                  <c:v>98.418539999999993</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>99.879580716000007</c:v>
+                  <c:v>99.879580000000004</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>100.200171184</c:v>
+                  <c:v>100.2045</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>102.92279597300001</c:v>
+                  <c:v>102.92010000000001</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>104.121342484</c:v>
+                  <c:v>104.1216</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>109.096204703</c:v>
+                  <c:v>109.09520000000001</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>102.340539241</c:v>
+                  <c:v>102.3385</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>103.655314377</c:v>
+                  <c:v>103.6575</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>104.729164385</c:v>
+                  <c:v>104.7306</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>104.44534732299999</c:v>
+                  <c:v>104.44499999999999</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>103.962818019</c:v>
+                  <c:v>103.95650000000001</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>102.107178023</c:v>
+                  <c:v>102.1143</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>101.881607945</c:v>
+                  <c:v>101.88079999999999</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>103.39734924299999</c:v>
+                  <c:v>103.398</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>103.90779812</c:v>
+                  <c:v>103.90260000000001</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>104.065041331</c:v>
+                  <c:v>104.0749</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>103.87987537799999</c:v>
+                  <c:v>103.8733</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>104.513482766</c:v>
+                  <c:v>104.5158</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>104.626743455</c:v>
+                  <c:v>104.6641</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>104.963875509</c:v>
+                  <c:v>104.9945</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>105.74375686099999</c:v>
+                  <c:v>105.8245</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-51F7-466C-9AAC-15533C76AB1F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1770698287"/>
         <c:axId val="1770696207"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1770698287"/>
@@ -2419,57 +2429,57 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statistikbanken.dk/NKHO2" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jop@dst.dk" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:AR38"/>
+  <dimension ref="A1:AR39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="1" ySplit="3" topLeftCell="B4" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="3" topLeftCell="V7" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="A27" sqref="A27"/>
+      <selection pane="bottomRight" activeCell="AH32" sqref="AH32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="41.7109375" style="2" customWidth="1"/>
     <col min="2" max="44" width="9.42578125" style="2" customWidth="1"/>
     <col min="45" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:44" x14ac:dyDescent="0.25">
       <c r="B3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>9</v>
@@ -2561,63 +2571,63 @@
       <c r="AF3" s="3" t="s">
         <v>38</v>
       </c>
       <c r="AG3" s="3" t="s">
         <v>39</v>
       </c>
       <c r="AH3" s="3" t="s">
         <v>40</v>
       </c>
       <c r="AI3" s="3" t="s">
         <v>41</v>
       </c>
       <c r="AJ3" s="3" t="s">
         <v>42</v>
       </c>
       <c r="AK3" s="3" t="s">
         <v>43</v>
       </c>
       <c r="AL3" s="3" t="s">
         <v>44</v>
       </c>
       <c r="AM3" s="3" t="s">
         <v>45</v>
       </c>
       <c r="AN3" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="AO3" s="3" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AP3" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AQ3" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="AR3" s="3" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="4" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B6" s="5">
         <v>413808.9550198738</v>
       </c>
       <c r="C6" s="5">
         <v>430048.58586999925</v>
       </c>
       <c r="D6" s="5">
         <v>421929.56106539362</v>
       </c>
@@ -2711,57 +2721,57 @@
       <c r="AH6" s="5">
         <v>575778.1219875284</v>
       </c>
       <c r="AI6" s="5">
         <v>577185.75365031406</v>
       </c>
       <c r="AJ6" s="5">
         <v>551894.47891483514</v>
       </c>
       <c r="AK6" s="5">
         <v>580960.25309598178</v>
       </c>
       <c r="AL6" s="5">
         <v>551515.65719531814</v>
       </c>
       <c r="AM6" s="5">
         <v>587066.41963584116</v>
       </c>
       <c r="AN6" s="5">
         <v>586072.70538443432</v>
       </c>
       <c r="AO6" s="5">
         <v>627583.01236093114</v>
       </c>
       <c r="AP6" s="5">
-        <v>584193.96084718627</v>
+        <v>585803.17385344172</v>
       </c>
       <c r="AQ6" s="5">
-        <v>602060.71791740018</v>
+        <v>601473.44210822531</v>
       </c>
       <c r="AR6" s="5">
-        <v>598424.19513117895</v>
+        <v>601158.00922271481</v>
       </c>
     </row>
     <row r="7" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
         <v>89.793682730002018</v>
       </c>
       <c r="C7" s="5">
         <v>93.126515146125925</v>
       </c>
       <c r="D7" s="5">
         <v>92.05636631739489</v>
       </c>
       <c r="E7" s="5">
         <v>95.027496811032691</v>
       </c>
       <c r="F7" s="5">
         <v>90.428689842461424</v>
       </c>
       <c r="G7" s="5">
         <v>96.341272439765476</v>
       </c>
       <c r="H7" s="5">
@@ -2845,57 +2855,57 @@
       <c r="AH7" s="5">
         <v>100.43515958610512</v>
       </c>
       <c r="AI7" s="5">
         <v>102.44862145513885</v>
       </c>
       <c r="AJ7" s="5">
         <v>100.76183912959829</v>
       </c>
       <c r="AK7" s="5">
         <v>107.78684802460239</v>
       </c>
       <c r="AL7" s="5">
         <v>99.657209751848796</v>
       </c>
       <c r="AM7" s="5">
         <v>105.07310631115885</v>
       </c>
       <c r="AN7" s="5">
         <v>102.47810830204196</v>
       </c>
       <c r="AO7" s="5">
         <v>109.27977546994352</v>
       </c>
       <c r="AP7" s="5">
-        <v>101.27957159983592</v>
+        <v>101.33431460007647</v>
       </c>
       <c r="AQ7" s="5">
-        <v>104.90764194555592</v>
+        <v>104.9096290424319</v>
       </c>
       <c r="AR7" s="5">
-        <v>104.24444064968921</v>
+        <v>104.33737604514192</v>
       </c>
     </row>
     <row r="8" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A8" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="5"/>
       <c r="C8" s="5"/>
       <c r="D8" s="5"/>
       <c r="E8" s="5"/>
       <c r="F8" s="5"/>
       <c r="G8" s="5"/>
       <c r="H8" s="5"/>
       <c r="I8" s="5"/>
       <c r="J8" s="5"/>
       <c r="K8" s="5"/>
       <c r="L8" s="5"/>
       <c r="M8" s="5"/>
       <c r="N8" s="5"/>
       <c r="O8" s="5"/>
       <c r="P8" s="5"/>
       <c r="Q8" s="5"/>
       <c r="R8" s="5"/>
       <c r="S8" s="5"/>
       <c r="T8" s="5"/>
@@ -3027,57 +3037,57 @@
       <c r="AH9" s="5">
         <v>39898.339804199786</v>
       </c>
       <c r="AI9" s="5">
         <v>45108.966083850282</v>
       </c>
       <c r="AJ9" s="5">
         <v>43947.601404824345</v>
       </c>
       <c r="AK9" s="5">
         <v>54256.398237125577</v>
       </c>
       <c r="AL9" s="5">
         <v>49893.159828273238</v>
       </c>
       <c r="AM9" s="5">
         <v>56146.753273532377</v>
       </c>
       <c r="AN9" s="5">
         <v>57144.422424844539</v>
       </c>
       <c r="AO9" s="5">
         <v>78348.039726200004</v>
       </c>
       <c r="AP9" s="5">
-        <v>63711.388843586865</v>
+        <v>63711.388843586872</v>
       </c>
       <c r="AQ9" s="5">
-        <v>67595.347860735492</v>
+        <v>67418.638727057958</v>
       </c>
       <c r="AR9" s="5">
-        <v>68876.18593903404</v>
+        <v>68962.740580603684</v>
       </c>
     </row>
     <row r="10" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B10" s="5">
         <v>56.574982388516339</v>
       </c>
       <c r="C10" s="5">
         <v>72.649407368718357</v>
       </c>
       <c r="D10" s="5">
         <v>61.111923913273337</v>
       </c>
       <c r="E10" s="5">
         <v>61.552033631425786</v>
       </c>
       <c r="F10" s="5">
         <v>71.519616060353087</v>
       </c>
       <c r="G10" s="5">
         <v>66.386174653652631</v>
       </c>
       <c r="H10" s="5">
@@ -3161,57 +3171,57 @@
       <c r="AH10" s="5">
         <v>196.91330297512042</v>
       </c>
       <c r="AI10" s="5">
         <v>219.13513857809897</v>
       </c>
       <c r="AJ10" s="5">
         <v>207.40402066201048</v>
       </c>
       <c r="AK10" s="5">
         <v>259.22656362401426</v>
       </c>
       <c r="AL10" s="5">
         <v>258.45885226356063</v>
       </c>
       <c r="AM10" s="5">
         <v>292.57273194100469</v>
       </c>
       <c r="AN10" s="5">
         <v>296.8190070089986</v>
       </c>
       <c r="AO10" s="5">
         <v>354.18627390680138</v>
       </c>
       <c r="AP10" s="5">
-        <v>310.44610422069439</v>
+        <v>310.37781199256523</v>
       </c>
       <c r="AQ10" s="5">
-        <v>352.03877199907299</v>
+        <v>352.00626273332642</v>
       </c>
       <c r="AR10" s="5">
-        <v>378.74199548488258</v>
+        <v>378.92092463023164</v>
       </c>
     </row>
     <row r="11" spans="1:44" x14ac:dyDescent="0.25">
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="5"/>
       <c r="H11" s="5"/>
       <c r="I11" s="5"/>
       <c r="J11" s="5"/>
       <c r="K11" s="5"/>
       <c r="L11" s="5"/>
       <c r="M11" s="5"/>
       <c r="N11" s="5"/>
       <c r="O11" s="5"/>
       <c r="P11" s="5"/>
       <c r="Q11" s="5"/>
       <c r="R11" s="5"/>
       <c r="S11" s="5"/>
       <c r="T11" s="5"/>
       <c r="U11" s="5"/>
       <c r="V11" s="5"/>
       <c r="W11" s="5"/>
@@ -3265,1210 +3275,1215 @@
       <c r="W12" s="5"/>
       <c r="X12" s="5"/>
       <c r="Y12" s="5"/>
       <c r="Z12" s="5"/>
       <c r="AA12" s="5"/>
       <c r="AB12" s="5"/>
       <c r="AC12" s="5"/>
       <c r="AD12" s="5"/>
       <c r="AE12" s="5"/>
       <c r="AF12" s="5"/>
       <c r="AG12" s="5"/>
       <c r="AH12" s="5"/>
       <c r="AI12" s="5"/>
       <c r="AJ12" s="5"/>
       <c r="AK12" s="5"/>
       <c r="AL12" s="5"/>
       <c r="AM12" s="5"/>
       <c r="AN12" s="5"/>
       <c r="AO12" s="5"/>
       <c r="AP12" s="5"/>
       <c r="AQ12" s="5"/>
       <c r="AR12" s="5"/>
     </row>
     <row r="13" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
-        <v>3</v>
+        <v>96</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="5"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="5"/>
       <c r="I13" s="5"/>
       <c r="J13" s="5"/>
       <c r="K13" s="5"/>
       <c r="L13" s="5"/>
       <c r="M13" s="5"/>
       <c r="N13" s="5"/>
       <c r="O13" s="5"/>
       <c r="P13" s="5"/>
       <c r="Q13" s="5"/>
       <c r="R13" s="5"/>
       <c r="S13" s="5"/>
       <c r="T13" s="5"/>
       <c r="U13" s="5"/>
       <c r="V13" s="5"/>
       <c r="W13" s="5"/>
       <c r="X13" s="5"/>
       <c r="Y13" s="5"/>
       <c r="Z13" s="5"/>
       <c r="AA13" s="5"/>
       <c r="AB13" s="5"/>
       <c r="AC13" s="5"/>
       <c r="AD13" s="5"/>
       <c r="AE13" s="5"/>
       <c r="AF13" s="5"/>
       <c r="AG13" s="5"/>
       <c r="AH13" s="5"/>
       <c r="AI13" s="5"/>
       <c r="AJ13" s="5"/>
       <c r="AK13" s="5"/>
       <c r="AL13" s="5"/>
       <c r="AM13" s="5"/>
       <c r="AN13" s="5"/>
       <c r="AO13" s="5"/>
       <c r="AP13" s="5"/>
       <c r="AQ13" s="5"/>
       <c r="AR13" s="5"/>
     </row>
     <row r="14" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B14" s="5">
-        <v>424845.91181558999</v>
+        <v>424835.4</v>
       </c>
       <c r="C14" s="5">
-        <v>423528.03978782799</v>
+        <v>423531.9</v>
       </c>
       <c r="D14" s="5">
-        <v>425007.63619046903</v>
+        <v>425013</v>
       </c>
       <c r="E14" s="5">
-        <v>427254.17876434798</v>
+        <v>427255.1</v>
       </c>
       <c r="F14" s="5">
-        <v>430076.87190640502</v>
+        <v>430065.5</v>
       </c>
       <c r="G14" s="5">
-        <v>439120.36904770799</v>
+        <v>439126</v>
       </c>
       <c r="H14" s="5">
-        <v>439259.74001434701</v>
+        <v>439265.6</v>
       </c>
       <c r="I14" s="5">
-        <v>447176.85750601999</v>
+        <v>447175.4</v>
       </c>
       <c r="J14" s="5">
-        <v>455442.912424026</v>
+        <v>455430.5</v>
       </c>
       <c r="K14" s="5">
-        <v>458146.19345710299</v>
+        <v>458154.9</v>
       </c>
       <c r="L14" s="5">
-        <v>457638.56371437898</v>
+        <v>457646.3</v>
       </c>
       <c r="M14" s="5">
-        <v>458448.25161353801</v>
+        <v>458443.5</v>
       </c>
       <c r="N14" s="5">
-        <v>460663.611870925</v>
+        <v>460643.4</v>
       </c>
       <c r="O14" s="5">
-        <v>462782.38908958703</v>
+        <v>462804.8</v>
       </c>
       <c r="P14" s="5">
-        <v>467119.08042977803</v>
+        <v>467123.6</v>
       </c>
       <c r="Q14" s="5">
-        <v>470463.22498619597</v>
+        <v>470457.1</v>
       </c>
       <c r="R14" s="5">
-        <v>473267.98144257301</v>
+        <v>473235.5</v>
       </c>
       <c r="S14" s="5">
-        <v>477992.57876555301</v>
+        <v>478032.8</v>
       </c>
       <c r="T14" s="5">
-        <v>480972.644417651</v>
+        <v>480966.2</v>
       </c>
       <c r="U14" s="5">
-        <v>485997.16228834703</v>
+        <v>486003.3</v>
       </c>
       <c r="V14" s="5">
-        <v>490630.72134530102</v>
+        <v>490579.5</v>
       </c>
       <c r="W14" s="5">
-        <v>456753.29365886998</v>
+        <v>456794.2</v>
       </c>
       <c r="X14" s="5">
-        <v>485704.00822470197</v>
+        <v>485704.9</v>
       </c>
       <c r="Y14" s="5">
-        <v>498049.63594631798</v>
+        <v>498066.5</v>
       </c>
       <c r="Z14" s="5">
-        <v>505085.81596763502</v>
+        <v>505013.8</v>
       </c>
       <c r="AA14" s="5">
-        <v>522438.45006028202</v>
+        <v>522473.1</v>
       </c>
       <c r="AB14" s="5">
-        <v>535522.89859041397</v>
+        <v>535553.9</v>
       </c>
       <c r="AC14" s="5">
-        <v>568409.76164735598</v>
+        <v>568434.30000000005</v>
       </c>
       <c r="AD14" s="5">
-        <v>575360.83394122997</v>
+        <v>575245</v>
       </c>
       <c r="AE14" s="5">
-        <v>592180.22067173803</v>
+        <v>592197.4</v>
       </c>
       <c r="AF14" s="5">
-        <v>604705.48373778304</v>
+        <v>604834.69999999995</v>
       </c>
       <c r="AG14" s="5">
-        <v>599083.49561584403</v>
+        <v>599062.30000000005</v>
       </c>
       <c r="AH14" s="5">
-        <v>594557.35620301298</v>
+        <v>594393.1</v>
       </c>
       <c r="AI14" s="5">
-        <v>572380.55705336703</v>
+        <v>572396.6</v>
       </c>
       <c r="AJ14" s="5">
-        <v>557599.30796432297</v>
+        <v>557844.69999999995</v>
       </c>
       <c r="AK14" s="5">
-        <v>561719.17394328001</v>
+        <v>561605</v>
       </c>
       <c r="AL14" s="5">
-        <v>568790.88010187401</v>
+        <v>568574.1</v>
       </c>
       <c r="AM14" s="5">
-        <v>583428.288729319</v>
+        <v>583495.9</v>
       </c>
       <c r="AN14" s="5">
-        <v>593479.14254639996</v>
+        <v>593864.80000000005</v>
       </c>
       <c r="AO14" s="5">
-        <v>604964.79868767597</v>
+        <v>604719.9</v>
       </c>
       <c r="AP14" s="5">
-        <v>602093.80160341598</v>
+        <v>603466.9</v>
       </c>
       <c r="AQ14" s="5">
-        <v>599496.09621131001</v>
+        <v>599052.69999999995</v>
       </c>
       <c r="AR14" s="5">
-        <v>606274.49633923301</v>
+        <v>609519.80000000005</v>
       </c>
     </row>
     <row r="15" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B15" s="5">
-        <v>92.542536549999994</v>
+        <v>92.559839999999994</v>
       </c>
       <c r="C15" s="5">
-        <v>91.900999307999996</v>
+        <v>91.899460000000005</v>
       </c>
       <c r="D15" s="5">
-        <v>92.557062630999994</v>
+        <v>92.542919999999995</v>
       </c>
       <c r="E15" s="5">
-        <v>92.967974710999997</v>
+        <v>92.965800000000002</v>
       </c>
       <c r="F15" s="5">
-        <v>93.664095330999999</v>
+        <v>93.686300000000003</v>
       </c>
       <c r="G15" s="5">
-        <v>94.618118882000005</v>
+        <v>94.614620000000002</v>
       </c>
       <c r="H15" s="5">
-        <v>95.261312797000002</v>
+        <v>95.243750000000006</v>
       </c>
       <c r="I15" s="5">
-        <v>96.118256134000006</v>
+        <v>96.116010000000003</v>
       </c>
       <c r="J15" s="5">
-        <v>96.814822555999996</v>
+        <v>96.833269999999999</v>
       </c>
       <c r="K15" s="5">
-        <v>97.647388390000003</v>
+        <v>97.650959999999998</v>
       </c>
       <c r="L15" s="5">
-        <v>97.250574064999995</v>
+        <v>97.230320000000006</v>
       </c>
       <c r="M15" s="5">
-        <v>98.384264345000005</v>
+        <v>98.382599999999996</v>
       </c>
       <c r="N15" s="5">
-        <v>99.105401138000005</v>
+        <v>99.132940000000005</v>
       </c>
       <c r="O15" s="5">
-        <v>98.367250748999993</v>
+        <v>98.359930000000006</v>
       </c>
       <c r="P15" s="5">
-        <v>98.429672147999995</v>
+        <v>98.413759999999996</v>
       </c>
       <c r="Q15" s="5">
-        <v>98.479935048000002</v>
+        <v>98.479560000000006</v>
       </c>
       <c r="R15" s="5">
-        <v>99.378431035999995</v>
+        <v>99.393199999999993</v>
       </c>
       <c r="S15" s="5">
-        <v>99.947867399000003</v>
+        <v>99.946839999999995</v>
       </c>
       <c r="T15" s="5">
-        <v>100.01525360399999</v>
+        <v>100.0057</v>
       </c>
       <c r="U15" s="5">
-        <v>100.407177576</v>
+        <v>100.4074</v>
       </c>
       <c r="V15" s="5">
-        <v>100.01897504999999</v>
+        <v>100.026</v>
       </c>
       <c r="W15" s="5">
-        <v>92.717344288999996</v>
+        <v>92.716729999999998</v>
       </c>
       <c r="X15" s="5">
-        <v>98.421248997000006</v>
+        <v>98.418539999999993</v>
       </c>
       <c r="Y15" s="5">
-        <v>99.879580716000007</v>
+        <v>99.879580000000004</v>
       </c>
       <c r="Z15" s="5">
-        <v>100.200171184</v>
+        <v>100.2045</v>
       </c>
       <c r="AA15" s="5">
-        <v>102.92279597300001</v>
+        <v>102.92010000000001</v>
       </c>
       <c r="AB15" s="5">
-        <v>104.121342484</v>
+        <v>104.1216</v>
       </c>
       <c r="AC15" s="5">
-        <v>109.096204703</v>
+        <v>109.09520000000001</v>
       </c>
       <c r="AD15" s="5">
-        <v>102.340539241</v>
+        <v>102.3385</v>
       </c>
       <c r="AE15" s="5">
-        <v>103.655314377</v>
+        <v>103.6575</v>
       </c>
       <c r="AF15" s="5">
-        <v>104.729164385</v>
+        <v>104.7306</v>
       </c>
       <c r="AG15" s="5">
-        <v>104.44534732299999</v>
+        <v>104.44499999999999</v>
       </c>
       <c r="AH15" s="5">
-        <v>103.962818019</v>
+        <v>103.95650000000001</v>
       </c>
       <c r="AI15" s="5">
-        <v>102.107178023</v>
+        <v>102.1143</v>
       </c>
       <c r="AJ15" s="5">
-        <v>101.881607945</v>
+        <v>101.88079999999999</v>
       </c>
       <c r="AK15" s="5">
-        <v>103.39734924299999</v>
+        <v>103.398</v>
       </c>
       <c r="AL15" s="5">
-        <v>103.90779812</v>
+        <v>103.90260000000001</v>
       </c>
       <c r="AM15" s="5">
-        <v>104.065041331</v>
+        <v>104.0749</v>
       </c>
       <c r="AN15" s="5">
-        <v>103.87987537799999</v>
+        <v>103.8733</v>
       </c>
       <c r="AO15" s="5">
-        <v>104.513482766</v>
+        <v>104.5158</v>
       </c>
       <c r="AP15" s="5">
-        <v>104.626743455</v>
+        <v>104.6641</v>
       </c>
       <c r="AQ15" s="5">
-        <v>104.963875509</v>
+        <v>104.9945</v>
       </c>
       <c r="AR15" s="5">
-        <v>105.74375686099999</v>
+        <v>105.8245</v>
       </c>
     </row>
     <row r="16" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
-        <v>47</v>
+        <v>97</v>
       </c>
       <c r="B16" s="5"/>
       <c r="C16" s="5"/>
       <c r="D16" s="5"/>
       <c r="E16" s="5"/>
       <c r="F16" s="5"/>
       <c r="G16" s="5"/>
       <c r="H16" s="5"/>
       <c r="I16" s="5"/>
       <c r="J16" s="5"/>
       <c r="K16" s="5"/>
       <c r="L16" s="5"/>
       <c r="M16" s="5"/>
       <c r="N16" s="5"/>
       <c r="O16" s="5"/>
       <c r="P16" s="5"/>
       <c r="Q16" s="5"/>
       <c r="R16" s="5"/>
       <c r="S16" s="5"/>
       <c r="T16" s="5"/>
       <c r="U16" s="5"/>
       <c r="V16" s="5"/>
       <c r="W16" s="5"/>
       <c r="X16" s="5"/>
       <c r="Y16" s="5"/>
       <c r="Z16" s="5"/>
       <c r="AA16" s="5"/>
       <c r="AB16" s="5"/>
       <c r="AC16" s="5"/>
       <c r="AD16" s="5"/>
       <c r="AE16" s="5"/>
       <c r="AF16" s="5"/>
       <c r="AG16" s="5"/>
       <c r="AH16" s="5"/>
       <c r="AI16" s="5"/>
       <c r="AJ16" s="5"/>
       <c r="AK16" s="5"/>
       <c r="AL16" s="5"/>
       <c r="AM16" s="5"/>
       <c r="AN16" s="5"/>
       <c r="AO16" s="5"/>
       <c r="AP16" s="5"/>
       <c r="AQ16" s="5"/>
       <c r="AR16" s="5"/>
     </row>
     <row r="17" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="B17" s="5">
-[...126 lines deleted...]
-        <v>68876.18593903404</v>
+      <c r="B17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="C17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="D17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="E17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="F17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="G17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="H17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="I17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="J17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="K17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="L17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="M17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="N17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="O17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="P17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="Q17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="R17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="S17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="T17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="U17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="V17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="W17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="X17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="Y17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="Z17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AA17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AB17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AC17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AD17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AE17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AF17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AG17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AH17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AI17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AJ17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AK17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AL17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AM17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AN17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AO17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AP17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AQ17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AR17" s="17" t="s">
+        <v>95</v>
       </c>
     </row>
     <row r="18" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B18" s="5">
-[...126 lines deleted...]
-        <v>378.74199548488258</v>
+      <c r="B18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="C18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="D18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="E18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="F18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="G18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="H18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="I18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="J18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="K18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="L18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="M18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="N18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="O18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="P18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="Q18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="R18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="S18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="T18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="U18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="V18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="W18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="X18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="Y18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="Z18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AA18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AB18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AC18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AD18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AE18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AF18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AG18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AH18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AI18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AJ18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AK18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AL18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AM18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AN18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AO18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AP18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AQ18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="AR18" s="17" t="s">
+        <v>95</v>
       </c>
     </row>
     <row r="20" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="21" spans="1:44" x14ac:dyDescent="0.25">
-      <c r="A21" s="2" t="s">
-        <v>48</v>
+      <c r="A21" s="7" t="s">
+        <v>99</v>
       </c>
     </row>
     <row r="22" spans="1:44" x14ac:dyDescent="0.25">
-      <c r="AL22" s="6"/>
-[...5 lines deleted...]
-      <c r="AR22" s="6"/>
+      <c r="A22" s="2" t="s">
+        <v>98</v>
+      </c>
     </row>
     <row r="23" spans="1:44" x14ac:dyDescent="0.25">
-      <c r="A23" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AL23" s="6"/>
       <c r="AM23" s="6"/>
       <c r="AN23" s="6"/>
       <c r="AO23" s="6"/>
       <c r="AP23" s="6"/>
       <c r="AQ23" s="6"/>
       <c r="AR23" s="6"/>
     </row>
     <row r="24" spans="1:44" x14ac:dyDescent="0.25">
-      <c r="A24" s="7" t="s">
-        <v>51</v>
+      <c r="A24" s="4" t="s">
+        <v>48</v>
       </c>
       <c r="AL24" s="6"/>
       <c r="AM24" s="6"/>
       <c r="AN24" s="6"/>
       <c r="AO24" s="6"/>
       <c r="AP24" s="6"/>
       <c r="AQ24" s="6"/>
       <c r="AR24" s="6"/>
     </row>
     <row r="25" spans="1:44" x14ac:dyDescent="0.25">
-      <c r="A25" s="8" t="s">
-        <v>52</v>
+      <c r="A25" s="7" t="s">
+        <v>49</v>
       </c>
       <c r="AL25" s="6"/>
       <c r="AM25" s="6"/>
       <c r="AN25" s="6"/>
       <c r="AO25" s="6"/>
       <c r="AP25" s="6"/>
       <c r="AQ25" s="6"/>
       <c r="AR25" s="6"/>
     </row>
     <row r="26" spans="1:44" x14ac:dyDescent="0.25">
-      <c r="A26" s="7" t="s">
-        <v>53</v>
+      <c r="A26" s="8" t="s">
+        <v>50</v>
       </c>
       <c r="AL26" s="6"/>
       <c r="AM26" s="6"/>
       <c r="AN26" s="6"/>
       <c r="AO26" s="6"/>
       <c r="AP26" s="6"/>
       <c r="AQ26" s="6"/>
       <c r="AR26" s="6"/>
     </row>
-    <row r="27" spans="1:44" s="16" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="AR27" s="17"/>
+    <row r="27" spans="1:44" x14ac:dyDescent="0.25">
+      <c r="A27" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="AL27" s="6"/>
+      <c r="AM27" s="6"/>
+      <c r="AN27" s="6"/>
+      <c r="AO27" s="6"/>
+      <c r="AP27" s="6"/>
+      <c r="AQ27" s="6"/>
+      <c r="AR27" s="6"/>
     </row>
-    <row r="28" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      </c>
+    <row r="28" spans="1:44" s="15" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="14"/>
+      <c r="AL28" s="16"/>
+      <c r="AM28" s="16"/>
+      <c r="AN28" s="16"/>
+      <c r="AO28" s="16"/>
+      <c r="AP28" s="16"/>
+      <c r="AQ28" s="16"/>
+      <c r="AR28" s="16"/>
     </row>
     <row r="29" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A29" s="1" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
-    <row r="30" spans="1:44" x14ac:dyDescent="0.25">
-[...92 lines deleted...]
-        <v>96</v>
+    <row r="30" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A30" s="1" t="s">
+        <v>86</v>
       </c>
     </row>
     <row r="31" spans="1:44" x14ac:dyDescent="0.25">
-      <c r="A31" s="9" t="s">
-[...93 lines deleted...]
-        <v>113.93492740882103</v>
+      <c r="A31" s="9"/>
+      <c r="B31" s="11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C31" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="D31" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="E31" s="11" t="s">
+        <v>79</v>
+      </c>
+      <c r="F31" s="11" t="s">
+        <v>78</v>
+      </c>
+      <c r="G31" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="H31" s="11" t="s">
+        <v>76</v>
+      </c>
+      <c r="I31" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="J31" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="K31" s="11" t="s">
+        <v>73</v>
+      </c>
+      <c r="L31" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="M31" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="N31" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="O31" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="P31" s="11" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q31" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="R31" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="S31" s="11" t="s">
+        <v>65</v>
+      </c>
+      <c r="T31" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="U31" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="V31" s="11" t="s">
+        <v>62</v>
+      </c>
+      <c r="W31" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="X31" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="Y31" s="11" t="s">
+        <v>59</v>
+      </c>
+      <c r="Z31" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="AA31" s="11" t="s">
+        <v>57</v>
+      </c>
+      <c r="AB31" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="AC31" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="AD31" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="AE31" s="11" t="s">
+        <v>92</v>
+      </c>
+      <c r="AF31" s="11" t="s">
+        <v>94</v>
       </c>
     </row>
     <row r="32" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A32" s="9" t="s">
-        <v>85</v>
-[...92 lines deleted...]
-        <v>116.42369877437142</v>
+        <v>84</v>
+      </c>
+      <c r="B32" s="18">
+        <v>98.043270832928059</v>
+      </c>
+      <c r="C32" s="18">
+        <v>98.008998824340239</v>
+      </c>
+      <c r="D32" s="18">
+        <v>98.53549694226723</v>
+      </c>
+      <c r="E32" s="18">
+        <v>98.681827527747473</v>
+      </c>
+      <c r="F32" s="18">
+        <v>99.073968740731289</v>
+      </c>
+      <c r="G32" s="18">
+        <v>99.974480813840046</v>
+      </c>
+      <c r="H32" s="18">
+        <v>100.29888915779601</v>
+      </c>
+      <c r="I32" s="18">
+        <v>100.65266128763267</v>
+      </c>
+      <c r="J32" s="18">
+        <v>99.816310864244201</v>
+      </c>
+      <c r="K32" s="18">
+        <v>93.89851216635725</v>
+      </c>
+      <c r="L32" s="18">
+        <v>99.56351375128699</v>
+      </c>
+      <c r="M32" s="18">
+        <v>99.601240545016481</v>
+      </c>
+      <c r="N32" s="18">
+        <v>100.12499611004264</v>
+      </c>
+      <c r="O32" s="18">
+        <v>103.58186949756096</v>
+      </c>
+      <c r="P32" s="18">
+        <v>105.62659430366976</v>
+      </c>
+      <c r="Q32" s="18">
+        <v>109.08455567812614</v>
+      </c>
+      <c r="R32" s="18">
+        <v>103.31577755809091</v>
+      </c>
+      <c r="S32" s="18">
+        <v>105.18492367594328</v>
+      </c>
+      <c r="T32" s="18">
+        <v>106.60068964149221</v>
+      </c>
+      <c r="U32" s="18">
+        <v>105.17371481855635</v>
+      </c>
+      <c r="V32" s="18">
+        <v>106.41498174631377</v>
+      </c>
+      <c r="W32" s="18">
+        <v>105.1167830996129</v>
+      </c>
+      <c r="X32" s="18">
+        <v>104.5534262717873</v>
+      </c>
+      <c r="Y32" s="18">
+        <v>106.73084604164411</v>
+      </c>
+      <c r="Z32" s="18">
+        <v>107.33868577478343</v>
+      </c>
+      <c r="AA32" s="18">
+        <v>109.28576744988932</v>
+      </c>
+      <c r="AB32" s="18">
+        <v>109.60401263368142</v>
+      </c>
+      <c r="AC32" s="18">
+        <v>111.29242145057441</v>
+      </c>
+      <c r="AD32" s="18">
+        <v>110.10421609065494</v>
+      </c>
+      <c r="AE32" s="18">
+        <v>111.50842263574476</v>
+      </c>
+      <c r="AF32" s="18">
+        <v>113.991108062465</v>
       </c>
     </row>
     <row r="33" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A33" s="9" t="s">
+        <v>83</v>
+      </c>
+      <c r="B33" s="18">
+        <v>98.129119307396891</v>
+      </c>
+      <c r="C33" s="18">
+        <v>97.999175019396034</v>
+      </c>
+      <c r="D33" s="18">
+        <v>98.510222587588984</v>
+      </c>
+      <c r="E33" s="18">
+        <v>98.744504894389692</v>
+      </c>
+      <c r="F33" s="18">
+        <v>99.064601922350562</v>
+      </c>
+      <c r="G33" s="18">
+        <v>100.09164278456197</v>
+      </c>
+      <c r="H33" s="18">
+        <v>100.37795994442828</v>
+      </c>
+      <c r="I33" s="18">
+        <v>100.46579534865914</v>
+      </c>
+      <c r="J33" s="18">
+        <v>99.767799396130542</v>
+      </c>
+      <c r="K33" s="18">
+        <v>93.323486597299009</v>
+      </c>
+      <c r="L33" s="18">
+        <v>98.800610382940789</v>
+      </c>
+      <c r="M33" s="18">
+        <v>98.634320281432991</v>
+      </c>
+      <c r="N33" s="18">
+        <v>99.688837176551786</v>
+      </c>
+      <c r="O33" s="18">
+        <v>103.0112804652386</v>
+      </c>
+      <c r="P33" s="18">
+        <v>105.28045826719135</v>
+      </c>
+      <c r="Q33" s="18">
+        <v>109.07545822763707</v>
+      </c>
+      <c r="R33" s="18">
+        <v>103.83202519801441</v>
+      </c>
+      <c r="S33" s="18">
+        <v>105.71875675096958</v>
+      </c>
+      <c r="T33" s="18">
+        <v>107.25923820101335</v>
+      </c>
+      <c r="U33" s="18">
+        <v>105.96188000534852</v>
+      </c>
+      <c r="V33" s="18">
+        <v>107.92401134243018</v>
+      </c>
+      <c r="W33" s="18">
+        <v>106.52990227829113</v>
+      </c>
+      <c r="X33" s="18">
+        <v>106.06434317843892</v>
+      </c>
+      <c r="Y33" s="18">
+        <v>108.3547196077897</v>
+      </c>
+      <c r="Z33" s="18">
+        <v>108.88225226319295</v>
+      </c>
+      <c r="AA33" s="18">
+        <v>111.12182823555068</v>
+      </c>
+      <c r="AB33" s="18">
+        <v>111.74178051959171</v>
+      </c>
+      <c r="AC33" s="18">
+        <v>113.52018671841866</v>
+      </c>
+      <c r="AD33" s="18">
+        <v>112.21310884479543</v>
+      </c>
+      <c r="AE33" s="18">
+        <v>113.69205065351682</v>
+      </c>
+      <c r="AF33" s="18">
+        <v>116.41487884544597</v>
+      </c>
+    </row>
+    <row r="34" spans="1:32" x14ac:dyDescent="0.25">
+      <c r="A34" s="9" t="s">
         <v>3</v>
       </c>
-      <c r="B33" s="10">
-[...125 lines deleted...]
-      <c r="AD35" s="13"/>
+      <c r="B34" s="10">
+        <v>99.132940000000005</v>
+      </c>
+      <c r="C34" s="10">
+        <v>98.359930000000006</v>
+      </c>
+      <c r="D34" s="10">
+        <v>98.413759999999996</v>
+      </c>
+      <c r="E34" s="10">
+        <v>98.479560000000006</v>
+      </c>
+      <c r="F34" s="10">
+        <v>99.393199999999993</v>
+      </c>
+      <c r="G34" s="10">
+        <v>99.946839999999995</v>
+      </c>
+      <c r="H34" s="10">
+        <v>100.0057</v>
+      </c>
+      <c r="I34" s="10">
+        <v>100.4074</v>
+      </c>
+      <c r="J34" s="10">
+        <v>100.026</v>
+      </c>
+      <c r="K34" s="10">
+        <v>92.716729999999998</v>
+      </c>
+      <c r="L34" s="10">
+        <v>98.418539999999993</v>
+      </c>
+      <c r="M34" s="10">
+        <v>99.879580000000004</v>
+      </c>
+      <c r="N34" s="10">
+        <v>100.2045</v>
+      </c>
+      <c r="O34" s="10">
+        <v>102.92010000000001</v>
+      </c>
+      <c r="P34" s="10">
+        <v>104.1216</v>
+      </c>
+      <c r="Q34" s="10">
+        <v>109.09520000000001</v>
+      </c>
+      <c r="R34" s="10">
+        <v>102.3385</v>
+      </c>
+      <c r="S34" s="10">
+        <v>103.6575</v>
+      </c>
+      <c r="T34" s="10">
+        <v>104.7306</v>
+      </c>
+      <c r="U34" s="10">
+        <v>104.44499999999999</v>
+      </c>
+      <c r="V34" s="10">
+        <v>103.95650000000001</v>
+      </c>
+      <c r="W34" s="10">
+        <v>102.1143</v>
+      </c>
+      <c r="X34" s="10">
+        <v>101.88079999999999</v>
+      </c>
+      <c r="Y34" s="10">
+        <v>103.398</v>
+      </c>
+      <c r="Z34" s="10">
+        <v>103.90260000000001</v>
+      </c>
+      <c r="AA34" s="10">
+        <v>104.0749</v>
+      </c>
+      <c r="AB34" s="10">
+        <v>103.8733</v>
+      </c>
+      <c r="AC34" s="10">
+        <v>104.5158</v>
+      </c>
+      <c r="AD34" s="10">
+        <v>104.6641</v>
+      </c>
+      <c r="AE34" s="10">
+        <v>104.9945</v>
+      </c>
+      <c r="AF34" s="10">
+        <v>105.8245</v>
+      </c>
     </row>
     <row r="36" spans="1:32" x14ac:dyDescent="0.25">
-      <c r="A36" s="14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A36" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="B36" s="12"/>
+      <c r="C36" s="12"/>
+      <c r="D36" s="12"/>
+      <c r="E36" s="12"/>
+      <c r="F36" s="12"/>
+      <c r="G36" s="12"/>
+      <c r="H36" s="12"/>
+      <c r="I36" s="12"/>
+      <c r="J36" s="12"/>
+      <c r="K36" s="12"/>
+      <c r="L36" s="12"/>
+      <c r="M36" s="12"/>
+      <c r="N36" s="12"/>
+      <c r="O36" s="12"/>
+      <c r="P36" s="12"/>
+      <c r="Q36" s="12"/>
+      <c r="R36" s="12"/>
+      <c r="S36" s="12"/>
+      <c r="T36" s="12"/>
+      <c r="U36" s="12"/>
+      <c r="V36" s="12"/>
+      <c r="W36" s="12"/>
+      <c r="X36" s="12"/>
+      <c r="Y36" s="12"/>
+      <c r="Z36" s="12"/>
+      <c r="AA36" s="12"/>
+      <c r="AB36" s="12"/>
+      <c r="AC36" s="12"/>
+      <c r="AD36" s="12"/>
     </row>
     <row r="37" spans="1:32" x14ac:dyDescent="0.25">
-      <c r="A37" s="14" t="s">
-        <v>92</v>
+      <c r="A37" s="13" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="38" spans="1:32" x14ac:dyDescent="0.25">
-      <c r="A38" s="8" t="s">
-        <v>91</v>
+      <c r="A38" s="13" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="39" spans="1:32" x14ac:dyDescent="0.25">
+      <c r="A39" s="8" t="s">
+        <v>89</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A25" r:id="rId1"/>
-    <hyperlink ref="A38" r:id="rId2"/>
+    <hyperlink ref="A26" r:id="rId1"/>
+    <hyperlink ref="A39" r:id="rId2"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Regneark</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Diagrammer</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>