--- v2 (2026-01-06)
+++ v3 (2026-02-26)
@@ -8,71 +8,71 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/chartsheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.chartsheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\KNR\Analyse\Medicinal\Særudtræk\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\brugermøde_medic\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12000"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12000" activeTab="1"/>
   </bookViews>
   <sheets>
     <sheet name="data" sheetId="1" r:id="rId1"/>
     <sheet name="figur" sheetId="3" r:id="rId2"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="196" uniqueCount="102">
   <si>
     <t>Medicinalindustrien i dansk økonomi</t>
   </si>
   <si>
     <t>Kvartalsvist nationalregnskab</t>
   </si>
   <si>
     <t>Ikke-sæsonkorrigerede tal</t>
   </si>
   <si>
     <t>BVT ekskl. medicinalindustri</t>
   </si>
   <si>
     <t>Kædede værdier, indeks 2019=100</t>
   </si>
   <si>
     <t>BVT for medicinalindustri</t>
   </si>
   <si>
     <t>Sæsonkorrigerede tal</t>
   </si>
   <si>
     <t>Anm.: Tallene er et særudtræk og særberegning pba. det kvartalsvise nationalregnskab - og tallene er derfor behæftet med større usikkerhed end i det offentliggjorte nationalregnskab (i statistikbanken mv.).</t>
   </si>
   <si>
@@ -328,50 +328,56 @@
     <t>2025K2</t>
   </si>
   <si>
     <t>2. kvt. 2025</t>
   </si>
   <si>
     <t>2025K3</t>
   </si>
   <si>
     <t>3. kvt. 2025</t>
   </si>
   <si>
     <t>…</t>
   </si>
   <si>
     <t>BVT ekskl. medicinalindustri*</t>
   </si>
   <si>
     <t>BVT for medicinalindustri**</t>
   </si>
   <si>
     <t>**) Tal for medicinalindustri sæsonkorrigeres ikke, da sæsonmønsteret i serierne har en lav grad af signifikans.</t>
   </si>
   <si>
     <t>*) BVT ekskl. medicinalindustri er sæsonkorrigeret direkte, hvorfor tidsserien dermed ikke er konsistent med metoden i det offentliggjorte nationalregnskab (i statistikbanken mv.), hvor sæsonkorrigerede tal for BVT og BNP er dannet ved aggregering af sæsonkorrigerede underkomponenter (BVT på brancher m.m.), såkaldt indirekte sæsonkorrektion.</t>
+  </si>
+  <si>
+    <t>2025K4</t>
+  </si>
+  <si>
+    <t>4. kvt. 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="0.000"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -590,53 +596,53 @@
           <c:tx>
             <c:strRef>
               <c:f>data!$A$32</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>BNP</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:schemeClr val="accent6"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>data!$B$31:$AF$31</c:f>
+              <c:f>data!$B$31:$AG$31</c:f>
               <c:strCache>
-                <c:ptCount val="31"/>
+                <c:ptCount val="32"/>
                 <c:pt idx="0">
                   <c:v>1. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>3. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>4. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>1. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>3. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>4. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -685,60 +691,63 @@
                   <c:v>3. kvt. 2023</c:v>
                 </c:pt>
                 <c:pt idx="23">
                   <c:v>4. kvt. 2023</c:v>
                 </c:pt>
                 <c:pt idx="24">
                   <c:v>1. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="25">
                   <c:v>2. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>3. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="27">
                   <c:v>4. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="28">
                   <c:v>1. kvt. 2025</c:v>
                 </c:pt>
                 <c:pt idx="29">
                   <c:v>2. kvt. 2025</c:v>
                 </c:pt>
                 <c:pt idx="30">
                   <c:v>3. kvt. 2025</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>4. kvt. 2025</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>data!$B$32:$AF$32</c:f>
+              <c:f>data!$B$32:$AG$32</c:f>
               <c:numCache>
                 <c:formatCode>0.0</c:formatCode>
-                <c:ptCount val="31"/>
+                <c:ptCount val="32"/>
                 <c:pt idx="0">
                   <c:v>98.043270832928059</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>98.008998824340239</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>98.53549694226723</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>98.681827527747473</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>99.073968740731289</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>99.974480813840046</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>100.29888915779601</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>100.65266128763267</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -756,123 +765,126 @@
                 <c:pt idx="12">
                   <c:v>100.12499611004264</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>103.58186949756096</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>105.62659430366976</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>109.08455567812614</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>103.31577755809091</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>105.18492367594328</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>106.60068964149221</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>105.17371481855635</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>106.41498174631377</c:v>
+                  <c:v>106.37668067724448</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>105.1167830996129</c:v>
+                  <c:v>105.13755045076545</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>104.5534262717873</c:v>
+                  <c:v>104.70902510985664</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>106.73084604164411</c:v>
+                  <c:v>106.59278201739808</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>107.33868577478343</c:v>
+                  <c:v>107.3029155271938</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>109.28576744988932</c:v>
+                  <c:v>109.32033498053258</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>109.60401263368142</c:v>
+                  <c:v>109.83409369112719</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>111.29242145057441</c:v>
+                  <c:v>111.06354207254378</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>110.10421609065494</c:v>
+                  <c:v>110.08432113710104</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>111.50842263574476</c:v>
+                  <c:v>111.55645827200719</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>113.991108062465</c:v>
+                  <c:v>114.12222849321239</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>114.35546554386534</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-51F7-466C-9AAC-15533C76AB1F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>data!$A$33</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>BVT i alt</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>data!$B$31:$AF$31</c:f>
+              <c:f>data!$B$31:$AG$31</c:f>
               <c:strCache>
-                <c:ptCount val="31"/>
+                <c:ptCount val="32"/>
                 <c:pt idx="0">
                   <c:v>1. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>3. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>4. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>1. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>3. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>4. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -921,60 +933,63 @@
                   <c:v>3. kvt. 2023</c:v>
                 </c:pt>
                 <c:pt idx="23">
                   <c:v>4. kvt. 2023</c:v>
                 </c:pt>
                 <c:pt idx="24">
                   <c:v>1. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="25">
                   <c:v>2. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>3. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="27">
                   <c:v>4. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="28">
                   <c:v>1. kvt. 2025</c:v>
                 </c:pt>
                 <c:pt idx="29">
                   <c:v>2. kvt. 2025</c:v>
                 </c:pt>
                 <c:pt idx="30">
                   <c:v>3. kvt. 2025</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>4. kvt. 2025</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>data!$B$33:$AF$33</c:f>
+              <c:f>data!$B$33:$AG$33</c:f>
               <c:numCache>
                 <c:formatCode>0.0</c:formatCode>
-                <c:ptCount val="31"/>
+                <c:ptCount val="32"/>
                 <c:pt idx="0">
                   <c:v>98.129119307396891</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>97.999175019396034</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>98.510222587588984</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>98.744504894389692</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>99.064601922350562</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>100.09164278456197</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>100.37795994442828</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>100.46579534865914</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -992,123 +1007,126 @@
                 <c:pt idx="12">
                   <c:v>99.688837176551786</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>103.0112804652386</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>105.28045826719135</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>109.07545822763707</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>103.83202519801441</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>105.71875675096958</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>107.25923820101335</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>105.96188000534852</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>107.92401134243018</c:v>
+                  <c:v>107.89054864358923</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>106.52990227829113</c:v>
+                  <c:v>106.553953554483</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>106.06434317843892</c:v>
+                  <c:v>106.21145430587164</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>108.3547196077897</c:v>
+                  <c:v>108.21702077930048</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>108.88225226319295</c:v>
+                  <c:v>108.85949665612375</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>111.12182823555068</c:v>
+                  <c:v>111.15707369739516</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>111.74178051959171</c:v>
+                  <c:v>111.95819601716197</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>113.52018671841866</c:v>
+                  <c:v>113.29127982152104</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>112.21310884479543</c:v>
+                  <c:v>112.22079056899719</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>113.69205065351682</c:v>
+                  <c:v>113.77207148482687</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>116.41487884544597</c:v>
+                  <c:v>116.58354383439386</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>116.72370010208608</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-51F7-466C-9AAC-15533C76AB1F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>data!$A$34</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>BVT ekskl. medicinalindustri</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>data!$B$31:$AF$31</c:f>
+              <c:f>data!$B$31:$AG$31</c:f>
               <c:strCache>
-                <c:ptCount val="31"/>
+                <c:ptCount val="32"/>
                 <c:pt idx="0">
                   <c:v>1. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>3. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>4. kvt. 2018</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>1. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>3. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>4. kvt. 2019</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -1157,152 +1175,158 @@
                   <c:v>3. kvt. 2023</c:v>
                 </c:pt>
                 <c:pt idx="23">
                   <c:v>4. kvt. 2023</c:v>
                 </c:pt>
                 <c:pt idx="24">
                   <c:v>1. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="25">
                   <c:v>2. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>3. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="27">
                   <c:v>4. kvt. 2024</c:v>
                 </c:pt>
                 <c:pt idx="28">
                   <c:v>1. kvt. 2025</c:v>
                 </c:pt>
                 <c:pt idx="29">
                   <c:v>2. kvt. 2025</c:v>
                 </c:pt>
                 <c:pt idx="30">
                   <c:v>3. kvt. 2025</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>4. kvt. 2025</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>data!$B$34:$AF$34</c:f>
+              <c:f>data!$B$34:$AG$34</c:f>
               <c:numCache>
                 <c:formatCode>0.0</c:formatCode>
-                <c:ptCount val="31"/>
+                <c:ptCount val="32"/>
                 <c:pt idx="0">
-                  <c:v>99.132940000000005</c:v>
+                  <c:v>98.964614913999995</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>98.359930000000006</c:v>
+                  <c:v>98.468925652999999</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>98.413759999999996</c:v>
+                  <c:v>98.451594237999998</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>98.479560000000006</c:v>
+                  <c:v>98.493330176000001</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>99.393199999999993</c:v>
+                  <c:v>99.431206528999994</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>99.946839999999995</c:v>
+                  <c:v>99.856813647999999</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>100.0057</c:v>
+                  <c:v>100.04213830499999</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>100.4074</c:v>
+                  <c:v>100.402032104</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>100.026</c:v>
+                  <c:v>100.116487354</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>92.716729999999998</c:v>
+                  <c:v>92.598998301999998</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>98.418539999999993</c:v>
+                  <c:v>98.453639530999993</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>99.879580000000004</c:v>
+                  <c:v>99.845967725999998</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>100.2045</c:v>
+                  <c:v>100.28916561200001</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>102.92010000000001</c:v>
+                  <c:v>102.810364429</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>104.1216</c:v>
+                  <c:v>104.17483773399999</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>109.09520000000001</c:v>
+                  <c:v>109.04147568400001</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>102.3385</c:v>
+                  <c:v>102.646729808</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>103.6575</c:v>
+                  <c:v>103.346574911</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>104.7306</c:v>
+                  <c:v>104.772592758</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>104.44499999999999</c:v>
+                  <c:v>104.403165466</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>103.95650000000001</c:v>
+                  <c:v>104.313725093</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>102.1143</c:v>
+                  <c:v>101.75885202800001</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>101.88079999999999</c:v>
+                  <c:v>101.978376326</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>103.398</c:v>
+                  <c:v>103.339378411</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>103.90260000000001</c:v>
+                  <c:v>103.93327227899999</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>104.0749</c:v>
+                  <c:v>104.02936575</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>103.8733</c:v>
+                  <c:v>104.05971125400001</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>104.5158</c:v>
+                  <c:v>104.363333432</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>104.6641</c:v>
+                  <c:v>104.847316612</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>104.9945</c:v>
+                  <c:v>104.96669461</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>105.8245</c:v>
+                  <c:v>106.207899865</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>107.518161349</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-51F7-466C-9AAC-15533C76AB1F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1770698287"/>
         <c:axId val="1770696207"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1770698287"/>
@@ -2026,51 +2050,51 @@
   <cs:wall>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:spPr>
       <a:noFill/>
       <a:ln>
         <a:noFill/>
       </a:ln>
     </cs:spPr>
   </cs:wall>
 </cs:chartStyle>
 </file>
 
 <file path=xl/chartsheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/chartsheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <chartsheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </chartsheet>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:absoluteAnchor>
     <xdr:pos x="0" y="0"/>
     <xdr:ext cx="9305925" cy="6076950"/>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Diagram 1"/>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks noGrp="1"/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
@@ -2429,77 +2453,77 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statistikbanken.dk/NKHO2" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jop@dst.dk" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:AR39"/>
+  <dimension ref="A1:AS39"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="1" ySplit="3" topLeftCell="V7" activePane="bottomRight" state="frozen"/>
+    <sheetView workbookViewId="0">
+      <pane xSplit="1" ySplit="3" topLeftCell="X4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="AH32" sqref="AH32"/>
+      <selection pane="bottomRight" activeCell="AS34" sqref="AS34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="41.7109375" style="2" customWidth="1"/>
-    <col min="2" max="44" width="9.42578125" style="2" customWidth="1"/>
-    <col min="45" max="16384" width="9.140625" style="2"/>
+    <col min="2" max="45" width="9.42578125" style="2" customWidth="1"/>
+    <col min="46" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:45" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:45" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:44" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:45" x14ac:dyDescent="0.25">
       <c r="B3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>15</v>
       </c>
       <c r="J3" s="3" t="s">
@@ -2585,62 +2609,65 @@
       </c>
       <c r="AK3" s="3" t="s">
         <v>43</v>
       </c>
       <c r="AL3" s="3" t="s">
         <v>44</v>
       </c>
       <c r="AM3" s="3" t="s">
         <v>45</v>
       </c>
       <c r="AN3" s="3" t="s">
         <v>47</v>
       </c>
       <c r="AO3" s="3" t="s">
         <v>52</v>
       </c>
       <c r="AP3" s="3" t="s">
         <v>53</v>
       </c>
       <c r="AQ3" s="3" t="s">
         <v>91</v>
       </c>
       <c r="AR3" s="3" t="s">
         <v>93</v>
       </c>
+      <c r="AS3" s="3" t="s">
+        <v>100</v>
+      </c>
     </row>
-    <row r="4" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:45" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:44" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="1:44" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B6" s="5">
         <v>413808.9550198738</v>
       </c>
       <c r="C6" s="5">
         <v>430048.58586999925</v>
       </c>
       <c r="D6" s="5">
         <v>421929.56106539362</v>
       </c>
       <c r="E6" s="5">
         <v>434997.97704473283</v>
       </c>
       <c r="F6" s="5">
         <v>418698.45436162624</v>
       </c>
       <c r="G6" s="5">
         <v>445883.59749056911</v>
       </c>
       <c r="H6" s="5">
         <v>436133.18208733527</v>
       </c>
       <c r="I6" s="5">
@@ -2721,60 +2748,63 @@
       <c r="AH6" s="5">
         <v>575778.1219875284</v>
       </c>
       <c r="AI6" s="5">
         <v>577185.75365031406</v>
       </c>
       <c r="AJ6" s="5">
         <v>551894.47891483514</v>
       </c>
       <c r="AK6" s="5">
         <v>580960.25309598178</v>
       </c>
       <c r="AL6" s="5">
         <v>551515.65719531814</v>
       </c>
       <c r="AM6" s="5">
         <v>587066.41963584116</v>
       </c>
       <c r="AN6" s="5">
         <v>586072.70538443432</v>
       </c>
       <c r="AO6" s="5">
         <v>627583.01236093114</v>
       </c>
       <c r="AP6" s="5">
-        <v>585803.17385344172</v>
+        <v>585116.1472369195</v>
       </c>
       <c r="AQ6" s="5">
-        <v>601473.44210822531</v>
+        <v>602692.35058034724</v>
       </c>
       <c r="AR6" s="5">
-        <v>601158.00922271481</v>
+        <v>602403.71066806675</v>
+      </c>
+      <c r="AS6" s="5">
+        <v>648282.96493790078</v>
       </c>
     </row>
-    <row r="7" spans="1:44" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
         <v>89.793682730002018</v>
       </c>
       <c r="C7" s="5">
         <v>93.126515146125925</v>
       </c>
       <c r="D7" s="5">
         <v>92.05636631739489</v>
       </c>
       <c r="E7" s="5">
         <v>95.027496811032691</v>
       </c>
       <c r="F7" s="5">
         <v>90.428689842461424</v>
       </c>
       <c r="G7" s="5">
         <v>96.341272439765476</v>
       </c>
       <c r="H7" s="5">
         <v>94.73271986146672</v>
       </c>
       <c r="I7" s="5">
@@ -2855,108 +2885,112 @@
       <c r="AH7" s="5">
         <v>100.43515958610512</v>
       </c>
       <c r="AI7" s="5">
         <v>102.44862145513885</v>
       </c>
       <c r="AJ7" s="5">
         <v>100.76183912959829</v>
       </c>
       <c r="AK7" s="5">
         <v>107.78684802460239</v>
       </c>
       <c r="AL7" s="5">
         <v>99.657209751848796</v>
       </c>
       <c r="AM7" s="5">
         <v>105.07310631115885</v>
       </c>
       <c r="AN7" s="5">
         <v>102.47810830204196</v>
       </c>
       <c r="AO7" s="5">
         <v>109.27977546994352</v>
       </c>
       <c r="AP7" s="5">
-        <v>101.33431460007647</v>
+        <v>101.40978245458521</v>
       </c>
       <c r="AQ7" s="5">
-        <v>104.9096290424319</v>
+        <v>105.0104861959406</v>
       </c>
       <c r="AR7" s="5">
-        <v>104.33737604514192</v>
+        <v>104.39150043124643</v>
+      </c>
+      <c r="AS7" s="5">
+        <v>112.89783574766894</v>
       </c>
     </row>
-    <row r="8" spans="1:44" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A8" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="5"/>
       <c r="C8" s="5"/>
       <c r="D8" s="5"/>
       <c r="E8" s="5"/>
       <c r="F8" s="5"/>
       <c r="G8" s="5"/>
       <c r="H8" s="5"/>
       <c r="I8" s="5"/>
       <c r="J8" s="5"/>
       <c r="K8" s="5"/>
       <c r="L8" s="5"/>
       <c r="M8" s="5"/>
       <c r="N8" s="5"/>
       <c r="O8" s="5"/>
       <c r="P8" s="5"/>
       <c r="Q8" s="5"/>
       <c r="R8" s="5"/>
       <c r="S8" s="5"/>
       <c r="T8" s="5"/>
       <c r="U8" s="5"/>
       <c r="V8" s="5"/>
       <c r="W8" s="5"/>
       <c r="X8" s="5"/>
       <c r="Y8" s="5"/>
       <c r="Z8" s="5"/>
       <c r="AA8" s="5"/>
       <c r="AB8" s="5"/>
       <c r="AC8" s="5"/>
       <c r="AD8" s="5"/>
       <c r="AE8" s="5"/>
       <c r="AF8" s="5"/>
       <c r="AG8" s="5"/>
       <c r="AH8" s="5"/>
       <c r="AI8" s="5"/>
       <c r="AJ8" s="5"/>
       <c r="AK8" s="5"/>
       <c r="AL8" s="5"/>
       <c r="AM8" s="5"/>
       <c r="AN8" s="5"/>
       <c r="AO8" s="5"/>
       <c r="AP8" s="5"/>
       <c r="AQ8" s="5"/>
       <c r="AR8" s="5"/>
+      <c r="AS8" s="5"/>
     </row>
-    <row r="9" spans="1:44" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B9" s="5">
         <v>14577.511820125937</v>
       </c>
       <c r="C9" s="5">
         <v>14985.480256425355</v>
       </c>
       <c r="D9" s="5">
         <v>15075.94021814971</v>
       </c>
       <c r="E9" s="5">
         <v>15594.557705299001</v>
       </c>
       <c r="F9" s="5">
         <v>16985.80171787323</v>
       </c>
       <c r="G9" s="5">
         <v>15348.687835753632</v>
       </c>
       <c r="H9" s="5">
         <v>15841.627058940201</v>
       </c>
       <c r="I9" s="5">
@@ -3037,60 +3071,63 @@
       <c r="AH9" s="5">
         <v>39898.339804199786</v>
       </c>
       <c r="AI9" s="5">
         <v>45108.966083850282</v>
       </c>
       <c r="AJ9" s="5">
         <v>43947.601404824345</v>
       </c>
       <c r="AK9" s="5">
         <v>54256.398237125577</v>
       </c>
       <c r="AL9" s="5">
         <v>49893.159828273238</v>
       </c>
       <c r="AM9" s="5">
         <v>56146.753273532377</v>
       </c>
       <c r="AN9" s="5">
         <v>57144.422424844539</v>
       </c>
       <c r="AO9" s="5">
         <v>78348.039726200004</v>
       </c>
       <c r="AP9" s="5">
-        <v>63711.388843586872</v>
+        <v>65796.928096373405</v>
       </c>
       <c r="AQ9" s="5">
-        <v>67418.638727057958</v>
+        <v>69636.930038170729</v>
       </c>
       <c r="AR9" s="5">
-        <v>68962.740580603684</v>
+        <v>70566.41794893409</v>
+      </c>
+      <c r="AS9" s="5">
+        <v>67344.126261094774</v>
       </c>
     </row>
-    <row r="10" spans="1:44" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B10" s="5">
         <v>56.574982388516339</v>
       </c>
       <c r="C10" s="5">
         <v>72.649407368718357</v>
       </c>
       <c r="D10" s="5">
         <v>61.111923913273337</v>
       </c>
       <c r="E10" s="5">
         <v>61.552033631425786</v>
       </c>
       <c r="F10" s="5">
         <v>71.519616060353087</v>
       </c>
       <c r="G10" s="5">
         <v>66.386174653652631</v>
       </c>
       <c r="H10" s="5">
         <v>73.43795142916521</v>
       </c>
       <c r="I10" s="5">
@@ -3171,517 +3208,530 @@
       <c r="AH10" s="5">
         <v>196.91330297512042</v>
       </c>
       <c r="AI10" s="5">
         <v>219.13513857809897</v>
       </c>
       <c r="AJ10" s="5">
         <v>207.40402066201048</v>
       </c>
       <c r="AK10" s="5">
         <v>259.22656362401426</v>
       </c>
       <c r="AL10" s="5">
         <v>258.45885226356063</v>
       </c>
       <c r="AM10" s="5">
         <v>292.57273194100469</v>
       </c>
       <c r="AN10" s="5">
         <v>296.8190070089986</v>
       </c>
       <c r="AO10" s="5">
         <v>354.18627390680138</v>
       </c>
       <c r="AP10" s="5">
-        <v>310.37781199256523</v>
+        <v>310.36691601288419</v>
       </c>
       <c r="AQ10" s="5">
-        <v>352.00626273332642</v>
+        <v>351.64356745468194</v>
       </c>
       <c r="AR10" s="5">
-        <v>378.92092463023164</v>
+        <v>376.74447920736174</v>
+      </c>
+      <c r="AS10" s="5">
+        <v>367.16001962228825</v>
       </c>
     </row>
-    <row r="11" spans="1:44" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:45" x14ac:dyDescent="0.25">
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="5"/>
       <c r="H11" s="5"/>
       <c r="I11" s="5"/>
       <c r="J11" s="5"/>
       <c r="K11" s="5"/>
       <c r="L11" s="5"/>
       <c r="M11" s="5"/>
       <c r="N11" s="5"/>
       <c r="O11" s="5"/>
       <c r="P11" s="5"/>
       <c r="Q11" s="5"/>
       <c r="R11" s="5"/>
       <c r="S11" s="5"/>
       <c r="T11" s="5"/>
       <c r="U11" s="5"/>
       <c r="V11" s="5"/>
       <c r="W11" s="5"/>
       <c r="X11" s="5"/>
       <c r="Y11" s="5"/>
       <c r="Z11" s="5"/>
       <c r="AA11" s="5"/>
       <c r="AB11" s="5"/>
       <c r="AC11" s="5"/>
       <c r="AD11" s="5"/>
       <c r="AE11" s="5"/>
       <c r="AF11" s="5"/>
       <c r="AG11" s="5"/>
       <c r="AH11" s="5"/>
       <c r="AI11" s="5"/>
       <c r="AJ11" s="5"/>
       <c r="AK11" s="5"/>
       <c r="AL11" s="5"/>
       <c r="AM11" s="5"/>
       <c r="AN11" s="5"/>
       <c r="AO11" s="5"/>
       <c r="AP11" s="5"/>
       <c r="AQ11" s="5"/>
       <c r="AR11" s="5"/>
+      <c r="AS11" s="5"/>
     </row>
-    <row r="12" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:45" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="5"/>
       <c r="C12" s="5"/>
       <c r="D12" s="5"/>
       <c r="E12" s="5"/>
       <c r="F12" s="5"/>
       <c r="G12" s="5"/>
       <c r="H12" s="5"/>
       <c r="I12" s="5"/>
       <c r="J12" s="5"/>
       <c r="K12" s="5"/>
       <c r="L12" s="5"/>
       <c r="M12" s="5"/>
       <c r="N12" s="5"/>
       <c r="O12" s="5"/>
       <c r="P12" s="5"/>
       <c r="Q12" s="5"/>
       <c r="R12" s="5"/>
       <c r="S12" s="5"/>
       <c r="T12" s="5"/>
       <c r="U12" s="5"/>
       <c r="V12" s="5"/>
       <c r="W12" s="5"/>
       <c r="X12" s="5"/>
       <c r="Y12" s="5"/>
       <c r="Z12" s="5"/>
       <c r="AA12" s="5"/>
       <c r="AB12" s="5"/>
       <c r="AC12" s="5"/>
       <c r="AD12" s="5"/>
       <c r="AE12" s="5"/>
       <c r="AF12" s="5"/>
       <c r="AG12" s="5"/>
       <c r="AH12" s="5"/>
       <c r="AI12" s="5"/>
       <c r="AJ12" s="5"/>
       <c r="AK12" s="5"/>
       <c r="AL12" s="5"/>
       <c r="AM12" s="5"/>
       <c r="AN12" s="5"/>
       <c r="AO12" s="5"/>
       <c r="AP12" s="5"/>
       <c r="AQ12" s="5"/>
       <c r="AR12" s="5"/>
+      <c r="AS12" s="5"/>
     </row>
-    <row r="13" spans="1:44" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>96</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="5"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="5"/>
       <c r="I13" s="5"/>
       <c r="J13" s="5"/>
       <c r="K13" s="5"/>
       <c r="L13" s="5"/>
       <c r="M13" s="5"/>
       <c r="N13" s="5"/>
       <c r="O13" s="5"/>
       <c r="P13" s="5"/>
       <c r="Q13" s="5"/>
       <c r="R13" s="5"/>
       <c r="S13" s="5"/>
       <c r="T13" s="5"/>
       <c r="U13" s="5"/>
       <c r="V13" s="5"/>
       <c r="W13" s="5"/>
       <c r="X13" s="5"/>
       <c r="Y13" s="5"/>
       <c r="Z13" s="5"/>
       <c r="AA13" s="5"/>
       <c r="AB13" s="5"/>
       <c r="AC13" s="5"/>
       <c r="AD13" s="5"/>
       <c r="AE13" s="5"/>
       <c r="AF13" s="5"/>
       <c r="AG13" s="5"/>
       <c r="AH13" s="5"/>
       <c r="AI13" s="5"/>
       <c r="AJ13" s="5"/>
       <c r="AK13" s="5"/>
       <c r="AL13" s="5"/>
       <c r="AM13" s="5"/>
       <c r="AN13" s="5"/>
       <c r="AO13" s="5"/>
       <c r="AP13" s="5"/>
       <c r="AQ13" s="5"/>
       <c r="AR13" s="5"/>
+      <c r="AS13" s="5"/>
     </row>
-    <row r="14" spans="1:44" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B14" s="5">
-        <v>424835.4</v>
+        <v>424848.75316830701</v>
       </c>
       <c r="C14" s="5">
-        <v>423531.9</v>
+        <v>423527.54912140098</v>
       </c>
       <c r="D14" s="5">
-        <v>425013</v>
+        <v>425005.092800354</v>
       </c>
       <c r="E14" s="5">
-        <v>427255.1</v>
+        <v>427254.36949790799</v>
       </c>
       <c r="F14" s="5">
-        <v>430065.5</v>
+        <v>430079.97797578899</v>
       </c>
       <c r="G14" s="5">
-        <v>439126</v>
+        <v>439119.89601385198</v>
       </c>
       <c r="H14" s="5">
-        <v>439265.6</v>
+        <v>439256.36624261498</v>
       </c>
       <c r="I14" s="5">
-        <v>447175.4</v>
+        <v>447177.08818629</v>
       </c>
       <c r="J14" s="5">
-        <v>455430.5</v>
+        <v>455447.501789979</v>
       </c>
       <c r="K14" s="5">
-        <v>458154.9</v>
+        <v>458146.08416287898</v>
       </c>
       <c r="L14" s="5">
-        <v>457646.3</v>
+        <v>457632.71699125</v>
       </c>
       <c r="M14" s="5">
-        <v>458443.5</v>
+        <v>458449.10484487499</v>
       </c>
       <c r="N14" s="5">
-        <v>460643.4</v>
+        <v>460667.97670443699</v>
       </c>
       <c r="O14" s="5">
-        <v>462804.8</v>
+        <v>462784.65572834999</v>
       </c>
       <c r="P14" s="5">
-        <v>467123.6</v>
+        <v>467116.65584067599</v>
       </c>
       <c r="Q14" s="5">
-        <v>470457.1</v>
+        <v>470450.73211719102</v>
       </c>
       <c r="R14" s="5">
-        <v>473235.5</v>
+        <v>473284.27016070997</v>
       </c>
       <c r="S14" s="5">
-        <v>478032.8</v>
+        <v>477985.92271856702</v>
       </c>
       <c r="T14" s="5">
-        <v>480966.2</v>
+        <v>480991.13028812699</v>
       </c>
       <c r="U14" s="5">
-        <v>486003.3</v>
+        <v>485969.12492244103</v>
       </c>
       <c r="V14" s="5">
-        <v>490579.5</v>
+        <v>490650.91013091302</v>
       </c>
       <c r="W14" s="5">
-        <v>456794.2</v>
+        <v>456696.34418059501</v>
       </c>
       <c r="X14" s="5">
-        <v>485704.9</v>
+        <v>485852.77646732499</v>
       </c>
       <c r="Y14" s="5">
-        <v>498066.5</v>
+        <v>497928.27775379003</v>
       </c>
       <c r="Z14" s="5">
-        <v>505013.8</v>
+        <v>505095.06343216798</v>
       </c>
       <c r="AA14" s="5">
-        <v>522473.1</v>
+        <v>522350.24863474403</v>
       </c>
       <c r="AB14" s="5">
-        <v>535553.9</v>
+        <v>535849.71509625704</v>
       </c>
       <c r="AC14" s="5">
-        <v>568434.30000000005</v>
+        <v>568162.43739911797</v>
       </c>
       <c r="AD14" s="5">
-        <v>575245</v>
+        <v>575264.45030861394</v>
       </c>
       <c r="AE14" s="5">
-        <v>592197.4</v>
+        <v>592136.39715939201</v>
       </c>
       <c r="AF14" s="5">
-        <v>604834.69999999995</v>
+        <v>605324.02458233503</v>
       </c>
       <c r="AG14" s="5">
-        <v>599062.30000000005</v>
+        <v>598619.31010674196</v>
       </c>
       <c r="AH14" s="5">
-        <v>594393.1</v>
+        <v>594233.12219046406</v>
       </c>
       <c r="AI14" s="5">
-        <v>572396.6</v>
+        <v>572579.25980330305</v>
       </c>
       <c r="AJ14" s="5">
-        <v>557844.69999999995</v>
+        <v>558421.11986001104</v>
       </c>
       <c r="AK14" s="5">
-        <v>561605</v>
+        <v>561011.63209153397</v>
       </c>
       <c r="AL14" s="5">
-        <v>568574.1</v>
+        <v>568159.59219480201</v>
       </c>
       <c r="AM14" s="5">
-        <v>583495.9</v>
+        <v>584048.39339109405</v>
       </c>
       <c r="AN14" s="5">
-        <v>593864.80000000005</v>
+        <v>594603.30309509602</v>
       </c>
       <c r="AO14" s="5">
-        <v>604719.9</v>
+        <v>603820.78424922703</v>
       </c>
       <c r="AP14" s="5">
-        <v>603466.9</v>
+        <v>602084.55287641205</v>
       </c>
       <c r="AQ14" s="5">
-        <v>599052.69999999995</v>
+        <v>601191.45059257105</v>
       </c>
       <c r="AR14" s="5">
-        <v>609519.80000000005</v>
+        <v>611640.35414341697</v>
+      </c>
+      <c r="AS14" s="5">
+        <v>622464.70492057502</v>
       </c>
     </row>
-    <row r="15" spans="1:44" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B15" s="5">
-        <v>92.559839999999994</v>
+        <v>92.556014743000006</v>
       </c>
       <c r="C15" s="5">
-        <v>91.899460000000005</v>
+        <v>91.852076689</v>
       </c>
       <c r="D15" s="5">
-        <v>92.542919999999995</v>
+        <v>92.600873222000004</v>
       </c>
       <c r="E15" s="5">
-        <v>92.965800000000002</v>
+        <v>92.969322581</v>
       </c>
       <c r="F15" s="5">
-        <v>93.686300000000003</v>
+        <v>93.573386052999993</v>
       </c>
       <c r="G15" s="5">
-        <v>94.614620000000002</v>
+        <v>94.669162146999994</v>
       </c>
       <c r="H15" s="5">
-        <v>95.243750000000006</v>
+        <v>95.303744789999996</v>
       </c>
       <c r="I15" s="5">
-        <v>96.116010000000003</v>
+        <v>96.127780647999998</v>
       </c>
       <c r="J15" s="5">
-        <v>96.833269999999999</v>
+        <v>96.872687674999995</v>
       </c>
       <c r="K15" s="5">
-        <v>97.650959999999998</v>
+        <v>97.547401984000004</v>
       </c>
       <c r="L15" s="5">
-        <v>97.230320000000006</v>
+        <v>97.282475876999996</v>
       </c>
       <c r="M15" s="5">
-        <v>98.382599999999996</v>
+        <v>98.397055257999995</v>
       </c>
       <c r="N15" s="5">
-        <v>99.132940000000005</v>
+        <v>98.964614913999995</v>
       </c>
       <c r="O15" s="5">
-        <v>98.359930000000006</v>
+        <v>98.468925652999999</v>
       </c>
       <c r="P15" s="5">
-        <v>98.413759999999996</v>
+        <v>98.451594237999998</v>
       </c>
       <c r="Q15" s="5">
-        <v>98.479560000000006</v>
+        <v>98.493330176000001</v>
       </c>
       <c r="R15" s="5">
-        <v>99.393199999999993</v>
+        <v>99.431206528999994</v>
       </c>
       <c r="S15" s="5">
-        <v>99.946839999999995</v>
+        <v>99.856813647999999</v>
       </c>
       <c r="T15" s="5">
-        <v>100.0057</v>
+        <v>100.04213830499999</v>
       </c>
       <c r="U15" s="5">
-        <v>100.4074</v>
+        <v>100.402032104</v>
       </c>
       <c r="V15" s="5">
-        <v>100.026</v>
+        <v>100.116487354</v>
       </c>
       <c r="W15" s="5">
-        <v>92.716729999999998</v>
+        <v>92.598998301999998</v>
       </c>
       <c r="X15" s="5">
-        <v>98.418539999999993</v>
+        <v>98.453639530999993</v>
       </c>
       <c r="Y15" s="5">
-        <v>99.879580000000004</v>
+        <v>99.845967725999998</v>
       </c>
       <c r="Z15" s="5">
-        <v>100.2045</v>
+        <v>100.28916561200001</v>
       </c>
       <c r="AA15" s="5">
-        <v>102.92010000000001</v>
+        <v>102.810364429</v>
       </c>
       <c r="AB15" s="5">
-        <v>104.1216</v>
+        <v>104.17483773399999</v>
       </c>
       <c r="AC15" s="5">
-        <v>109.09520000000001</v>
+        <v>109.04147568400001</v>
       </c>
       <c r="AD15" s="5">
-        <v>102.3385</v>
+        <v>102.646729808</v>
       </c>
       <c r="AE15" s="5">
-        <v>103.6575</v>
+        <v>103.346574911</v>
       </c>
       <c r="AF15" s="5">
-        <v>104.7306</v>
+        <v>104.772592758</v>
       </c>
       <c r="AG15" s="5">
-        <v>104.44499999999999</v>
+        <v>104.403165466</v>
       </c>
       <c r="AH15" s="5">
-        <v>103.95650000000001</v>
+        <v>104.313725093</v>
       </c>
       <c r="AI15" s="5">
-        <v>102.1143</v>
+        <v>101.75885202800001</v>
       </c>
       <c r="AJ15" s="5">
-        <v>101.88079999999999</v>
+        <v>101.978376326</v>
       </c>
       <c r="AK15" s="5">
-        <v>103.398</v>
+        <v>103.339378411</v>
       </c>
       <c r="AL15" s="5">
-        <v>103.90260000000001</v>
+        <v>103.93327227899999</v>
       </c>
       <c r="AM15" s="5">
-        <v>104.0749</v>
+        <v>104.02936575</v>
       </c>
       <c r="AN15" s="5">
-        <v>103.8733</v>
+        <v>104.05971125400001</v>
       </c>
       <c r="AO15" s="5">
-        <v>104.5158</v>
+        <v>104.363333432</v>
       </c>
       <c r="AP15" s="5">
-        <v>104.6641</v>
+        <v>104.847316612</v>
       </c>
       <c r="AQ15" s="5">
-        <v>104.9945</v>
+        <v>104.96669461</v>
       </c>
       <c r="AR15" s="5">
-        <v>105.8245</v>
+        <v>106.207899865</v>
+      </c>
+      <c r="AS15" s="5">
+        <v>107.518161349</v>
       </c>
     </row>
-    <row r="16" spans="1:44" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="B16" s="5"/>
       <c r="C16" s="5"/>
       <c r="D16" s="5"/>
       <c r="E16" s="5"/>
       <c r="F16" s="5"/>
       <c r="G16" s="5"/>
       <c r="H16" s="5"/>
       <c r="I16" s="5"/>
       <c r="J16" s="5"/>
       <c r="K16" s="5"/>
       <c r="L16" s="5"/>
       <c r="M16" s="5"/>
       <c r="N16" s="5"/>
       <c r="O16" s="5"/>
       <c r="P16" s="5"/>
       <c r="Q16" s="5"/>
       <c r="R16" s="5"/>
       <c r="S16" s="5"/>
       <c r="T16" s="5"/>
       <c r="U16" s="5"/>
       <c r="V16" s="5"/>
       <c r="W16" s="5"/>
       <c r="X16" s="5"/>
       <c r="Y16" s="5"/>
       <c r="Z16" s="5"/>
       <c r="AA16" s="5"/>
       <c r="AB16" s="5"/>
       <c r="AC16" s="5"/>
       <c r="AD16" s="5"/>
       <c r="AE16" s="5"/>
       <c r="AF16" s="5"/>
       <c r="AG16" s="5"/>
       <c r="AH16" s="5"/>
       <c r="AI16" s="5"/>
       <c r="AJ16" s="5"/>
       <c r="AK16" s="5"/>
       <c r="AL16" s="5"/>
       <c r="AM16" s="5"/>
       <c r="AN16" s="5"/>
       <c r="AO16" s="5"/>
       <c r="AP16" s="5"/>
       <c r="AQ16" s="5"/>
       <c r="AR16" s="5"/>
+      <c r="AS16" s="5"/>
     </row>
-    <row r="17" spans="1:44" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B17" s="17" t="s">
         <v>95</v>
       </c>
       <c r="C17" s="17" t="s">
         <v>95</v>
       </c>
       <c r="D17" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E17" s="17" t="s">
         <v>95</v>
       </c>
       <c r="F17" s="17" t="s">
         <v>95</v>
       </c>
       <c r="G17" s="17" t="s">
         <v>95</v>
       </c>
       <c r="H17" s="17" t="s">
         <v>95</v>
       </c>
       <c r="I17" s="17" t="s">
@@ -3770,52 +3820,55 @@
       </c>
       <c r="AK17" s="17" t="s">
         <v>95</v>
       </c>
       <c r="AL17" s="17" t="s">
         <v>95</v>
       </c>
       <c r="AM17" s="17" t="s">
         <v>95</v>
       </c>
       <c r="AN17" s="17" t="s">
         <v>95</v>
       </c>
       <c r="AO17" s="17" t="s">
         <v>95</v>
       </c>
       <c r="AP17" s="17" t="s">
         <v>95</v>
       </c>
       <c r="AQ17" s="17" t="s">
         <v>95</v>
       </c>
       <c r="AR17" s="17" t="s">
         <v>95</v>
       </c>
+      <c r="AS17" s="17" t="s">
+        <v>95</v>
+      </c>
     </row>
-    <row r="18" spans="1:44" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B18" s="17" t="s">
         <v>95</v>
       </c>
       <c r="C18" s="17" t="s">
         <v>95</v>
       </c>
       <c r="D18" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E18" s="17" t="s">
         <v>95</v>
       </c>
       <c r="F18" s="17" t="s">
         <v>95</v>
       </c>
       <c r="G18" s="17" t="s">
         <v>95</v>
       </c>
       <c r="H18" s="17" t="s">
         <v>95</v>
       </c>
       <c r="I18" s="17" t="s">
@@ -3904,144 +3957,153 @@
       </c>
       <c r="AK18" s="17" t="s">
         <v>95</v>
       </c>
       <c r="AL18" s="17" t="s">
         <v>95</v>
       </c>
       <c r="AM18" s="17" t="s">
         <v>95</v>
       </c>
       <c r="AN18" s="17" t="s">
         <v>95</v>
       </c>
       <c r="AO18" s="17" t="s">
         <v>95</v>
       </c>
       <c r="AP18" s="17" t="s">
         <v>95</v>
       </c>
       <c r="AQ18" s="17" t="s">
         <v>95</v>
       </c>
       <c r="AR18" s="17" t="s">
         <v>95</v>
       </c>
+      <c r="AS18" s="17" t="s">
+        <v>95</v>
+      </c>
     </row>
-    <row r="20" spans="1:44" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="21" spans="1:44" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A21" s="7" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="22" spans="1:44" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="23" spans="1:44" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:45" x14ac:dyDescent="0.25">
       <c r="AL23" s="6"/>
       <c r="AM23" s="6"/>
       <c r="AN23" s="6"/>
       <c r="AO23" s="6"/>
       <c r="AP23" s="6"/>
       <c r="AQ23" s="6"/>
       <c r="AR23" s="6"/>
+      <c r="AS23" s="6"/>
     </row>
-    <row r="24" spans="1:44" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
         <v>48</v>
       </c>
       <c r="AL24" s="6"/>
       <c r="AM24" s="6"/>
       <c r="AN24" s="6"/>
       <c r="AO24" s="6"/>
       <c r="AP24" s="6"/>
       <c r="AQ24" s="6"/>
       <c r="AR24" s="6"/>
+      <c r="AS24" s="6"/>
     </row>
-    <row r="25" spans="1:44" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A25" s="7" t="s">
         <v>49</v>
       </c>
       <c r="AL25" s="6"/>
       <c r="AM25" s="6"/>
       <c r="AN25" s="6"/>
       <c r="AO25" s="6"/>
       <c r="AP25" s="6"/>
       <c r="AQ25" s="6"/>
       <c r="AR25" s="6"/>
+      <c r="AS25" s="6"/>
     </row>
-    <row r="26" spans="1:44" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A26" s="8" t="s">
         <v>50</v>
       </c>
       <c r="AL26" s="6"/>
       <c r="AM26" s="6"/>
       <c r="AN26" s="6"/>
       <c r="AO26" s="6"/>
       <c r="AP26" s="6"/>
       <c r="AQ26" s="6"/>
       <c r="AR26" s="6"/>
+      <c r="AS26" s="6"/>
     </row>
-    <row r="27" spans="1:44" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A27" s="7" t="s">
         <v>51</v>
       </c>
       <c r="AL27" s="6"/>
       <c r="AM27" s="6"/>
       <c r="AN27" s="6"/>
       <c r="AO27" s="6"/>
       <c r="AP27" s="6"/>
       <c r="AQ27" s="6"/>
       <c r="AR27" s="6"/>
+      <c r="AS27" s="6"/>
     </row>
-    <row r="28" spans="1:44" s="15" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:45" s="15" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="14"/>
       <c r="AL28" s="16"/>
       <c r="AM28" s="16"/>
       <c r="AN28" s="16"/>
       <c r="AO28" s="16"/>
       <c r="AP28" s="16"/>
       <c r="AQ28" s="16"/>
       <c r="AR28" s="16"/>
+      <c r="AS28" s="16"/>
     </row>
-    <row r="29" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:45" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A29" s="1" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="30" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:45" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A30" s="1" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="31" spans="1:44" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A31" s="9"/>
       <c r="B31" s="11" t="s">
         <v>82</v>
       </c>
       <c r="C31" s="11" t="s">
         <v>81</v>
       </c>
       <c r="D31" s="11" t="s">
         <v>80</v>
       </c>
       <c r="E31" s="11" t="s">
         <v>79</v>
       </c>
       <c r="F31" s="11" t="s">
         <v>78</v>
       </c>
       <c r="G31" s="11" t="s">
         <v>77</v>
       </c>
       <c r="H31" s="11" t="s">
         <v>76</v>
       </c>
       <c r="I31" s="11" t="s">
         <v>75</v>
       </c>
@@ -4092,52 +4154,55 @@
       </c>
       <c r="Y31" s="11" t="s">
         <v>59</v>
       </c>
       <c r="Z31" s="11" t="s">
         <v>58</v>
       </c>
       <c r="AA31" s="11" t="s">
         <v>57</v>
       </c>
       <c r="AB31" s="11" t="s">
         <v>56</v>
       </c>
       <c r="AC31" s="11" t="s">
         <v>55</v>
       </c>
       <c r="AD31" s="11" t="s">
         <v>54</v>
       </c>
       <c r="AE31" s="11" t="s">
         <v>92</v>
       </c>
       <c r="AF31" s="11" t="s">
         <v>94</v>
       </c>
+      <c r="AG31" s="11" t="s">
+        <v>101</v>
+      </c>
     </row>
-    <row r="32" spans="1:44" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A32" s="9" t="s">
         <v>84</v>
       </c>
       <c r="B32" s="18">
         <v>98.043270832928059</v>
       </c>
       <c r="C32" s="18">
         <v>98.008998824340239</v>
       </c>
       <c r="D32" s="18">
         <v>98.53549694226723</v>
       </c>
       <c r="E32" s="18">
         <v>98.681827527747473</v>
       </c>
       <c r="F32" s="18">
         <v>99.073968740731289</v>
       </c>
       <c r="G32" s="18">
         <v>99.974480813840046</v>
       </c>
       <c r="H32" s="18">
         <v>100.29888915779601</v>
       </c>
       <c r="I32" s="18">
@@ -4158,84 +4223,99 @@
       <c r="N32" s="18">
         <v>100.12499611004264</v>
       </c>
       <c r="O32" s="18">
         <v>103.58186949756096</v>
       </c>
       <c r="P32" s="18">
         <v>105.62659430366976</v>
       </c>
       <c r="Q32" s="18">
         <v>109.08455567812614</v>
       </c>
       <c r="R32" s="18">
         <v>103.31577755809091</v>
       </c>
       <c r="S32" s="18">
         <v>105.18492367594328</v>
       </c>
       <c r="T32" s="18">
         <v>106.60068964149221</v>
       </c>
       <c r="U32" s="18">
         <v>105.17371481855635</v>
       </c>
       <c r="V32" s="18">
-        <v>106.41498174631377</v>
+        <v>106.37668067724448</v>
       </c>
       <c r="W32" s="18">
-        <v>105.1167830996129</v>
+        <v>105.13755045076545</v>
       </c>
       <c r="X32" s="18">
-        <v>104.5534262717873</v>
+        <v>104.70902510985664</v>
       </c>
       <c r="Y32" s="18">
-        <v>106.73084604164411</v>
+        <v>106.59278201739808</v>
       </c>
       <c r="Z32" s="18">
-        <v>107.33868577478343</v>
+        <v>107.3029155271938</v>
       </c>
       <c r="AA32" s="18">
-        <v>109.28576744988932</v>
+        <v>109.32033498053258</v>
       </c>
       <c r="AB32" s="18">
-        <v>109.60401263368142</v>
+        <v>109.83409369112719</v>
       </c>
       <c r="AC32" s="18">
-        <v>111.29242145057441</v>
+        <v>111.06354207254378</v>
       </c>
       <c r="AD32" s="18">
-        <v>110.10421609065494</v>
+        <v>110.08432113710104</v>
       </c>
       <c r="AE32" s="18">
-        <v>111.50842263574476</v>
+        <v>111.55645827200719</v>
       </c>
       <c r="AF32" s="18">
-        <v>113.991108062465</v>
-      </c>
+        <v>114.12222849321239</v>
+      </c>
+      <c r="AG32" s="18">
+        <v>114.35546554386534</v>
+      </c>
+      <c r="AH32" s="18"/>
+      <c r="AI32" s="18"/>
+      <c r="AJ32" s="18"/>
+      <c r="AK32" s="18"/>
+      <c r="AL32" s="18"/>
+      <c r="AM32" s="18"/>
+      <c r="AN32" s="18"/>
+      <c r="AO32" s="18"/>
+      <c r="AP32" s="18"/>
+      <c r="AQ32" s="18"/>
+      <c r="AR32" s="18"/>
+      <c r="AS32" s="18"/>
     </row>
-    <row r="33" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A33" s="9" t="s">
         <v>83</v>
       </c>
       <c r="B33" s="18">
         <v>98.129119307396891</v>
       </c>
       <c r="C33" s="18">
         <v>97.999175019396034</v>
       </c>
       <c r="D33" s="18">
         <v>98.510222587588984</v>
       </c>
       <c r="E33" s="18">
         <v>98.744504894389692</v>
       </c>
       <c r="F33" s="18">
         <v>99.064601922350562</v>
       </c>
       <c r="G33" s="18">
         <v>100.09164278456197</v>
       </c>
       <c r="H33" s="18">
         <v>100.37795994442828</v>
       </c>
       <c r="I33" s="18">
@@ -4256,226 +4336,256 @@
       <c r="N33" s="18">
         <v>99.688837176551786</v>
       </c>
       <c r="O33" s="18">
         <v>103.0112804652386</v>
       </c>
       <c r="P33" s="18">
         <v>105.28045826719135</v>
       </c>
       <c r="Q33" s="18">
         <v>109.07545822763707</v>
       </c>
       <c r="R33" s="18">
         <v>103.83202519801441</v>
       </c>
       <c r="S33" s="18">
         <v>105.71875675096958</v>
       </c>
       <c r="T33" s="18">
         <v>107.25923820101335</v>
       </c>
       <c r="U33" s="18">
         <v>105.96188000534852</v>
       </c>
       <c r="V33" s="18">
-        <v>107.92401134243018</v>
+        <v>107.89054864358923</v>
       </c>
       <c r="W33" s="18">
-        <v>106.52990227829113</v>
+        <v>106.553953554483</v>
       </c>
       <c r="X33" s="18">
-        <v>106.06434317843892</v>
+        <v>106.21145430587164</v>
       </c>
       <c r="Y33" s="18">
-        <v>108.3547196077897</v>
+        <v>108.21702077930048</v>
       </c>
       <c r="Z33" s="18">
-        <v>108.88225226319295</v>
+        <v>108.85949665612375</v>
       </c>
       <c r="AA33" s="18">
-        <v>111.12182823555068</v>
+        <v>111.15707369739516</v>
       </c>
       <c r="AB33" s="18">
-        <v>111.74178051959171</v>
+        <v>111.95819601716197</v>
       </c>
       <c r="AC33" s="18">
-        <v>113.52018671841866</v>
+        <v>113.29127982152104</v>
       </c>
       <c r="AD33" s="18">
-        <v>112.21310884479543</v>
+        <v>112.22079056899719</v>
       </c>
       <c r="AE33" s="18">
-        <v>113.69205065351682</v>
+        <v>113.77207148482687</v>
       </c>
       <c r="AF33" s="18">
-        <v>116.41487884544597</v>
-      </c>
+        <v>116.58354383439386</v>
+      </c>
+      <c r="AG33" s="18">
+        <v>116.72370010208608</v>
+      </c>
+      <c r="AH33" s="18"/>
+      <c r="AI33" s="18"/>
+      <c r="AJ33" s="18"/>
+      <c r="AK33" s="18"/>
+      <c r="AL33" s="18"/>
+      <c r="AM33" s="18"/>
+      <c r="AN33" s="18"/>
+      <c r="AO33" s="18"/>
+      <c r="AP33" s="18"/>
+      <c r="AQ33" s="18"/>
+      <c r="AR33" s="18"/>
+      <c r="AS33" s="18"/>
     </row>
-    <row r="34" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A34" s="9" t="s">
         <v>3</v>
       </c>
       <c r="B34" s="10">
-        <v>99.132940000000005</v>
+        <v>98.964614913999995</v>
       </c>
       <c r="C34" s="10">
-        <v>98.359930000000006</v>
+        <v>98.468925652999999</v>
       </c>
       <c r="D34" s="10">
-        <v>98.413759999999996</v>
+        <v>98.451594237999998</v>
       </c>
       <c r="E34" s="10">
-        <v>98.479560000000006</v>
+        <v>98.493330176000001</v>
       </c>
       <c r="F34" s="10">
-        <v>99.393199999999993</v>
+        <v>99.431206528999994</v>
       </c>
       <c r="G34" s="10">
-        <v>99.946839999999995</v>
+        <v>99.856813647999999</v>
       </c>
       <c r="H34" s="10">
-        <v>100.0057</v>
+        <v>100.04213830499999</v>
       </c>
       <c r="I34" s="10">
-        <v>100.4074</v>
+        <v>100.402032104</v>
       </c>
       <c r="J34" s="10">
-        <v>100.026</v>
+        <v>100.116487354</v>
       </c>
       <c r="K34" s="10">
-        <v>92.716729999999998</v>
+        <v>92.598998301999998</v>
       </c>
       <c r="L34" s="10">
-        <v>98.418539999999993</v>
+        <v>98.453639530999993</v>
       </c>
       <c r="M34" s="10">
-        <v>99.879580000000004</v>
+        <v>99.845967725999998</v>
       </c>
       <c r="N34" s="10">
-        <v>100.2045</v>
+        <v>100.28916561200001</v>
       </c>
       <c r="O34" s="10">
-        <v>102.92010000000001</v>
+        <v>102.810364429</v>
       </c>
       <c r="P34" s="10">
-        <v>104.1216</v>
+        <v>104.17483773399999</v>
       </c>
       <c r="Q34" s="10">
-        <v>109.09520000000001</v>
+        <v>109.04147568400001</v>
       </c>
       <c r="R34" s="10">
-        <v>102.3385</v>
+        <v>102.646729808</v>
       </c>
       <c r="S34" s="10">
-        <v>103.6575</v>
+        <v>103.346574911</v>
       </c>
       <c r="T34" s="10">
-        <v>104.7306</v>
+        <v>104.772592758</v>
       </c>
       <c r="U34" s="10">
-        <v>104.44499999999999</v>
+        <v>104.403165466</v>
       </c>
       <c r="V34" s="10">
-        <v>103.95650000000001</v>
+        <v>104.313725093</v>
       </c>
       <c r="W34" s="10">
-        <v>102.1143</v>
+        <v>101.75885202800001</v>
       </c>
       <c r="X34" s="10">
-        <v>101.88079999999999</v>
+        <v>101.978376326</v>
       </c>
       <c r="Y34" s="10">
-        <v>103.398</v>
+        <v>103.339378411</v>
       </c>
       <c r="Z34" s="10">
-        <v>103.90260000000001</v>
+        <v>103.93327227899999</v>
       </c>
       <c r="AA34" s="10">
-        <v>104.0749</v>
+        <v>104.02936575</v>
       </c>
       <c r="AB34" s="10">
-        <v>103.8733</v>
+        <v>104.05971125400001</v>
       </c>
       <c r="AC34" s="10">
-        <v>104.5158</v>
+        <v>104.363333432</v>
       </c>
       <c r="AD34" s="10">
-        <v>104.6641</v>
+        <v>104.847316612</v>
       </c>
       <c r="AE34" s="10">
-        <v>104.9945</v>
+        <v>104.96669461</v>
       </c>
       <c r="AF34" s="10">
-        <v>105.8245</v>
-      </c>
+        <v>106.207899865</v>
+      </c>
+      <c r="AG34" s="10">
+        <v>107.518161349</v>
+      </c>
+      <c r="AH34" s="10"/>
+      <c r="AI34" s="10"/>
+      <c r="AJ34" s="10"/>
+      <c r="AK34" s="10"/>
+      <c r="AL34" s="10"/>
+      <c r="AM34" s="10"/>
+      <c r="AN34" s="10"/>
+      <c r="AO34" s="10"/>
+      <c r="AP34" s="10"/>
+      <c r="AQ34" s="10"/>
+      <c r="AR34" s="10"/>
+      <c r="AS34" s="10"/>
     </row>
-    <row r="36" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A36" s="13" t="s">
         <v>87</v>
       </c>
       <c r="B36" s="12"/>
       <c r="C36" s="12"/>
       <c r="D36" s="12"/>
       <c r="E36" s="12"/>
       <c r="F36" s="12"/>
       <c r="G36" s="12"/>
       <c r="H36" s="12"/>
       <c r="I36" s="12"/>
       <c r="J36" s="12"/>
       <c r="K36" s="12"/>
       <c r="L36" s="12"/>
       <c r="M36" s="12"/>
       <c r="N36" s="12"/>
       <c r="O36" s="12"/>
       <c r="P36" s="12"/>
       <c r="Q36" s="12"/>
       <c r="R36" s="12"/>
       <c r="S36" s="12"/>
       <c r="T36" s="12"/>
       <c r="U36" s="12"/>
       <c r="V36" s="12"/>
       <c r="W36" s="12"/>
       <c r="X36" s="12"/>
       <c r="Y36" s="12"/>
       <c r="Z36" s="12"/>
       <c r="AA36" s="12"/>
       <c r="AB36" s="12"/>
       <c r="AC36" s="12"/>
       <c r="AD36" s="12"/>
     </row>
-    <row r="37" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A37" s="13" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="38" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A38" s="13" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="39" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A39" s="8" t="s">
         <v>89</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A26" r:id="rId1"/>
     <hyperlink ref="A39" r:id="rId2"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Regneark</vt:lpstr>
       </vt:variant>
       <vt:variant>