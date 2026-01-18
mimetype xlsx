--- v0 (2025-10-03)
+++ v1 (2026-01-18)
@@ -1,992 +1,2585 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\k18\FoU og innovation\FoUoI\2022\Formidling\Tabeller\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\FUFO\Forskning\3. Formidling\3. Tabelsamlinger\2022\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6760" activeTab="1"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12300" firstSheet="1" activeTab="19"/>
   </bookViews>
   <sheets>
-    <sheet name="Tabeloversigt" sheetId="2" r:id="rId1"/>
-    <sheet name="FUI2022 tabelsamling innovation" sheetId="1" r:id="rId2"/>
+    <sheet name="Indholdsfortegnelse" sheetId="1" r:id="rId1"/>
+    <sheet name="T0" sheetId="2" r:id="rId2"/>
+    <sheet name="T1" sheetId="3" r:id="rId3"/>
+    <sheet name="T2" sheetId="4" r:id="rId4"/>
+    <sheet name="T3" sheetId="5" r:id="rId5"/>
+    <sheet name="T4" sheetId="6" r:id="rId6"/>
+    <sheet name="T5" sheetId="7" r:id="rId7"/>
+    <sheet name="T6" sheetId="8" r:id="rId8"/>
+    <sheet name="T7" sheetId="9" r:id="rId9"/>
+    <sheet name="T8" sheetId="10" r:id="rId10"/>
+    <sheet name="T9" sheetId="11" r:id="rId11"/>
+    <sheet name="T10" sheetId="12" r:id="rId12"/>
+    <sheet name="T11.1" sheetId="13" r:id="rId13"/>
+    <sheet name="T11.2" sheetId="14" r:id="rId14"/>
+    <sheet name="T11.3" sheetId="15" r:id="rId15"/>
+    <sheet name="T11.4" sheetId="16" r:id="rId16"/>
+    <sheet name="T12" sheetId="17" r:id="rId17"/>
+    <sheet name="T13" sheetId="18" r:id="rId18"/>
+    <sheet name="T14" sheetId="19" r:id="rId19"/>
+    <sheet name="T15" sheetId="20" r:id="rId20"/>
+    <sheet name="T16.1" sheetId="21" r:id="rId21"/>
+    <sheet name="T16.2" sheetId="22" r:id="rId22"/>
   </sheets>
-  <calcPr calcId="162913"/>
-[...4 lines deleted...]
-  </extLst>
+  <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="936" uniqueCount="225">
-[...1 lines deleted...]
-    <t>T0 Antal virksomheder</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="851" uniqueCount="313">
+  <si>
+    <t>Tabel</t>
+  </si>
+  <si>
+    <t>Indhold</t>
+  </si>
+  <si>
+    <t>T0</t>
+  </si>
+  <si>
+    <t>T1</t>
+  </si>
+  <si>
+    <t>T2</t>
+  </si>
+  <si>
+    <t>T3</t>
+  </si>
+  <si>
+    <t>T4</t>
+  </si>
+  <si>
+    <t>T5</t>
+  </si>
+  <si>
+    <t>T6</t>
+  </si>
+  <si>
+    <t>T7</t>
+  </si>
+  <si>
+    <t>T8</t>
+  </si>
+  <si>
+    <t>T9</t>
+  </si>
+  <si>
+    <t>T10</t>
+  </si>
+  <si>
+    <t>T11.1</t>
+  </si>
+  <si>
+    <t>T11.2</t>
+  </si>
+  <si>
+    <t>T11.3</t>
+  </si>
+  <si>
+    <t>T11.4</t>
+  </si>
+  <si>
+    <t>T12</t>
+  </si>
+  <si>
+    <t>T13</t>
+  </si>
+  <si>
+    <t>T14</t>
+  </si>
+  <si>
+    <t>T15</t>
+  </si>
+  <si>
+    <t>T16.1</t>
+  </si>
+  <si>
+    <t>T16.2</t>
+  </si>
+  <si>
+    <t>Antal virksomheder</t>
+  </si>
+  <si>
+    <t>Virksomheders produktinnovation efter type</t>
+  </si>
+  <si>
+    <t>Produktinnovative virksomheders innovation efter nyhedsgrad</t>
+  </si>
+  <si>
+    <t>Produktinnovative virksomheder, udvikler af produktinnovationer</t>
+  </si>
+  <si>
+    <t>Omsætning efter innovationsgrad, produktinnovative virksomheder</t>
+  </si>
+  <si>
+    <t>Procesinnovative virksomheder efter innovationstype</t>
+  </si>
+  <si>
+    <t>Procesinnovative virksomheder fordelt på udvikler af procesinnovation</t>
+  </si>
+  <si>
+    <t>Virksomheder med produkt- og/ eller procesinnovation efter type</t>
+  </si>
+  <si>
+    <t>Innovationsaktiviteter</t>
+  </si>
+  <si>
+    <t>Virksomheders vurdering af specifikke barrierer for innovation</t>
+  </si>
+  <si>
+    <t>Virksomheders udgifter til innovation ekskl. FoU</t>
+  </si>
+  <si>
+    <t>Virksomheders samarbejde om innovation, FoU og andre områder</t>
+  </si>
+  <si>
+    <t>Virksomheders innovationssamarbejde fordelt på typen af samarbejdspartner</t>
+  </si>
+  <si>
+    <t>Virksomheder med innovationssamarbejde med danske universiteter</t>
+  </si>
+  <si>
+    <t>Innovative virksomheders samarbejde med danske universiteter</t>
+  </si>
+  <si>
+    <t>Udgifter til FoU og innovation på udvalgte strategiområder</t>
+  </si>
+  <si>
+    <t>Udgifter til grøn FoU og innovation</t>
+  </si>
+  <si>
+    <t>Udgifter til FoU og innovation inden for digitalisering</t>
+  </si>
+  <si>
+    <t>Finansiering af virksomhedens aktiviteter</t>
+  </si>
+  <si>
+    <t>Miljømæssige gevinster opnået i virksomheden</t>
+  </si>
+  <si>
+    <t>Miljømæssige gevinster opnået i forbindelse med brugen af en vare/serviceydelse hos slutbrugeren</t>
   </si>
   <si>
     <t>Antal virksomheder i undersøgelsen</t>
   </si>
   <si>
     <t>Opregnet antal virksomheder</t>
   </si>
   <si>
     <t>Brancher (DB07)</t>
   </si>
   <si>
     <t>Industri</t>
   </si>
   <si>
     <t>Bygge og anlæg</t>
   </si>
   <si>
     <t>Handel</t>
   </si>
   <si>
     <t>Transport</t>
   </si>
   <si>
     <t>Hotel, restauration</t>
   </si>
   <si>
     <t>Information og kommunikation</t>
   </si>
   <si>
     <t>Finansiering og forsikring</t>
   </si>
   <si>
     <t>Erhvervsservice</t>
   </si>
   <si>
     <t>Øvrige brancher</t>
   </si>
   <si>
+    <t>Teknologiniveau</t>
+  </si>
+  <si>
+    <t>Lavteknologisk</t>
+  </si>
+  <si>
+    <t>Mellemteknologisk</t>
+  </si>
+  <si>
+    <t>Højteknologisk</t>
+  </si>
+  <si>
     <t>Størrelsesgruppe (årsværk)</t>
   </si>
   <si>
+    <t>Under 10 årsværk</t>
+  </si>
+  <si>
+    <t>10-49 årsværk</t>
+  </si>
+  <si>
+    <t>50-249 årsværk</t>
+  </si>
+  <si>
+    <t>250(+) årsværk</t>
+  </si>
+  <si>
+    <t>Region</t>
+  </si>
+  <si>
     <t>Region Nordjylland</t>
   </si>
   <si>
     <t>Region Midtjylland</t>
   </si>
   <si>
     <t>Region Syddanmark</t>
   </si>
   <si>
     <t>Region Hovedstaden</t>
   </si>
   <si>
     <t>Region Sjælland</t>
   </si>
   <si>
-    <t>Teknologiniveau</t>
-[...10 lines deleted...]
-  <si>
     <t>Virksomheder i alt</t>
   </si>
   <si>
-    <t>Kræft, egen FoU-udg.,</t>
+    <t>Har introduceret nye/forbedrede varer</t>
+  </si>
+  <si>
+    <t>Har introduceret nye/forbedrede serviceydelser</t>
+  </si>
+  <si>
+    <t>Har alene introduceret nye/forbedrede serviceydelser</t>
+  </si>
+  <si>
+    <t>Har alene introduceret nye/forbedrede varer</t>
+  </si>
+  <si>
+    <t>Har introduceret både nye/forbedrede varer og serviceydelser</t>
+  </si>
+  <si>
+    <t>Produktinnovative i alt</t>
+  </si>
+  <si>
+    <t>I alt</t>
+  </si>
+  <si>
+    <t>Har introduceret varer eller serviceydelser, der Ikke tidligere er tilbudt af virksomhedens konkurrenter</t>
+  </si>
+  <si>
+    <t>Har introduceret varer eller serviceydelser identiske med eller meget lig produkter, som virksomhedens konkurrenter Virksomheder i allerede tilbyder</t>
+  </si>
+  <si>
+    <t>Produktinnovation udviklet af virksomheden ved tilpasning eller modificering af varer eller services der oprindeligt er udviklet af andre virksomheder eller organisationer</t>
+  </si>
+  <si>
+    <t>Produktinnovation udviklet af virksomheden selv</t>
+  </si>
+  <si>
+    <t>Produktinnovation udviklet af virksomheden I samarbejde med andre virksomheder eller organisationer</t>
+  </si>
+  <si>
+    <t>Produktinnovation udviklet af andre virksomheder eller organisationer</t>
+  </si>
+  <si>
+    <t>Omsætning fra nye eller forbedrede produkter, Ikke tidligere tilbudt af konkurrenter</t>
+  </si>
+  <si>
+    <t>Omsætning fra nye eller forbedrede produkter, identiske eller meget lig produkter, der Virksomheder i alterede tilbydes af konkurrenter</t>
+  </si>
+  <si>
+    <t>Omsætning fra uændrede produkter</t>
+  </si>
+  <si>
+    <t>Fordelt omsætning</t>
+  </si>
+  <si>
+    <t>Omsætning i alt</t>
+  </si>
+  <si>
+    <t>Metoder til produktion eller udvikling af varer eller serviceydelser</t>
+  </si>
+  <si>
+    <t>Metoder vedr. logistik, levering eller distribution af materialer</t>
+  </si>
+  <si>
+    <t>Metoder til databehandling eller kommunikation</t>
+  </si>
+  <si>
+    <t>Nye regnskabsmetoder eller andre administrative funktioner</t>
+  </si>
+  <si>
+    <t>Nye forretningsgange, -procedurer eller organisering af eksterne relationer</t>
+  </si>
+  <si>
+    <t>Metoder til organisering af ansvar og beslutningskompetence eller personaleledelse (HR-management)</t>
+  </si>
+  <si>
+    <t>Metoder til promovering af produkter, indpakning, prissætning, produkteksponering eller kundeservice</t>
+  </si>
+  <si>
+    <t>Procesinnovation udviklet af virksomheden selv</t>
+  </si>
+  <si>
+    <t>Procesinnovation udviklet af virksomheden i samarbejde med andre virksomheder eller institutioner</t>
+  </si>
+  <si>
+    <t>Procesinnovation udviklet af virksomheden ved tilpasning eller modificering af processer, der oprindeligt er udviklet af andre virksomheder eller institutioner</t>
+  </si>
+  <si>
+    <t>Procesinnovation udviklet af andre virksomhede eller institutioner</t>
+  </si>
+  <si>
+    <t>Procesinnovative i alt</t>
+  </si>
+  <si>
+    <t>Kun procesinnovative</t>
+  </si>
+  <si>
+    <t>Kun produktinnovative</t>
+  </si>
+  <si>
+    <t>Både produkt- og procesinnovative</t>
+  </si>
+  <si>
+    <t>Innovative i alt</t>
+  </si>
+  <si>
+    <t>Har virksomheden afsluttede aktiviteter vedr. produkt- eller procesinnovation?</t>
+  </si>
+  <si>
+    <t>Har virksomheden innovationsaktiviteter, der stadig er i gang ult. året?</t>
+  </si>
+  <si>
+    <t>Har virksomheden haft innovationsaktiviteter, der er opgivet indenfor seneste tre år?</t>
+  </si>
+  <si>
+    <t>Har virksomheden udført FoU-arbejde?</t>
+  </si>
+  <si>
+    <t>Udførte virksomheden egen FoU på kontinuerlig basis</t>
+  </si>
+  <si>
+    <t>Udførte virksomheden egen FoU lejlighedsvis?</t>
+  </si>
+  <si>
+    <t>Har virksomheden købt FoU-arbejde fra andre?</t>
+  </si>
+  <si>
+    <t>Mangel på intern finansiering: Ikke relevant / ikke oplyst</t>
+  </si>
+  <si>
+    <t>Mangel på intern finansiering: Lille betydning</t>
+  </si>
+  <si>
+    <t>Mangel på intern finansiering: Nogen betydning</t>
+  </si>
+  <si>
+    <t>Mangel på intern finansiering: Stor betydning</t>
+  </si>
+  <si>
+    <t>Mangel på intern finansiering: NA</t>
+  </si>
+  <si>
+    <t>Mangel på kreditmulighed/egenkapital: Ikke relevant / ikke oplyst</t>
+  </si>
+  <si>
+    <t>Mangel på kreditmulighed/egenkapital: Lille betydning</t>
+  </si>
+  <si>
+    <t>Mangel på kreditmulighed/egenkapital: Nogen betydning</t>
+  </si>
+  <si>
+    <t>Mangel på kreditmulighed/egenkapital: Stor betydning</t>
+  </si>
+  <si>
+    <t>Mangel på kreditmulighed/egenkapital: NA</t>
+  </si>
+  <si>
+    <t>Vanskeligt at opnå offentlige tilskud eller subsidier: Ikke relevant / ikke oplyst</t>
+  </si>
+  <si>
+    <t>Vanskeligt at opnå offentlige tilskud eller subsidier: Lille betydning</t>
+  </si>
+  <si>
+    <t>Vanskeligt at opnå offentlige tilskud eller subsidier: Nogen betydning</t>
+  </si>
+  <si>
+    <t>Vanskeligt at opnå offentlige tilskud eller subsidier: Stor betydning</t>
+  </si>
+  <si>
+    <t>Vanskeligt at opnå offentlige tilskud eller subsidier: NA</t>
+  </si>
+  <si>
+    <t>Omkostninger er for høje: Ikke relevant / ikke oplyst</t>
+  </si>
+  <si>
+    <t>Omkostninger er for høje: Lille betydning</t>
+  </si>
+  <si>
+    <t>Omkostninger er for høje: Nogen betydning</t>
+  </si>
+  <si>
+    <t>Omkostninger er for høje: Stor betydning</t>
+  </si>
+  <si>
+    <t>Omkostninger er for høje: NA</t>
+  </si>
+  <si>
+    <t>Mangel på uddannet arbejdskraft internt i virksomheden: Ikke relevant / ikke oplyst</t>
+  </si>
+  <si>
+    <t>Mangel på uddannet arbejdskraft internt i virksomheden: Lille betydning</t>
+  </si>
+  <si>
+    <t>Mangel på uddannet arbejdskraft internt i virksomheden: Nogen betydning</t>
+  </si>
+  <si>
+    <t>Mangel på uddannet arbejdskraft internt i virksomheden: Stor betydning</t>
+  </si>
+  <si>
+    <t>Mangel på uddannet arbejdskraft internt i virksomheden: NA</t>
+  </si>
+  <si>
+    <t>Mangel på samarbejdspartnere: Ikke relevant / ikke oplyst</t>
+  </si>
+  <si>
+    <t>Mangel på samarbejdspartnere: Lille betydning</t>
+  </si>
+  <si>
+    <t>Mangel på samarbejdspartnere: Nogen betydning</t>
+  </si>
+  <si>
+    <t>Mangel på samarbejdspartnere: Stor betydning</t>
+  </si>
+  <si>
+    <t>Mangel på samarbejdspartnere: NA</t>
+  </si>
+  <si>
+    <t>Mangel på adgang til ekstern viden: Ikke relevant / ikke oplyst</t>
+  </si>
+  <si>
+    <t>Mangel på adgang til ekstern viden: Lille betydning</t>
+  </si>
+  <si>
+    <t>Mangel på adgang til ekstern viden: Nogen betydning</t>
+  </si>
+  <si>
+    <t>Mangel på adgang til ekstern viden: Stor betydning</t>
+  </si>
+  <si>
+    <t>Mangel på adgang til ekstern viden: NA</t>
+  </si>
+  <si>
+    <t>Usikkerhed omkring markedets efterspørgsel: Ikke relevant / ikke oplyst</t>
+  </si>
+  <si>
+    <t>Usikkerhed omkring markedets efterspørgsel: Lille betydning</t>
+  </si>
+  <si>
+    <t>Usikkerhed omkring markedets efterspørgsel: Nogen betydning</t>
+  </si>
+  <si>
+    <t>Usikkerhed omkring markedets efterspørgsel: Stor betydning</t>
+  </si>
+  <si>
+    <t>Usikkerhed omkring markedets efterspørgsel: NA</t>
+  </si>
+  <si>
+    <t>For stor konkurrence på virksomhedens marked: Ikke relevant / ikke oplyst</t>
+  </si>
+  <si>
+    <t>For stor konkurrence på virksomhedens marked: Lille betydning</t>
+  </si>
+  <si>
+    <t>For stor konkurrence på virksomhedens marked: Nogen betydning</t>
+  </si>
+  <si>
+    <t>For stor konkurrence på virksomhedens marked: Stor betydning</t>
+  </si>
+  <si>
+    <t>For stor konkurrence på virksomhedens marked: NA</t>
+  </si>
+  <si>
+    <t>Virksomheden prioriterer andre ting højere: Ikke relevant / ikke oplyst</t>
+  </si>
+  <si>
+    <t>Virksomheden prioriterer andre ting højere: Lille betydning</t>
+  </si>
+  <si>
+    <t>Virksomheden prioriterer andre ting højere: Nogen betydning</t>
+  </si>
+  <si>
+    <t>Virksomheden prioriterer andre ting højere: Stor betydning</t>
+  </si>
+  <si>
+    <t>Virksomheden prioriterer andre ting højere: NA</t>
+  </si>
+  <si>
+    <t>Virksomheder i alt1</t>
+  </si>
+  <si>
+    <t>Driftudgifter: Løn og sociale udgifter</t>
+  </si>
+  <si>
+    <t>Driftudgifter: Andre driftsudgifter</t>
+  </si>
+  <si>
+    <t>Anlægsudgifter: maskinel, udstyr, software til innovations-aktiviteter</t>
+  </si>
+  <si>
+    <t>Andre udgifter: køb af eksterne rettigheder</t>
+  </si>
+  <si>
+    <t>Andre udgifter: erhvervelse af anden ekstern viden</t>
+  </si>
+  <si>
+    <t>Andre udgifter: køb af konsulentydelser</t>
+  </si>
+  <si>
+    <t>Innovationsudgifter i alt</t>
+  </si>
+  <si>
+    <t>Haft samarbejde med eksterne om innovation bortset fra FoU</t>
+  </si>
+  <si>
+    <t>Haft samarbejde med eksterne om FoU</t>
+  </si>
+  <si>
+    <t>Haft samarbejde med eksterne om andet</t>
+  </si>
+  <si>
+    <t>Andre virksomheder i koncernen</t>
+  </si>
+  <si>
+    <t>Leverandører af udstyr, software mv.</t>
+  </si>
+  <si>
+    <t>Kunder eller klienter, private sektor</t>
+  </si>
+  <si>
+    <t>Kunder eller klienter, off. sektor</t>
+  </si>
+  <si>
+    <t>Konkurrenter/andre virksomheder i samme branche</t>
+  </si>
+  <si>
+    <t>Private FoU-virksomheder, fx konsulenter, private laboratorier og forskningsinstitutioner</t>
+  </si>
+  <si>
+    <t>Virksomheder i andre brancher ekskl. kunder og leverandører</t>
+  </si>
+  <si>
+    <t>Universiteter og andre højere læreanstalter</t>
+  </si>
+  <si>
+    <t>Offentlige forskningsinstitutioner</t>
+  </si>
+  <si>
+    <t>Offentlige serviceudbydere</t>
+  </si>
+  <si>
+    <t>Non-profit virksomheder</t>
+  </si>
+  <si>
+    <t>Andre offentlige samarbejdspartnere</t>
+  </si>
+  <si>
+    <t>Aarhus Universitet (AU)</t>
+  </si>
+  <si>
+    <t>Aalborg Universitet (AAU)</t>
+  </si>
+  <si>
+    <t>Copenhagen Business School (CBS)</t>
+  </si>
+  <si>
+    <t>Danmarks Tekniske Universitet (DTU)</t>
+  </si>
+  <si>
+    <t>IT-Universitetet i København (ITU)</t>
+  </si>
+  <si>
+    <t>Københavns Universitet (KU)</t>
+  </si>
+  <si>
+    <t>Roskilde Universitet (RUC)</t>
+  </si>
+  <si>
+    <t>Syddansk Universitet (SDU)</t>
+  </si>
+  <si>
+    <t>Kræft, egen FoU-udg.</t>
   </si>
   <si>
     <t>Kræft, innovationsudg.</t>
   </si>
   <si>
     <t>Demokrati, egen FoU-udg.</t>
   </si>
   <si>
     <t>Demokrati, innovationsudg.</t>
   </si>
   <si>
     <t>Kønsidentitet, egen FoU-udg.</t>
   </si>
   <si>
     <t>Kønsidentitet, innovationsudg.</t>
   </si>
   <si>
     <t>Psykiatri, egen FoU-udg.</t>
   </si>
   <si>
     <t>Psykiatri, innovationsudg.</t>
   </si>
   <si>
     <t>Fødevaresikkerhed, egen FoU-udg.</t>
   </si>
   <si>
     <t>Fødevaresikkerhed, innovationsudg.</t>
   </si>
   <si>
     <t>Polarforskning, egen FoU-udg.</t>
   </si>
   <si>
     <t>Polarforskning, innovationsudg.</t>
   </si>
   <si>
     <t>Pandemiberedskab og respons, egen FoU-udg.</t>
   </si>
   <si>
     <t>Pandemiberedskab og respons, innovationsudg.</t>
   </si>
   <si>
-    <t>covid19, egen FoU-udg.</t>
-[...2 lines deleted...]
-    <t>covid19, innovationsudg.</t>
+    <t>Covid19, egen FoU-udg.</t>
+  </si>
+  <si>
+    <t>Covid19, innovationsudg.</t>
   </si>
   <si>
     <t>Udgifter til egen FoU inden for det grønne område</t>
   </si>
   <si>
     <t>Udgifter til innovation inden for det grønne område</t>
   </si>
   <si>
     <t>Bæredygtige energiteknologier og produktion, FoU-udg.</t>
   </si>
   <si>
-    <t>Bæredygtige energiteknologier og produktion, Inn-udg.</t>
+    <t>Bæredygtige energiteknologier og produktion, innovationsudg.</t>
   </si>
   <si>
     <t>Energieffektivisering, FoU-udg.</t>
   </si>
   <si>
-    <t>Energieffektivisering, Inn-udg.</t>
+    <t>Energieffektivisering, innovationsudg.</t>
   </si>
   <si>
     <t>Bæredygtig fødevareproduktion, landbrug og skove, FoU-udg.</t>
   </si>
   <si>
-    <t>Bæredygtig fødevareproduktion, landbrug og skove, inn-udg.</t>
+    <t>Bæredygtig fødevareproduktion, landbrug og skove, innovationsudg.</t>
   </si>
   <si>
     <t>Grøn transport, FoU-udg.</t>
   </si>
   <si>
-    <t>Grøn transport, Inn-udg.</t>
+    <t>Grøn transport, innovationsudg.</t>
   </si>
   <si>
     <t>Miljøbeskyttelse, cirkulær økonomi og miljøteknologi, FoU-udg.</t>
   </si>
   <si>
-    <t>Miljøbeskyttelse, cirkulær økonomi og miljøteknologi, Inn-udg.</t>
+    <t>Miljøbeskyttelse, cirkulær økonomi og miljøteknologi, innovationsudg.</t>
   </si>
   <si>
     <t>Naturbeskyttelse, biodiversitet og klimaforandringer, FoU-udg.</t>
   </si>
   <si>
-    <t>Naturbeskyttelse, biodiversitet og klimaforandringer, Inn-udg.</t>
+    <t>Naturbeskyttelse, biodiversitet og klimaforandringer, innovationsudg.</t>
   </si>
   <si>
     <t>Bæredygtig adfærd og samfundsmæssige konsekvenser, FoU-udg.</t>
   </si>
   <si>
-    <t>Bæredygtig adfærd og samfundsmæssige konsekvenser, Inn-udg.</t>
+    <t>Bæredygtig adfærd og samfundsmæssige konsekvenser, innovationsudg.</t>
   </si>
   <si>
     <t>Udgifter til egen FoU inden for digitalisering</t>
   </si>
   <si>
     <t>Udgifter til innovation inden for digitalisering</t>
   </si>
   <si>
     <t>Cyber- og informationssikkerhed, FoU-udg.</t>
   </si>
   <si>
-    <t>Cyber- og informationssikkerhed, Inn-udg.</t>
+    <t>Cyber- og informationssikkerhed, innovationsudg.</t>
   </si>
   <si>
     <t>Robot- og/eller droneteknologi, FoU-udg.</t>
   </si>
   <si>
-    <t>Robot- og/eller droneteknologi, Inn-udg.</t>
+    <t>Robot- og/eller droneteknologi, innovationsudg.</t>
   </si>
   <si>
     <t>Kunstig intelligens og big data, FoU-udg.</t>
   </si>
   <si>
-    <t>Kunstig intelligens og big data, Inn-udg.</t>
+    <t>Kunstig intelligens og big data, innovationsudg.</t>
   </si>
   <si>
     <t>Kvanteforskning, FoU-udg.</t>
   </si>
   <si>
-    <t>Kvanteforskning, Inn-udg.</t>
+    <t>Kvanteforskning, innovationsudg.</t>
   </si>
   <si>
     <t>Anden digitaliseringsforskning, FoU-udg.</t>
   </si>
   <si>
-    <t>Anden digitaliseringsforskning, Inn-udg.</t>
+    <t>Anden digitaliseringsforskning, innovationsudg.</t>
   </si>
   <si>
     <t>Finansiering med overdragelse af kapitalandele til investorer</t>
   </si>
   <si>
     <t>Overdrog kapitalandele til investorer i perioden 2020-2022</t>
   </si>
   <si>
     <t>Fnansiering, ved overdragelse af kapitalandele til investorer, blev anvendt til forsknings- eller innovationsaktiviteter i perioden 2020-2022</t>
   </si>
   <si>
-    <t>Forsøgte at optage lån i perioden 2020-2022?</t>
+    <t>Forsøgte at optage lån i perioden 2020-2022</t>
   </si>
   <si>
     <t>Fik  faktisk optaget lån i perioden 2020-2022</t>
   </si>
   <si>
     <t>Blev optagelse af lån i perioden 2020-2022 helt eller delvist anvendt til forsknings- eller innovationsaktiviteter</t>
   </si>
   <si>
     <t>Har modtaget offentlig økonomisk støtte i perioden 2020-2022</t>
   </si>
   <si>
     <t>Modtog offentlig økonomisk støtte fra kommuner/regioner</t>
   </si>
   <si>
+    <t>Modtog offentlige økonomiske støtte til forsknings- eller innovationsaktiviteter fra kommuner/ regioner</t>
+  </si>
+  <si>
     <t>Modtog offentlig økonomisk støtte fra staten</t>
   </si>
   <si>
     <t>Modtog offentlige økonomiske støtte til forsknings- eller innovationsaktiviteter fra staten</t>
   </si>
   <si>
     <t>Modtog  offentlig økonomisk støtte fra EU forskningsprogrammer</t>
   </si>
   <si>
     <t>Modtog offentlige økonomiske støtte til forsknings- eller innovationsaktiviteter fra EU forskningsprogrammer</t>
   </si>
   <si>
     <t>Modtog offentlig økonomisk støtte fra andet EU</t>
   </si>
   <si>
     <t>Modtog offentlige økonomiske støtte til forsknings- eller innovationsaktiviteter andet EU</t>
   </si>
   <si>
-    <t>.</t>
-[...427 lines deleted...]
-    <t>ved ikke/ uoplyst</t>
+    <t>Reduceret materiale- eller vandforbrug pr produceret enhed, internt: Af mindre betydning</t>
+  </si>
+  <si>
+    <t>Reduceret materiale- eller vandforbrug pr produceret enhed, internt: Betydningsfuldt</t>
+  </si>
+  <si>
+    <t>Reduceret materiale- eller vandforbrug pr produceret enhed, internt: Nej</t>
+  </si>
+  <si>
+    <t>Reduceret materiale- eller vandforbrug pr produceret enhed, internt: Ved ikke / ikke oplyst</t>
+  </si>
+  <si>
+    <t>Reduceret materiale- eller vandforbrug pr produceret enhed, internt: NA</t>
+  </si>
+  <si>
+    <t>Reduceret energiforbrug eller CO2-aftryk, internt: Af mindre betydning</t>
+  </si>
+  <si>
+    <t>Reduceret energiforbrug eller CO2-aftryk, internt: Betydningsfuldt</t>
+  </si>
+  <si>
+    <t>Reduceret energiforbrug eller CO2-aftryk, internt: Nej</t>
+  </si>
+  <si>
+    <t>Reduceret energiforbrug eller CO2-aftryk, internt: Ved ikke / ikke oplyst</t>
+  </si>
+  <si>
+    <t>Reduceret energiforbrug eller CO2-aftryk, internt: NA</t>
+  </si>
+  <si>
+    <t>Reduceret forurening af jord, støj, vand eller luft, internt: Af mindre betydning</t>
+  </si>
+  <si>
+    <t>Reduceret forurening af jord, støj, vand eller luft, internt: Betydningsfuldt</t>
+  </si>
+  <si>
+    <t>Reduceret forurening af jord, støj, vand eller luft, internt: Nej</t>
+  </si>
+  <si>
+    <t>Reduceret forurening af jord, støj, vand eller luft, internt: Ved ikke / ikke oplyst</t>
+  </si>
+  <si>
+    <t>Reduceret forurening af jord, støj, vand eller luft, internt: NA</t>
+  </si>
+  <si>
+    <t>Erstattet en del af materialerne med mindre forurenende eller farlige materialer, internt: Af mindre betydning</t>
+  </si>
+  <si>
+    <t>Erstattet en del af materialerne med mindre forurenende eller farlige materialer, internt: Betydningsfuldt</t>
+  </si>
+  <si>
+    <t>Erstattet en del af materialerne med mindre forurenende eller farlige materialer, internt: Nej</t>
+  </si>
+  <si>
+    <t>Erstattet en del af materialerne med mindre forurenende eller farlige materialer, internt: Ved ikke / ikke oplyst</t>
+  </si>
+  <si>
+    <t>Erstattet en del af materialerne med mindre forurenende eller farlige materialer, internt: NA</t>
+  </si>
+  <si>
+    <t>Erstattet en andel af fossil energi med vedvarende energikilder, internt: Af mindre betydning</t>
+  </si>
+  <si>
+    <t>Erstattet en andel af fossil energi med vedvarende energikilder, internt: Betydningsfuldt</t>
+  </si>
+  <si>
+    <t>Erstattet en andel af fossil energi med vedvarende energikilder, internt: Nej</t>
+  </si>
+  <si>
+    <t>Erstattet en andel af fossil energi med vedvarende energikilder, internt: Ved ikke / ikke oplyst</t>
+  </si>
+  <si>
+    <t>Erstattet en andel af fossil energi med vedvarende energikilder, internt: NA</t>
+  </si>
+  <si>
+    <t>Genbrug af affald, vand eller materialer til eget brug eller til salg, internt: Af mindre betydning</t>
+  </si>
+  <si>
+    <t>Genbrug af affald, vand eller materialer til eget brug eller til salg, internt: Betydningsfuldt</t>
+  </si>
+  <si>
+    <t>Genbrug af affald, vand eller materialer til eget brug eller til salg, internt: Nej</t>
+  </si>
+  <si>
+    <t>Genbrug af affald, vand eller materialer til eget brug eller til salg, internt: Ved ikke / ikke oplyst</t>
+  </si>
+  <si>
+    <t>Genbrug af affald, vand eller materialer til eget brug eller til salg, internt: NA</t>
+  </si>
+  <si>
+    <t>Beskyttelse af biodiversitet, internt: Af mindre betydning</t>
+  </si>
+  <si>
+    <t>Beskyttelse af biodiversitet, internt: Betydningsfuldt</t>
+  </si>
+  <si>
+    <t>Beskyttelse af biodiversitet, internt: Nej</t>
+  </si>
+  <si>
+    <t>Beskyttelse af biodiversitet, internt: Ved ikke / ikke oplyst</t>
+  </si>
+  <si>
+    <t>Beskyttelse af biodiversitet, internt: NA</t>
+  </si>
+  <si>
+    <t>Mindsket energiforbrug eller CO2 ‘footprint’: 
+Af mindre betydning</t>
+  </si>
+  <si>
+    <t>Mindsket energiforbrug eller CO2 ‘footprint’: 
+Betydningsfuldt</t>
+  </si>
+  <si>
+    <t>Mindsket energiforbrug eller CO2 ‘footprint’: 
+Nej</t>
+  </si>
+  <si>
+    <t>Mindsket energiforbrug eller CO2 ‘footprint’: 
+Ved ikke / ikke oplyst</t>
+  </si>
+  <si>
+    <t>Mindsket energiforbrug eller CO2 ‘footprint’: 
+NA</t>
+  </si>
+  <si>
+    <t>Mindsket forurening af luft, vand, jord eller støj: 
+Af mindre betydning</t>
+  </si>
+  <si>
+    <t>Mindsket forurening af luft, vand, jord eller støj: 
+Betydningsfuldt</t>
+  </si>
+  <si>
+    <t>Mindsket forurening af luft, vand, jord eller støj: 
+Nej</t>
+  </si>
+  <si>
+    <t>Mindsket forurening af luft, vand, jord eller støj: 
+Ved ikke / ikke oplyst</t>
+  </si>
+  <si>
+    <t>Mindsket forurening af luft, vand, jord eller støj: 
+NA</t>
+  </si>
+  <si>
+    <t>Gjort det lettere at genbruge produktet efter brug: 
+Af mindre betydning</t>
+  </si>
+  <si>
+    <t>Gjort det lettere at genbruge produktet efter brug: 
+Betydningsfuldt</t>
+  </si>
+  <si>
+    <t>Gjort det lettere at genbruge produktet efter brug: 
+Nej</t>
+  </si>
+  <si>
+    <t>Gjort det lettere at genbruge produktet efter brug: 
+Ved ikke / ikke oplyst</t>
+  </si>
+  <si>
+    <t>Gjort det lettere at genbruge produktet efter brug: 
+NA</t>
+  </si>
+  <si>
+    <t>Forlænget produktets liv ved brug af længerevarende / mere holdbare produkter: 
+Af mindre betydning</t>
+  </si>
+  <si>
+    <t>Forlænget produktets liv ved brug af længerevarende / mere holdbare produkter: 
+Nej</t>
+  </si>
+  <si>
+    <t>Forlænget produktets liv ved brug af længerevarende / mere holdbare produkter: 
+Ved ikke / ikke oplyst</t>
+  </si>
+  <si>
+    <t>Forlænget produktets liv ved brug af længerevarende / mere holdbare produkter: 
+Betydningsfuldt</t>
+  </si>
+  <si>
+    <t>Forlænget produktets liv ved brug af længerevarende / mere holdbare produkter: 
+NA</t>
+  </si>
+  <si>
+    <t>Beskyttelse af biodiversitet hos slutbrugeren: 
+Af mindre betydning</t>
+  </si>
+  <si>
+    <t>Beskyttelse af biodiversitet hos slutbrugeren: 
+Betydningsfuldt</t>
+  </si>
+  <si>
+    <t>Beskyttelse af biodiversitet hos slutbrugeren: 
+Nej</t>
+  </si>
+  <si>
+    <t>Beskyttelse af biodiversitet hos slutbrugeren: 
+Ved ikke / ikke oplyst</t>
+  </si>
+  <si>
+    <t>Beskyttelse af biodiversitet hos slutbrugeren: 
+NA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="6" x14ac:knownFonts="1">
+  <numFmts count="2">
+    <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+  </numFmts>
+  <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
-      <color theme="1"/>
+      <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-[...30 lines deleted...]
-      <color theme="1"/>
+      <sz val="11"/>
+      <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="5">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...36 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="39">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...110 lines deleted...]
-    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
+    <cellStyle name="Komma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="316">
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/></Relationships>
+</file>
+
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Tabel1" displayName="Tabel1" ref="A1:B22" totalsRowShown="0">
+  <autoFilter ref="A1:B22"/>
+  <tableColumns count="2">
+    <tableColumn id="1" name="Tabel"/>
+    <tableColumn id="2" name="Indhold"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table10.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="10" name="Tabel10" displayName="Tabel10" ref="A1:I27" totalsRowShown="0" headerRowDxfId="243" dataDxfId="242" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:I27"/>
+  <tableColumns count="9">
+    <tableColumn id="1" name="Innovationsaktiviteter" dataDxfId="252" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Har virksomheden afsluttede aktiviteter vedr. produkt- eller procesinnovation?" dataDxfId="251" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Har virksomheden innovationsaktiviteter, der stadig er i gang ult. året?" dataDxfId="250" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Har virksomheden haft innovationsaktiviteter, der er opgivet indenfor seneste tre år?" dataDxfId="249" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="Har virksomheden udført FoU-arbejde?" dataDxfId="248" dataCellStyle="Komma"/>
+    <tableColumn id="6" name="Udførte virksomheden egen FoU på kontinuerlig basis" dataDxfId="247" dataCellStyle="Komma"/>
+    <tableColumn id="7" name="Udførte virksomheden egen FoU lejlighedsvis?" dataDxfId="246" dataCellStyle="Komma"/>
+    <tableColumn id="8" name="Har virksomheden købt FoU-arbejde fra andre?" dataDxfId="245" dataCellStyle="Komma"/>
+    <tableColumn id="9" name="Virksomheder i alt" dataDxfId="244" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table11.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="11" name="Tabel11" displayName="Tabel11" ref="A1:AZ27" totalsRowShown="0" headerRowDxfId="189" dataDxfId="188" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:AZ27"/>
+  <tableColumns count="52">
+    <tableColumn id="1" name="Virksomheders vurdering af specifikke barrierer for innovation" dataDxfId="241" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Mangel på intern finansiering: Ikke relevant / ikke oplyst" dataDxfId="240" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Mangel på intern finansiering: Lille betydning" dataDxfId="239" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Mangel på intern finansiering: Nogen betydning" dataDxfId="238" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="Mangel på intern finansiering: Stor betydning" dataDxfId="237" dataCellStyle="Komma"/>
+    <tableColumn id="6" name="Mangel på intern finansiering: NA" dataDxfId="236" dataCellStyle="Komma"/>
+    <tableColumn id="7" name="Mangel på kreditmulighed/egenkapital: Ikke relevant / ikke oplyst" dataDxfId="235" dataCellStyle="Komma"/>
+    <tableColumn id="8" name="Mangel på kreditmulighed/egenkapital: Lille betydning" dataDxfId="234" dataCellStyle="Komma"/>
+    <tableColumn id="9" name="Mangel på kreditmulighed/egenkapital: Nogen betydning" dataDxfId="233" dataCellStyle="Komma"/>
+    <tableColumn id="10" name="Mangel på kreditmulighed/egenkapital: Stor betydning" dataDxfId="232" dataCellStyle="Komma"/>
+    <tableColumn id="11" name="Mangel på kreditmulighed/egenkapital: NA" dataDxfId="231" dataCellStyle="Komma"/>
+    <tableColumn id="12" name="Vanskeligt at opnå offentlige tilskud eller subsidier: Ikke relevant / ikke oplyst" dataDxfId="230" dataCellStyle="Komma"/>
+    <tableColumn id="13" name="Vanskeligt at opnå offentlige tilskud eller subsidier: Lille betydning" dataDxfId="229" dataCellStyle="Komma"/>
+    <tableColumn id="14" name="Vanskeligt at opnå offentlige tilskud eller subsidier: Nogen betydning" dataDxfId="228" dataCellStyle="Komma"/>
+    <tableColumn id="15" name="Vanskeligt at opnå offentlige tilskud eller subsidier: Stor betydning" dataDxfId="227" dataCellStyle="Komma"/>
+    <tableColumn id="16" name="Vanskeligt at opnå offentlige tilskud eller subsidier: NA" dataDxfId="226" dataCellStyle="Komma"/>
+    <tableColumn id="17" name="Omkostninger er for høje: Ikke relevant / ikke oplyst" dataDxfId="225" dataCellStyle="Komma"/>
+    <tableColumn id="18" name="Omkostninger er for høje: Lille betydning" dataDxfId="224" dataCellStyle="Komma"/>
+    <tableColumn id="19" name="Omkostninger er for høje: Nogen betydning" dataDxfId="223" dataCellStyle="Komma"/>
+    <tableColumn id="20" name="Omkostninger er for høje: Stor betydning" dataDxfId="222" dataCellStyle="Komma"/>
+    <tableColumn id="21" name="Omkostninger er for høje: NA" dataDxfId="221" dataCellStyle="Komma"/>
+    <tableColumn id="22" name="Mangel på uddannet arbejdskraft internt i virksomheden: Ikke relevant / ikke oplyst" dataDxfId="220" dataCellStyle="Komma"/>
+    <tableColumn id="23" name="Mangel på uddannet arbejdskraft internt i virksomheden: Lille betydning" dataDxfId="219" dataCellStyle="Komma"/>
+    <tableColumn id="24" name="Mangel på uddannet arbejdskraft internt i virksomheden: Nogen betydning" dataDxfId="218" dataCellStyle="Komma"/>
+    <tableColumn id="25" name="Mangel på uddannet arbejdskraft internt i virksomheden: Stor betydning" dataDxfId="217" dataCellStyle="Komma"/>
+    <tableColumn id="26" name="Mangel på uddannet arbejdskraft internt i virksomheden: NA" dataDxfId="216" dataCellStyle="Komma"/>
+    <tableColumn id="27" name="Mangel på samarbejdspartnere: Ikke relevant / ikke oplyst" dataDxfId="215" dataCellStyle="Komma"/>
+    <tableColumn id="28" name="Mangel på samarbejdspartnere: Lille betydning" dataDxfId="214" dataCellStyle="Komma"/>
+    <tableColumn id="29" name="Mangel på samarbejdspartnere: Nogen betydning" dataDxfId="213" dataCellStyle="Komma"/>
+    <tableColumn id="30" name="Mangel på samarbejdspartnere: Stor betydning" dataDxfId="212" dataCellStyle="Komma"/>
+    <tableColumn id="31" name="Mangel på samarbejdspartnere: NA" dataDxfId="211" dataCellStyle="Komma"/>
+    <tableColumn id="32" name="Mangel på adgang til ekstern viden: Ikke relevant / ikke oplyst" dataDxfId="210" dataCellStyle="Komma"/>
+    <tableColumn id="33" name="Mangel på adgang til ekstern viden: Lille betydning" dataDxfId="209" dataCellStyle="Komma"/>
+    <tableColumn id="34" name="Mangel på adgang til ekstern viden: Nogen betydning" dataDxfId="208" dataCellStyle="Komma"/>
+    <tableColumn id="35" name="Mangel på adgang til ekstern viden: Stor betydning" dataDxfId="207" dataCellStyle="Komma"/>
+    <tableColumn id="36" name="Mangel på adgang til ekstern viden: NA" dataDxfId="206" dataCellStyle="Komma"/>
+    <tableColumn id="37" name="Usikkerhed omkring markedets efterspørgsel: Ikke relevant / ikke oplyst" dataDxfId="205" dataCellStyle="Komma"/>
+    <tableColumn id="38" name="Usikkerhed omkring markedets efterspørgsel: Lille betydning" dataDxfId="204" dataCellStyle="Komma"/>
+    <tableColumn id="39" name="Usikkerhed omkring markedets efterspørgsel: Nogen betydning" dataDxfId="203" dataCellStyle="Komma"/>
+    <tableColumn id="40" name="Usikkerhed omkring markedets efterspørgsel: Stor betydning" dataDxfId="202" dataCellStyle="Komma"/>
+    <tableColumn id="41" name="Usikkerhed omkring markedets efterspørgsel: NA" dataDxfId="201" dataCellStyle="Komma"/>
+    <tableColumn id="42" name="For stor konkurrence på virksomhedens marked: Ikke relevant / ikke oplyst" dataDxfId="200" dataCellStyle="Komma"/>
+    <tableColumn id="43" name="For stor konkurrence på virksomhedens marked: Lille betydning" dataDxfId="199" dataCellStyle="Komma"/>
+    <tableColumn id="44" name="For stor konkurrence på virksomhedens marked: Nogen betydning" dataDxfId="198" dataCellStyle="Komma"/>
+    <tableColumn id="45" name="For stor konkurrence på virksomhedens marked: Stor betydning" dataDxfId="197" dataCellStyle="Komma"/>
+    <tableColumn id="46" name="For stor konkurrence på virksomhedens marked: NA" dataDxfId="196" dataCellStyle="Komma"/>
+    <tableColumn id="47" name="Virksomheden prioriterer andre ting højere: Ikke relevant / ikke oplyst" dataDxfId="195" dataCellStyle="Komma"/>
+    <tableColumn id="48" name="Virksomheden prioriterer andre ting højere: Lille betydning" dataDxfId="194" dataCellStyle="Komma"/>
+    <tableColumn id="49" name="Virksomheden prioriterer andre ting højere: Nogen betydning" dataDxfId="193" dataCellStyle="Komma"/>
+    <tableColumn id="50" name="Virksomheden prioriterer andre ting højere: Stor betydning" dataDxfId="192" dataCellStyle="Komma"/>
+    <tableColumn id="51" name="Virksomheden prioriterer andre ting højere: NA" dataDxfId="191" dataCellStyle="Komma"/>
+    <tableColumn id="52" name="Virksomheder i alt1" dataDxfId="190" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table12.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="12" name="Tabel12" displayName="Tabel12" ref="A1:H27" totalsRowShown="0" headerRowDxfId="179" dataDxfId="178" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:H27"/>
+  <tableColumns count="8">
+    <tableColumn id="1" name="Virksomheders udgifter til innovation ekskl. FoU" dataDxfId="187" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Driftudgifter: Løn og sociale udgifter" dataDxfId="186" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Driftudgifter: Andre driftsudgifter" dataDxfId="185" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Anlægsudgifter: maskinel, udstyr, software til innovations-aktiviteter" dataDxfId="184" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="Andre udgifter: køb af eksterne rettigheder" dataDxfId="183" dataCellStyle="Komma"/>
+    <tableColumn id="6" name="Andre udgifter: erhvervelse af anden ekstern viden" dataDxfId="182" dataCellStyle="Komma"/>
+    <tableColumn id="7" name="Andre udgifter: køb af konsulentydelser" dataDxfId="181" dataCellStyle="Komma"/>
+    <tableColumn id="8" name="Innovationsudgifter i alt" dataDxfId="180" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table13.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="13" name="Tabel13" displayName="Tabel13" ref="A1:E27" totalsRowShown="0" headerRowDxfId="172" dataDxfId="171" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:E27"/>
+  <tableColumns count="5">
+    <tableColumn id="1" name="Virksomheders samarbejde om innovation, FoU og andre områder" dataDxfId="177" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Haft samarbejde med eksterne om innovation bortset fra FoU" dataDxfId="176" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Haft samarbejde med eksterne om FoU" dataDxfId="175" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Haft samarbejde med eksterne om andet" dataDxfId="174" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="Virksomheder i alt" dataDxfId="173" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table14.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="14" name="Tabel14" displayName="Tabel14" ref="A1:E14" totalsRowShown="0" headerRowDxfId="165" dataDxfId="164" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:E14"/>
+  <tableColumns count="5">
+    <tableColumn id="1" name="Virksomheders innovationssamarbejde fordelt på typen af samarbejdspartner" dataDxfId="170" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Haft samarbejde med eksterne om innovation bortset fra FoU" dataDxfId="169" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Haft samarbejde med eksterne om FoU" dataDxfId="168" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Haft samarbejde med eksterne om andet" dataDxfId="167" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="Virksomheder i alt" dataDxfId="166" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table15.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="15" name="Tabel15" displayName="Tabel15" ref="A1:J27" totalsRowShown="0" headerRowDxfId="153" dataDxfId="152" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:J27"/>
+  <tableColumns count="10">
+    <tableColumn id="1" name="Virksomheder med innovationssamarbejde med danske universiteter" dataDxfId="163" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Aarhus Universitet (AU)" dataDxfId="162" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Aalborg Universitet (AAU)" dataDxfId="161" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Copenhagen Business School (CBS)" dataDxfId="160" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="Danmarks Tekniske Universitet (DTU)" dataDxfId="159" dataCellStyle="Komma"/>
+    <tableColumn id="6" name="IT-Universitetet i København (ITU)" dataDxfId="158" dataCellStyle="Komma"/>
+    <tableColumn id="7" name="Københavns Universitet (KU)" dataDxfId="157" dataCellStyle="Komma"/>
+    <tableColumn id="8" name="Roskilde Universitet (RUC)" dataDxfId="156" dataCellStyle="Komma"/>
+    <tableColumn id="9" name="Syddansk Universitet (SDU)" dataDxfId="155" dataCellStyle="Komma"/>
+    <tableColumn id="10" name="Virksomheder i alt" dataDxfId="154" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table16.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="16" name="Tabel16" displayName="Tabel16" ref="A1:J27" totalsRowShown="0" headerRowDxfId="141" dataDxfId="140" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:J27"/>
+  <tableColumns count="10">
+    <tableColumn id="1" name="Innovative virksomheders samarbejde med danske universiteter" dataDxfId="151" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Aarhus Universitet (AU)" dataDxfId="150" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Aalborg Universitet (AAU)" dataDxfId="149" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Copenhagen Business School (CBS)" dataDxfId="148" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="Danmarks Tekniske Universitet (DTU)" dataDxfId="147" dataCellStyle="Komma"/>
+    <tableColumn id="6" name="IT-Universitetet i København (ITU)" dataDxfId="146" dataCellStyle="Komma"/>
+    <tableColumn id="7" name="Københavns Universitet (KU)" dataDxfId="145" dataCellStyle="Komma"/>
+    <tableColumn id="8" name="Roskilde Universitet (RUC)" dataDxfId="144" dataCellStyle="Komma"/>
+    <tableColumn id="9" name="Syddansk Universitet (SDU)" dataDxfId="143" dataCellStyle="Komma"/>
+    <tableColumn id="10" name="Virksomheder i alt" dataDxfId="142" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table17.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="17" name="Tabel17" displayName="Tabel17" ref="A1:Q27" totalsRowShown="0" headerRowDxfId="122" dataDxfId="121" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:Q27"/>
+  <tableColumns count="17">
+    <tableColumn id="1" name="Udgifter til FoU og innovation på udvalgte strategiområder" dataDxfId="139" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Kræft, egen FoU-udg." dataDxfId="138" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Kræft, innovationsudg." dataDxfId="137" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Demokrati, egen FoU-udg." dataDxfId="136" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="Demokrati, innovationsudg." dataDxfId="135" dataCellStyle="Komma"/>
+    <tableColumn id="6" name="Kønsidentitet, egen FoU-udg." dataDxfId="134" dataCellStyle="Komma"/>
+    <tableColumn id="7" name="Kønsidentitet, innovationsudg." dataDxfId="133" dataCellStyle="Komma"/>
+    <tableColumn id="8" name="Psykiatri, egen FoU-udg." dataDxfId="132" dataCellStyle="Komma"/>
+    <tableColumn id="9" name="Psykiatri, innovationsudg." dataDxfId="131" dataCellStyle="Komma"/>
+    <tableColumn id="10" name="Fødevaresikkerhed, egen FoU-udg." dataDxfId="130" dataCellStyle="Komma"/>
+    <tableColumn id="11" name="Fødevaresikkerhed, innovationsudg." dataDxfId="129" dataCellStyle="Komma"/>
+    <tableColumn id="12" name="Polarforskning, egen FoU-udg." dataDxfId="128" dataCellStyle="Komma"/>
+    <tableColumn id="13" name="Polarforskning, innovationsudg." dataDxfId="127" dataCellStyle="Komma"/>
+    <tableColumn id="14" name="Pandemiberedskab og respons, egen FoU-udg." dataDxfId="126" dataCellStyle="Komma"/>
+    <tableColumn id="15" name="Pandemiberedskab og respons, innovationsudg." dataDxfId="125" dataCellStyle="Komma"/>
+    <tableColumn id="16" name="Covid19, egen FoU-udg." dataDxfId="124" dataCellStyle="Komma"/>
+    <tableColumn id="17" name="Covid19, innovationsudg." dataDxfId="123" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table18.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="18" name="Tabel18" displayName="Tabel18" ref="A1:Q27" totalsRowShown="0" headerRowDxfId="103" dataDxfId="102" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:Q27"/>
+  <tableColumns count="17">
+    <tableColumn id="1" name="Udgifter til grøn FoU og innovation" dataDxfId="120" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Udgifter til egen FoU inden for det grønne område" dataDxfId="119" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Udgifter til innovation inden for det grønne område" dataDxfId="118" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Bæredygtige energiteknologier og produktion, FoU-udg." dataDxfId="117" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="Bæredygtige energiteknologier og produktion, innovationsudg." dataDxfId="116" dataCellStyle="Komma"/>
+    <tableColumn id="6" name="Energieffektivisering, FoU-udg." dataDxfId="115" dataCellStyle="Komma"/>
+    <tableColumn id="7" name="Energieffektivisering, innovationsudg." dataDxfId="114" dataCellStyle="Komma"/>
+    <tableColumn id="8" name="Bæredygtig fødevareproduktion, landbrug og skove, FoU-udg." dataDxfId="113" dataCellStyle="Komma"/>
+    <tableColumn id="9" name="Bæredygtig fødevareproduktion, landbrug og skove, innovationsudg." dataDxfId="112" dataCellStyle="Komma"/>
+    <tableColumn id="10" name="Grøn transport, FoU-udg." dataDxfId="111" dataCellStyle="Komma"/>
+    <tableColumn id="11" name="Grøn transport, innovationsudg." dataDxfId="110" dataCellStyle="Komma"/>
+    <tableColumn id="12" name="Miljøbeskyttelse, cirkulær økonomi og miljøteknologi, FoU-udg." dataDxfId="109" dataCellStyle="Komma"/>
+    <tableColumn id="13" name="Miljøbeskyttelse, cirkulær økonomi og miljøteknologi, innovationsudg." dataDxfId="108" dataCellStyle="Komma"/>
+    <tableColumn id="14" name="Naturbeskyttelse, biodiversitet og klimaforandringer, FoU-udg." dataDxfId="107" dataCellStyle="Komma"/>
+    <tableColumn id="15" name="Naturbeskyttelse, biodiversitet og klimaforandringer, innovationsudg." dataDxfId="106" dataCellStyle="Komma"/>
+    <tableColumn id="16" name="Bæredygtig adfærd og samfundsmæssige konsekvenser, FoU-udg." dataDxfId="105" dataCellStyle="Komma"/>
+    <tableColumn id="17" name="Bæredygtig adfærd og samfundsmæssige konsekvenser, innovationsudg." dataDxfId="104" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table19.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="19" name="Tabel19" displayName="Tabel19" ref="A1:M27" totalsRowShown="0" headerRowDxfId="88" dataDxfId="87" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:M27"/>
+  <tableColumns count="13">
+    <tableColumn id="1" name="Udgifter til FoU og innovation inden for digitalisering" dataDxfId="101" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Udgifter til egen FoU inden for digitalisering" dataDxfId="100" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Udgifter til innovation inden for digitalisering" dataDxfId="99" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Cyber- og informationssikkerhed, FoU-udg." dataDxfId="98" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="Cyber- og informationssikkerhed, innovationsudg." dataDxfId="97" dataCellStyle="Komma"/>
+    <tableColumn id="6" name="Robot- og/eller droneteknologi, FoU-udg." dataDxfId="96" dataCellStyle="Komma"/>
+    <tableColumn id="7" name="Robot- og/eller droneteknologi, innovationsudg." dataDxfId="95" dataCellStyle="Komma"/>
+    <tableColumn id="8" name="Kunstig intelligens og big data, FoU-udg." dataDxfId="94" dataCellStyle="Komma"/>
+    <tableColumn id="9" name="Kunstig intelligens og big data, innovationsudg." dataDxfId="93" dataCellStyle="Komma"/>
+    <tableColumn id="10" name="Kvanteforskning, FoU-udg." dataDxfId="92" dataCellStyle="Komma"/>
+    <tableColumn id="11" name="Kvanteforskning, innovationsudg." dataDxfId="91" dataCellStyle="Komma"/>
+    <tableColumn id="12" name="Anden digitaliseringsforskning, FoU-udg." dataDxfId="90" dataCellStyle="Komma"/>
+    <tableColumn id="13" name="Anden digitaliseringsforskning, innovationsudg." dataDxfId="89" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="Tabel2" displayName="Tabel2" ref="A1:C27" totalsRowShown="0" headerRowDxfId="312" dataDxfId="311" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:C27"/>
+  <tableColumns count="3">
+    <tableColumn id="1" name="Antal virksomheder" dataDxfId="315" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Antal virksomheder i undersøgelsen" dataDxfId="314" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Opregnet antal virksomheder" dataDxfId="313" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table20.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="20" name="Tabel20" displayName="Tabel20" ref="A1:Q27" totalsRowShown="0" headerRowDxfId="69" dataDxfId="68" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:Q27"/>
+  <tableColumns count="17">
+    <tableColumn id="1" name="Finansiering af virksomhedens aktiviteter" dataDxfId="86" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Finansiering med overdragelse af kapitalandele til investorer" dataDxfId="85" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Overdrog kapitalandele til investorer i perioden 2020-2022" dataDxfId="84" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Fnansiering, ved overdragelse af kapitalandele til investorer, blev anvendt til forsknings- eller innovationsaktiviteter i perioden 2020-2022" dataDxfId="83" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="Forsøgte at optage lån i perioden 2020-2022" dataDxfId="82" dataCellStyle="Komma"/>
+    <tableColumn id="6" name="Fik  faktisk optaget lån i perioden 2020-2022" dataDxfId="81" dataCellStyle="Komma"/>
+    <tableColumn id="7" name="Blev optagelse af lån i perioden 2020-2022 helt eller delvist anvendt til forsknings- eller innovationsaktiviteter" dataDxfId="80" dataCellStyle="Komma"/>
+    <tableColumn id="8" name="Har modtaget offentlig økonomisk støtte i perioden 2020-2022" dataDxfId="79" dataCellStyle="Komma"/>
+    <tableColumn id="9" name="Modtog offentlig økonomisk støtte fra kommuner/regioner" dataDxfId="78" dataCellStyle="Komma"/>
+    <tableColumn id="10" name="Modtog offentlige økonomiske støtte til forsknings- eller innovationsaktiviteter fra kommuner/ regioner" dataDxfId="77" dataCellStyle="Komma"/>
+    <tableColumn id="11" name="Modtog offentlig økonomisk støtte fra staten" dataDxfId="76" dataCellStyle="Komma"/>
+    <tableColumn id="12" name="Modtog offentlige økonomiske støtte til forsknings- eller innovationsaktiviteter fra staten" dataDxfId="75" dataCellStyle="Komma"/>
+    <tableColumn id="13" name="Modtog  offentlig økonomisk støtte fra EU forskningsprogrammer" dataDxfId="74" dataCellStyle="Komma"/>
+    <tableColumn id="14" name="Modtog offentlige økonomiske støtte til forsknings- eller innovationsaktiviteter fra EU forskningsprogrammer" dataDxfId="73" dataCellStyle="Komma"/>
+    <tableColumn id="15" name="Modtog offentlig økonomisk støtte fra andet EU" dataDxfId="72" dataCellStyle="Komma"/>
+    <tableColumn id="16" name="Modtog offentlige økonomiske støtte til forsknings- eller innovationsaktiviteter andet EU" dataDxfId="71" dataCellStyle="Komma"/>
+    <tableColumn id="17" name="Virksomheder i alt" dataDxfId="70" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table21.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="21" name="Tabel21" displayName="Tabel21" ref="A1:AK27" totalsRowShown="0" headerRowDxfId="30" dataDxfId="29" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:AK27"/>
+  <tableColumns count="37">
+    <tableColumn id="1" name="Miljømæssige gevinster opnået i virksomheden" dataDxfId="67" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Reduceret materiale- eller vandforbrug pr produceret enhed, internt: Af mindre betydning" dataDxfId="66" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Reduceret materiale- eller vandforbrug pr produceret enhed, internt: Betydningsfuldt" dataDxfId="65" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Reduceret materiale- eller vandforbrug pr produceret enhed, internt: Nej" dataDxfId="64" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="Reduceret materiale- eller vandforbrug pr produceret enhed, internt: Ved ikke / ikke oplyst" dataDxfId="63" dataCellStyle="Komma"/>
+    <tableColumn id="6" name="Reduceret materiale- eller vandforbrug pr produceret enhed, internt: NA" dataDxfId="62" dataCellStyle="Komma"/>
+    <tableColumn id="7" name="Reduceret energiforbrug eller CO2-aftryk, internt: Af mindre betydning" dataDxfId="61" dataCellStyle="Komma"/>
+    <tableColumn id="8" name="Reduceret energiforbrug eller CO2-aftryk, internt: Betydningsfuldt" dataDxfId="60" dataCellStyle="Komma"/>
+    <tableColumn id="9" name="Reduceret energiforbrug eller CO2-aftryk, internt: Nej" dataDxfId="59" dataCellStyle="Komma"/>
+    <tableColumn id="10" name="Reduceret energiforbrug eller CO2-aftryk, internt: Ved ikke / ikke oplyst" dataDxfId="58" dataCellStyle="Komma"/>
+    <tableColumn id="11" name="Reduceret energiforbrug eller CO2-aftryk, internt: NA" dataDxfId="57" dataCellStyle="Komma"/>
+    <tableColumn id="12" name="Reduceret forurening af jord, støj, vand eller luft, internt: Af mindre betydning" dataDxfId="56" dataCellStyle="Komma"/>
+    <tableColumn id="13" name="Reduceret forurening af jord, støj, vand eller luft, internt: Betydningsfuldt" dataDxfId="55" dataCellStyle="Komma"/>
+    <tableColumn id="14" name="Reduceret forurening af jord, støj, vand eller luft, internt: Nej" dataDxfId="54" dataCellStyle="Komma"/>
+    <tableColumn id="15" name="Reduceret forurening af jord, støj, vand eller luft, internt: Ved ikke / ikke oplyst" dataDxfId="53" dataCellStyle="Komma"/>
+    <tableColumn id="16" name="Reduceret forurening af jord, støj, vand eller luft, internt: NA" dataDxfId="52" dataCellStyle="Komma"/>
+    <tableColumn id="17" name="Erstattet en del af materialerne med mindre forurenende eller farlige materialer, internt: Af mindre betydning" dataDxfId="51" dataCellStyle="Komma"/>
+    <tableColumn id="18" name="Erstattet en del af materialerne med mindre forurenende eller farlige materialer, internt: Betydningsfuldt" dataDxfId="50" dataCellStyle="Komma"/>
+    <tableColumn id="19" name="Erstattet en del af materialerne med mindre forurenende eller farlige materialer, internt: Nej" dataDxfId="49" dataCellStyle="Komma"/>
+    <tableColumn id="20" name="Erstattet en del af materialerne med mindre forurenende eller farlige materialer, internt: Ved ikke / ikke oplyst" dataDxfId="48" dataCellStyle="Komma"/>
+    <tableColumn id="21" name="Erstattet en del af materialerne med mindre forurenende eller farlige materialer, internt: NA" dataDxfId="47" dataCellStyle="Komma"/>
+    <tableColumn id="22" name="Erstattet en andel af fossil energi med vedvarende energikilder, internt: Af mindre betydning" dataDxfId="46" dataCellStyle="Komma"/>
+    <tableColumn id="23" name="Erstattet en andel af fossil energi med vedvarende energikilder, internt: Betydningsfuldt" dataDxfId="45" dataCellStyle="Komma"/>
+    <tableColumn id="24" name="Erstattet en andel af fossil energi med vedvarende energikilder, internt: Nej" dataDxfId="44" dataCellStyle="Komma"/>
+    <tableColumn id="25" name="Erstattet en andel af fossil energi med vedvarende energikilder, internt: Ved ikke / ikke oplyst" dataDxfId="43" dataCellStyle="Komma"/>
+    <tableColumn id="26" name="Erstattet en andel af fossil energi med vedvarende energikilder, internt: NA" dataDxfId="42" dataCellStyle="Komma"/>
+    <tableColumn id="27" name="Genbrug af affald, vand eller materialer til eget brug eller til salg, internt: Af mindre betydning" dataDxfId="41" dataCellStyle="Komma"/>
+    <tableColumn id="28" name="Genbrug af affald, vand eller materialer til eget brug eller til salg, internt: Betydningsfuldt" dataDxfId="40" dataCellStyle="Komma"/>
+    <tableColumn id="29" name="Genbrug af affald, vand eller materialer til eget brug eller til salg, internt: Nej" dataDxfId="39" dataCellStyle="Komma"/>
+    <tableColumn id="30" name="Genbrug af affald, vand eller materialer til eget brug eller til salg, internt: Ved ikke / ikke oplyst" dataDxfId="38" dataCellStyle="Komma"/>
+    <tableColumn id="31" name="Genbrug af affald, vand eller materialer til eget brug eller til salg, internt: NA" dataDxfId="37" dataCellStyle="Komma"/>
+    <tableColumn id="32" name="Beskyttelse af biodiversitet, internt: Af mindre betydning" dataDxfId="36" dataCellStyle="Komma"/>
+    <tableColumn id="33" name="Beskyttelse af biodiversitet, internt: Betydningsfuldt" dataDxfId="35" dataCellStyle="Komma"/>
+    <tableColumn id="34" name="Beskyttelse af biodiversitet, internt: Nej" dataDxfId="34" dataCellStyle="Komma"/>
+    <tableColumn id="35" name="Beskyttelse af biodiversitet, internt: Ved ikke / ikke oplyst" dataDxfId="33" dataCellStyle="Komma"/>
+    <tableColumn id="36" name="Beskyttelse af biodiversitet, internt: NA" dataDxfId="32" dataCellStyle="Komma"/>
+    <tableColumn id="37" name="Virksomheder i alt" dataDxfId="31" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table22.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="22" name="Tabel22" displayName="Tabel22" ref="A1:AA27" totalsRowShown="0" headerRowDxfId="1" dataDxfId="0" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:AA27"/>
+  <tableColumns count="27">
+    <tableColumn id="1" name="Miljømæssige gevinster opnået i forbindelse med brugen af en vare/serviceydelse hos slutbrugeren" dataDxfId="28" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Mindsket energiforbrug eller CO2 ‘footprint’: _x000a_Af mindre betydning" dataDxfId="27" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Mindsket energiforbrug eller CO2 ‘footprint’: _x000a_Betydningsfuldt" dataDxfId="26" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Mindsket energiforbrug eller CO2 ‘footprint’: _x000a_Nej" dataDxfId="25" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="Mindsket energiforbrug eller CO2 ‘footprint’: _x000a_Ved ikke / ikke oplyst" dataDxfId="24" dataCellStyle="Komma"/>
+    <tableColumn id="6" name="Mindsket energiforbrug eller CO2 ‘footprint’: _x000a_NA" dataDxfId="23" dataCellStyle="Komma"/>
+    <tableColumn id="7" name="Mindsket forurening af luft, vand, jord eller støj: _x000a_Af mindre betydning" dataDxfId="22" dataCellStyle="Komma"/>
+    <tableColumn id="8" name="Mindsket forurening af luft, vand, jord eller støj: _x000a_Betydningsfuldt" dataDxfId="21" dataCellStyle="Komma"/>
+    <tableColumn id="9" name="Mindsket forurening af luft, vand, jord eller støj: _x000a_Nej" dataDxfId="20" dataCellStyle="Komma"/>
+    <tableColumn id="10" name="Mindsket forurening af luft, vand, jord eller støj: _x000a_Ved ikke / ikke oplyst" dataDxfId="19" dataCellStyle="Komma"/>
+    <tableColumn id="11" name="Mindsket forurening af luft, vand, jord eller støj: _x000a_NA" dataDxfId="18" dataCellStyle="Komma"/>
+    <tableColumn id="12" name="Gjort det lettere at genbruge produktet efter brug: _x000a_Af mindre betydning" dataDxfId="17" dataCellStyle="Komma"/>
+    <tableColumn id="13" name="Gjort det lettere at genbruge produktet efter brug: _x000a_Betydningsfuldt" dataDxfId="16" dataCellStyle="Komma"/>
+    <tableColumn id="14" name="Gjort det lettere at genbruge produktet efter brug: _x000a_Nej" dataDxfId="15" dataCellStyle="Komma"/>
+    <tableColumn id="15" name="Gjort det lettere at genbruge produktet efter brug: _x000a_Ved ikke / ikke oplyst" dataDxfId="14" dataCellStyle="Komma"/>
+    <tableColumn id="16" name="Gjort det lettere at genbruge produktet efter brug: _x000a_NA" dataDxfId="13" dataCellStyle="Komma"/>
+    <tableColumn id="17" name="Forlænget produktets liv ved brug af længerevarende / mere holdbare produkter: _x000a_Af mindre betydning" dataDxfId="12" dataCellStyle="Komma"/>
+    <tableColumn id="18" name="Forlænget produktets liv ved brug af længerevarende / mere holdbare produkter: _x000a_Nej" dataDxfId="11" dataCellStyle="Komma"/>
+    <tableColumn id="19" name="Forlænget produktets liv ved brug af længerevarende / mere holdbare produkter: _x000a_Ved ikke / ikke oplyst" dataDxfId="10" dataCellStyle="Komma"/>
+    <tableColumn id="20" name="Forlænget produktets liv ved brug af længerevarende / mere holdbare produkter: _x000a_Betydningsfuldt" dataDxfId="9" dataCellStyle="Komma"/>
+    <tableColumn id="21" name="Forlænget produktets liv ved brug af længerevarende / mere holdbare produkter: _x000a_NA" dataDxfId="8" dataCellStyle="Komma"/>
+    <tableColumn id="22" name="Beskyttelse af biodiversitet hos slutbrugeren: _x000a_Af mindre betydning" dataDxfId="7" dataCellStyle="Komma"/>
+    <tableColumn id="23" name="Beskyttelse af biodiversitet hos slutbrugeren: _x000a_Betydningsfuldt" dataDxfId="6" dataCellStyle="Komma"/>
+    <tableColumn id="24" name="Beskyttelse af biodiversitet hos slutbrugeren: _x000a_Nej" dataDxfId="5" dataCellStyle="Komma"/>
+    <tableColumn id="25" name="Beskyttelse af biodiversitet hos slutbrugeren: _x000a_Ved ikke / ikke oplyst" dataDxfId="4" dataCellStyle="Komma"/>
+    <tableColumn id="26" name="Beskyttelse af biodiversitet hos slutbrugeren: _x000a_NA" dataDxfId="3" dataCellStyle="Komma"/>
+    <tableColumn id="27" name="Virksomheder i alt" dataDxfId="2" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Tabel3" displayName="Tabel3" ref="A1:H27" totalsRowShown="0" headerRowDxfId="302" dataDxfId="301" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:H27"/>
+  <tableColumns count="8">
+    <tableColumn id="1" name="Virksomheders produktinnovation efter type" dataDxfId="310" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Har introduceret nye/forbedrede varer" dataDxfId="309" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Har introduceret nye/forbedrede serviceydelser" dataDxfId="308" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Har alene introduceret nye/forbedrede serviceydelser" dataDxfId="307" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="Har alene introduceret nye/forbedrede varer" dataDxfId="306" dataCellStyle="Komma"/>
+    <tableColumn id="6" name="Har introduceret både nye/forbedrede varer og serviceydelser" dataDxfId="305" dataCellStyle="Komma"/>
+    <tableColumn id="7" name="Produktinnovative i alt" dataDxfId="304" dataCellStyle="Komma"/>
+    <tableColumn id="8" name="I alt" dataDxfId="303" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="4" name="Tabel4" displayName="Tabel4" ref="A1:D27" totalsRowShown="0" headerRowDxfId="296" dataDxfId="295" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:D27"/>
+  <tableColumns count="4">
+    <tableColumn id="1" name="Produktinnovative virksomheders innovation efter nyhedsgrad" dataDxfId="300" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Har introduceret varer eller serviceydelser, der Ikke tidligere er tilbudt af virksomhedens konkurrenter" dataDxfId="299" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Har introduceret varer eller serviceydelser identiske med eller meget lig produkter, som virksomhedens konkurrenter Virksomheder i allerede tilbyder" dataDxfId="298" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Produktinnovative i alt" dataDxfId="297" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table5.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="5" name="Tabel5" displayName="Tabel5" ref="A1:F27" totalsRowShown="0" headerRowDxfId="288" dataDxfId="287" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:F27"/>
+  <tableColumns count="6">
+    <tableColumn id="1" name="Produktinnovative virksomheder, udvikler af produktinnovationer" dataDxfId="294" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Produktinnovation udviklet af virksomheden ved tilpasning eller modificering af varer eller services der oprindeligt er udviklet af andre virksomheder eller organisationer" dataDxfId="293" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Produktinnovation udviklet af virksomheden selv" dataDxfId="292" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Produktinnovation udviklet af virksomheden I samarbejde med andre virksomheder eller organisationer" dataDxfId="291" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="Produktinnovation udviklet af andre virksomheder eller organisationer" dataDxfId="290" dataCellStyle="Komma"/>
+    <tableColumn id="6" name="Produktinnovative i alt" dataDxfId="289" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table6.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="6" name="Tabel6" displayName="Tabel6" ref="A1:F27" totalsRowShown="0" headerRowDxfId="280" dataDxfId="279" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:F27"/>
+  <tableColumns count="6">
+    <tableColumn id="1" name="Omsætning efter innovationsgrad, produktinnovative virksomheder" dataDxfId="286" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Omsætning fra nye eller forbedrede produkter, Ikke tidligere tilbudt af konkurrenter" dataDxfId="285" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Omsætning fra nye eller forbedrede produkter, identiske eller meget lig produkter, der Virksomheder i alterede tilbydes af konkurrenter" dataDxfId="284" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Omsætning fra uændrede produkter" dataDxfId="283" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="Fordelt omsætning" dataDxfId="282" dataCellStyle="Komma"/>
+    <tableColumn id="6" name="Omsætning i alt" dataDxfId="281" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table7.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="7" name="Tabel7" displayName="Tabel7" ref="A1:H27" totalsRowShown="0" headerRowDxfId="270" dataDxfId="269" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:H27"/>
+  <tableColumns count="8">
+    <tableColumn id="1" name="Procesinnovative virksomheder efter innovationstype" dataDxfId="278" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Metoder til produktion eller udvikling af varer eller serviceydelser" dataDxfId="277" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Metoder vedr. logistik, levering eller distribution af materialer" dataDxfId="276" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Metoder til databehandling eller kommunikation" dataDxfId="275" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="Nye regnskabsmetoder eller andre administrative funktioner" dataDxfId="274" dataCellStyle="Komma"/>
+    <tableColumn id="6" name="Nye forretningsgange, -procedurer eller organisering af eksterne relationer" dataDxfId="273" dataCellStyle="Komma"/>
+    <tableColumn id="7" name="Metoder til organisering af ansvar og beslutningskompetence eller personaleledelse (HR-management)" dataDxfId="272" dataCellStyle="Komma"/>
+    <tableColumn id="8" name="Metoder til promovering af produkter, indpakning, prissætning, produkteksponering eller kundeservice" dataDxfId="271" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table8.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="8" name="Tabel8" displayName="Tabel8" ref="A1:F27" totalsRowShown="0" headerRowDxfId="262" dataDxfId="261" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:F27"/>
+  <tableColumns count="6">
+    <tableColumn id="1" name="Procesinnovative virksomheder fordelt på udvikler af procesinnovation" dataDxfId="268" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Procesinnovation udviklet af virksomheden selv" dataDxfId="267" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Procesinnovation udviklet af virksomheden i samarbejde med andre virksomheder eller institutioner" dataDxfId="266" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Procesinnovation udviklet af virksomheden ved tilpasning eller modificering af processer, der oprindeligt er udviklet af andre virksomheder eller institutioner" dataDxfId="265" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="Procesinnovation udviklet af andre virksomhede eller institutioner" dataDxfId="264" dataCellStyle="Komma"/>
+    <tableColumn id="6" name="Procesinnovative i alt" dataDxfId="263" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table9.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="9" name="Tabel9" displayName="Tabel9" ref="A1:F27" totalsRowShown="0" headerRowDxfId="254" dataDxfId="253" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:F27"/>
+  <tableColumns count="6">
+    <tableColumn id="1" name="Virksomheder med produkt- og/ eller procesinnovation efter type" dataDxfId="260" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Kun procesinnovative" dataDxfId="259" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Kun produktinnovative" dataDxfId="258" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Både produkt- og procesinnovative" dataDxfId="257" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="Innovative i alt" dataDxfId="256" dataCellStyle="Komma"/>
+    <tableColumn id="6" name="Virksomheder i alt" dataDxfId="255" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Kontor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1206,20101 +2799,21339 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table10.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table11.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table12.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table13.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table14.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table15.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table16.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table17.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table18.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table19.xml"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table20.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table21.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table22.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table7.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table8.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table9.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:A22"/>
+  <dimension ref="A1:B22"/>
   <sheetViews>
-    <sheetView topLeftCell="A7" workbookViewId="0">
-      <selection activeCell="A20" sqref="A20"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B22" sqref="B22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="87.453125" customWidth="1"/>
+    <col min="2" max="2" width="10" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" x14ac:dyDescent="0.35">
-[...106 lines deleted...]
-        <v>128</v>
+    <row r="1" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>3</v>
+      </c>
+      <c r="B3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>5</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B6" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>7</v>
+      </c>
+      <c r="B7" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>9</v>
+      </c>
+      <c r="B9" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>11</v>
+      </c>
+      <c r="B11" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>12</v>
+      </c>
+      <c r="B12" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
+        <v>13</v>
+      </c>
+      <c r="B13" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>14</v>
+      </c>
+      <c r="B14" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>15</v>
+      </c>
+      <c r="B15" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="16" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>17</v>
+      </c>
+      <c r="B17" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="18" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>18</v>
+      </c>
+      <c r="B18" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>19</v>
+      </c>
+      <c r="B19" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>20</v>
+      </c>
+      <c r="B20" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="21" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>21</v>
+      </c>
+      <c r="B21" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>22</v>
+      </c>
+      <c r="B22" t="s">
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:I27"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C31" sqref="C31"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="22.85546875" customWidth="1"/>
+    <col min="2" max="2" width="73.140625" customWidth="1"/>
+    <col min="3" max="3" width="65.42578125" customWidth="1"/>
+    <col min="4" max="4" width="73.42578125" customWidth="1"/>
+    <col min="5" max="5" width="37.7109375" customWidth="1"/>
+    <col min="6" max="6" width="50.5703125" customWidth="1"/>
+    <col min="7" max="7" width="44.42578125" customWidth="1"/>
+    <col min="8" max="8" width="44.5703125" customWidth="1"/>
+    <col min="9" max="9" width="19.42578125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" s="1">
+        <v>535.61213709399999</v>
+      </c>
+      <c r="C3" s="1">
+        <v>756.35956741699999</v>
+      </c>
+      <c r="D3" s="1">
+        <v>349.90114838900001</v>
+      </c>
+      <c r="E3" s="1">
+        <v>588.84432529399999</v>
+      </c>
+      <c r="F3" s="1">
+        <v>387.11002995299998</v>
+      </c>
+      <c r="G3" s="1">
+        <v>305.29333113199999</v>
+      </c>
+      <c r="H3" s="1">
+        <v>243.79807729000001</v>
+      </c>
+      <c r="I3" s="1">
+        <v>3116.0551657310002</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" s="1">
+        <v>8.4615246370000001</v>
+      </c>
+      <c r="C4" s="1">
+        <v>13.770326705</v>
+      </c>
+      <c r="D4" s="1">
+        <v>1.065054699</v>
+      </c>
+      <c r="E4" s="1">
+        <v>11.85979977</v>
+      </c>
+      <c r="F4" s="1">
+        <v>6.2710869250000005</v>
+      </c>
+      <c r="G4" s="1">
+        <v>9.8614707839999998</v>
+      </c>
+      <c r="H4" s="1">
+        <v>8.5870251910000004</v>
+      </c>
+      <c r="I4" s="1">
+        <v>3027.0213645989998</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" s="1">
+        <v>396.81549056299997</v>
+      </c>
+      <c r="C5" s="1">
+        <v>629.95717474699995</v>
+      </c>
+      <c r="D5" s="1">
+        <v>236.76200871899999</v>
+      </c>
+      <c r="E5" s="1">
+        <v>51.996060149000002</v>
+      </c>
+      <c r="F5" s="1">
+        <v>46.672647904999998</v>
+      </c>
+      <c r="G5" s="1">
+        <v>24.64073247</v>
+      </c>
+      <c r="H5" s="1">
+        <v>33.443862854000002</v>
+      </c>
+      <c r="I5" s="1">
+        <v>4905.9442545089996</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" s="1">
+        <v>9.6846801679999999</v>
+      </c>
+      <c r="C6" s="1">
+        <v>14.74065867</v>
+      </c>
+      <c r="D6" s="1">
+        <v>7.6064256619999995</v>
+      </c>
+      <c r="E6" s="1">
+        <v>3.1807505480000002</v>
+      </c>
+      <c r="F6" s="1">
+        <v>1.509183293</v>
+      </c>
+      <c r="G6" s="1">
+        <v>1.4517488460000001</v>
+      </c>
+      <c r="H6" s="1">
+        <v>3.6197820370000002</v>
+      </c>
+      <c r="I6" s="1">
+        <v>1292.80832207</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" s="1">
+        <v>275.08873024299999</v>
+      </c>
+      <c r="C7" s="1">
+        <v>273.82597638300001</v>
+      </c>
+      <c r="D7" s="1">
+        <v>129.97859310000001</v>
+      </c>
+      <c r="E7" s="1">
+        <v>0</v>
+      </c>
+      <c r="F7" s="1">
+        <v>0</v>
+      </c>
+      <c r="G7" s="1">
+        <v>129.97859310000001</v>
+      </c>
+      <c r="H7" s="1">
+        <v>0</v>
+      </c>
+      <c r="I7" s="1">
+        <v>1444.8253375680001</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" s="1">
+        <v>666.70080068899995</v>
+      </c>
+      <c r="C8" s="1">
+        <v>890.38115888200002</v>
+      </c>
+      <c r="D8" s="1">
+        <v>154.85691069000001</v>
+      </c>
+      <c r="E8" s="1">
+        <v>84.387118154000007</v>
+      </c>
+      <c r="F8" s="1">
+        <v>74.962133113999997</v>
+      </c>
+      <c r="G8" s="1">
+        <v>27.157576788</v>
+      </c>
+      <c r="H8" s="1">
+        <v>176.45260829400002</v>
+      </c>
+      <c r="I8" s="1">
+        <v>1564.3696541300001</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" s="1">
+        <v>42.569625668999997</v>
+      </c>
+      <c r="C9" s="1">
+        <v>83.815678578000004</v>
+      </c>
+      <c r="D9" s="1">
+        <v>9.6043882420000006</v>
+      </c>
+      <c r="E9" s="1">
+        <v>48.947189860999998</v>
+      </c>
+      <c r="F9" s="1">
+        <v>45.601035912</v>
+      </c>
+      <c r="G9" s="1">
+        <v>22.249317412</v>
+      </c>
+      <c r="H9" s="1">
+        <v>44.143413854000002</v>
+      </c>
+      <c r="I9" s="1">
+        <v>438.07604761499999</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" s="1">
+        <v>541.09354402200006</v>
+      </c>
+      <c r="C10" s="1">
+        <v>950.71731551200003</v>
+      </c>
+      <c r="D10" s="1">
+        <v>276.78380248799999</v>
+      </c>
+      <c r="E10" s="1">
+        <v>554.80540309900005</v>
+      </c>
+      <c r="F10" s="1">
+        <v>428.594905525</v>
+      </c>
+      <c r="G10" s="1">
+        <v>285.79498239999998</v>
+      </c>
+      <c r="H10" s="1">
+        <v>342.98263798400001</v>
+      </c>
+      <c r="I10" s="1">
+        <v>3744.291034286</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" s="1">
+        <v>193.00939387299999</v>
+      </c>
+      <c r="C11" s="1">
+        <v>278.28053686200002</v>
+      </c>
+      <c r="D11" s="1">
+        <v>149.19471738799999</v>
+      </c>
+      <c r="E11" s="1">
+        <v>69.697975377999995</v>
+      </c>
+      <c r="F11" s="1">
+        <v>48.882978233999999</v>
+      </c>
+      <c r="G11" s="1">
+        <v>35.527209583999998</v>
+      </c>
+      <c r="H11" s="1">
+        <v>37.375670075999999</v>
+      </c>
+      <c r="I11" s="1">
+        <v>1693.4444420360001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+      <c r="G12" s="1"/>
+      <c r="H12" s="1"/>
+      <c r="I12" s="1"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" s="1">
+        <v>89.061196774999999</v>
+      </c>
+      <c r="C13" s="1">
+        <v>227.950962027</v>
+      </c>
+      <c r="D13" s="1">
+        <v>55.024939991000004</v>
+      </c>
+      <c r="E13" s="1">
+        <v>120.99814337400001</v>
+      </c>
+      <c r="F13" s="1">
+        <v>78.447017884999994</v>
+      </c>
+      <c r="G13" s="1">
+        <v>73.285503973000004</v>
+      </c>
+      <c r="H13" s="1">
+        <v>38.512051997999997</v>
+      </c>
+      <c r="I13" s="1">
+        <v>1085.8211689950001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="1">
+        <v>86.599182190999997</v>
+      </c>
+      <c r="C14" s="1">
+        <v>123.15230711300001</v>
+      </c>
+      <c r="D14" s="1">
+        <v>71.633781646000003</v>
+      </c>
+      <c r="E14" s="1">
+        <v>81.729235191000001</v>
+      </c>
+      <c r="F14" s="1">
+        <v>57.699794675</v>
+      </c>
+      <c r="G14" s="1">
+        <v>37.988012314000002</v>
+      </c>
+      <c r="H14" s="1">
+        <v>14.250826143999999</v>
+      </c>
+      <c r="I14" s="1">
+        <v>943.50451545399994</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" s="1">
+        <v>359.95175812799999</v>
+      </c>
+      <c r="C15" s="1">
+        <v>405.25629827699998</v>
+      </c>
+      <c r="D15" s="1">
+        <v>223.242426752</v>
+      </c>
+      <c r="E15" s="1">
+        <v>386.11694672900001</v>
+      </c>
+      <c r="F15" s="1">
+        <v>250.96321739300001</v>
+      </c>
+      <c r="G15" s="1">
+        <v>194.01981484500001</v>
+      </c>
+      <c r="H15" s="1">
+        <v>191.035199148</v>
+      </c>
+      <c r="I15" s="1">
+        <v>1086.7294812820001</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" s="1"/>
+      <c r="C16" s="1"/>
+      <c r="D16" s="1"/>
+      <c r="E16" s="1"/>
+      <c r="F16" s="1"/>
+      <c r="G16" s="1"/>
+      <c r="H16" s="1"/>
+      <c r="I16" s="1"/>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" s="1">
+        <v>127.796245411</v>
+      </c>
+      <c r="C17" s="1">
+        <v>232.84079894600001</v>
+      </c>
+      <c r="D17" s="1">
+        <v>57.232737618000002</v>
+      </c>
+      <c r="E17" s="1">
+        <v>282.46212728099999</v>
+      </c>
+      <c r="F17" s="1">
+        <v>204.80630104799999</v>
+      </c>
+      <c r="G17" s="1">
+        <v>134.541255729</v>
+      </c>
+      <c r="H17" s="1">
+        <v>128.23830276500001</v>
+      </c>
+      <c r="I17" s="1">
+        <v>720.85733234099996</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B18" s="1">
+        <v>1868.4360489129999</v>
+      </c>
+      <c r="C18" s="1">
+        <v>2804.9691049140001</v>
+      </c>
+      <c r="D18" s="1">
+        <v>970.34374324199996</v>
+      </c>
+      <c r="E18" s="1">
+        <v>509.14437470000001</v>
+      </c>
+      <c r="F18" s="1">
+        <v>354.88334268199998</v>
+      </c>
+      <c r="G18" s="1">
+        <v>420.97442619500004</v>
+      </c>
+      <c r="H18" s="1">
+        <v>458.63835485300001</v>
+      </c>
+      <c r="I18" s="1">
+        <v>16277.011882471001</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B19" s="1">
+        <v>500.542949626</v>
+      </c>
+      <c r="C19" s="1">
+        <v>635.34797465300005</v>
+      </c>
+      <c r="D19" s="1">
+        <v>190.482928359</v>
+      </c>
+      <c r="E19" s="1">
+        <v>434.13166360299999</v>
+      </c>
+      <c r="F19" s="1">
+        <v>315.05928904400002</v>
+      </c>
+      <c r="G19" s="1">
+        <v>193.798783044</v>
+      </c>
+      <c r="H19" s="1">
+        <v>187.99814992</v>
+      </c>
+      <c r="I19" s="1">
+        <v>3514.1569352010001</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B20" s="1">
+        <v>172.260683008</v>
+      </c>
+      <c r="C20" s="1">
+        <v>218.69051524299999</v>
+      </c>
+      <c r="D20" s="1">
+        <v>97.693640157999994</v>
+      </c>
+      <c r="E20" s="1">
+        <v>187.98045666900001</v>
+      </c>
+      <c r="F20" s="1">
+        <v>164.85506808700001</v>
+      </c>
+      <c r="G20" s="1">
+        <v>92.640497547999999</v>
+      </c>
+      <c r="H20" s="1">
+        <v>115.528270042</v>
+      </c>
+      <c r="I20" s="1">
+        <v>714.80947253099998</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B21" s="1"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
+      <c r="F21" s="1"/>
+      <c r="G21" s="1"/>
+      <c r="H21" s="1"/>
+      <c r="I21" s="1"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B22" s="1">
+        <v>182.35242343600001</v>
+      </c>
+      <c r="C22" s="1">
+        <v>214.697724983</v>
+      </c>
+      <c r="D22" s="1">
+        <v>139.58195297399999</v>
+      </c>
+      <c r="E22" s="1">
+        <v>132.11301575499999</v>
+      </c>
+      <c r="F22" s="1">
+        <v>68.124710633000007</v>
+      </c>
+      <c r="G22" s="1">
+        <v>87.960026038999999</v>
+      </c>
+      <c r="H22" s="1">
+        <v>38.175299952000003</v>
+      </c>
+      <c r="I22" s="1">
+        <v>2007.8093354539999</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B23" s="1">
+        <v>710.89121679899995</v>
+      </c>
+      <c r="C23" s="1">
+        <v>962.82151293899994</v>
+      </c>
+      <c r="D23" s="1">
+        <v>353.02744176699997</v>
+      </c>
+      <c r="E23" s="1">
+        <v>255.235164642</v>
+      </c>
+      <c r="F23" s="1">
+        <v>188.77140453300001</v>
+      </c>
+      <c r="G23" s="1">
+        <v>152.83326619100001</v>
+      </c>
+      <c r="H23" s="1">
+        <v>109.652304964</v>
+      </c>
+      <c r="I23" s="1">
+        <v>4915.5233051380001</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="1">
+        <v>344.99427867600002</v>
+      </c>
+      <c r="C24" s="1">
+        <v>692.40738192499998</v>
+      </c>
+      <c r="D24" s="1">
+        <v>112.07527981999999</v>
+      </c>
+      <c r="E24" s="1">
+        <v>227.942861518</v>
+      </c>
+      <c r="F24" s="1">
+        <v>140.28112861599999</v>
+      </c>
+      <c r="G24" s="1">
+        <v>129.67888073200001</v>
+      </c>
+      <c r="H24" s="1">
+        <v>115.181903808</v>
+      </c>
+      <c r="I24" s="1">
+        <v>4356.503808937</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" s="1">
+        <v>1178.198647557</v>
+      </c>
+      <c r="C25" s="1">
+        <v>1725.5563684690001</v>
+      </c>
+      <c r="D25" s="1">
+        <v>587.75153375499997</v>
+      </c>
+      <c r="E25" s="1">
+        <v>739.93338647099995</v>
+      </c>
+      <c r="F25" s="1">
+        <v>598.69424035500003</v>
+      </c>
+      <c r="G25" s="1">
+        <v>443.03152093599999</v>
+      </c>
+      <c r="H25" s="1">
+        <v>581.71389076699995</v>
+      </c>
+      <c r="I25" s="1">
+        <v>7748.3797536350003</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" s="1">
+        <v>252.59936049000001</v>
+      </c>
+      <c r="C26" s="1">
+        <v>296.36540543999996</v>
+      </c>
+      <c r="D26" s="1">
+        <v>123.31684106099999</v>
+      </c>
+      <c r="E26" s="1">
+        <v>58.494193867</v>
+      </c>
+      <c r="F26" s="1">
+        <v>43.732516724</v>
+      </c>
+      <c r="G26" s="1">
+        <v>28.451268618</v>
+      </c>
+      <c r="H26" s="1">
+        <v>45.679678088999999</v>
+      </c>
+      <c r="I26" s="1">
+        <v>2198.6194193800002</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" s="1">
+        <v>2669.0359269579999</v>
+      </c>
+      <c r="C27" s="1">
+        <v>3891.848393756</v>
+      </c>
+      <c r="D27" s="1">
+        <v>1315.753049377</v>
+      </c>
+      <c r="E27" s="1">
+        <v>1413.7186222529999</v>
+      </c>
+      <c r="F27" s="1">
+        <v>1039.604000861</v>
+      </c>
+      <c r="G27" s="1">
+        <v>841.95496251600002</v>
+      </c>
+      <c r="H27" s="1">
+        <v>890.40307757999994</v>
+      </c>
+      <c r="I27" s="1">
+        <v>21226.835622544</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:AZ27"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B31" sqref="B31"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="58.42578125" customWidth="1"/>
+    <col min="2" max="2" width="53" customWidth="1"/>
+    <col min="3" max="3" width="43.28515625" customWidth="1"/>
+    <col min="4" max="4" width="45.42578125" customWidth="1"/>
+    <col min="5" max="5" width="43.140625" customWidth="1"/>
+    <col min="6" max="6" width="32.85546875" customWidth="1"/>
+    <col min="7" max="7" width="61.5703125" customWidth="1"/>
+    <col min="8" max="8" width="51.85546875" customWidth="1"/>
+    <col min="9" max="9" width="54" customWidth="1"/>
+    <col min="10" max="10" width="51.7109375" customWidth="1"/>
+    <col min="11" max="11" width="41.42578125" customWidth="1"/>
+    <col min="12" max="12" width="72.140625" customWidth="1"/>
+    <col min="13" max="13" width="62.42578125" customWidth="1"/>
+    <col min="14" max="14" width="64.5703125" customWidth="1"/>
+    <col min="15" max="15" width="62.28515625" customWidth="1"/>
+    <col min="16" max="16" width="52" customWidth="1"/>
+    <col min="17" max="17" width="49.28515625" customWidth="1"/>
+    <col min="18" max="18" width="39.5703125" customWidth="1"/>
+    <col min="19" max="19" width="41.7109375" customWidth="1"/>
+    <col min="20" max="20" width="39.42578125" customWidth="1"/>
+    <col min="21" max="21" width="29.140625" customWidth="1"/>
+    <col min="22" max="22" width="73.42578125" customWidth="1"/>
+    <col min="23" max="23" width="67.28515625" customWidth="1"/>
+    <col min="24" max="24" width="69.42578125" customWidth="1"/>
+    <col min="25" max="25" width="67.140625" customWidth="1"/>
+    <col min="26" max="26" width="56.85546875" customWidth="1"/>
+    <col min="27" max="27" width="54.42578125" customWidth="1"/>
+    <col min="28" max="28" width="44.7109375" customWidth="1"/>
+    <col min="29" max="29" width="46.85546875" customWidth="1"/>
+    <col min="30" max="30" width="44.5703125" customWidth="1"/>
+    <col min="31" max="31" width="34.28515625" customWidth="1"/>
+    <col min="32" max="32" width="57.7109375" customWidth="1"/>
+    <col min="33" max="33" width="48" customWidth="1"/>
+    <col min="34" max="34" width="50.140625" customWidth="1"/>
+    <col min="35" max="35" width="47.85546875" customWidth="1"/>
+    <col min="36" max="36" width="37.5703125" customWidth="1"/>
+    <col min="37" max="37" width="66.85546875" customWidth="1"/>
+    <col min="38" max="38" width="57.140625" customWidth="1"/>
+    <col min="39" max="39" width="59.28515625" customWidth="1"/>
+    <col min="40" max="40" width="57" customWidth="1"/>
+    <col min="41" max="41" width="46.7109375" customWidth="1"/>
+    <col min="42" max="42" width="69" customWidth="1"/>
+    <col min="43" max="43" width="59.28515625" customWidth="1"/>
+    <col min="44" max="44" width="61.42578125" customWidth="1"/>
+    <col min="45" max="45" width="59.140625" customWidth="1"/>
+    <col min="46" max="46" width="48.85546875" customWidth="1"/>
+    <col min="47" max="47" width="65.42578125" customWidth="1"/>
+    <col min="48" max="48" width="55.7109375" customWidth="1"/>
+    <col min="49" max="49" width="57.85546875" customWidth="1"/>
+    <col min="50" max="50" width="55.5703125" customWidth="1"/>
+    <col min="51" max="51" width="45.28515625" customWidth="1"/>
+    <col min="52" max="52" width="20.42578125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="N1" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="O1" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="P1" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="Q1" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="R1" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="S1" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="T1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="U1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="V1" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="W1" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="X1" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="Y1" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="Z1" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="AA1" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="AB1" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="AC1" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="AD1" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="AE1" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="AF1" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="AG1" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH1" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="AI1" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="AJ1" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="AK1" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="AL1" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="AM1" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="AN1" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="AO1" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="AP1" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="AQ1" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="AR1" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="AS1" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="AT1" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="AU1" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="AV1" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="AW1" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="AX1" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="AY1" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="AZ1" s="1" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="2" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
+      <c r="J2" s="1"/>
+      <c r="K2" s="1"/>
+      <c r="L2" s="1"/>
+      <c r="M2" s="1"/>
+      <c r="N2" s="1"/>
+      <c r="O2" s="1"/>
+      <c r="P2" s="1"/>
+      <c r="Q2" s="1"/>
+      <c r="R2" s="1"/>
+      <c r="S2" s="1"/>
+      <c r="T2" s="1"/>
+      <c r="U2" s="1"/>
+      <c r="V2" s="1"/>
+      <c r="W2" s="1"/>
+      <c r="X2" s="1"/>
+      <c r="Y2" s="1"/>
+      <c r="Z2" s="1"/>
+      <c r="AA2" s="1"/>
+      <c r="AB2" s="1"/>
+      <c r="AC2" s="1"/>
+      <c r="AD2" s="1"/>
+      <c r="AE2" s="1"/>
+      <c r="AF2" s="1"/>
+      <c r="AG2" s="1"/>
+      <c r="AH2" s="1"/>
+      <c r="AI2" s="1"/>
+      <c r="AJ2" s="1"/>
+      <c r="AK2" s="1"/>
+      <c r="AL2" s="1"/>
+      <c r="AM2" s="1"/>
+      <c r="AN2" s="1"/>
+      <c r="AO2" s="1"/>
+      <c r="AP2" s="1"/>
+      <c r="AQ2" s="1"/>
+      <c r="AR2" s="1"/>
+      <c r="AS2" s="1"/>
+      <c r="AT2" s="1"/>
+      <c r="AU2" s="1"/>
+      <c r="AV2" s="1"/>
+      <c r="AW2" s="1"/>
+      <c r="AX2" s="1"/>
+      <c r="AY2" s="1"/>
+      <c r="AZ2" s="1"/>
+    </row>
+    <row r="3" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" s="1">
+        <v>1882.2938828419999</v>
+      </c>
+      <c r="C3" s="1">
+        <v>514.15984217200003</v>
+      </c>
+      <c r="D3" s="1">
+        <v>355.02932056000003</v>
+      </c>
+      <c r="E3" s="1">
+        <v>364.57212015699997</v>
+      </c>
+      <c r="F3" s="1"/>
+      <c r="G3" s="1">
+        <v>2045.802422617</v>
+      </c>
+      <c r="H3" s="1">
+        <v>586.41787554799998</v>
+      </c>
+      <c r="I3" s="1">
+        <v>246.381225349</v>
+      </c>
+      <c r="J3" s="1">
+        <v>237.45364221700001</v>
+      </c>
+      <c r="K3" s="1"/>
+      <c r="L3" s="1">
+        <v>2049.5349879659998</v>
+      </c>
+      <c r="M3" s="1">
+        <v>448.69427072399998</v>
+      </c>
+      <c r="N3" s="1">
+        <v>440.10047389499999</v>
+      </c>
+      <c r="O3" s="1">
+        <v>177.725433146</v>
+      </c>
+      <c r="P3" s="1"/>
+      <c r="Q3" s="1">
+        <v>1532.1301537310001</v>
+      </c>
+      <c r="R3" s="1">
+        <v>545.31844350100005</v>
+      </c>
+      <c r="S3" s="1">
+        <v>801.85306127399997</v>
+      </c>
+      <c r="T3" s="1">
+        <v>236.75350722499999</v>
+      </c>
+      <c r="U3" s="1"/>
+      <c r="V3" s="1">
+        <v>1412.5729994589999</v>
+      </c>
+      <c r="W3" s="1">
+        <v>785.38125115800005</v>
+      </c>
+      <c r="X3" s="1">
+        <v>716.78932297400002</v>
+      </c>
+      <c r="Y3" s="1">
+        <v>201.31159213999999</v>
+      </c>
+      <c r="Z3" s="1"/>
+      <c r="AA3" s="1">
+        <v>1863.525140316</v>
+      </c>
+      <c r="AB3" s="1">
+        <v>814.91908921799995</v>
+      </c>
+      <c r="AC3" s="1">
+        <v>354.88398718000002</v>
+      </c>
+      <c r="AD3" s="1">
+        <v>82.726949016999995</v>
+      </c>
+      <c r="AE3" s="1"/>
+      <c r="AF3" s="1">
+        <v>1733.222882882</v>
+      </c>
+      <c r="AG3" s="1">
+        <v>923.43409974500003</v>
+      </c>
+      <c r="AH3" s="1">
+        <v>376.58957657399998</v>
+      </c>
+      <c r="AI3" s="1">
+        <v>82.808606530000006</v>
+      </c>
+      <c r="AJ3" s="1"/>
+      <c r="AK3" s="1">
+        <v>1585.060835818</v>
+      </c>
+      <c r="AL3" s="1">
+        <v>623.59437848200002</v>
+      </c>
+      <c r="AM3" s="1">
+        <v>682.17277801299997</v>
+      </c>
+      <c r="AN3" s="1">
+        <v>225.22717341800001</v>
+      </c>
+      <c r="AO3" s="1"/>
+      <c r="AP3" s="1">
+        <v>1683.3186291679999</v>
+      </c>
+      <c r="AQ3" s="1">
+        <v>830.23427511600005</v>
+      </c>
+      <c r="AR3" s="1">
+        <v>458.87600495700002</v>
+      </c>
+      <c r="AS3" s="1">
+        <v>143.62625649</v>
+      </c>
+      <c r="AT3" s="1"/>
+      <c r="AU3" s="1">
+        <v>1398.77574123</v>
+      </c>
+      <c r="AV3" s="1">
+        <v>449.77514503100002</v>
+      </c>
+      <c r="AW3" s="1">
+        <v>878.32091779300004</v>
+      </c>
+      <c r="AX3" s="1">
+        <v>389.18336167699999</v>
+      </c>
+      <c r="AY3" s="1"/>
+      <c r="AZ3" s="1">
+        <v>3116.0551657310002</v>
+      </c>
+    </row>
+    <row r="4" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" s="1">
+        <v>2579.2427257579998</v>
+      </c>
+      <c r="C4" s="1">
+        <v>297.23641481200002</v>
+      </c>
+      <c r="D4" s="1">
+        <v>16.660067541</v>
+      </c>
+      <c r="E4" s="1">
+        <v>133.88215648799999</v>
+      </c>
+      <c r="F4" s="1"/>
+      <c r="G4" s="1">
+        <v>2610.114621443</v>
+      </c>
+      <c r="H4" s="1">
+        <v>294.31818067199998</v>
+      </c>
+      <c r="I4" s="1">
+        <v>14.782607486</v>
+      </c>
+      <c r="J4" s="1">
+        <v>107.805954998</v>
+      </c>
+      <c r="K4" s="1"/>
+      <c r="L4" s="1">
+        <v>2725.859479702</v>
+      </c>
+      <c r="M4" s="1">
+        <v>183.36959677199999</v>
+      </c>
+      <c r="N4" s="1">
+        <v>115.86197667399999</v>
+      </c>
+      <c r="O4" s="1">
+        <v>1.9303114509999999</v>
+      </c>
+      <c r="P4" s="1"/>
+      <c r="Q4" s="1">
+        <v>2406.2355785280001</v>
+      </c>
+      <c r="R4" s="1">
+        <v>181.89498549500001</v>
+      </c>
+      <c r="S4" s="1">
+        <v>326.82268524799997</v>
+      </c>
+      <c r="T4" s="1">
+        <v>112.068115328</v>
+      </c>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1">
+        <v>2400.339732591</v>
+      </c>
+      <c r="W4" s="1">
+        <v>75.184056729000005</v>
+      </c>
+      <c r="X4" s="1">
+        <v>399.56281940700001</v>
+      </c>
+      <c r="Y4" s="1">
+        <v>151.93475587199998</v>
+      </c>
+      <c r="Z4" s="1"/>
+      <c r="AA4" s="1">
+        <v>2545.7362085740001</v>
+      </c>
+      <c r="AB4" s="1">
+        <v>462.02171658499998</v>
+      </c>
+      <c r="AC4" s="1">
+        <v>15.829778293</v>
+      </c>
+      <c r="AD4" s="1">
+        <v>3.433661147</v>
+      </c>
+      <c r="AE4" s="1"/>
+      <c r="AF4" s="1">
+        <v>2517.3885579960001</v>
+      </c>
+      <c r="AG4" s="1">
+        <v>464.82130206599999</v>
+      </c>
+      <c r="AH4" s="1">
+        <v>43.710286439000001</v>
+      </c>
+      <c r="AI4" s="1">
+        <v>1.1012180979999999</v>
+      </c>
+      <c r="AJ4" s="1"/>
+      <c r="AK4" s="1">
+        <v>2192.9828537049998</v>
+      </c>
+      <c r="AL4" s="1">
+        <v>285.65334227900001</v>
+      </c>
+      <c r="AM4" s="1">
+        <v>509.19031675799999</v>
+      </c>
+      <c r="AN4" s="1">
+        <v>39.194851857000003</v>
+      </c>
+      <c r="AO4" s="1"/>
+      <c r="AP4" s="1">
+        <v>2301.463508455</v>
+      </c>
+      <c r="AQ4" s="1">
+        <v>399.117820666</v>
+      </c>
+      <c r="AR4" s="1">
+        <v>318.96971307999996</v>
+      </c>
+      <c r="AS4" s="1">
+        <v>7.4703223980000004</v>
+      </c>
+      <c r="AT4" s="1"/>
+      <c r="AU4" s="1">
+        <v>2141.979900238</v>
+      </c>
+      <c r="AV4" s="1">
+        <v>324.90019146999998</v>
+      </c>
+      <c r="AW4" s="1">
+        <v>401.44727801400001</v>
+      </c>
+      <c r="AX4" s="1">
+        <v>158.69399487699999</v>
+      </c>
+      <c r="AY4" s="1"/>
+      <c r="AZ4" s="1">
+        <v>3027.0213645989998</v>
+      </c>
+    </row>
+    <row r="5" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" s="1">
+        <v>3533.4625857450001</v>
+      </c>
+      <c r="C5" s="1">
+        <v>524.81784703100004</v>
+      </c>
+      <c r="D5" s="1">
+        <v>490.30156710099999</v>
+      </c>
+      <c r="E5" s="1">
+        <v>356.26939276600001</v>
+      </c>
+      <c r="F5" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="G5" s="1">
+        <v>3658.3888458380002</v>
+      </c>
+      <c r="H5" s="1">
+        <v>627.39604589700002</v>
+      </c>
+      <c r="I5" s="1">
+        <v>586.52119075199994</v>
+      </c>
+      <c r="J5" s="1">
+        <v>32.545310155999999</v>
+      </c>
+      <c r="K5" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="L5" s="1">
+        <v>3835.1836395989999</v>
+      </c>
+      <c r="M5" s="1">
+        <v>532.11736138599997</v>
+      </c>
+      <c r="N5" s="1">
+        <v>424.26594046999998</v>
+      </c>
+      <c r="O5" s="1">
+        <v>113.28445118799999</v>
+      </c>
+      <c r="P5" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="Q5" s="1">
+        <v>3045.6373915290001</v>
+      </c>
+      <c r="R5" s="1">
+        <v>560.46811425800001</v>
+      </c>
+      <c r="S5" s="1">
+        <v>943.05164314599995</v>
+      </c>
+      <c r="T5" s="1">
+        <v>355.69424370999997</v>
+      </c>
+      <c r="U5" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="V5" s="1">
+        <v>2812.5615479399999</v>
+      </c>
+      <c r="W5" s="1">
+        <v>1022.653840072</v>
+      </c>
+      <c r="X5" s="1">
+        <v>1055.4950892519998</v>
+      </c>
+      <c r="Y5" s="1">
+        <v>14.140915378999999</v>
+      </c>
+      <c r="Z5" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AA5" s="1">
+        <v>3141.8476518809998</v>
+      </c>
+      <c r="AB5" s="1">
+        <v>1039.40295584</v>
+      </c>
+      <c r="AC5" s="1">
+        <v>722.69005731699997</v>
+      </c>
+      <c r="AD5" s="1">
+        <v>0.91072760499999994</v>
+      </c>
+      <c r="AE5" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AF5" s="1">
+        <v>3126.56849164</v>
+      </c>
+      <c r="AG5" s="1">
+        <v>906.37422793300004</v>
+      </c>
+      <c r="AH5" s="1">
+        <v>870.78192346200001</v>
+      </c>
+      <c r="AI5" s="1">
+        <v>1.1267496079999999</v>
+      </c>
+      <c r="AJ5" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AK5" s="1">
+        <v>3081.029278733</v>
+      </c>
+      <c r="AL5" s="1">
+        <v>543.86351282099997</v>
+      </c>
+      <c r="AM5" s="1">
+        <v>910.84431177099998</v>
+      </c>
+      <c r="AN5" s="1">
+        <v>369.11428931799998</v>
+      </c>
+      <c r="AO5" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AP5" s="1">
+        <v>3202.077578209</v>
+      </c>
+      <c r="AQ5" s="1">
+        <v>502.91076212000002</v>
+      </c>
+      <c r="AR5" s="1">
+        <v>955.64478307499996</v>
+      </c>
+      <c r="AS5" s="1">
+        <v>244.21826923899999</v>
+      </c>
+      <c r="AT5" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AU5" s="1">
+        <v>2770.2658638180001</v>
+      </c>
+      <c r="AV5" s="1">
+        <v>556.89944976000004</v>
+      </c>
+      <c r="AW5" s="1">
+        <v>1276.9453194600001</v>
+      </c>
+      <c r="AX5" s="1">
+        <v>300.74075960499999</v>
+      </c>
+      <c r="AY5" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AZ5" s="1">
+        <v>4905.9442545089996</v>
+      </c>
+    </row>
+    <row r="6" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" s="1">
+        <v>1136.8762434959999</v>
+      </c>
+      <c r="C6" s="1">
+        <v>132.94494061899999</v>
+      </c>
+      <c r="D6" s="1">
+        <v>17.951909186999998</v>
+      </c>
+      <c r="E6" s="1">
+        <v>5.0352287679999996</v>
+      </c>
+      <c r="F6" s="1"/>
+      <c r="G6" s="1">
+        <v>1040.596132075</v>
+      </c>
+      <c r="H6" s="1">
+        <v>125.396163617</v>
+      </c>
+      <c r="I6" s="1">
+        <v>124.97203507499999</v>
+      </c>
+      <c r="J6" s="1">
+        <v>1.8439913029999999</v>
+      </c>
+      <c r="K6" s="1"/>
+      <c r="L6" s="1">
+        <v>1156.8916040080001</v>
+      </c>
+      <c r="M6" s="1">
+        <v>124.67731008199999</v>
+      </c>
+      <c r="N6" s="1">
+        <v>9.2940630330000005</v>
+      </c>
+      <c r="O6" s="1">
+        <v>1.9453449470000002</v>
+      </c>
+      <c r="P6" s="1"/>
+      <c r="Q6" s="1">
+        <v>938.14339918199994</v>
+      </c>
+      <c r="R6" s="1">
+        <v>22.176376239</v>
+      </c>
+      <c r="S6" s="1">
+        <v>148.15931754499999</v>
+      </c>
+      <c r="T6" s="1">
+        <v>184.32922910399998</v>
+      </c>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1">
+        <v>942.60307791100001</v>
+      </c>
+      <c r="W6" s="1">
+        <v>147.26936466499998</v>
+      </c>
+      <c r="X6" s="1">
+        <v>200.524816671</v>
+      </c>
+      <c r="Y6" s="1">
+        <v>2.411062823</v>
+      </c>
+      <c r="Z6" s="1"/>
+      <c r="AA6" s="1">
+        <v>1221.7603967919999</v>
+      </c>
+      <c r="AB6" s="1">
+        <v>35.844328757</v>
+      </c>
+      <c r="AC6" s="1">
+        <v>35.203596521000001</v>
+      </c>
+      <c r="AD6" s="1"/>
+      <c r="AE6" s="1"/>
+      <c r="AF6" s="1">
+        <v>1232.2539577380001</v>
+      </c>
+      <c r="AG6" s="1">
+        <v>49.170700396000001</v>
+      </c>
+      <c r="AH6" s="1">
+        <v>10.889801953999999</v>
+      </c>
+      <c r="AI6" s="1">
+        <v>0.49386198199999998</v>
+      </c>
+      <c r="AJ6" s="1"/>
+      <c r="AK6" s="1">
+        <v>759.47402949000002</v>
+      </c>
+      <c r="AL6" s="1">
+        <v>129.97977872999999</v>
+      </c>
+      <c r="AM6" s="1">
+        <v>394.95533284999999</v>
+      </c>
+      <c r="AN6" s="1">
+        <v>8.3991810000000005</v>
+      </c>
+      <c r="AO6" s="1"/>
+      <c r="AP6" s="1">
+        <v>651.51576731700004</v>
+      </c>
+      <c r="AQ6" s="1">
+        <v>245.44857889799999</v>
+      </c>
+      <c r="AR6" s="1">
+        <v>190.51524494799997</v>
+      </c>
+      <c r="AS6" s="1">
+        <v>205.32873090699999</v>
+      </c>
+      <c r="AT6" s="1"/>
+      <c r="AU6" s="1">
+        <v>581.76454724600001</v>
+      </c>
+      <c r="AV6" s="1">
+        <v>235.252098719</v>
+      </c>
+      <c r="AW6" s="1">
+        <v>457.56069845100001</v>
+      </c>
+      <c r="AX6" s="1">
+        <v>18.230977654</v>
+      </c>
+      <c r="AY6" s="1"/>
+      <c r="AZ6" s="1">
+        <v>1292.80832207</v>
+      </c>
+    </row>
+    <row r="7" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" s="1">
+        <v>668.96481159300004</v>
+      </c>
+      <c r="C7" s="1">
+        <v>245.240267703</v>
+      </c>
+      <c r="D7" s="1">
+        <v>399.63895504300001</v>
+      </c>
+      <c r="E7" s="1">
+        <v>130.98130322899999</v>
+      </c>
+      <c r="F7" s="1"/>
+      <c r="G7" s="1">
+        <v>799.18286707699997</v>
+      </c>
+      <c r="H7" s="1">
+        <v>118.32978152899999</v>
+      </c>
+      <c r="I7" s="1">
+        <v>396.33138573299999</v>
+      </c>
+      <c r="J7" s="1">
+        <v>130.98130322899999</v>
+      </c>
+      <c r="K7" s="1"/>
+      <c r="L7" s="1">
+        <v>930.47157857500008</v>
+      </c>
+      <c r="M7" s="1">
+        <v>107.602350429</v>
+      </c>
+      <c r="N7" s="1">
+        <v>268.21321382500003</v>
+      </c>
+      <c r="O7" s="1">
+        <v>138.53819473900001</v>
+      </c>
+      <c r="P7" s="1"/>
+      <c r="Q7" s="1">
+        <v>534.18796010300002</v>
+      </c>
+      <c r="R7" s="1">
+        <v>111.288903726</v>
+      </c>
+      <c r="S7" s="1">
+        <v>539.87689354300005</v>
+      </c>
+      <c r="T7" s="1">
+        <v>259.47158019599999</v>
+      </c>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1">
+        <v>398.564695653</v>
+      </c>
+      <c r="W7" s="1">
+        <v>121.896686557</v>
+      </c>
+      <c r="X7" s="1">
+        <v>527.00373857400007</v>
+      </c>
+      <c r="Y7" s="1">
+        <v>397.36021678399999</v>
+      </c>
+      <c r="Z7" s="1"/>
+      <c r="AA7" s="1">
+        <v>409.24495479899997</v>
+      </c>
+      <c r="AB7" s="1">
+        <v>510.07576300599999</v>
+      </c>
+      <c r="AC7" s="1">
+        <v>395.05642747799999</v>
+      </c>
+      <c r="AD7" s="1">
+        <v>130.448192285</v>
+      </c>
+      <c r="AE7" s="1"/>
+      <c r="AF7" s="1">
+        <v>409.39665544399998</v>
+      </c>
+      <c r="AG7" s="1">
+        <v>501.81243269700002</v>
+      </c>
+      <c r="AH7" s="1">
+        <v>403.16805714200001</v>
+      </c>
+      <c r="AI7" s="1">
+        <v>130.448192285</v>
+      </c>
+      <c r="AJ7" s="1"/>
+      <c r="AK7" s="1">
+        <v>397.44314287099996</v>
+      </c>
+      <c r="AL7" s="1">
+        <v>118.75218222999999</v>
+      </c>
+      <c r="AM7" s="1">
+        <v>796.12157353800001</v>
+      </c>
+      <c r="AN7" s="1">
+        <v>132.50843892900002</v>
+      </c>
+      <c r="AO7" s="1"/>
+      <c r="AP7" s="1">
+        <v>398.44314287099996</v>
+      </c>
+      <c r="AQ7" s="1">
+        <v>240.09413334299998</v>
+      </c>
+      <c r="AR7" s="1">
+        <v>536.27486646199998</v>
+      </c>
+      <c r="AS7" s="1">
+        <v>270.013194892</v>
+      </c>
+      <c r="AT7" s="1"/>
+      <c r="AU7" s="1">
+        <v>518.47557450099998</v>
+      </c>
+      <c r="AV7" s="1">
+        <v>234.587540042</v>
+      </c>
+      <c r="AW7" s="1">
+        <v>540.41520213499996</v>
+      </c>
+      <c r="AX7" s="1">
+        <v>151.34702089000001</v>
+      </c>
+      <c r="AY7" s="1"/>
+      <c r="AZ7" s="1">
+        <v>1444.8253375680001</v>
+      </c>
+    </row>
+    <row r="8" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" s="1">
+        <v>844.11164078000002</v>
+      </c>
+      <c r="C8" s="1">
+        <v>180.202864844</v>
+      </c>
+      <c r="D8" s="1">
+        <v>531.82634017499993</v>
+      </c>
+      <c r="E8" s="1">
+        <v>8.2288083309999998</v>
+      </c>
+      <c r="F8" s="1"/>
+      <c r="G8" s="1">
+        <v>762.82082126399996</v>
+      </c>
+      <c r="H8" s="1">
+        <v>642.63642033199994</v>
+      </c>
+      <c r="I8" s="1">
+        <v>154.00713715000001</v>
+      </c>
+      <c r="J8" s="1">
+        <v>4.9052753840000003</v>
+      </c>
+      <c r="K8" s="1"/>
+      <c r="L8" s="1">
+        <v>884.20755111200003</v>
+      </c>
+      <c r="M8" s="1">
+        <v>491.31072636499999</v>
+      </c>
+      <c r="N8" s="1">
+        <v>167.63790948499999</v>
+      </c>
+      <c r="O8" s="1">
+        <v>21.213467168000001</v>
+      </c>
+      <c r="P8" s="1"/>
+      <c r="Q8" s="1">
+        <v>710.66937922299996</v>
+      </c>
+      <c r="R8" s="1">
+        <v>415.19624584999997</v>
+      </c>
+      <c r="S8" s="1">
+        <v>405.89891772499999</v>
+      </c>
+      <c r="T8" s="1">
+        <v>32.605111332</v>
+      </c>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1">
+        <v>725.03775798699996</v>
+      </c>
+      <c r="W8" s="1">
+        <v>174.33644630500001</v>
+      </c>
+      <c r="X8" s="1">
+        <v>449.86662648099997</v>
+      </c>
+      <c r="Y8" s="1">
+        <v>215.12882335699999</v>
+      </c>
+      <c r="Z8" s="1"/>
+      <c r="AA8" s="1">
+        <v>865.70783134700002</v>
+      </c>
+      <c r="AB8" s="1">
+        <v>475.43827026999998</v>
+      </c>
+      <c r="AC8" s="1">
+        <v>223.22355251299999</v>
+      </c>
+      <c r="AD8" s="1"/>
+      <c r="AE8" s="1"/>
+      <c r="AF8" s="1">
+        <v>881.37870768099992</v>
+      </c>
+      <c r="AG8" s="1">
+        <v>459.46549856399997</v>
+      </c>
+      <c r="AH8" s="1">
+        <v>222.45547826500001</v>
+      </c>
+      <c r="AI8" s="1">
+        <v>1.06996962</v>
+      </c>
+      <c r="AJ8" s="1"/>
+      <c r="AK8" s="1">
+        <v>551.62158271299995</v>
+      </c>
+      <c r="AL8" s="1">
+        <v>334.86338101799998</v>
+      </c>
+      <c r="AM8" s="1">
+        <v>668.33690343000001</v>
+      </c>
+      <c r="AN8" s="1">
+        <v>9.5477869690000006</v>
+      </c>
+      <c r="AO8" s="1"/>
+      <c r="AP8" s="1">
+        <v>841.43093630099997</v>
+      </c>
+      <c r="AQ8" s="1">
+        <v>387.22547939399999</v>
+      </c>
+      <c r="AR8" s="1">
+        <v>329.56248651800001</v>
+      </c>
+      <c r="AS8" s="1">
+        <v>6.150751917</v>
+      </c>
+      <c r="AT8" s="1"/>
+      <c r="AU8" s="1">
+        <v>701.039923789</v>
+      </c>
+      <c r="AV8" s="1">
+        <v>282.30370244099998</v>
+      </c>
+      <c r="AW8" s="1">
+        <v>303.45764160099998</v>
+      </c>
+      <c r="AX8" s="1">
+        <v>277.568386299</v>
+      </c>
+      <c r="AY8" s="1"/>
+      <c r="AZ8" s="1">
+        <v>1564.3696541300001</v>
+      </c>
+    </row>
+    <row r="9" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" s="1">
+        <v>304.04222071200002</v>
+      </c>
+      <c r="C9" s="1">
+        <v>96.221835780000006</v>
+      </c>
+      <c r="D9" s="1">
+        <v>13.638726237</v>
+      </c>
+      <c r="E9" s="1">
+        <v>24.173264885999998</v>
+      </c>
+      <c r="F9" s="1"/>
+      <c r="G9" s="1">
+        <v>341.56136779399998</v>
+      </c>
+      <c r="H9" s="1">
+        <v>54.130344125999997</v>
+      </c>
+      <c r="I9" s="1">
+        <v>19.149486576000001</v>
+      </c>
+      <c r="J9" s="1">
+        <v>23.234849119</v>
+      </c>
+      <c r="K9" s="1"/>
+      <c r="L9" s="1">
+        <v>369.34402062499998</v>
+      </c>
+      <c r="M9" s="1">
+        <v>51.600278680000002</v>
+      </c>
+      <c r="N9" s="1">
+        <v>17.131748309999999</v>
+      </c>
+      <c r="O9" s="1"/>
+      <c r="P9" s="1"/>
+      <c r="Q9" s="1">
+        <v>258.46135288099998</v>
+      </c>
+      <c r="R9" s="1">
+        <v>83.934259327000007</v>
+      </c>
+      <c r="S9" s="1">
+        <v>93.317839608</v>
+      </c>
+      <c r="T9" s="1">
+        <v>2.3625957990000002</v>
+      </c>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1">
+        <v>263.88026523500002</v>
+      </c>
+      <c r="W9" s="1">
+        <v>103.14127264699999</v>
+      </c>
+      <c r="X9" s="1">
+        <v>44.578937832000001</v>
+      </c>
+      <c r="Y9" s="1">
+        <v>26.475571900999999</v>
+      </c>
+      <c r="Z9" s="1"/>
+      <c r="AA9" s="1">
+        <v>276.86505874599999</v>
+      </c>
+      <c r="AB9" s="1">
+        <v>111.464649214</v>
+      </c>
+      <c r="AC9" s="1">
+        <v>48.438616154000002</v>
+      </c>
+      <c r="AD9" s="1">
+        <v>1.3077235009999999</v>
+      </c>
+      <c r="AE9" s="1"/>
+      <c r="AF9" s="1">
+        <v>294.57585941500002</v>
+      </c>
+      <c r="AG9" s="1">
+        <v>120.706715106</v>
+      </c>
+      <c r="AH9" s="1">
+        <v>21.485749592999998</v>
+      </c>
+      <c r="AI9" s="1">
+        <v>1.3077235009999999</v>
+      </c>
+      <c r="AJ9" s="1"/>
+      <c r="AK9" s="1">
+        <v>257.02769103100002</v>
+      </c>
+      <c r="AL9" s="1">
+        <v>95.272932929000007</v>
+      </c>
+      <c r="AM9" s="1">
+        <v>83.783449665000006</v>
+      </c>
+      <c r="AN9" s="1">
+        <v>1.99197399</v>
+      </c>
+      <c r="AO9" s="1"/>
+      <c r="AP9" s="1">
+        <v>265.26626544800001</v>
+      </c>
+      <c r="AQ9" s="1">
+        <v>84.478397833000002</v>
+      </c>
+      <c r="AR9" s="1">
+        <v>87.331384334000006</v>
+      </c>
+      <c r="AS9" s="1">
+        <v>1</v>
+      </c>
+      <c r="AT9" s="1"/>
+      <c r="AU9" s="1">
+        <v>240.84418719600001</v>
+      </c>
+      <c r="AV9" s="1">
+        <v>67.251647633999994</v>
+      </c>
+      <c r="AW9" s="1">
+        <v>61.267467517999997</v>
+      </c>
+      <c r="AX9" s="1">
+        <v>68.712745267000003</v>
+      </c>
+      <c r="AY9" s="1"/>
+      <c r="AZ9" s="1">
+        <v>438.07604761499999</v>
+      </c>
+    </row>
+    <row r="10" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" s="1">
+        <v>2636.4388374499999</v>
+      </c>
+      <c r="C10" s="1">
+        <v>345.33891585100002</v>
+      </c>
+      <c r="D10" s="1">
+        <v>552.49858883499996</v>
+      </c>
+      <c r="E10" s="1">
+        <v>210.01469215</v>
+      </c>
+      <c r="F10" s="1"/>
+      <c r="G10" s="1">
+        <v>2930.982725073</v>
+      </c>
+      <c r="H10" s="1">
+        <v>442.59627033599998</v>
+      </c>
+      <c r="I10" s="1">
+        <v>201.38350548</v>
+      </c>
+      <c r="J10" s="1">
+        <v>169.328533397</v>
+      </c>
+      <c r="K10" s="1"/>
+      <c r="L10" s="1">
+        <v>2961.2290552909999</v>
+      </c>
+      <c r="M10" s="1">
+        <v>363.52134294400003</v>
+      </c>
+      <c r="N10" s="1">
+        <v>320.15143096700001</v>
+      </c>
+      <c r="O10" s="1">
+        <v>99.389205083999997</v>
+      </c>
+      <c r="P10" s="1"/>
+      <c r="Q10" s="1">
+        <v>2214.6555718109998</v>
+      </c>
+      <c r="R10" s="1">
+        <v>404.733403189</v>
+      </c>
+      <c r="S10" s="1">
+        <v>1025.1259392330001</v>
+      </c>
+      <c r="T10" s="1">
+        <v>99.776120053</v>
+      </c>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1">
+        <v>2466.284327977</v>
+      </c>
+      <c r="W10" s="1">
+        <v>762.86081889900004</v>
+      </c>
+      <c r="X10" s="1">
+        <v>333.63336224099999</v>
+      </c>
+      <c r="Y10" s="1">
+        <v>181.51252516900001</v>
+      </c>
+      <c r="Z10" s="1"/>
+      <c r="AA10" s="1">
+        <v>2317.9013167839998</v>
+      </c>
+      <c r="AB10" s="1">
+        <v>1147.029174061</v>
+      </c>
+      <c r="AC10" s="1">
+        <v>140.04772830100001</v>
+      </c>
+      <c r="AD10" s="1">
+        <v>139.31281514</v>
+      </c>
+      <c r="AE10" s="1"/>
+      <c r="AF10" s="1">
+        <v>2533.3602094779999</v>
+      </c>
+      <c r="AG10" s="1">
+        <v>987.39422755299995</v>
+      </c>
+      <c r="AH10" s="1">
+        <v>211.26968338</v>
+      </c>
+      <c r="AI10" s="1">
+        <v>12.266913875</v>
+      </c>
+      <c r="AJ10" s="1"/>
+      <c r="AK10" s="1">
+        <v>2328.4581640629999</v>
+      </c>
+      <c r="AL10" s="1">
+        <v>423.00020987300002</v>
+      </c>
+      <c r="AM10" s="1">
+        <v>594.41919141899996</v>
+      </c>
+      <c r="AN10" s="1">
+        <v>398.41346893100001</v>
+      </c>
+      <c r="AO10" s="1"/>
+      <c r="AP10" s="1">
+        <v>2241.96443787</v>
+      </c>
+      <c r="AQ10" s="1">
+        <v>1034.2597055250001</v>
+      </c>
+      <c r="AR10" s="1">
+        <v>452.05785853899999</v>
+      </c>
+      <c r="AS10" s="1">
+        <v>16.009032351999998</v>
+      </c>
+      <c r="AT10" s="1"/>
+      <c r="AU10" s="1">
+        <v>2502.1866173590001</v>
+      </c>
+      <c r="AV10" s="1">
+        <v>493.04689584300002</v>
+      </c>
+      <c r="AW10" s="1">
+        <v>447.34707285400003</v>
+      </c>
+      <c r="AX10" s="1">
+        <v>301.71044823</v>
+      </c>
+      <c r="AY10" s="1"/>
+      <c r="AZ10" s="1">
+        <v>3744.291034286</v>
+      </c>
+    </row>
+    <row r="11" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" s="1">
+        <v>1090.9910884010001</v>
+      </c>
+      <c r="C11" s="1">
+        <v>158.45019487299999</v>
+      </c>
+      <c r="D11" s="1">
+        <v>386.66091836200002</v>
+      </c>
+      <c r="E11" s="1">
+        <v>57.342240400000001</v>
+      </c>
+      <c r="F11" s="1"/>
+      <c r="G11" s="1">
+        <v>1133.5374710870001</v>
+      </c>
+      <c r="H11" s="1">
+        <v>171.961559497</v>
+      </c>
+      <c r="I11" s="1">
+        <v>315.55422764299999</v>
+      </c>
+      <c r="J11" s="1">
+        <v>72.391183808999997</v>
+      </c>
+      <c r="K11" s="1"/>
+      <c r="L11" s="1">
+        <v>1227.9104875139999</v>
+      </c>
+      <c r="M11" s="1">
+        <v>150.19870977799999</v>
+      </c>
+      <c r="N11" s="1">
+        <v>276.428277756</v>
+      </c>
+      <c r="O11" s="1">
+        <v>38.906966988000001</v>
+      </c>
+      <c r="P11" s="1"/>
+      <c r="Q11" s="1">
+        <v>994.73897960199997</v>
+      </c>
+      <c r="R11" s="1">
+        <v>196.98926414299999</v>
+      </c>
+      <c r="S11" s="1">
+        <v>334.61517981399999</v>
+      </c>
+      <c r="T11" s="1">
+        <v>167.101018477</v>
+      </c>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1">
+        <v>1014.888282157</v>
+      </c>
+      <c r="W11" s="1">
+        <v>145.78980685600001</v>
+      </c>
+      <c r="X11" s="1">
+        <v>396.30407965699999</v>
+      </c>
+      <c r="Y11" s="1">
+        <v>136.46227336600001</v>
+      </c>
+      <c r="Z11" s="1"/>
+      <c r="AA11" s="1">
+        <v>1153.017051732</v>
+      </c>
+      <c r="AB11" s="1">
+        <v>292.93501154500001</v>
+      </c>
+      <c r="AC11" s="1">
+        <v>242.51140062600001</v>
+      </c>
+      <c r="AD11" s="1">
+        <v>4.9809781329999998</v>
+      </c>
+      <c r="AE11" s="1"/>
+      <c r="AF11" s="1">
+        <v>1200.6368765970001</v>
+      </c>
+      <c r="AG11" s="1">
+        <v>307.28245580200002</v>
+      </c>
+      <c r="AH11" s="1">
+        <v>182.41292291799999</v>
+      </c>
+      <c r="AI11" s="1">
+        <v>3.1121867190000003</v>
+      </c>
+      <c r="AJ11" s="1"/>
+      <c r="AK11" s="1">
+        <v>1113.029648464</v>
+      </c>
+      <c r="AL11" s="1">
+        <v>133.13755011000001</v>
+      </c>
+      <c r="AM11" s="1">
+        <v>369.30340328599999</v>
+      </c>
+      <c r="AN11" s="1">
+        <v>77.973840175999996</v>
+      </c>
+      <c r="AO11" s="1"/>
+      <c r="AP11" s="1">
+        <v>1192.9760489769999</v>
+      </c>
+      <c r="AQ11" s="1">
+        <v>175.56758776499998</v>
+      </c>
+      <c r="AR11" s="1">
+        <v>245.17124263599999</v>
+      </c>
+      <c r="AS11" s="1">
+        <v>79.729562657999992</v>
+      </c>
+      <c r="AT11" s="1"/>
+      <c r="AU11" s="1">
+        <v>1051.5785972210001</v>
+      </c>
+      <c r="AV11" s="1">
+        <v>60.426253987999999</v>
+      </c>
+      <c r="AW11" s="1">
+        <v>420.41463739400001</v>
+      </c>
+      <c r="AX11" s="1">
+        <v>161.02495343300001</v>
+      </c>
+      <c r="AY11" s="1"/>
+      <c r="AZ11" s="1">
+        <v>1693.4444420360001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+      <c r="G12" s="1"/>
+      <c r="H12" s="1"/>
+      <c r="I12" s="1"/>
+      <c r="J12" s="1"/>
+      <c r="K12" s="1"/>
+      <c r="L12" s="1"/>
+      <c r="M12" s="1"/>
+      <c r="N12" s="1"/>
+      <c r="O12" s="1"/>
+      <c r="P12" s="1"/>
+      <c r="Q12" s="1"/>
+      <c r="R12" s="1"/>
+      <c r="S12" s="1"/>
+      <c r="T12" s="1"/>
+      <c r="U12" s="1"/>
+      <c r="V12" s="1"/>
+      <c r="W12" s="1"/>
+      <c r="X12" s="1"/>
+      <c r="Y12" s="1"/>
+      <c r="Z12" s="1"/>
+      <c r="AA12" s="1"/>
+      <c r="AB12" s="1"/>
+      <c r="AC12" s="1"/>
+      <c r="AD12" s="1"/>
+      <c r="AE12" s="1"/>
+      <c r="AF12" s="1"/>
+      <c r="AG12" s="1"/>
+      <c r="AH12" s="1"/>
+      <c r="AI12" s="1"/>
+      <c r="AJ12" s="1"/>
+      <c r="AK12" s="1"/>
+      <c r="AL12" s="1"/>
+      <c r="AM12" s="1"/>
+      <c r="AN12" s="1"/>
+      <c r="AO12" s="1"/>
+      <c r="AP12" s="1"/>
+      <c r="AQ12" s="1"/>
+      <c r="AR12" s="1"/>
+      <c r="AS12" s="1"/>
+      <c r="AT12" s="1"/>
+      <c r="AU12" s="1"/>
+      <c r="AV12" s="1"/>
+      <c r="AW12" s="1"/>
+      <c r="AX12" s="1"/>
+      <c r="AY12" s="1"/>
+      <c r="AZ12" s="1"/>
+    </row>
+    <row r="13" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" s="1">
+        <v>637.88534451999999</v>
+      </c>
+      <c r="C13" s="1">
+        <v>158.625029517</v>
+      </c>
+      <c r="D13" s="1">
+        <v>130.48537849600001</v>
+      </c>
+      <c r="E13" s="1">
+        <v>158.82541646199999</v>
+      </c>
+      <c r="F13" s="1"/>
+      <c r="G13" s="1">
+        <v>680.31805621700005</v>
+      </c>
+      <c r="H13" s="1">
+        <v>187.31242338800001</v>
+      </c>
+      <c r="I13" s="1">
+        <v>103.915408666</v>
+      </c>
+      <c r="J13" s="1">
+        <v>114.275280724</v>
+      </c>
+      <c r="K13" s="1"/>
+      <c r="L13" s="1">
+        <v>678.36413336099997</v>
+      </c>
+      <c r="M13" s="1">
+        <v>162.269596974</v>
+      </c>
+      <c r="N13" s="1">
+        <v>156.85189231300001</v>
+      </c>
+      <c r="O13" s="1">
+        <v>88.335546347000005</v>
+      </c>
+      <c r="P13" s="1"/>
+      <c r="Q13" s="1">
+        <v>567.99560987400002</v>
+      </c>
+      <c r="R13" s="1">
+        <v>163.97107869199999</v>
+      </c>
+      <c r="S13" s="1">
+        <v>190.69298503499999</v>
+      </c>
+      <c r="T13" s="1">
+        <v>163.16149539400001</v>
+      </c>
+      <c r="U13" s="1"/>
+      <c r="V13" s="1">
+        <v>553.42006993400003</v>
+      </c>
+      <c r="W13" s="1">
+        <v>196.56413222099999</v>
+      </c>
+      <c r="X13" s="1">
+        <v>223.220977092</v>
+      </c>
+      <c r="Y13" s="1">
+        <v>112.615989748</v>
+      </c>
+      <c r="Z13" s="1"/>
+      <c r="AA13" s="1">
+        <v>635.77659477600002</v>
+      </c>
+      <c r="AB13" s="1">
+        <v>291.06045473400002</v>
+      </c>
+      <c r="AC13" s="1">
+        <v>102.95239339</v>
+      </c>
+      <c r="AD13" s="1">
+        <v>56.031726095000003</v>
+      </c>
+      <c r="AE13" s="1"/>
+      <c r="AF13" s="1">
+        <v>590.22953326200002</v>
+      </c>
+      <c r="AG13" s="1">
+        <v>309.77824862099999</v>
+      </c>
+      <c r="AH13" s="1">
+        <v>140.49163202099999</v>
+      </c>
+      <c r="AI13" s="1">
+        <v>45.321755091</v>
+      </c>
+      <c r="AJ13" s="1"/>
+      <c r="AK13" s="1">
+        <v>522.78315991399995</v>
+      </c>
+      <c r="AL13" s="1">
+        <v>193.80026483099999</v>
+      </c>
+      <c r="AM13" s="1">
+        <v>249.51911806699999</v>
+      </c>
+      <c r="AN13" s="1">
+        <v>119.718626183</v>
+      </c>
+      <c r="AO13" s="1"/>
+      <c r="AP13" s="1">
+        <v>554.47996899899999</v>
+      </c>
+      <c r="AQ13" s="1">
+        <v>353.89683303999999</v>
+      </c>
+      <c r="AR13" s="1">
+        <v>115.57480010099999</v>
+      </c>
+      <c r="AS13" s="1">
+        <v>61.869566855000002</v>
+      </c>
+      <c r="AT13" s="1"/>
+      <c r="AU13" s="1">
+        <v>470.29903788199999</v>
+      </c>
+      <c r="AV13" s="1">
+        <v>121.084259469</v>
+      </c>
+      <c r="AW13" s="1">
+        <v>350.32487952000002</v>
+      </c>
+      <c r="AX13" s="1">
+        <v>144.11299212400002</v>
+      </c>
+      <c r="AY13" s="1"/>
+      <c r="AZ13" s="1">
+        <v>1085.8211689950001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="1">
+        <v>681.41187659000002</v>
+      </c>
+      <c r="C14" s="1">
+        <v>141.56126056100001</v>
+      </c>
+      <c r="D14" s="1">
+        <v>29.692613731000002</v>
+      </c>
+      <c r="E14" s="1">
+        <v>90.838764572000002</v>
+      </c>
+      <c r="F14" s="1"/>
+      <c r="G14" s="1">
+        <v>704.82144371200002</v>
+      </c>
+      <c r="H14" s="1">
+        <v>136.11823209100001</v>
+      </c>
+      <c r="I14" s="1">
+        <v>25.946056595000002</v>
+      </c>
+      <c r="J14" s="1">
+        <v>76.618783055999998</v>
+      </c>
+      <c r="K14" s="1"/>
+      <c r="L14" s="1">
+        <v>669.68819978099998</v>
+      </c>
+      <c r="M14" s="1">
+        <v>80.266372851</v>
+      </c>
+      <c r="N14" s="1">
+        <v>132.40987562699999</v>
+      </c>
+      <c r="O14" s="1">
+        <v>61.140067195</v>
+      </c>
+      <c r="P14" s="1"/>
+      <c r="Q14" s="1">
+        <v>485.16623554699999</v>
+      </c>
+      <c r="R14" s="1">
+        <v>206.63201288600001</v>
+      </c>
+      <c r="S14" s="1">
+        <v>225.80472390200001</v>
+      </c>
+      <c r="T14" s="1">
+        <v>25.901543118999999</v>
+      </c>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1">
+        <v>455.71889158199997</v>
+      </c>
+      <c r="W14" s="1">
+        <v>246.729860715</v>
+      </c>
+      <c r="X14" s="1">
+        <v>207.22032674499999</v>
+      </c>
+      <c r="Y14" s="1">
+        <v>33.835436412</v>
+      </c>
+      <c r="Z14" s="1"/>
+      <c r="AA14" s="1">
+        <v>622.62271293399999</v>
+      </c>
+      <c r="AB14" s="1">
+        <v>169.559827832</v>
+      </c>
+      <c r="AC14" s="1">
+        <v>143.43861120700001</v>
+      </c>
+      <c r="AD14" s="1">
+        <v>7.883363481</v>
+      </c>
+      <c r="AE14" s="1"/>
+      <c r="AF14" s="1">
+        <v>646.07420279200005</v>
+      </c>
+      <c r="AG14" s="1">
+        <v>160.44882701</v>
+      </c>
+      <c r="AH14" s="1">
+        <v>121.038720204</v>
+      </c>
+      <c r="AI14" s="1">
+        <v>15.942765447999999</v>
+      </c>
+      <c r="AJ14" s="1"/>
+      <c r="AK14" s="1">
+        <v>625.77540747399996</v>
+      </c>
+      <c r="AL14" s="1">
+        <v>131.487031479</v>
+      </c>
+      <c r="AM14" s="1">
+        <v>161.52008889699999</v>
+      </c>
+      <c r="AN14" s="1">
+        <v>24.721987603999999</v>
+      </c>
+      <c r="AO14" s="1"/>
+      <c r="AP14" s="1">
+        <v>640.32883399900004</v>
+      </c>
+      <c r="AQ14" s="1">
+        <v>142.34277283700001</v>
+      </c>
+      <c r="AR14" s="1">
+        <v>96.312005432999996</v>
+      </c>
+      <c r="AS14" s="1">
+        <v>64.520903184999995</v>
+      </c>
+      <c r="AT14" s="1"/>
+      <c r="AU14" s="1">
+        <v>559.25858997099999</v>
+      </c>
+      <c r="AV14" s="1">
+        <v>101.547235534</v>
+      </c>
+      <c r="AW14" s="1">
+        <v>189.24393561700001</v>
+      </c>
+      <c r="AX14" s="1">
+        <v>93.454754331999993</v>
+      </c>
+      <c r="AY14" s="1"/>
+      <c r="AZ14" s="1">
+        <v>943.50451545399994</v>
+      </c>
+    </row>
+    <row r="15" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" s="1">
+        <v>562.99666173200001</v>
+      </c>
+      <c r="C15" s="1">
+        <v>213.97355209400001</v>
+      </c>
+      <c r="D15" s="1">
+        <v>194.851328333</v>
+      </c>
+      <c r="E15" s="1">
+        <v>114.90793912300001</v>
+      </c>
+      <c r="F15" s="1"/>
+      <c r="G15" s="1">
+        <v>660.66292268799998</v>
+      </c>
+      <c r="H15" s="1">
+        <v>262.98722006899999</v>
+      </c>
+      <c r="I15" s="1">
+        <v>116.519760088</v>
+      </c>
+      <c r="J15" s="1">
+        <v>46.559578436999999</v>
+      </c>
+      <c r="K15" s="1"/>
+      <c r="L15" s="1">
+        <v>701.48265482399995</v>
+      </c>
+      <c r="M15" s="1">
+        <v>206.15830089900001</v>
+      </c>
+      <c r="N15" s="1">
+        <v>150.83870595499999</v>
+      </c>
+      <c r="O15" s="1">
+        <v>28.249819603999999</v>
+      </c>
+      <c r="P15" s="1"/>
+      <c r="Q15" s="1">
+        <v>478.96830831</v>
+      </c>
+      <c r="R15" s="1">
+        <v>174.71535192300001</v>
+      </c>
+      <c r="S15" s="1">
+        <v>385.355352337</v>
+      </c>
+      <c r="T15" s="1">
+        <v>47.690468711999998</v>
+      </c>
+      <c r="U15" s="1"/>
+      <c r="V15" s="1">
+        <v>403.43403794299996</v>
+      </c>
+      <c r="W15" s="1">
+        <v>342.087258222</v>
+      </c>
+      <c r="X15" s="1">
+        <v>286.34801913699999</v>
+      </c>
+      <c r="Y15" s="1">
+        <v>54.860165979999998</v>
+      </c>
+      <c r="Z15" s="1"/>
+      <c r="AA15" s="1">
+        <v>605.12583260600002</v>
+      </c>
+      <c r="AB15" s="1">
+        <v>354.298806652</v>
+      </c>
+      <c r="AC15" s="1">
+        <v>108.492982583</v>
+      </c>
+      <c r="AD15" s="1">
+        <v>18.811859440999999</v>
+      </c>
+      <c r="AE15" s="1"/>
+      <c r="AF15" s="1">
+        <v>496.91914682800001</v>
+      </c>
+      <c r="AG15" s="1">
+        <v>453.20702411399998</v>
+      </c>
+      <c r="AH15" s="1">
+        <v>115.059224349</v>
+      </c>
+      <c r="AI15" s="1">
+        <v>21.544085990999999</v>
+      </c>
+      <c r="AJ15" s="1"/>
+      <c r="AK15" s="1">
+        <v>436.50226843000002</v>
+      </c>
+      <c r="AL15" s="1">
+        <v>298.30708217199998</v>
+      </c>
+      <c r="AM15" s="1">
+        <v>271.13357104900001</v>
+      </c>
+      <c r="AN15" s="1">
+        <v>80.786559631000003</v>
+      </c>
+      <c r="AO15" s="1"/>
+      <c r="AP15" s="1">
+        <v>488.50982617</v>
+      </c>
+      <c r="AQ15" s="1">
+        <v>333.99466923900002</v>
+      </c>
+      <c r="AR15" s="1">
+        <v>246.989199423</v>
+      </c>
+      <c r="AS15" s="1">
+        <v>17.235786449999999</v>
+      </c>
+      <c r="AT15" s="1"/>
+      <c r="AU15" s="1">
+        <v>369.21811337700001</v>
+      </c>
+      <c r="AV15" s="1">
+        <v>227.143650028</v>
+      </c>
+      <c r="AW15" s="1">
+        <v>338.75210265599998</v>
+      </c>
+      <c r="AX15" s="1">
+        <v>151.61561522099998</v>
+      </c>
+      <c r="AY15" s="1"/>
+      <c r="AZ15" s="1">
+        <v>1086.7294812820001</v>
+      </c>
+    </row>
+    <row r="16" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" s="1"/>
+      <c r="C16" s="1"/>
+      <c r="D16" s="1"/>
+      <c r="E16" s="1"/>
+      <c r="F16" s="1"/>
+      <c r="G16" s="1"/>
+      <c r="H16" s="1"/>
+      <c r="I16" s="1"/>
+      <c r="J16" s="1"/>
+      <c r="K16" s="1"/>
+      <c r="L16" s="1"/>
+      <c r="M16" s="1"/>
+      <c r="N16" s="1"/>
+      <c r="O16" s="1"/>
+      <c r="P16" s="1"/>
+      <c r="Q16" s="1"/>
+      <c r="R16" s="1"/>
+      <c r="S16" s="1"/>
+      <c r="T16" s="1"/>
+      <c r="U16" s="1"/>
+      <c r="V16" s="1"/>
+      <c r="W16" s="1"/>
+      <c r="X16" s="1"/>
+      <c r="Y16" s="1"/>
+      <c r="Z16" s="1"/>
+      <c r="AA16" s="1"/>
+      <c r="AB16" s="1"/>
+      <c r="AC16" s="1"/>
+      <c r="AD16" s="1"/>
+      <c r="AE16" s="1"/>
+      <c r="AF16" s="1"/>
+      <c r="AG16" s="1"/>
+      <c r="AH16" s="1"/>
+      <c r="AI16" s="1"/>
+      <c r="AJ16" s="1"/>
+      <c r="AK16" s="1"/>
+      <c r="AL16" s="1"/>
+      <c r="AM16" s="1"/>
+      <c r="AN16" s="1"/>
+      <c r="AO16" s="1"/>
+      <c r="AP16" s="1"/>
+      <c r="AQ16" s="1"/>
+      <c r="AR16" s="1"/>
+      <c r="AS16" s="1"/>
+      <c r="AT16" s="1"/>
+      <c r="AU16" s="1"/>
+      <c r="AV16" s="1"/>
+      <c r="AW16" s="1"/>
+      <c r="AX16" s="1"/>
+      <c r="AY16" s="1"/>
+      <c r="AZ16" s="1"/>
+    </row>
+    <row r="17" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" s="1">
+        <v>311.14684772700002</v>
+      </c>
+      <c r="C17" s="1">
+        <v>202.84355547300001</v>
+      </c>
+      <c r="D17" s="1">
+        <v>76.588654454000007</v>
+      </c>
+      <c r="E17" s="1">
+        <v>130.27827468699999</v>
+      </c>
+      <c r="F17" s="1"/>
+      <c r="G17" s="1">
+        <v>475.16046921100002</v>
+      </c>
+      <c r="H17" s="1">
+        <v>85.282894248000005</v>
+      </c>
+      <c r="I17" s="1">
+        <v>59.593485589000004</v>
+      </c>
+      <c r="J17" s="1">
+        <v>100.820483293</v>
+      </c>
+      <c r="K17" s="1"/>
+      <c r="L17" s="1">
+        <v>451.53670015599999</v>
+      </c>
+      <c r="M17" s="1">
+        <v>103.79610691800001</v>
+      </c>
+      <c r="N17" s="1">
+        <v>105.770619298</v>
+      </c>
+      <c r="O17" s="1">
+        <v>59.753905969000002</v>
+      </c>
+      <c r="P17" s="1"/>
+      <c r="Q17" s="1">
+        <v>189.36470668800001</v>
+      </c>
+      <c r="R17" s="1">
+        <v>116.943605209</v>
+      </c>
+      <c r="S17" s="1">
+        <v>359.25826251000001</v>
+      </c>
+      <c r="T17" s="1">
+        <v>55.290757933999998</v>
+      </c>
+      <c r="U17" s="1"/>
+      <c r="V17" s="1">
+        <v>237.996586506</v>
+      </c>
+      <c r="W17" s="1">
+        <v>254.62823669400001</v>
+      </c>
+      <c r="X17" s="1">
+        <v>65.512275928000008</v>
+      </c>
+      <c r="Y17" s="1">
+        <v>162.720233213</v>
+      </c>
+      <c r="Z17" s="1"/>
+      <c r="AA17" s="1">
+        <v>231.81593914999999</v>
+      </c>
+      <c r="AB17" s="1">
+        <v>293.53528630400001</v>
+      </c>
+      <c r="AC17" s="1">
+        <v>61.360936188000004</v>
+      </c>
+      <c r="AD17" s="1">
+        <v>134.145170699</v>
+      </c>
+      <c r="AE17" s="1"/>
+      <c r="AF17" s="1">
+        <v>245.17107799499999</v>
+      </c>
+      <c r="AG17" s="1">
+        <v>417.79103654099998</v>
+      </c>
+      <c r="AH17" s="1">
+        <v>50.587728107000004</v>
+      </c>
+      <c r="AI17" s="1">
+        <v>7.3074896980000004</v>
+      </c>
+      <c r="AJ17" s="1"/>
+      <c r="AK17" s="1">
+        <v>228.72405562</v>
+      </c>
+      <c r="AL17" s="1">
+        <v>231.26890704499999</v>
+      </c>
+      <c r="AM17" s="1">
+        <v>232.89892737700001</v>
+      </c>
+      <c r="AN17" s="1">
+        <v>27.965442298999999</v>
+      </c>
+      <c r="AO17" s="1"/>
+      <c r="AP17" s="1">
+        <v>240.64292897999999</v>
+      </c>
+      <c r="AQ17" s="1">
+        <v>410.63508222400003</v>
+      </c>
+      <c r="AR17" s="1">
+        <v>63.861118531999999</v>
+      </c>
+      <c r="AS17" s="1">
+        <v>5.7182026050000001</v>
+      </c>
+      <c r="AT17" s="1"/>
+      <c r="AU17" s="1">
+        <v>406.41984916900003</v>
+      </c>
+      <c r="AV17" s="1">
+        <v>226.36823946800001</v>
+      </c>
+      <c r="AW17" s="1">
+        <v>54.760710594999999</v>
+      </c>
+      <c r="AX17" s="1">
+        <v>33.308533109000003</v>
+      </c>
+      <c r="AY17" s="1"/>
+      <c r="AZ17" s="1">
+        <v>720.85733234099996</v>
+      </c>
+    </row>
+    <row r="18" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B18" s="1">
+        <v>11558.168146864</v>
+      </c>
+      <c r="C18" s="1">
+        <v>1577.440617596</v>
+      </c>
+      <c r="D18" s="1">
+        <v>2180.032274568</v>
+      </c>
+      <c r="E18" s="1">
+        <v>961.37084344300001</v>
+      </c>
+      <c r="F18" s="1"/>
+      <c r="G18" s="1">
+        <v>11753.594823792</v>
+      </c>
+      <c r="H18" s="1">
+        <v>2263.620116692</v>
+      </c>
+      <c r="I18" s="1">
+        <v>1680.408408216</v>
+      </c>
+      <c r="J18" s="1">
+        <v>579.38853377099997</v>
+      </c>
+      <c r="K18" s="1"/>
+      <c r="L18" s="1">
+        <v>12484.117769570001</v>
+      </c>
+      <c r="M18" s="1">
+        <v>1781.9483170230001</v>
+      </c>
+      <c r="N18" s="1">
+        <v>1554.3875656969999</v>
+      </c>
+      <c r="O18" s="1">
+        <v>456.558230181</v>
+      </c>
+      <c r="P18" s="1"/>
+      <c r="Q18" s="1">
+        <v>10010.175767815999</v>
+      </c>
+      <c r="R18" s="1">
+        <v>1762.379489961</v>
+      </c>
+      <c r="S18" s="1">
+        <v>3298.9723722479998</v>
+      </c>
+      <c r="T18" s="1">
+        <v>1205.484252446</v>
+      </c>
+      <c r="U18" s="1"/>
+      <c r="V18" s="1">
+        <v>9821.7581902490001</v>
+      </c>
+      <c r="W18" s="1">
+        <v>2188.8579040210002</v>
+      </c>
+      <c r="X18" s="1">
+        <v>3264.550594022</v>
+      </c>
+      <c r="Y18" s="1">
+        <v>1001.845194179</v>
+      </c>
+      <c r="Z18" s="1"/>
+      <c r="AA18" s="1">
+        <v>10785.491842666999</v>
+      </c>
+      <c r="AB18" s="1">
+        <v>3509.919947588</v>
+      </c>
+      <c r="AC18" s="1">
+        <v>1788.885020315</v>
+      </c>
+      <c r="AD18" s="1">
+        <v>192.71507190099999</v>
+      </c>
+      <c r="AE18" s="1"/>
+      <c r="AF18" s="1">
+        <v>10926.014858162</v>
+      </c>
+      <c r="AG18" s="1">
+        <v>3268.8236589459998</v>
+      </c>
+      <c r="AH18" s="1">
+        <v>1885.5906884460001</v>
+      </c>
+      <c r="AI18" s="1">
+        <v>196.58267691700001</v>
+      </c>
+      <c r="AJ18" s="1"/>
+      <c r="AK18" s="1">
+        <v>9589.0277899499997</v>
+      </c>
+      <c r="AL18" s="1">
+        <v>1712.0044555949999</v>
+      </c>
+      <c r="AM18" s="1">
+        <v>3960.3179442579999</v>
+      </c>
+      <c r="AN18" s="1">
+        <v>1015.661692668</v>
+      </c>
+      <c r="AO18" s="1"/>
+      <c r="AP18" s="1">
+        <v>10024.953428231</v>
+      </c>
+      <c r="AQ18" s="1">
+        <v>2564.1530083749999</v>
+      </c>
+      <c r="AR18" s="1">
+        <v>2833.144577951</v>
+      </c>
+      <c r="AS18" s="1">
+        <v>854.76086791399996</v>
+      </c>
+      <c r="AT18" s="1"/>
+      <c r="AU18" s="1">
+        <v>9282.8814318860004</v>
+      </c>
+      <c r="AV18" s="1">
+        <v>1814.5188654020001</v>
+      </c>
+      <c r="AW18" s="1">
+        <v>3791.5769363600002</v>
+      </c>
+      <c r="AX18" s="1">
+        <v>1388.034648823</v>
+      </c>
+      <c r="AY18" s="1"/>
+      <c r="AZ18" s="1">
+        <v>16277.011882471001</v>
+      </c>
+    </row>
+    <row r="19" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B19" s="1">
+        <v>2361.1931376920002</v>
+      </c>
+      <c r="C19" s="1">
+        <v>571.65126531600004</v>
+      </c>
+      <c r="D19" s="1">
+        <v>408.29299246599999</v>
+      </c>
+      <c r="E19" s="1">
+        <v>173.01953972699999</v>
+      </c>
+      <c r="F19" s="1"/>
+      <c r="G19" s="1">
+        <v>2582.9570869099998</v>
+      </c>
+      <c r="H19" s="1">
+        <v>570.277739354</v>
+      </c>
+      <c r="I19" s="1">
+        <v>269.60049728500002</v>
+      </c>
+      <c r="J19" s="1">
+        <v>91.321611652000001</v>
+      </c>
+      <c r="K19" s="1"/>
+      <c r="L19" s="1">
+        <v>2662.5546399559998</v>
+      </c>
+      <c r="M19" s="1">
+        <v>450.97110676799997</v>
+      </c>
+      <c r="N19" s="1">
+        <v>332.38533175700002</v>
+      </c>
+      <c r="O19" s="1">
+        <v>68.245856720000006</v>
+      </c>
+      <c r="P19" s="1"/>
+      <c r="Q19" s="1">
+        <v>2047.4378569539999</v>
+      </c>
+      <c r="R19" s="1">
+        <v>509.34753532399998</v>
+      </c>
+      <c r="S19" s="1">
+        <v>800.34798403299999</v>
+      </c>
+      <c r="T19" s="1">
+        <v>157.02355889</v>
+      </c>
+      <c r="U19" s="1"/>
+      <c r="V19" s="1">
+        <v>1997.612656026</v>
+      </c>
+      <c r="W19" s="1">
+        <v>729.96696896399999</v>
+      </c>
+      <c r="X19" s="1">
+        <v>652.23492578599996</v>
+      </c>
+      <c r="Y19" s="1">
+        <v>134.34238442500001</v>
+      </c>
+      <c r="Z19" s="1"/>
+      <c r="AA19" s="1">
+        <v>2316.3982312429998</v>
+      </c>
+      <c r="AB19" s="1">
+        <v>893.04325954900003</v>
+      </c>
+      <c r="AC19" s="1">
+        <v>274.238408881</v>
+      </c>
+      <c r="AD19" s="1">
+        <v>30.477035527999998</v>
+      </c>
+      <c r="AE19" s="1"/>
+      <c r="AF19" s="1">
+        <v>2296.1003350030001</v>
+      </c>
+      <c r="AG19" s="1">
+        <v>852.56038192999995</v>
+      </c>
+      <c r="AH19" s="1">
+        <v>341.23006211799998</v>
+      </c>
+      <c r="AI19" s="1">
+        <v>24.26615615</v>
+      </c>
+      <c r="AJ19" s="1"/>
+      <c r="AK19" s="1">
+        <v>2047.0110857909999</v>
+      </c>
+      <c r="AL19" s="1">
+        <v>609.38550884599999</v>
+      </c>
+      <c r="AM19" s="1">
+        <v>678.715929007</v>
+      </c>
+      <c r="AN19" s="1">
+        <v>179.04441155699999</v>
+      </c>
+      <c r="AO19" s="1"/>
+      <c r="AP19" s="1">
+        <v>2094.8104904950001</v>
+      </c>
+      <c r="AQ19" s="1">
+        <v>758.32023181900001</v>
+      </c>
+      <c r="AR19" s="1">
+        <v>567.54210323400002</v>
+      </c>
+      <c r="AS19" s="1">
+        <v>93.484109653000004</v>
+      </c>
+      <c r="AT19" s="1"/>
+      <c r="AU19" s="1">
+        <v>1850.3635930590001</v>
+      </c>
+      <c r="AV19" s="1">
+        <v>549.80265465299999</v>
+      </c>
+      <c r="AW19" s="1">
+        <v>793.43159580600002</v>
+      </c>
+      <c r="AX19" s="1">
+        <v>320.55909168300002</v>
+      </c>
+      <c r="AY19" s="1"/>
+      <c r="AZ19" s="1">
+        <v>3514.1569352010001</v>
+      </c>
+    </row>
+    <row r="20" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B20" s="1">
+        <v>445.91590449400002</v>
+      </c>
+      <c r="C20" s="1">
+        <v>142.67768530000001</v>
+      </c>
+      <c r="D20" s="1">
+        <v>99.292471552999999</v>
+      </c>
+      <c r="E20" s="1">
+        <v>25.830549317999999</v>
+      </c>
+      <c r="F20" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="G20" s="1">
+        <v>511.27489435500001</v>
+      </c>
+      <c r="H20" s="1">
+        <v>144.00189126000001</v>
+      </c>
+      <c r="I20" s="1">
+        <v>49.480410153999998</v>
+      </c>
+      <c r="J20" s="1">
+        <v>8.9594148960000002</v>
+      </c>
+      <c r="K20" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="L20" s="1">
+        <v>542.42329471000005</v>
+      </c>
+      <c r="M20" s="1">
+        <v>116.376416451</v>
+      </c>
+      <c r="N20" s="1">
+        <v>46.541517663</v>
+      </c>
+      <c r="O20" s="1">
+        <v>8.3753818409999994</v>
+      </c>
+      <c r="P20" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="Q20" s="1">
+        <v>387.88143513199998</v>
+      </c>
+      <c r="R20" s="1">
+        <v>133.32936523399999</v>
+      </c>
+      <c r="S20" s="1">
+        <v>160.14285834500001</v>
+      </c>
+      <c r="T20" s="1">
+        <v>32.362951954000003</v>
+      </c>
+      <c r="U20" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="V20" s="1">
+        <v>379.36525412899999</v>
+      </c>
+      <c r="W20" s="1">
+        <v>165.06043420899999</v>
+      </c>
+      <c r="X20" s="1">
+        <v>141.46099735300001</v>
+      </c>
+      <c r="Y20" s="1">
+        <v>27.829924974000001</v>
+      </c>
+      <c r="Z20" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AA20" s="1">
+        <v>461.899597911</v>
+      </c>
+      <c r="AB20" s="1">
+        <v>192.63246505500001</v>
+      </c>
+      <c r="AC20" s="1">
+        <v>53.400778998999996</v>
+      </c>
+      <c r="AD20" s="1">
+        <v>5.7837686999999995</v>
+      </c>
+      <c r="AE20" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AF20" s="1">
+        <v>461.49592771099998</v>
+      </c>
+      <c r="AG20" s="1">
+        <v>181.28658244499999</v>
+      </c>
+      <c r="AH20" s="1">
+        <v>65.355001056000006</v>
+      </c>
+      <c r="AI20" s="1">
+        <v>5.5790994529999995</v>
+      </c>
+      <c r="AJ20" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AK20" s="1">
+        <v>401.36429552700002</v>
+      </c>
+      <c r="AL20" s="1">
+        <v>135.458396986</v>
+      </c>
+      <c r="AM20" s="1">
+        <v>137.194460088</v>
+      </c>
+      <c r="AN20" s="1">
+        <v>39.699458063999998</v>
+      </c>
+      <c r="AO20" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AP20" s="1">
+        <v>418.04946690999998</v>
+      </c>
+      <c r="AQ20" s="1">
+        <v>166.228418242</v>
+      </c>
+      <c r="AR20" s="1">
+        <v>109.855784832</v>
+      </c>
+      <c r="AS20" s="1">
+        <v>19.582940681</v>
+      </c>
+      <c r="AT20" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AU20" s="1">
+        <v>367.24607848400001</v>
+      </c>
+      <c r="AV20" s="1">
+        <v>113.753165405</v>
+      </c>
+      <c r="AW20" s="1">
+        <v>147.40699245900001</v>
+      </c>
+      <c r="AX20" s="1">
+        <v>85.310374316999997</v>
+      </c>
+      <c r="AY20" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AZ20" s="1">
+        <v>714.80947253099998</v>
+      </c>
+    </row>
+    <row r="21" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B21" s="1"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
+      <c r="F21" s="1"/>
+      <c r="G21" s="1"/>
+      <c r="H21" s="1"/>
+      <c r="I21" s="1"/>
+      <c r="J21" s="1"/>
+      <c r="K21" s="1"/>
+      <c r="L21" s="1"/>
+      <c r="M21" s="1"/>
+      <c r="N21" s="1"/>
+      <c r="O21" s="1"/>
+      <c r="P21" s="1"/>
+      <c r="Q21" s="1"/>
+      <c r="R21" s="1"/>
+      <c r="S21" s="1"/>
+      <c r="T21" s="1"/>
+      <c r="U21" s="1"/>
+      <c r="V21" s="1"/>
+      <c r="W21" s="1"/>
+      <c r="X21" s="1"/>
+      <c r="Y21" s="1"/>
+      <c r="Z21" s="1"/>
+      <c r="AA21" s="1"/>
+      <c r="AB21" s="1"/>
+      <c r="AC21" s="1"/>
+      <c r="AD21" s="1"/>
+      <c r="AE21" s="1"/>
+      <c r="AF21" s="1"/>
+      <c r="AG21" s="1"/>
+      <c r="AH21" s="1"/>
+      <c r="AI21" s="1"/>
+      <c r="AJ21" s="1"/>
+      <c r="AK21" s="1"/>
+      <c r="AL21" s="1"/>
+      <c r="AM21" s="1"/>
+      <c r="AN21" s="1"/>
+      <c r="AO21" s="1"/>
+      <c r="AP21" s="1"/>
+      <c r="AQ21" s="1"/>
+      <c r="AR21" s="1"/>
+      <c r="AS21" s="1"/>
+      <c r="AT21" s="1"/>
+      <c r="AU21" s="1"/>
+      <c r="AV21" s="1"/>
+      <c r="AW21" s="1"/>
+      <c r="AX21" s="1"/>
+      <c r="AY21" s="1"/>
+      <c r="AZ21" s="1"/>
+    </row>
+    <row r="22" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B22" s="1">
+        <v>1484.563132218</v>
+      </c>
+      <c r="C22" s="1">
+        <v>377.87216178799997</v>
+      </c>
+      <c r="D22" s="1">
+        <v>73.185512505000005</v>
+      </c>
+      <c r="E22" s="1">
+        <v>72.188528942999994</v>
+      </c>
+      <c r="F22" s="1"/>
+      <c r="G22" s="1">
+        <v>1608.7345668969999</v>
+      </c>
+      <c r="H22" s="1">
+        <v>136.937787937</v>
+      </c>
+      <c r="I22" s="1">
+        <v>204.71905841899999</v>
+      </c>
+      <c r="J22" s="1">
+        <v>57.417922200999996</v>
+      </c>
+      <c r="K22" s="1"/>
+      <c r="L22" s="1">
+        <v>1470.750413086</v>
+      </c>
+      <c r="M22" s="1">
+        <v>386.39150605600003</v>
+      </c>
+      <c r="N22" s="1">
+        <v>92.446857792999992</v>
+      </c>
+      <c r="O22" s="1">
+        <v>58.220558519000001</v>
+      </c>
+      <c r="P22" s="1"/>
+      <c r="Q22" s="1">
+        <v>1231.9990826779999</v>
+      </c>
+      <c r="R22" s="1">
+        <v>285.693483039</v>
+      </c>
+      <c r="S22" s="1">
+        <v>450.14222817000001</v>
+      </c>
+      <c r="T22" s="1">
+        <v>39.974541567000003</v>
+      </c>
+      <c r="U22" s="1"/>
+      <c r="V22" s="1">
+        <v>1293.133105954</v>
+      </c>
+      <c r="W22" s="1">
+        <v>439.69741030199998</v>
+      </c>
+      <c r="X22" s="1">
+        <v>132.69997420499999</v>
+      </c>
+      <c r="Y22" s="1">
+        <v>142.27884499300001</v>
+      </c>
+      <c r="Z22" s="1"/>
+      <c r="AA22" s="1">
+        <v>1413.8127112489999</v>
+      </c>
+      <c r="AB22" s="1">
+        <v>505.27255644299998</v>
+      </c>
+      <c r="AC22" s="1">
+        <v>82.772353068000001</v>
+      </c>
+      <c r="AD22" s="1">
+        <v>5.9517146939999996</v>
+      </c>
+      <c r="AE22" s="1"/>
+      <c r="AF22" s="1">
+        <v>1330.855414934</v>
+      </c>
+      <c r="AG22" s="1">
+        <v>567.32874616699996</v>
+      </c>
+      <c r="AH22" s="1">
+        <v>99.837844748999999</v>
+      </c>
+      <c r="AI22" s="1">
+        <v>9.787329604</v>
+      </c>
+      <c r="AJ22" s="1"/>
+      <c r="AK22" s="1">
+        <v>1185.6466484110001</v>
+      </c>
+      <c r="AL22" s="1">
+        <v>272.51676809899999</v>
+      </c>
+      <c r="AM22" s="1">
+        <v>519.89548094099996</v>
+      </c>
+      <c r="AN22" s="1">
+        <v>29.750438002999999</v>
+      </c>
+      <c r="AO22" s="1"/>
+      <c r="AP22" s="1">
+        <v>1121.387814578</v>
+      </c>
+      <c r="AQ22" s="1">
+        <v>440.11471761899998</v>
+      </c>
+      <c r="AR22" s="1">
+        <v>298.85230197499999</v>
+      </c>
+      <c r="AS22" s="1">
+        <v>147.454501282</v>
+      </c>
+      <c r="AT22" s="1"/>
+      <c r="AU22" s="1">
+        <v>1184.947525346</v>
+      </c>
+      <c r="AV22" s="1">
+        <v>158.079407616</v>
+      </c>
+      <c r="AW22" s="1">
+        <v>567.78469640800006</v>
+      </c>
+      <c r="AX22" s="1">
+        <v>96.997706084000001</v>
+      </c>
+      <c r="AY22" s="1"/>
+      <c r="AZ22" s="1">
+        <v>2007.8093354539999</v>
+      </c>
+    </row>
+    <row r="23" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B23" s="1">
+        <v>3219.3468700079998</v>
+      </c>
+      <c r="C23" s="1">
+        <v>776.33974397999998</v>
+      </c>
+      <c r="D23" s="1">
+        <v>513.84319452</v>
+      </c>
+      <c r="E23" s="1">
+        <v>405.99349662999998</v>
+      </c>
+      <c r="F23" s="1"/>
+      <c r="G23" s="1">
+        <v>3343.285334742</v>
+      </c>
+      <c r="H23" s="1">
+        <v>975.14559501400004</v>
+      </c>
+      <c r="I23" s="1">
+        <v>437.95376664600002</v>
+      </c>
+      <c r="J23" s="1">
+        <v>159.13860873600001</v>
+      </c>
+      <c r="K23" s="1"/>
+      <c r="L23" s="1">
+        <v>3640.141043691</v>
+      </c>
+      <c r="M23" s="1">
+        <v>752.22645326099996</v>
+      </c>
+      <c r="N23" s="1">
+        <v>442.17886826199998</v>
+      </c>
+      <c r="O23" s="1">
+        <v>80.976939923999993</v>
+      </c>
+      <c r="P23" s="1"/>
+      <c r="Q23" s="1">
+        <v>2800.0187119100001</v>
+      </c>
+      <c r="R23" s="1">
+        <v>548.52154239799995</v>
+      </c>
+      <c r="S23" s="1">
+        <v>1058.9637609470001</v>
+      </c>
+      <c r="T23" s="1">
+        <v>508.019289883</v>
+      </c>
+      <c r="U23" s="1"/>
+      <c r="V23" s="1">
+        <v>2698.0676583179998</v>
+      </c>
+      <c r="W23" s="1">
+        <v>802.46225274400001</v>
+      </c>
+      <c r="X23" s="1">
+        <v>1166.491485839</v>
+      </c>
+      <c r="Y23" s="1">
+        <v>248.50190823700001</v>
+      </c>
+      <c r="Z23" s="1"/>
+      <c r="AA23" s="1">
+        <v>3160.8937165030002</v>
+      </c>
+      <c r="AB23" s="1">
+        <v>1062.7360276540001</v>
+      </c>
+      <c r="AC23" s="1">
+        <v>686.73638133700001</v>
+      </c>
+      <c r="AD23" s="1">
+        <v>5.1571796440000002</v>
+      </c>
+      <c r="AE23" s="1"/>
+      <c r="AF23" s="1">
+        <v>3270.695811088</v>
+      </c>
+      <c r="AG23" s="1">
+        <v>809.24821176499995</v>
+      </c>
+      <c r="AH23" s="1">
+        <v>825.94023515200001</v>
+      </c>
+      <c r="AI23" s="1">
+        <v>9.639047133</v>
+      </c>
+      <c r="AJ23" s="1"/>
+      <c r="AK23" s="1">
+        <v>2659.4280808220001</v>
+      </c>
+      <c r="AL23" s="1">
+        <v>691.39064481799994</v>
+      </c>
+      <c r="AM23" s="1">
+        <v>1217.526917681</v>
+      </c>
+      <c r="AN23" s="1">
+        <v>347.177661817</v>
+      </c>
+      <c r="AO23" s="1"/>
+      <c r="AP23" s="1">
+        <v>2549.251260643</v>
+      </c>
+      <c r="AQ23" s="1">
+        <v>898.46787572100004</v>
+      </c>
+      <c r="AR23" s="1">
+        <v>1166.6102557439999</v>
+      </c>
+      <c r="AS23" s="1">
+        <v>301.19391302999998</v>
+      </c>
+      <c r="AT23" s="1"/>
+      <c r="AU23" s="1">
+        <v>2619.2407483510001</v>
+      </c>
+      <c r="AV23" s="1">
+        <v>554.47242743200002</v>
+      </c>
+      <c r="AW23" s="1">
+        <v>1163.880437454</v>
+      </c>
+      <c r="AX23" s="1">
+        <v>577.92969190099996</v>
+      </c>
+      <c r="AY23" s="1"/>
+      <c r="AZ23" s="1">
+        <v>4915.5233051380001</v>
+      </c>
+    </row>
+    <row r="24" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="1">
+        <v>3141.2632274440002</v>
+      </c>
+      <c r="C24" s="1">
+        <v>546.29662274400005</v>
+      </c>
+      <c r="D24" s="1">
+        <v>584.85325676100001</v>
+      </c>
+      <c r="E24" s="1">
+        <v>82.997840121999999</v>
+      </c>
+      <c r="F24" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="G24" s="1">
+        <v>3129.526316125</v>
+      </c>
+      <c r="H24" s="1">
+        <v>797.72600975099999</v>
+      </c>
+      <c r="I24" s="1">
+        <v>391.94893350299998</v>
+      </c>
+      <c r="J24" s="1">
+        <v>36.209687692000003</v>
+      </c>
+      <c r="K24" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="L24" s="1">
+        <v>3274.0487979889999</v>
+      </c>
+      <c r="M24" s="1">
+        <v>588.66135108200001</v>
+      </c>
+      <c r="N24" s="1">
+        <v>472.45851424899996</v>
+      </c>
+      <c r="O24" s="1">
+        <v>20.242283750999999</v>
+      </c>
+      <c r="P24" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="Q24" s="1">
+        <v>2811.5259079080001</v>
+      </c>
+      <c r="R24" s="1">
+        <v>559.63326859799997</v>
+      </c>
+      <c r="S24" s="1">
+        <v>766.34928702699995</v>
+      </c>
+      <c r="T24" s="1">
+        <v>217.90248353799998</v>
+      </c>
+      <c r="U24" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="V24" s="1">
+        <v>2684.718772919</v>
+      </c>
+      <c r="W24" s="1">
+        <v>734.74559202900002</v>
+      </c>
+      <c r="X24" s="1">
+        <v>821.51454832499996</v>
+      </c>
+      <c r="Y24" s="1">
+        <v>114.43203379799999</v>
+      </c>
+      <c r="Z24" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AA24" s="1">
+        <v>3006.4641064570001</v>
+      </c>
+      <c r="AB24" s="1">
+        <v>988.90989627900001</v>
+      </c>
+      <c r="AC24" s="1">
+        <v>349.44481204599998</v>
+      </c>
+      <c r="AD24" s="1">
+        <v>10.592132289</v>
+      </c>
+      <c r="AE24" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AF24" s="1">
+        <v>3069.4236850530001</v>
+      </c>
+      <c r="AG24" s="1">
+        <v>1010.501772943</v>
+      </c>
+      <c r="AH24" s="1">
+        <v>260.10790982599997</v>
+      </c>
+      <c r="AI24" s="1">
+        <v>15.377579249</v>
+      </c>
+      <c r="AJ24" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AK24" s="1">
+        <v>2654.1687994200001</v>
+      </c>
+      <c r="AL24" s="1">
+        <v>682.44625291600005</v>
+      </c>
+      <c r="AM24" s="1">
+        <v>854.962027014</v>
+      </c>
+      <c r="AN24" s="1">
+        <v>163.83386772099999</v>
+      </c>
+      <c r="AO24" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AP24" s="1">
+        <v>2796.3169918799999</v>
+      </c>
+      <c r="AQ24" s="1">
+        <v>1135.90523897</v>
+      </c>
+      <c r="AR24" s="1">
+        <v>339.35784270300002</v>
+      </c>
+      <c r="AS24" s="1">
+        <v>83.83087351799999</v>
+      </c>
+      <c r="AT24" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AU24" s="1">
+        <v>2442.5413127050001</v>
+      </c>
+      <c r="AV24" s="1">
+        <v>643.33685193999997</v>
+      </c>
+      <c r="AW24" s="1">
+        <v>955.00420744300004</v>
+      </c>
+      <c r="AX24" s="1">
+        <v>314.528574983</v>
+      </c>
+      <c r="AY24" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AZ24" s="1">
+        <v>4356.503808937</v>
+      </c>
+    </row>
+    <row r="25" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" s="1">
+        <v>5468.387561693</v>
+      </c>
+      <c r="C25" s="1">
+        <v>389.89113863599999</v>
+      </c>
+      <c r="D25" s="1">
+        <v>1400.445857484</v>
+      </c>
+      <c r="E25" s="1">
+        <v>489.655195822</v>
+      </c>
+      <c r="F25" s="1"/>
+      <c r="G25" s="1">
+        <v>5895.1251050450001</v>
+      </c>
+      <c r="H25" s="1">
+        <v>714.14169376699999</v>
+      </c>
+      <c r="I25" s="1">
+        <v>731.69986325399998</v>
+      </c>
+      <c r="J25" s="1">
+        <v>407.41309156900002</v>
+      </c>
+      <c r="K25" s="1"/>
+      <c r="L25" s="1">
+        <v>6173.4646561019999</v>
+      </c>
+      <c r="M25" s="1">
+        <v>463.17471512999998</v>
+      </c>
+      <c r="N25" s="1">
+        <v>804.65634022400002</v>
+      </c>
+      <c r="O25" s="1">
+        <v>307.08404217899999</v>
+      </c>
+      <c r="P25" s="1"/>
+      <c r="Q25" s="1">
+        <v>4546.0900464599999</v>
+      </c>
+      <c r="R25" s="1">
+        <v>777.5831551</v>
+      </c>
+      <c r="S25" s="1">
+        <v>1916.2611258229999</v>
+      </c>
+      <c r="T25" s="1">
+        <v>508.445426252</v>
+      </c>
+      <c r="U25" s="1"/>
+      <c r="V25" s="1">
+        <v>4624.6736564459998</v>
+      </c>
+      <c r="W25" s="1">
+        <v>902.95411177599999</v>
+      </c>
+      <c r="X25" s="1">
+        <v>1479.637775701</v>
+      </c>
+      <c r="Y25" s="1">
+        <v>741.11420971200005</v>
+      </c>
+      <c r="Z25" s="1"/>
+      <c r="AA25" s="1">
+        <v>4899.4720504699999</v>
+      </c>
+      <c r="AB25" s="1">
+        <v>1701.9771758310001</v>
+      </c>
+      <c r="AC25" s="1">
+        <v>818.41822991399999</v>
+      </c>
+      <c r="AD25" s="1">
+        <v>328.51229741999998</v>
+      </c>
+      <c r="AE25" s="1"/>
+      <c r="AF25" s="1">
+        <v>4923.3414919340003</v>
+      </c>
+      <c r="AG25" s="1">
+        <v>1724.240459183</v>
+      </c>
+      <c r="AH25" s="1">
+        <v>904.58533078999994</v>
+      </c>
+      <c r="AI25" s="1">
+        <v>196.212471728</v>
+      </c>
+      <c r="AJ25" s="1"/>
+      <c r="AK25" s="1">
+        <v>4577.7789458790003</v>
+      </c>
+      <c r="AL25" s="1">
+        <v>727.46357590799994</v>
+      </c>
+      <c r="AM25" s="1">
+        <v>1772.532653212</v>
+      </c>
+      <c r="AN25" s="1">
+        <v>670.60457863599993</v>
+      </c>
+      <c r="AO25" s="1"/>
+      <c r="AP25" s="1">
+        <v>4999.7214453420002</v>
+      </c>
+      <c r="AQ25" s="1">
+        <v>995.56256949600004</v>
+      </c>
+      <c r="AR25" s="1">
+        <v>1429.0102324500001</v>
+      </c>
+      <c r="AS25" s="1">
+        <v>324.08550634700003</v>
+      </c>
+      <c r="AT25" s="1"/>
+      <c r="AU25" s="1">
+        <v>4431.1837391059998</v>
+      </c>
+      <c r="AV25" s="1">
+        <v>1183.9935853659999</v>
+      </c>
+      <c r="AW25" s="1">
+        <v>1420.7933835690001</v>
+      </c>
+      <c r="AX25" s="1">
+        <v>712.40904559399996</v>
+      </c>
+      <c r="AY25" s="1"/>
+      <c r="AZ25" s="1">
+        <v>7748.3797536350003</v>
+      </c>
+    </row>
+    <row r="26" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" s="1">
+        <v>1362.8632454139999</v>
+      </c>
+      <c r="C26" s="1">
+        <v>404.21345653700001</v>
+      </c>
+      <c r="D26" s="1">
+        <v>191.878571771</v>
+      </c>
+      <c r="E26" s="1">
+        <v>239.664145658</v>
+      </c>
+      <c r="F26" s="1"/>
+      <c r="G26" s="1">
+        <v>1346.315951459</v>
+      </c>
+      <c r="H26" s="1">
+        <v>439.23155508500002</v>
+      </c>
+      <c r="I26" s="1">
+        <v>292.761179422</v>
+      </c>
+      <c r="J26" s="1">
+        <v>120.310733414</v>
+      </c>
+      <c r="K26" s="1"/>
+      <c r="L26" s="1">
+        <v>1582.227493524</v>
+      </c>
+      <c r="M26" s="1">
+        <v>262.63792163099998</v>
+      </c>
+      <c r="N26" s="1">
+        <v>227.34445388700001</v>
+      </c>
+      <c r="O26" s="1">
+        <v>126.40955033799999</v>
+      </c>
+      <c r="P26" s="1"/>
+      <c r="Q26" s="1">
+        <v>1245.2260176340001</v>
+      </c>
+      <c r="R26" s="1">
+        <v>350.56854659300001</v>
+      </c>
+      <c r="S26" s="1">
+        <v>427.00507516900001</v>
+      </c>
+      <c r="T26" s="1">
+        <v>175.81977998400001</v>
+      </c>
+      <c r="U26" s="1"/>
+      <c r="V26" s="1">
+        <v>1136.139493273</v>
+      </c>
+      <c r="W26" s="1">
+        <v>458.65417703700001</v>
+      </c>
+      <c r="X26" s="1">
+        <v>523.41500901899997</v>
+      </c>
+      <c r="Y26" s="1">
+        <v>80.410740051000005</v>
+      </c>
+      <c r="Z26" s="1"/>
+      <c r="AA26" s="1">
+        <v>1314.963026292</v>
+      </c>
+      <c r="AB26" s="1">
+        <v>630.23530228900006</v>
+      </c>
+      <c r="AC26" s="1">
+        <v>240.51336801799999</v>
+      </c>
+      <c r="AD26" s="1">
+        <v>12.907722781</v>
+      </c>
+      <c r="AE26" s="1"/>
+      <c r="AF26" s="1">
+        <v>1334.465795862</v>
+      </c>
+      <c r="AG26" s="1">
+        <v>609.14246980400003</v>
+      </c>
+      <c r="AH26" s="1">
+        <v>252.29215920999999</v>
+      </c>
+      <c r="AI26" s="1">
+        <v>2.7189945040000003</v>
+      </c>
+      <c r="AJ26" s="1"/>
+      <c r="AK26" s="1">
+        <v>1189.1047523560001</v>
+      </c>
+      <c r="AL26" s="1">
+        <v>314.300026731</v>
+      </c>
+      <c r="AM26" s="1">
+        <v>644.21018188200003</v>
+      </c>
+      <c r="AN26" s="1">
+        <v>51.004458410999995</v>
+      </c>
+      <c r="AO26" s="1"/>
+      <c r="AP26" s="1">
+        <v>1311.778802173</v>
+      </c>
+      <c r="AQ26" s="1">
+        <v>429.28633885400001</v>
+      </c>
+      <c r="AR26" s="1">
+        <v>340.57295167699999</v>
+      </c>
+      <c r="AS26" s="1">
+        <v>116.98132667600001</v>
+      </c>
+      <c r="AT26" s="1"/>
+      <c r="AU26" s="1">
+        <v>1228.9976270899999</v>
+      </c>
+      <c r="AV26" s="1">
+        <v>164.56065257399999</v>
+      </c>
+      <c r="AW26" s="1">
+        <v>679.71351034600002</v>
+      </c>
+      <c r="AX26" s="1">
+        <v>125.34762937000001</v>
+      </c>
+      <c r="AY26" s="1"/>
+      <c r="AZ26" s="1">
+        <v>2198.6194193800002</v>
+      </c>
+    </row>
+    <row r="27" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" s="1">
+        <v>14676.424036777</v>
+      </c>
+      <c r="C27" s="1">
+        <v>2494.6131236850001</v>
+      </c>
+      <c r="D27" s="1">
+        <v>2764.206393041</v>
+      </c>
+      <c r="E27" s="1">
+        <v>1290.499207175</v>
+      </c>
+      <c r="F27" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="G27" s="1">
+        <v>15322.987274268</v>
+      </c>
+      <c r="H27" s="1">
+        <v>3063.1826415539999</v>
+      </c>
+      <c r="I27" s="1">
+        <v>2059.0828012440002</v>
+      </c>
+      <c r="J27" s="1">
+        <v>780.49004361200002</v>
+      </c>
+      <c r="K27" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="L27" s="1">
+        <v>16140.632404391999</v>
+      </c>
+      <c r="M27" s="1">
+        <v>2453.09194716</v>
+      </c>
+      <c r="N27" s="1">
+        <v>2039.0850344149999</v>
+      </c>
+      <c r="O27" s="1">
+        <v>592.93337471099994</v>
+      </c>
+      <c r="P27" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="Q27" s="1">
+        <v>12634.85976659</v>
+      </c>
+      <c r="R27" s="1">
+        <v>2521.9999957280002</v>
+      </c>
+      <c r="S27" s="1">
+        <v>4618.7214771359995</v>
+      </c>
+      <c r="T27" s="1">
+        <v>1450.1615212239999</v>
+      </c>
+      <c r="U27" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="V27" s="1">
+        <v>12436.73268691</v>
+      </c>
+      <c r="W27" s="1">
+        <v>3338.5135438880002</v>
+      </c>
+      <c r="X27" s="1">
+        <v>4123.7587930890004</v>
+      </c>
+      <c r="Y27" s="1">
+        <v>1326.7377367910001</v>
+      </c>
+      <c r="Z27" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AA27" s="1">
+        <v>13795.605610971001</v>
+      </c>
+      <c r="AB27" s="1">
+        <v>4889.1309584959999</v>
+      </c>
+      <c r="AC27" s="1">
+        <v>2177.8851443829999</v>
+      </c>
+      <c r="AD27" s="1">
+        <v>363.12104682799998</v>
+      </c>
+      <c r="AE27" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AF27" s="1">
+        <v>13928.782198871</v>
+      </c>
+      <c r="AG27" s="1">
+        <v>4720.4616598619996</v>
+      </c>
+      <c r="AH27" s="1">
+        <v>2342.7634797269998</v>
+      </c>
+      <c r="AI27" s="1">
+        <v>233.735422218</v>
+      </c>
+      <c r="AJ27" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AK27" s="1">
+        <v>12266.127226888</v>
+      </c>
+      <c r="AL27" s="1">
+        <v>2688.117268472</v>
+      </c>
+      <c r="AM27" s="1">
+        <v>5009.1272607299998</v>
+      </c>
+      <c r="AN27" s="1">
+        <v>1262.371004588</v>
+      </c>
+      <c r="AO27" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AP27" s="1">
+        <v>12778.456314616</v>
+      </c>
+      <c r="AQ27" s="1">
+        <v>3899.33674066</v>
+      </c>
+      <c r="AR27" s="1">
+        <v>3574.4035845489998</v>
+      </c>
+      <c r="AS27" s="1">
+        <v>973.54612085300005</v>
+      </c>
+      <c r="AT27" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AU27" s="1">
+        <v>11906.910952598</v>
+      </c>
+      <c r="AV27" s="1">
+        <v>2704.4429249280001</v>
+      </c>
+      <c r="AW27" s="1">
+        <v>4787.1762352200003</v>
+      </c>
+      <c r="AX27" s="1">
+        <v>1827.212647932</v>
+      </c>
+      <c r="AY27" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AZ27" s="1">
+        <v>21226.835622544</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:H27"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="D37" sqref="D37"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="45.85546875" customWidth="1"/>
+    <col min="2" max="2" width="35.140625" customWidth="1"/>
+    <col min="3" max="3" width="33" customWidth="1"/>
+    <col min="4" max="4" width="64.42578125" customWidth="1"/>
+    <col min="5" max="5" width="41.42578125" customWidth="1"/>
+    <col min="6" max="6" width="48.42578125" customWidth="1"/>
+    <col min="7" max="7" width="38.42578125" customWidth="1"/>
+    <col min="8" max="8" width="24.42578125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" s="1">
+        <v>2057000.9802101471</v>
+      </c>
+      <c r="C3" s="1">
+        <v>641396.82694706996</v>
+      </c>
+      <c r="D3" s="1">
+        <v>2141355.2282216591</v>
+      </c>
+      <c r="E3" s="1">
+        <v>6320535.2387384772</v>
+      </c>
+      <c r="F3" s="1">
+        <v>28282.997091546</v>
+      </c>
+      <c r="G3" s="1">
+        <v>212956.16325447601</v>
+      </c>
+      <c r="H3" s="1">
+        <v>11311186.399368975</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" s="1">
+        <v>11165.716211579</v>
+      </c>
+      <c r="C4" s="1">
+        <v>1362.8879563150001</v>
+      </c>
+      <c r="D4" s="1">
+        <v>24394.902277271998</v>
+      </c>
+      <c r="E4" s="1">
+        <v>1214.0647214999999</v>
+      </c>
+      <c r="F4" s="1">
+        <v>1036.7512110099999</v>
+      </c>
+      <c r="G4" s="1">
+        <v>2212.5065773749998</v>
+      </c>
+      <c r="H4" s="1">
+        <v>41386.828955051002</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" s="1">
+        <v>974829.67342795897</v>
+      </c>
+      <c r="C5" s="1">
+        <v>781367.759975972</v>
+      </c>
+      <c r="D5" s="1">
+        <v>341383.54897039803</v>
+      </c>
+      <c r="E5" s="1">
+        <v>53939.440813310997</v>
+      </c>
+      <c r="F5" s="1">
+        <v>3074.199727915</v>
+      </c>
+      <c r="G5" s="1">
+        <v>379835.54332020902</v>
+      </c>
+      <c r="H5" s="1">
+        <v>2534430.166235764</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" s="1">
+        <v>7825.5368637800002</v>
+      </c>
+      <c r="C6" s="1">
+        <v>2100.8748923399999</v>
+      </c>
+      <c r="D6" s="1">
+        <v>66452.099834819994</v>
+      </c>
+      <c r="E6" s="1">
+        <v>52.871722349999999</v>
+      </c>
+      <c r="F6" s="1">
+        <v>820.15088400000002</v>
+      </c>
+      <c r="G6" s="1">
+        <v>3327.455747168</v>
+      </c>
+      <c r="H6" s="1">
+        <v>80578.989944457993</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" s="1">
+        <v>9383.0351706999991</v>
+      </c>
+      <c r="C7" s="1">
+        <v>9484.8110885499991</v>
+      </c>
+      <c r="D7" s="1">
+        <v>15904.044704899999</v>
+      </c>
+      <c r="E7" s="1">
+        <v>5172.0836520000003</v>
+      </c>
+      <c r="F7" s="1">
+        <v>3885.827757</v>
+      </c>
+      <c r="G7" s="1">
+        <v>6468.4870740000006</v>
+      </c>
+      <c r="H7" s="1">
+        <v>50298.289447150004</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" s="1">
+        <v>2223008.3879891578</v>
+      </c>
+      <c r="C8" s="1">
+        <v>302278.987230648</v>
+      </c>
+      <c r="D8" s="1">
+        <v>744518.42901023105</v>
+      </c>
+      <c r="E8" s="1">
+        <v>1250.480995353</v>
+      </c>
+      <c r="F8" s="1">
+        <v>6814.0790738750002</v>
+      </c>
+      <c r="G8" s="1">
+        <v>85123.309056030004</v>
+      </c>
+      <c r="H8" s="1">
+        <v>3362993.6733552949</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" s="1">
+        <v>1370764.038949105</v>
+      </c>
+      <c r="C9" s="1">
+        <v>166239.75740481299</v>
+      </c>
+      <c r="D9" s="1">
+        <v>173353.673963679</v>
+      </c>
+      <c r="E9" s="1">
+        <v>2114.9112665590001</v>
+      </c>
+      <c r="F9" s="1">
+        <v>33363.932639904</v>
+      </c>
+      <c r="G9" s="1">
+        <v>59911.927252916001</v>
+      </c>
+      <c r="H9" s="1">
+        <v>1805748.2414769761</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" s="1">
+        <v>2007031.2903726259</v>
+      </c>
+      <c r="C10" s="1">
+        <v>299878.65428078902</v>
+      </c>
+      <c r="D10" s="1">
+        <v>361188.778588972</v>
+      </c>
+      <c r="E10" s="1">
+        <v>59715.242764524999</v>
+      </c>
+      <c r="F10" s="1">
+        <v>32848.841716073002</v>
+      </c>
+      <c r="G10" s="1">
+        <v>1027460.3539513891</v>
+      </c>
+      <c r="H10" s="1">
+        <v>3788123.1616743738</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" s="1">
+        <v>219096.87060357901</v>
+      </c>
+      <c r="C11" s="1">
+        <v>182380.36581558301</v>
+      </c>
+      <c r="D11" s="1">
+        <v>268452.46951855102</v>
+      </c>
+      <c r="E11" s="1">
+        <v>14402.45599185</v>
+      </c>
+      <c r="F11" s="1">
+        <v>13126.242923670001</v>
+      </c>
+      <c r="G11" s="1">
+        <v>79746.820126489998</v>
+      </c>
+      <c r="H11" s="1">
+        <v>1297205.2249797231</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+      <c r="G12" s="1"/>
+      <c r="H12" s="1"/>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" s="1">
+        <v>432284.23564415501</v>
+      </c>
+      <c r="C13" s="1">
+        <v>84791.240389964005</v>
+      </c>
+      <c r="D13" s="1">
+        <v>524070.21317427</v>
+      </c>
+      <c r="E13" s="1">
+        <v>30036.855630785001</v>
+      </c>
+      <c r="F13" s="1">
+        <v>7138.8006730039997</v>
+      </c>
+      <c r="G13" s="1">
+        <v>59666.177354296</v>
+      </c>
+      <c r="H13" s="1">
+        <v>1137987.522866474</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="1">
+        <v>188589.31960857101</v>
+      </c>
+      <c r="C14" s="1">
+        <v>38121.820833534002</v>
+      </c>
+      <c r="D14" s="1">
+        <v>190413.657863878</v>
+      </c>
+      <c r="E14" s="1">
+        <v>8511.7135012460003</v>
+      </c>
+      <c r="F14" s="1">
+        <v>7661.5242264899998</v>
+      </c>
+      <c r="G14" s="1">
+        <v>21963.592809139998</v>
+      </c>
+      <c r="H14" s="1">
+        <v>454920.59374845901</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" s="1">
+        <v>1436127.4249574209</v>
+      </c>
+      <c r="C15" s="1">
+        <v>518483.765723572</v>
+      </c>
+      <c r="D15" s="1">
+        <v>1426871.3571835111</v>
+      </c>
+      <c r="E15" s="1">
+        <v>6281986.6696064463</v>
+      </c>
+      <c r="F15" s="1">
+        <v>13482.672192051999</v>
+      </c>
+      <c r="G15" s="1">
+        <v>131326.39309103999</v>
+      </c>
+      <c r="H15" s="1">
+        <v>9718278.2827540413</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" s="1"/>
+      <c r="C16" s="1"/>
+      <c r="D16" s="1"/>
+      <c r="E16" s="1"/>
+      <c r="F16" s="1"/>
+      <c r="G16" s="1"/>
+      <c r="H16" s="1"/>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" s="1">
+        <v>133680.72635499199</v>
+      </c>
+      <c r="C17" s="1">
+        <v>33913.449207176003</v>
+      </c>
+      <c r="D17" s="1">
+        <v>38088.164237532001</v>
+      </c>
+      <c r="E17" s="1">
+        <v>5474.0710668189995</v>
+      </c>
+      <c r="F17" s="1">
+        <v>8895.2344292569996</v>
+      </c>
+      <c r="G17" s="1">
+        <v>27249.413195507001</v>
+      </c>
+      <c r="H17" s="1">
+        <v>247301.05849128298</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B18" s="1">
+        <v>2930359.4668381978</v>
+      </c>
+      <c r="C18" s="1">
+        <v>885194.77160753193</v>
+      </c>
+      <c r="D18" s="1">
+        <v>1806401.0894887249</v>
+      </c>
+      <c r="E18" s="1">
+        <v>122134.596612469</v>
+      </c>
+      <c r="F18" s="1">
+        <v>19475.431882645</v>
+      </c>
+      <c r="G18" s="1">
+        <v>1192371.685899595</v>
+      </c>
+      <c r="H18" s="1">
+        <v>6955937.0423291642</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B19" s="1">
+        <v>1503096.567017925</v>
+      </c>
+      <c r="C19" s="1">
+        <v>387947.69808647101</v>
+      </c>
+      <c r="D19" s="1">
+        <v>1175055.3770031519</v>
+      </c>
+      <c r="E19" s="1">
+        <v>129996.482332634</v>
+      </c>
+      <c r="F19" s="1">
+        <v>42306.863826836998</v>
+      </c>
+      <c r="G19" s="1">
+        <v>184034.313445384</v>
+      </c>
+      <c r="H19" s="1">
+        <v>3422096.2666180031</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B20" s="1">
+        <v>4312968.7695875177</v>
+      </c>
+      <c r="C20" s="1">
+        <v>1079435.006690901</v>
+      </c>
+      <c r="D20" s="1">
+        <v>1117458.5443610731</v>
+      </c>
+      <c r="E20" s="1">
+        <v>6200791.6406540032</v>
+      </c>
+      <c r="F20" s="1">
+        <v>52575.492886253996</v>
+      </c>
+      <c r="G20" s="1">
+        <v>453387.153819567</v>
+      </c>
+      <c r="H20" s="1">
+        <v>13646616.607999315</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B21" s="1"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
+      <c r="F21" s="1"/>
+      <c r="G21" s="1"/>
+      <c r="H21" s="1"/>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B22" s="1">
+        <v>127756.47120633301</v>
+      </c>
+      <c r="C22" s="1">
+        <v>70929.791801066996</v>
+      </c>
+      <c r="D22" s="1">
+        <v>97687.663139297001</v>
+      </c>
+      <c r="E22" s="1">
+        <v>16327.596572105</v>
+      </c>
+      <c r="F22" s="1">
+        <v>5910.9164059129998</v>
+      </c>
+      <c r="G22" s="1">
+        <v>22960.226088911</v>
+      </c>
+      <c r="H22" s="1">
+        <v>341572.66521362599</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B23" s="1">
+        <v>2128152.688469422</v>
+      </c>
+      <c r="C23" s="1">
+        <v>879383.46858272003</v>
+      </c>
+      <c r="D23" s="1">
+        <v>2255828.6292080432</v>
+      </c>
+      <c r="E23" s="1">
+        <v>86854.206765666997</v>
+      </c>
+      <c r="F23" s="1">
+        <v>15277.572813174</v>
+      </c>
+      <c r="G23" s="1">
+        <v>210115.29015617102</v>
+      </c>
+      <c r="H23" s="1">
+        <v>5485270.8209007969</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="1">
+        <v>835195.36800440901</v>
+      </c>
+      <c r="C24" s="1">
+        <v>246141.992281118</v>
+      </c>
+      <c r="D24" s="1">
+        <v>433604.728325909</v>
+      </c>
+      <c r="E24" s="1">
+        <v>41674.646715520001</v>
+      </c>
+      <c r="F24" s="1">
+        <v>20452.338435040001</v>
+      </c>
+      <c r="G24" s="1">
+        <v>172415.59666521099</v>
+      </c>
+      <c r="H24" s="1">
+        <v>1749484.6704272069</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" s="1">
+        <v>5565167.4537640652</v>
+      </c>
+      <c r="C25" s="1">
+        <v>1160079.7341059251</v>
+      </c>
+      <c r="D25" s="1">
+        <v>1235892.712142786</v>
+      </c>
+      <c r="E25" s="1">
+        <v>6287235.115483474</v>
+      </c>
+      <c r="F25" s="1">
+        <v>73698.283746262998</v>
+      </c>
+      <c r="G25" s="1">
+        <v>1427600.1259012471</v>
+      </c>
+      <c r="H25" s="1">
+        <v>16269673.42514376</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" s="1">
+        <v>223833.54835440399</v>
+      </c>
+      <c r="C26" s="1">
+        <v>29955.938821250002</v>
+      </c>
+      <c r="D26" s="1">
+        <v>113989.44227444701</v>
+      </c>
+      <c r="E26" s="1">
+        <v>26305.225129159</v>
+      </c>
+      <c r="F26" s="1">
+        <v>7913.9116246029998</v>
+      </c>
+      <c r="G26" s="1">
+        <v>23951.327548513</v>
+      </c>
+      <c r="H26" s="1">
+        <v>425949.39375237603</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" s="1">
+        <v>8880105.5297986325</v>
+      </c>
+      <c r="C27" s="1">
+        <v>2386490.9255920798</v>
+      </c>
+      <c r="D27" s="1">
+        <v>4137003.175090482</v>
+      </c>
+      <c r="E27" s="1">
+        <v>6458396.7906659245</v>
+      </c>
+      <c r="F27" s="1">
+        <v>123253.023024993</v>
+      </c>
+      <c r="G27" s="1">
+        <v>1857042.5663600531</v>
+      </c>
+      <c r="H27" s="1">
+        <v>24271950.975437768</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:E27"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B28" sqref="B28"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="61.28515625" customWidth="1"/>
+    <col min="2" max="2" width="57.28515625" customWidth="1"/>
+    <col min="3" max="3" width="37.5703125" customWidth="1"/>
+    <col min="4" max="4" width="39.28515625" customWidth="1"/>
+    <col min="5" max="5" width="19.42578125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" s="1">
+        <v>250.23908960399999</v>
+      </c>
+      <c r="C3" s="1">
+        <v>452.69504027400001</v>
+      </c>
+      <c r="D3" s="1">
+        <v>527.44785120200004</v>
+      </c>
+      <c r="E3" s="1">
+        <v>3116.0551657310002</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" s="1">
+        <v>7.6044977600000001</v>
+      </c>
+      <c r="C4" s="1">
+        <v>8.7541934920000006</v>
+      </c>
+      <c r="D4" s="1">
+        <v>31.586705969</v>
+      </c>
+      <c r="E4" s="1">
+        <v>3027.0213645989998</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" s="1">
+        <v>56.596480450999998</v>
+      </c>
+      <c r="C5" s="1">
+        <v>34.540807448000002</v>
+      </c>
+      <c r="D5" s="1">
+        <v>350.408087636</v>
+      </c>
+      <c r="E5" s="1">
+        <v>4905.9442545089996</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" s="1">
+        <v>7.4570452180000002</v>
+      </c>
+      <c r="C6" s="1">
+        <v>5.6647658229999998</v>
+      </c>
+      <c r="D6" s="1">
+        <v>11.925926523999999</v>
+      </c>
+      <c r="E6" s="1">
+        <v>1292.80832207</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" s="1">
+        <v>130.25699635400002</v>
+      </c>
+      <c r="C7" s="1">
+        <v>129.97859310000001</v>
+      </c>
+      <c r="D7" s="1">
+        <v>262.43933497900002</v>
+      </c>
+      <c r="E7" s="1">
+        <v>1444.8253375680001</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" s="1">
+        <v>23.650948481</v>
+      </c>
+      <c r="C8" s="1">
+        <v>28.53636418</v>
+      </c>
+      <c r="D8" s="1">
+        <v>65.455114797999997</v>
+      </c>
+      <c r="E8" s="1">
+        <v>1564.3696541300001</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" s="1">
+        <v>37.781276560999999</v>
+      </c>
+      <c r="C9" s="1">
+        <v>35.525168663999999</v>
+      </c>
+      <c r="D9" s="1">
+        <v>86.283701045000001</v>
+      </c>
+      <c r="E9" s="1">
+        <v>438.07604761499999</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" s="1">
+        <v>203.75110358399999</v>
+      </c>
+      <c r="C10" s="1">
+        <v>390.81829117400002</v>
+      </c>
+      <c r="D10" s="1">
+        <v>390.57091157999997</v>
+      </c>
+      <c r="E10" s="1">
+        <v>3744.291034286</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" s="1">
+        <v>46.606649973000003</v>
+      </c>
+      <c r="C11" s="1">
+        <v>139.05951264399999</v>
+      </c>
+      <c r="D11" s="1">
+        <v>92.354366091000003</v>
+      </c>
+      <c r="E11" s="1">
+        <v>1693.4444420360001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" s="1">
+        <v>71.631749619000004</v>
+      </c>
+      <c r="C13" s="1">
+        <v>142.69308789900001</v>
+      </c>
+      <c r="D13" s="1">
+        <v>123.54871354400001</v>
+      </c>
+      <c r="E13" s="1">
+        <v>1085.8211689950001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="1">
+        <v>44.018258825000004</v>
+      </c>
+      <c r="C14" s="1">
+        <v>104.792092017</v>
+      </c>
+      <c r="D14" s="1">
+        <v>165.09669542399999</v>
+      </c>
+      <c r="E14" s="1">
+        <v>943.50451545399994</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" s="1">
+        <v>134.58908116000001</v>
+      </c>
+      <c r="C15" s="1">
+        <v>205.20986035800001</v>
+      </c>
+      <c r="D15" s="1">
+        <v>238.80244223400001</v>
+      </c>
+      <c r="E15" s="1">
+        <v>1086.7294812820001</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" s="1"/>
+      <c r="C16" s="1"/>
+      <c r="D16" s="1"/>
+      <c r="E16" s="1"/>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" s="1">
+        <v>83.680267927000003</v>
+      </c>
+      <c r="C17" s="1">
+        <v>191.409820067</v>
+      </c>
+      <c r="D17" s="1">
+        <v>203.27540340100001</v>
+      </c>
+      <c r="E17" s="1">
+        <v>720.85733234099996</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B18" s="1">
+        <v>322.96499771200001</v>
+      </c>
+      <c r="C18" s="1">
+        <v>603.80554809199998</v>
+      </c>
+      <c r="D18" s="1">
+        <v>1051.5425562099999</v>
+      </c>
+      <c r="E18" s="1">
+        <v>16277.011882471001</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B19" s="1">
+        <v>243.032270848</v>
+      </c>
+      <c r="C19" s="1">
+        <v>299.20532408100001</v>
+      </c>
+      <c r="D19" s="1">
+        <v>442.43992461900001</v>
+      </c>
+      <c r="E19" s="1">
+        <v>3514.1569352010001</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B20" s="1">
+        <v>114.266551499</v>
+      </c>
+      <c r="C20" s="1">
+        <v>131.15204455899999</v>
+      </c>
+      <c r="D20" s="1">
+        <v>121.21411559400001</v>
+      </c>
+      <c r="E20" s="1">
+        <v>714.80947253099998</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B21" s="1"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B22" s="1">
+        <v>53.266987616000002</v>
+      </c>
+      <c r="C22" s="1">
+        <v>43.608497694999997</v>
+      </c>
+      <c r="D22" s="1">
+        <v>43.480516948000002</v>
+      </c>
+      <c r="E22" s="1">
+        <v>2007.8093354539999</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B23" s="1">
+        <v>118.962677348</v>
+      </c>
+      <c r="C23" s="1">
+        <v>202.59218169900001</v>
+      </c>
+      <c r="D23" s="1">
+        <v>285.020977491</v>
+      </c>
+      <c r="E23" s="1">
+        <v>4915.5233051380001</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="1">
+        <v>106.98759757000001</v>
+      </c>
+      <c r="C24" s="1">
+        <v>266.40647078000001</v>
+      </c>
+      <c r="D24" s="1">
+        <v>313.21559290499999</v>
+      </c>
+      <c r="E24" s="1">
+        <v>4356.503808937</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" s="1">
+        <v>452.02960616799999</v>
+      </c>
+      <c r="C25" s="1">
+        <v>644.012595379</v>
+      </c>
+      <c r="D25" s="1">
+        <v>1016.274846097</v>
+      </c>
+      <c r="E25" s="1">
+        <v>7748.3797536350003</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" s="1">
+        <v>32.697219283999999</v>
+      </c>
+      <c r="C26" s="1">
+        <v>68.952991245999996</v>
+      </c>
+      <c r="D26" s="1">
+        <v>160.48006638300001</v>
+      </c>
+      <c r="E26" s="1">
+        <v>2198.6194193800002</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" s="1">
+        <v>763.944087986</v>
+      </c>
+      <c r="C27" s="1">
+        <v>1225.572736799</v>
+      </c>
+      <c r="D27" s="1">
+        <v>1818.471999824</v>
+      </c>
+      <c r="E27" s="1">
+        <v>21226.835622544</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:E14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B28" sqref="B28"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="71.85546875" customWidth="1"/>
+    <col min="2" max="2" width="57.28515625" customWidth="1"/>
+    <col min="3" max="3" width="37.5703125" customWidth="1"/>
+    <col min="4" max="4" width="39.28515625" customWidth="1"/>
+    <col min="5" max="5" width="19.42578125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="B2" s="1">
+        <v>529.12564728500001</v>
+      </c>
+      <c r="C2" s="1">
+        <v>785.09505578599999</v>
+      </c>
+      <c r="D2" s="1">
+        <v>1177.6376647770001</v>
+      </c>
+      <c r="E2" s="1">
+        <v>1595.3699603810001</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="B3" s="1">
+        <v>571.91751151899996</v>
+      </c>
+      <c r="C3" s="1">
+        <v>867.2213491</v>
+      </c>
+      <c r="D3" s="1">
+        <v>1454.807307733</v>
+      </c>
+      <c r="E3" s="1">
+        <v>1932.6077192830001</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="B4" s="1">
+        <v>447.32129380200001</v>
+      </c>
+      <c r="C4" s="1">
+        <v>841.26586041799999</v>
+      </c>
+      <c r="D4" s="1">
+        <v>925.17951880500004</v>
+      </c>
+      <c r="E4" s="1">
+        <v>1329.6711835190001</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B5" s="1">
+        <v>258.75038965099998</v>
+      </c>
+      <c r="C5" s="1">
+        <v>536.67456067500007</v>
+      </c>
+      <c r="D5" s="1">
+        <v>663.711783631</v>
+      </c>
+      <c r="E5" s="1">
+        <v>920.09908799100003</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="B6" s="1">
+        <v>318.911082153</v>
+      </c>
+      <c r="C6" s="1">
+        <v>669.78723433799996</v>
+      </c>
+      <c r="D6" s="1">
+        <v>884.72906188000002</v>
+      </c>
+      <c r="E6" s="1">
+        <v>1140.177153844</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B7" s="1">
+        <v>356.73819446599998</v>
+      </c>
+      <c r="C7" s="1">
+        <v>675.20682584100007</v>
+      </c>
+      <c r="D7" s="1">
+        <v>760.94665561199997</v>
+      </c>
+      <c r="E7" s="1">
+        <v>1038.8647438769999</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="B8" s="1">
+        <v>194.57469130600001</v>
+      </c>
+      <c r="C8" s="1">
+        <v>388.26565635100002</v>
+      </c>
+      <c r="D8" s="1">
+        <v>449.745245732</v>
+      </c>
+      <c r="E8" s="1">
+        <v>649.12183304899997</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B9" s="1">
+        <v>338.57182358199998</v>
+      </c>
+      <c r="C9" s="1">
+        <v>714.59838245200001</v>
+      </c>
+      <c r="D9" s="1">
+        <v>541.744213661</v>
+      </c>
+      <c r="E9" s="1">
+        <v>856.127266104</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B10" s="1">
+        <v>171.92780933500001</v>
+      </c>
+      <c r="C10" s="1">
+        <v>299.88868616399998</v>
+      </c>
+      <c r="D10" s="1">
+        <v>211.32306523599999</v>
+      </c>
+      <c r="E10" s="1">
+        <v>348.27677779999999</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B11" s="1">
+        <v>66.918917941000004</v>
+      </c>
+      <c r="C11" s="1">
+        <v>292.97565031700003</v>
+      </c>
+      <c r="D11" s="1">
+        <v>406.13937428399998</v>
+      </c>
+      <c r="E11" s="1">
+        <v>480.59217655500004</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="B12" s="1">
+        <v>103.02405685400001</v>
+      </c>
+      <c r="C12" s="1">
+        <v>192.97328350699999</v>
+      </c>
+      <c r="D12" s="1">
+        <v>323.77698668099998</v>
+      </c>
+      <c r="E12" s="1">
+        <v>369.28649744400002</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="B13" s="1">
+        <v>159.16901049500001</v>
+      </c>
+      <c r="C13" s="1">
+        <v>394.88712600000002</v>
+      </c>
+      <c r="D13" s="1">
+        <v>521.88011819300004</v>
+      </c>
+      <c r="E13" s="1">
+        <v>612.54239528200003</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B14" s="1">
+        <v>763.944087986</v>
+      </c>
+      <c r="C14" s="1">
+        <v>1225.572736799</v>
+      </c>
+      <c r="D14" s="1">
+        <v>1818.471999824</v>
+      </c>
+      <c r="E14" s="1">
+        <v>21226.835622544</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:J27"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="D36" sqref="D36"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="64.5703125" customWidth="1"/>
+    <col min="2" max="2" width="24" customWidth="1"/>
+    <col min="3" max="3" width="26" customWidth="1"/>
+    <col min="4" max="4" width="33.85546875" customWidth="1"/>
+    <col min="5" max="5" width="35.85546875" customWidth="1"/>
+    <col min="6" max="6" width="33.28515625" customWidth="1"/>
+    <col min="7" max="7" width="28.5703125" customWidth="1"/>
+    <col min="8" max="8" width="26.42578125" customWidth="1"/>
+    <col min="9" max="9" width="27.140625" customWidth="1"/>
+    <col min="10" max="10" width="19.42578125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
+      <c r="J2" s="1"/>
+    </row>
+    <row r="3" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" s="1">
+        <v>50.174898227</v>
+      </c>
+      <c r="C3" s="1">
+        <v>84.478759500999999</v>
+      </c>
+      <c r="D3" s="1">
+        <v>42.52987538</v>
+      </c>
+      <c r="E3" s="1">
+        <v>121.573073558</v>
+      </c>
+      <c r="F3" s="1">
+        <v>5.0783509960000002</v>
+      </c>
+      <c r="G3" s="1">
+        <v>32.995318654999998</v>
+      </c>
+      <c r="H3" s="1">
+        <v>3</v>
+      </c>
+      <c r="I3" s="1">
+        <v>28.161681828999999</v>
+      </c>
+      <c r="J3" s="1">
+        <v>3116.0551657310002</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" s="1">
+        <v>0</v>
+      </c>
+      <c r="C4" s="1">
+        <v>0</v>
+      </c>
+      <c r="D4" s="1">
+        <v>0</v>
+      </c>
+      <c r="E4" s="1">
+        <v>3.268842754</v>
+      </c>
+      <c r="F4" s="1">
+        <v>0</v>
+      </c>
+      <c r="G4" s="1">
+        <v>1.121605967</v>
+      </c>
+      <c r="H4" s="1">
+        <v>1.121605967</v>
+      </c>
+      <c r="I4" s="1">
+        <v>1.147236787</v>
+      </c>
+      <c r="J4" s="1">
+        <v>3027.0213645989998</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" s="1">
+        <v>6.9152924929999999</v>
+      </c>
+      <c r="C5" s="1">
+        <v>9.2152257039999999</v>
+      </c>
+      <c r="D5" s="1">
+        <v>3.992644157</v>
+      </c>
+      <c r="E5" s="1">
+        <v>6.6564540299999999</v>
+      </c>
+      <c r="F5" s="1">
+        <v>1.0652078899999999</v>
+      </c>
+      <c r="G5" s="1">
+        <v>5.0133097710000003</v>
+      </c>
+      <c r="H5" s="1">
+        <v>1.0652078899999999</v>
+      </c>
+      <c r="I5" s="1">
+        <v>3.9047098839999999</v>
+      </c>
+      <c r="J5" s="1">
+        <v>4905.9442545089996</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" s="1">
+        <v>0</v>
+      </c>
+      <c r="C6" s="1">
+        <v>0.45174884599999998</v>
+      </c>
+      <c r="D6" s="1">
+        <v>0.45174884599999998</v>
+      </c>
+      <c r="E6" s="1">
+        <v>2.6767778820000001</v>
+      </c>
+      <c r="F6" s="1">
+        <v>0</v>
+      </c>
+      <c r="G6" s="1">
+        <v>0.45174884599999998</v>
+      </c>
+      <c r="H6" s="1">
+        <v>0</v>
+      </c>
+      <c r="I6" s="1">
+        <v>0</v>
+      </c>
+      <c r="J6" s="1">
+        <v>1292.80832207</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" s="1">
+        <v>0</v>
+      </c>
+      <c r="C7" s="1">
+        <v>0</v>
+      </c>
+      <c r="D7" s="1">
+        <v>0</v>
+      </c>
+      <c r="E7" s="1">
+        <v>129.97859310000001</v>
+      </c>
+      <c r="F7" s="1">
+        <v>0</v>
+      </c>
+      <c r="G7" s="1">
+        <v>1.203745525</v>
+      </c>
+      <c r="H7" s="1">
+        <v>0</v>
+      </c>
+      <c r="I7" s="1">
+        <v>0</v>
+      </c>
+      <c r="J7" s="1">
+        <v>1444.8253375680001</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" s="1">
+        <v>23.830003470000001</v>
+      </c>
+      <c r="C8" s="1">
+        <v>23.938951506999999</v>
+      </c>
+      <c r="D8" s="1">
+        <v>19.67701409</v>
+      </c>
+      <c r="E8" s="1">
+        <v>26.024921779</v>
+      </c>
+      <c r="F8" s="1">
+        <v>1</v>
+      </c>
+      <c r="G8" s="1">
+        <v>19.67701409</v>
+      </c>
+      <c r="H8" s="1">
+        <v>0</v>
+      </c>
+      <c r="I8" s="1">
+        <v>1.1439277320000001</v>
+      </c>
+      <c r="J8" s="1">
+        <v>1564.3696541300001</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" s="1">
+        <v>1.046631731</v>
+      </c>
+      <c r="C9" s="1">
+        <v>5.8498293829999994</v>
+      </c>
+      <c r="D9" s="1">
+        <v>1.990341637</v>
+      </c>
+      <c r="E9" s="1">
+        <v>2.1171910619999998</v>
+      </c>
+      <c r="F9" s="1">
+        <v>2.0466317309999997</v>
+      </c>
+      <c r="G9" s="1">
+        <v>9.1415376330000004</v>
+      </c>
+      <c r="H9" s="1">
+        <v>1.046631731</v>
+      </c>
+      <c r="I9" s="1">
+        <v>1.046631731</v>
+      </c>
+      <c r="J9" s="1">
+        <v>438.07604761499999</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" s="1">
+        <v>65.906836593999998</v>
+      </c>
+      <c r="C10" s="1">
+        <v>54.802598238999998</v>
+      </c>
+      <c r="D10" s="1">
+        <v>6.9175746739999999</v>
+      </c>
+      <c r="E10" s="1">
+        <v>187.50142689500001</v>
+      </c>
+      <c r="F10" s="1">
+        <v>5.8970456860000002</v>
+      </c>
+      <c r="G10" s="1">
+        <v>118.102923918</v>
+      </c>
+      <c r="H10" s="1">
+        <v>10.645096176999999</v>
+      </c>
+      <c r="I10" s="1">
+        <v>45.002038954</v>
+      </c>
+      <c r="J10" s="1">
+        <v>3744.291034286</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" s="1">
+        <v>13.953879923000001</v>
+      </c>
+      <c r="C11" s="1">
+        <v>11.528442254</v>
+      </c>
+      <c r="D11" s="1">
+        <v>1</v>
+      </c>
+      <c r="E11" s="1">
+        <v>14.65236084</v>
+      </c>
+      <c r="F11" s="1">
+        <v>1.1776288690000001</v>
+      </c>
+      <c r="G11" s="1">
+        <v>26.906588935000002</v>
+      </c>
+      <c r="H11" s="1">
+        <v>1.1776288690000001</v>
+      </c>
+      <c r="I11" s="1">
+        <v>8.3273290549999999</v>
+      </c>
+      <c r="J11" s="1">
+        <v>1693.4444420360001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+      <c r="G12" s="1"/>
+      <c r="H12" s="1"/>
+      <c r="I12" s="1"/>
+      <c r="J12" s="1"/>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" s="1">
+        <v>10.823054003999999</v>
+      </c>
+      <c r="C13" s="1">
+        <v>9.9178943309999994</v>
+      </c>
+      <c r="D13" s="1">
+        <v>37.52987538</v>
+      </c>
+      <c r="E13" s="1">
+        <v>17.797429929</v>
+      </c>
+      <c r="F13" s="1">
+        <v>0</v>
+      </c>
+      <c r="G13" s="1">
+        <v>10.664932826999999</v>
+      </c>
+      <c r="H13" s="1">
+        <v>0</v>
+      </c>
+      <c r="I13" s="1">
+        <v>7.5530526199999999</v>
+      </c>
+      <c r="J13" s="1">
+        <v>1085.8211689950001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="1">
+        <v>7.0549471510000004</v>
+      </c>
+      <c r="C14" s="1">
+        <v>9.8624814300000008</v>
+      </c>
+      <c r="D14" s="1">
+        <v>0</v>
+      </c>
+      <c r="E14" s="1">
+        <v>24.057175265000001</v>
+      </c>
+      <c r="F14" s="1">
+        <v>0</v>
+      </c>
+      <c r="G14" s="1">
+        <v>1.4103106169999999</v>
+      </c>
+      <c r="H14" s="1">
+        <v>0</v>
+      </c>
+      <c r="I14" s="1">
+        <v>1.0130849200000001</v>
+      </c>
+      <c r="J14" s="1">
+        <v>943.50451545399994</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" s="1">
+        <v>32.296897072</v>
+      </c>
+      <c r="C15" s="1">
+        <v>64.698383739999997</v>
+      </c>
+      <c r="D15" s="1">
+        <v>5</v>
+      </c>
+      <c r="E15" s="1">
+        <v>79.718468364000003</v>
+      </c>
+      <c r="F15" s="1">
+        <v>5.0783509960000002</v>
+      </c>
+      <c r="G15" s="1">
+        <v>20.920075211</v>
+      </c>
+      <c r="H15" s="1">
+        <v>3</v>
+      </c>
+      <c r="I15" s="1">
+        <v>19.595544288999999</v>
+      </c>
+      <c r="J15" s="1">
+        <v>1086.7294812820001</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" s="1"/>
+      <c r="C16" s="1"/>
+      <c r="D16" s="1"/>
+      <c r="E16" s="1"/>
+      <c r="F16" s="1"/>
+      <c r="G16" s="1"/>
+      <c r="H16" s="1"/>
+      <c r="I16" s="1"/>
+      <c r="J16" s="1"/>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" s="1">
+        <v>26.115527701000001</v>
+      </c>
+      <c r="C17" s="1">
+        <v>29.100753093000002</v>
+      </c>
+      <c r="D17" s="1">
+        <v>0</v>
+      </c>
+      <c r="E17" s="1">
+        <v>55.054254284999999</v>
+      </c>
+      <c r="F17" s="1">
+        <v>0</v>
+      </c>
+      <c r="G17" s="1">
+        <v>30.289818024999999</v>
+      </c>
+      <c r="H17" s="1">
+        <v>6.6047282010000004</v>
+      </c>
+      <c r="I17" s="1">
+        <v>17.484968561000002</v>
+      </c>
+      <c r="J17" s="1">
+        <v>720.85733234099996</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B18" s="1">
+        <v>21.342230798999999</v>
+      </c>
+      <c r="C18" s="1">
+        <v>29.278604021</v>
+      </c>
+      <c r="D18" s="1">
+        <v>36.52987538</v>
+      </c>
+      <c r="E18" s="1">
+        <v>266.15106298300003</v>
+      </c>
+      <c r="F18" s="1">
+        <v>1.12110574</v>
+      </c>
+      <c r="G18" s="1">
+        <v>90.912090354</v>
+      </c>
+      <c r="H18" s="1">
+        <v>1.134446662</v>
+      </c>
+      <c r="I18" s="1">
+        <v>17.050961807</v>
+      </c>
+      <c r="J18" s="1">
+        <v>16277.011882471001</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B19" s="1">
+        <v>72.316091434000001</v>
+      </c>
+      <c r="C19" s="1">
+        <v>93.537160385999996</v>
+      </c>
+      <c r="D19" s="1">
+        <v>26.626977006000001</v>
+      </c>
+      <c r="E19" s="1">
+        <v>106.705267732</v>
+      </c>
+      <c r="F19" s="1">
+        <v>5.2737407999999997</v>
+      </c>
+      <c r="G19" s="1">
+        <v>59.468343990000001</v>
+      </c>
+      <c r="H19" s="1">
+        <v>5.3169957710000002</v>
+      </c>
+      <c r="I19" s="1">
+        <v>27.303258448000001</v>
+      </c>
+      <c r="J19" s="1">
+        <v>3514.1569352010001</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B20" s="1">
+        <v>42.053692503999997</v>
+      </c>
+      <c r="C20" s="1">
+        <v>38.349037934000002</v>
+      </c>
+      <c r="D20" s="1">
+        <v>13.402346398000001</v>
+      </c>
+      <c r="E20" s="1">
+        <v>66.539056900000006</v>
+      </c>
+      <c r="F20" s="1">
+        <v>9.8700186320000007</v>
+      </c>
+      <c r="G20" s="1">
+        <v>33.943540970999997</v>
+      </c>
+      <c r="H20" s="1">
+        <v>5</v>
+      </c>
+      <c r="I20" s="1">
+        <v>26.894367156000001</v>
+      </c>
+      <c r="J20" s="1">
+        <v>714.80947253099998</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B21" s="1"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
+      <c r="F21" s="1"/>
+      <c r="G21" s="1"/>
+      <c r="H21" s="1"/>
+      <c r="I21" s="1"/>
+      <c r="J21" s="1"/>
+    </row>
+    <row r="22" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B22" s="1">
+        <v>12.000450165</v>
+      </c>
+      <c r="C22" s="1">
+        <v>45.077662752999998</v>
+      </c>
+      <c r="D22" s="1">
+        <v>0</v>
+      </c>
+      <c r="E22" s="1">
+        <v>11.737808663000001</v>
+      </c>
+      <c r="F22" s="1">
+        <v>0</v>
+      </c>
+      <c r="G22" s="1">
+        <v>4.5963162860000004</v>
+      </c>
+      <c r="H22" s="1">
+        <v>0</v>
+      </c>
+      <c r="I22" s="1">
+        <v>1.125592669</v>
+      </c>
+      <c r="J22" s="1">
+        <v>2007.8093354539999</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B23" s="1">
+        <v>45.875627715999997</v>
+      </c>
+      <c r="C23" s="1">
+        <v>39.551835032999996</v>
+      </c>
+      <c r="D23" s="1">
+        <v>1.905921314</v>
+      </c>
+      <c r="E23" s="1">
+        <v>27.702763357999999</v>
+      </c>
+      <c r="F23" s="1">
+        <v>0.90592131399999998</v>
+      </c>
+      <c r="G23" s="1">
+        <v>18.283865701</v>
+      </c>
+      <c r="H23" s="1">
+        <v>0.90592131399999998</v>
+      </c>
+      <c r="I23" s="1">
+        <v>11.331476914</v>
+      </c>
+      <c r="J23" s="1">
+        <v>4915.5233051380001</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="1">
+        <v>24.914484506000001</v>
+      </c>
+      <c r="C24" s="1">
+        <v>25.692137355</v>
+      </c>
+      <c r="D24" s="1">
+        <v>3</v>
+      </c>
+      <c r="E24" s="1">
+        <v>64.413281593000008</v>
+      </c>
+      <c r="F24" s="1">
+        <v>2.0783509960000002</v>
+      </c>
+      <c r="G24" s="1">
+        <v>16.880606235999998</v>
+      </c>
+      <c r="H24" s="1">
+        <v>0</v>
+      </c>
+      <c r="I24" s="1">
+        <v>31.066960192</v>
+      </c>
+      <c r="J24" s="1">
+        <v>4356.503808937</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" s="1">
+        <v>72.436678783999994</v>
+      </c>
+      <c r="C25" s="1">
+        <v>76.093115681</v>
+      </c>
+      <c r="D25" s="1">
+        <v>70.709567563999997</v>
+      </c>
+      <c r="E25" s="1">
+        <v>377.19908627000001</v>
+      </c>
+      <c r="F25" s="1">
+        <v>13.280592862000001</v>
+      </c>
+      <c r="G25" s="1">
+        <v>172.194088136</v>
+      </c>
+      <c r="H25" s="1">
+        <v>17.15024932</v>
+      </c>
+      <c r="I25" s="1">
+        <v>42.679824011999997</v>
+      </c>
+      <c r="J25" s="1">
+        <v>7748.3797536350003</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" s="1">
+        <v>6.6003012669999999</v>
+      </c>
+      <c r="C26" s="1">
+        <v>3.8508046120000001</v>
+      </c>
+      <c r="D26" s="1">
+        <v>0.94370990600000004</v>
+      </c>
+      <c r="E26" s="1">
+        <v>13.396702016000001</v>
+      </c>
+      <c r="F26" s="1">
+        <v>0</v>
+      </c>
+      <c r="G26" s="1">
+        <v>2.658916981</v>
+      </c>
+      <c r="H26" s="1">
+        <v>0</v>
+      </c>
+      <c r="I26" s="1">
+        <v>2.5297021849999997</v>
+      </c>
+      <c r="J26" s="1">
+        <v>2198.6194193800002</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" s="1">
+        <v>161.82754243799999</v>
+      </c>
+      <c r="C27" s="1">
+        <v>190.26555543399999</v>
+      </c>
+      <c r="D27" s="1">
+        <v>76.559198784000003</v>
+      </c>
+      <c r="E27" s="1">
+        <v>494.44964190000002</v>
+      </c>
+      <c r="F27" s="1">
+        <v>16.264865172</v>
+      </c>
+      <c r="G27" s="1">
+        <v>214.61379334</v>
+      </c>
+      <c r="H27" s="1">
+        <v>18.056170634000001</v>
+      </c>
+      <c r="I27" s="1">
+        <v>88.733555972000005</v>
+      </c>
+      <c r="J27" s="1">
+        <v>21226.835622544</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:J27"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C32" sqref="C32"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="60.140625" customWidth="1"/>
+    <col min="2" max="2" width="24" customWidth="1"/>
+    <col min="3" max="3" width="26" customWidth="1"/>
+    <col min="4" max="4" width="33.85546875" customWidth="1"/>
+    <col min="5" max="5" width="35.85546875" customWidth="1"/>
+    <col min="6" max="6" width="33.28515625" customWidth="1"/>
+    <col min="7" max="7" width="28.5703125" customWidth="1"/>
+    <col min="8" max="8" width="26.42578125" customWidth="1"/>
+    <col min="9" max="9" width="27.140625" customWidth="1"/>
+    <col min="10" max="10" width="19.42578125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
+      <c r="J2" s="1"/>
+    </row>
+    <row r="3" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" s="1">
+        <v>43.911965008999999</v>
+      </c>
+      <c r="C3" s="1">
+        <v>79.493343914999997</v>
+      </c>
+      <c r="D3" s="1">
+        <v>42.52987538</v>
+      </c>
+      <c r="E3" s="1">
+        <v>114.140814062</v>
+      </c>
+      <c r="F3" s="1">
+        <v>4</v>
+      </c>
+      <c r="G3" s="1">
+        <v>28.747535698</v>
+      </c>
+      <c r="H3" s="1">
+        <v>3</v>
+      </c>
+      <c r="I3" s="1">
+        <v>24.984999544000001</v>
+      </c>
+      <c r="J3" s="1">
+        <v>1685.5071639719999</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" s="1">
+        <v>0</v>
+      </c>
+      <c r="C4" s="1">
+        <v>0</v>
+      </c>
+      <c r="D4" s="1">
+        <v>0</v>
+      </c>
+      <c r="E4" s="1">
+        <v>3.268842754</v>
+      </c>
+      <c r="F4" s="1">
+        <v>0</v>
+      </c>
+      <c r="G4" s="1">
+        <v>1.121605967</v>
+      </c>
+      <c r="H4" s="1">
+        <v>1.121605967</v>
+      </c>
+      <c r="I4" s="1">
+        <v>1.147236787</v>
+      </c>
+      <c r="J4" s="1">
+        <v>761.26858158200002</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" s="1">
+        <v>5.976687042</v>
+      </c>
+      <c r="C5" s="1">
+        <v>7.276308642</v>
+      </c>
+      <c r="D5" s="1">
+        <v>3.992644157</v>
+      </c>
+      <c r="E5" s="1">
+        <v>6.6564540299999999</v>
+      </c>
+      <c r="F5" s="1">
+        <v>1.0652078899999999</v>
+      </c>
+      <c r="G5" s="1">
+        <v>4.0129981600000004</v>
+      </c>
+      <c r="H5" s="1">
+        <v>1.0652078899999999</v>
+      </c>
+      <c r="I5" s="1">
+        <v>3.9047098839999999</v>
+      </c>
+      <c r="J5" s="1">
+        <v>2350.8082372969998</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" s="1">
+        <v>0</v>
+      </c>
+      <c r="C6" s="1">
+        <v>0.45174884599999998</v>
+      </c>
+      <c r="D6" s="1">
+        <v>0.45174884599999998</v>
+      </c>
+      <c r="E6" s="1">
+        <v>2.6767778820000001</v>
+      </c>
+      <c r="F6" s="1">
+        <v>0</v>
+      </c>
+      <c r="G6" s="1">
+        <v>0.45174884599999998</v>
+      </c>
+      <c r="H6" s="1">
+        <v>0</v>
+      </c>
+      <c r="I6" s="1">
+        <v>0</v>
+      </c>
+      <c r="J6" s="1">
+        <v>290.043000742</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" s="1">
+        <v>0</v>
+      </c>
+      <c r="C7" s="1">
+        <v>0</v>
+      </c>
+      <c r="D7" s="1">
+        <v>0</v>
+      </c>
+      <c r="E7" s="1">
+        <v>129.97859310000001</v>
+      </c>
+      <c r="F7" s="1">
+        <v>0</v>
+      </c>
+      <c r="G7" s="1">
+        <v>1.203745525</v>
+      </c>
+      <c r="H7" s="1">
+        <v>0</v>
+      </c>
+      <c r="I7" s="1">
+        <v>0</v>
+      </c>
+      <c r="J7" s="1">
+        <v>954.03181874300003</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" s="1">
+        <v>23.830003470000001</v>
+      </c>
+      <c r="C8" s="1">
+        <v>23.938951506999999</v>
+      </c>
+      <c r="D8" s="1">
+        <v>19.67701409</v>
+      </c>
+      <c r="E8" s="1">
+        <v>26.024921779</v>
+      </c>
+      <c r="F8" s="1">
+        <v>1</v>
+      </c>
+      <c r="G8" s="1">
+        <v>19.67701409</v>
+      </c>
+      <c r="H8" s="1">
+        <v>0</v>
+      </c>
+      <c r="I8" s="1">
+        <v>1.1439277320000001</v>
+      </c>
+      <c r="J8" s="1">
+        <v>1004.350968736</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" s="1">
+        <v>1.046631731</v>
+      </c>
+      <c r="C9" s="1">
+        <v>4.767892239</v>
+      </c>
+      <c r="D9" s="1">
+        <v>1.990341637</v>
+      </c>
+      <c r="E9" s="1">
+        <v>1.046631731</v>
+      </c>
+      <c r="F9" s="1">
+        <v>2.0466317309999997</v>
+      </c>
+      <c r="G9" s="1">
+        <v>7.0709783020000003</v>
+      </c>
+      <c r="H9" s="1">
+        <v>1.046631731</v>
+      </c>
+      <c r="I9" s="1">
+        <v>1.046631731</v>
+      </c>
+      <c r="J9" s="1">
+        <v>253.02221605299999</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" s="1">
+        <v>48.551223362000002</v>
+      </c>
+      <c r="C10" s="1">
+        <v>36.841695231999999</v>
+      </c>
+      <c r="D10" s="1">
+        <v>6.9175746739999999</v>
+      </c>
+      <c r="E10" s="1">
+        <v>155.29876032500002</v>
+      </c>
+      <c r="F10" s="1">
+        <v>5.8970456860000002</v>
+      </c>
+      <c r="G10" s="1">
+        <v>99.061180109999995</v>
+      </c>
+      <c r="H10" s="1">
+        <v>8.5106495150000008</v>
+      </c>
+      <c r="I10" s="1">
+        <v>37.222940786000002</v>
+      </c>
+      <c r="J10" s="1">
+        <v>1504.083529684</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" s="1">
+        <v>9.3466615869999998</v>
+      </c>
+      <c r="C11" s="1">
+        <v>8.148120789</v>
+      </c>
+      <c r="D11" s="1">
+        <v>1</v>
+      </c>
+      <c r="E11" s="1">
+        <v>6.2593556269999997</v>
+      </c>
+      <c r="F11" s="1">
+        <v>1.1776288690000001</v>
+      </c>
+      <c r="G11" s="1">
+        <v>5.0115010180000006</v>
+      </c>
+      <c r="H11" s="1">
+        <v>1.1776288690000001</v>
+      </c>
+      <c r="I11" s="1">
+        <v>4.9282844920000004</v>
+      </c>
+      <c r="J11" s="1">
+        <v>918.51477638899996</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+      <c r="G12" s="1"/>
+      <c r="H12" s="1"/>
+      <c r="I12" s="1"/>
+      <c r="J12" s="1"/>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" s="1">
+        <v>8.6608423000000005</v>
+      </c>
+      <c r="C13" s="1">
+        <v>7.9480658540000002</v>
+      </c>
+      <c r="D13" s="1">
+        <v>37.52987538</v>
+      </c>
+      <c r="E13" s="1">
+        <v>14.788095726</v>
+      </c>
+      <c r="F13" s="1">
+        <v>0</v>
+      </c>
+      <c r="G13" s="1">
+        <v>8.6710753809999996</v>
+      </c>
+      <c r="H13" s="1">
+        <v>0</v>
+      </c>
+      <c r="I13" s="1">
+        <v>6.5591951740000001</v>
+      </c>
+      <c r="J13" s="1">
+        <v>565.69541186900005</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="1">
+        <v>5.9477383230000003</v>
+      </c>
+      <c r="C14" s="1">
+        <v>8.0479135619999997</v>
+      </c>
+      <c r="D14" s="1">
+        <v>0</v>
+      </c>
+      <c r="E14" s="1">
+        <v>23.916361397999999</v>
+      </c>
+      <c r="F14" s="1">
+        <v>0</v>
+      </c>
+      <c r="G14" s="1">
+        <v>1.2694967500000001</v>
+      </c>
+      <c r="H14" s="1">
+        <v>0</v>
+      </c>
+      <c r="I14" s="1">
+        <v>1.0130849200000001</v>
+      </c>
+      <c r="J14" s="1">
+        <v>430.35546148200001</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" s="1">
+        <v>29.303384386000001</v>
+      </c>
+      <c r="C15" s="1">
+        <v>63.497364499</v>
+      </c>
+      <c r="D15" s="1">
+        <v>5</v>
+      </c>
+      <c r="E15" s="1">
+        <v>75.436356938000003</v>
+      </c>
+      <c r="F15" s="1">
+        <v>4</v>
+      </c>
+      <c r="G15" s="1">
+        <v>18.806963567</v>
+      </c>
+      <c r="H15" s="1">
+        <v>3</v>
+      </c>
+      <c r="I15" s="1">
+        <v>17.412719450000001</v>
+      </c>
+      <c r="J15" s="1">
+        <v>689.45629062099999</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" s="1"/>
+      <c r="C16" s="1"/>
+      <c r="D16" s="1"/>
+      <c r="E16" s="1"/>
+      <c r="F16" s="1"/>
+      <c r="G16" s="1"/>
+      <c r="H16" s="1"/>
+      <c r="I16" s="1"/>
+      <c r="J16" s="1"/>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" s="1">
+        <v>17.986588648000001</v>
+      </c>
+      <c r="C17" s="1">
+        <v>17.616119648000002</v>
+      </c>
+      <c r="D17" s="1">
+        <v>0</v>
+      </c>
+      <c r="E17" s="1">
+        <v>41.967476627000003</v>
+      </c>
+      <c r="F17" s="1">
+        <v>0</v>
+      </c>
+      <c r="G17" s="1">
+        <v>25.059513002999999</v>
+      </c>
+      <c r="H17" s="1">
+        <v>6.6047282010000004</v>
+      </c>
+      <c r="I17" s="1">
+        <v>14.867274460000001</v>
+      </c>
+      <c r="J17" s="1">
+        <v>347.40423843600001</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B18" s="1">
+        <v>14.124483082999999</v>
+      </c>
+      <c r="C18" s="1">
+        <v>24.688328141</v>
+      </c>
+      <c r="D18" s="1">
+        <v>36.52987538</v>
+      </c>
+      <c r="E18" s="1">
+        <v>257.84467202900004</v>
+      </c>
+      <c r="F18" s="1">
+        <v>1.12110574</v>
+      </c>
+      <c r="G18" s="1">
+        <v>63.822746564999996</v>
+      </c>
+      <c r="H18" s="1">
+        <v>0</v>
+      </c>
+      <c r="I18" s="1">
+        <v>13.59896756</v>
+      </c>
+      <c r="J18" s="1">
+        <v>7401.3922223809996</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B19" s="1">
+        <v>65.322003491999993</v>
+      </c>
+      <c r="C19" s="1">
+        <v>85.360624381999997</v>
+      </c>
+      <c r="D19" s="1">
+        <v>26.626977006000001</v>
+      </c>
+      <c r="E19" s="1">
+        <v>90.266593983000007</v>
+      </c>
+      <c r="F19" s="1">
+        <v>4.1953898039999995</v>
+      </c>
+      <c r="G19" s="1">
+        <v>48.939872416999997</v>
+      </c>
+      <c r="H19" s="1">
+        <v>5.3169957710000002</v>
+      </c>
+      <c r="I19" s="1">
+        <v>21.299602846999999</v>
+      </c>
+      <c r="J19" s="1">
+        <v>1630.8160882510001</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B20" s="1">
+        <v>35.230096977999999</v>
+      </c>
+      <c r="C20" s="1">
+        <v>33.252988999000003</v>
+      </c>
+      <c r="D20" s="1">
+        <v>13.402346398000001</v>
+      </c>
+      <c r="E20" s="1">
+        <v>55.272408650999999</v>
+      </c>
+      <c r="F20" s="1">
+        <v>9.8700186320000007</v>
+      </c>
+      <c r="G20" s="1">
+        <v>28.536175731</v>
+      </c>
+      <c r="H20" s="1">
+        <v>4</v>
+      </c>
+      <c r="I20" s="1">
+        <v>24.612886089</v>
+      </c>
+      <c r="J20" s="1">
+        <v>342.01774412999998</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B21" s="1"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
+      <c r="F21" s="1"/>
+      <c r="G21" s="1"/>
+      <c r="H21" s="1"/>
+      <c r="I21" s="1"/>
+      <c r="J21" s="1"/>
+    </row>
+    <row r="22" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B22" s="1">
+        <v>12.000450165</v>
+      </c>
+      <c r="C22" s="1">
+        <v>38.233429068999996</v>
+      </c>
+      <c r="D22" s="1">
+        <v>0</v>
+      </c>
+      <c r="E22" s="1">
+        <v>11.737808663000001</v>
+      </c>
+      <c r="F22" s="1">
+        <v>0</v>
+      </c>
+      <c r="G22" s="1">
+        <v>4.5963162860000004</v>
+      </c>
+      <c r="H22" s="1">
+        <v>0</v>
+      </c>
+      <c r="I22" s="1">
+        <v>1.125592669</v>
+      </c>
+      <c r="J22" s="1">
+        <v>742.82868784699997</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B23" s="1">
+        <v>39.285956603000002</v>
+      </c>
+      <c r="C23" s="1">
+        <v>36.529413779000002</v>
+      </c>
+      <c r="D23" s="1">
+        <v>1.905921314</v>
+      </c>
+      <c r="E23" s="1">
+        <v>24.071378052</v>
+      </c>
+      <c r="F23" s="1">
+        <v>0.90592131399999998</v>
+      </c>
+      <c r="G23" s="1">
+        <v>15.402413788</v>
+      </c>
+      <c r="H23" s="1">
+        <v>0.90592131399999998</v>
+      </c>
+      <c r="I23" s="1">
+        <v>10.318616610999999</v>
+      </c>
+      <c r="J23" s="1">
+        <v>2163.6184569329998</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="1">
+        <v>18.361143758000001</v>
+      </c>
+      <c r="C24" s="1">
+        <v>21.287390037000002</v>
+      </c>
+      <c r="D24" s="1">
+        <v>3</v>
+      </c>
+      <c r="E24" s="1">
+        <v>58.047426432000002</v>
+      </c>
+      <c r="F24" s="1">
+        <v>1</v>
+      </c>
+      <c r="G24" s="1">
+        <v>12.870691366999999</v>
+      </c>
+      <c r="H24" s="1">
+        <v>0</v>
+      </c>
+      <c r="I24" s="1">
+        <v>25.899387019999999</v>
+      </c>
+      <c r="J24" s="1">
+        <v>1801.225091516</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" s="1">
+        <v>59.606751741000004</v>
+      </c>
+      <c r="C25" s="1">
+        <v>62.099221825999997</v>
+      </c>
+      <c r="D25" s="1">
+        <v>70.709567563999997</v>
+      </c>
+      <c r="E25" s="1">
+        <v>339.23864999400001</v>
+      </c>
+      <c r="F25" s="1">
+        <v>13.280592862000001</v>
+      </c>
+      <c r="G25" s="1">
+        <v>132.080016341</v>
+      </c>
+      <c r="H25" s="1">
+        <v>15.015802658</v>
+      </c>
+      <c r="I25" s="1">
+        <v>34.505432470999999</v>
+      </c>
+      <c r="J25" s="1">
+        <v>3914.6422647049999</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" s="1">
+        <v>3.4088699340000002</v>
+      </c>
+      <c r="C26" s="1">
+        <v>2.7686064589999999</v>
+      </c>
+      <c r="D26" s="1">
+        <v>0.94370990600000004</v>
+      </c>
+      <c r="E26" s="1">
+        <v>12.255888149</v>
+      </c>
+      <c r="F26" s="1">
+        <v>0</v>
+      </c>
+      <c r="G26" s="1">
+        <v>1.4088699340000002</v>
+      </c>
+      <c r="H26" s="1">
+        <v>0</v>
+      </c>
+      <c r="I26" s="1">
+        <v>2.5297021849999997</v>
+      </c>
+      <c r="J26" s="1">
+        <v>1099.3157921970001</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" s="1">
+        <v>132.66317220100001</v>
+      </c>
+      <c r="C27" s="1">
+        <v>160.91806116999999</v>
+      </c>
+      <c r="D27" s="1">
+        <v>76.559198784000003</v>
+      </c>
+      <c r="E27" s="1">
+        <v>445.35115129000002</v>
+      </c>
+      <c r="F27" s="1">
+        <v>15.186514175999999</v>
+      </c>
+      <c r="G27" s="1">
+        <v>166.35830771599998</v>
+      </c>
+      <c r="H27" s="1">
+        <v>15.921723972000001</v>
+      </c>
+      <c r="I27" s="1">
+        <v>74.378730955999998</v>
+      </c>
+      <c r="J27" s="1">
+        <v>9721.6302931980008</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:Q27"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="D29" sqref="D29"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="54.5703125" customWidth="1"/>
+    <col min="2" max="2" width="22" customWidth="1"/>
+    <col min="3" max="3" width="23.42578125" customWidth="1"/>
+    <col min="4" max="4" width="26.28515625" customWidth="1"/>
+    <col min="5" max="5" width="27.7109375" customWidth="1"/>
+    <col min="6" max="6" width="29.140625" customWidth="1"/>
+    <col min="7" max="7" width="30.5703125" customWidth="1"/>
+    <col min="8" max="8" width="24.5703125" customWidth="1"/>
+    <col min="9" max="9" width="26" customWidth="1"/>
+    <col min="10" max="10" width="34" customWidth="1"/>
+    <col min="11" max="11" width="35.42578125" customWidth="1"/>
+    <col min="12" max="12" width="29.85546875" customWidth="1"/>
+    <col min="13" max="13" width="31.28515625" customWidth="1"/>
+    <col min="14" max="14" width="44.140625" customWidth="1"/>
+    <col min="15" max="15" width="45.5703125" customWidth="1"/>
+    <col min="16" max="16" width="24" customWidth="1"/>
+    <col min="17" max="17" width="25.42578125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="N1" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="O1" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="P1" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="Q1" s="1" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="2" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
+      <c r="J2" s="1"/>
+      <c r="K2" s="1"/>
+      <c r="L2" s="1"/>
+      <c r="M2" s="1"/>
+      <c r="N2" s="1"/>
+      <c r="O2" s="1"/>
+      <c r="P2" s="1"/>
+      <c r="Q2" s="1"/>
+    </row>
+    <row r="3" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" s="1">
+        <v>265036.62945576321</v>
+      </c>
+      <c r="C3" s="1">
+        <v>34917.955015556799</v>
+      </c>
+      <c r="D3" s="1">
+        <v>0</v>
+      </c>
+      <c r="E3" s="1">
+        <v>1709.5718870049998</v>
+      </c>
+      <c r="F3" s="1">
+        <v>0</v>
+      </c>
+      <c r="G3" s="1">
+        <v>36.994759025</v>
+      </c>
+      <c r="H3" s="1">
+        <v>725678.64006414998</v>
+      </c>
+      <c r="I3" s="1">
+        <v>4442.9509439599997</v>
+      </c>
+      <c r="J3" s="1">
+        <v>472038.43560913572</v>
+      </c>
+      <c r="K3" s="1">
+        <v>152580.52365444219</v>
+      </c>
+      <c r="L3" s="1">
+        <v>17504.301925126001</v>
+      </c>
+      <c r="M3" s="1">
+        <v>1822.2045084178001</v>
+      </c>
+      <c r="N3" s="1">
+        <v>5805.7592510535997</v>
+      </c>
+      <c r="O3" s="1">
+        <v>872.86494840959995</v>
+      </c>
+      <c r="P3" s="1">
+        <v>48920.676806133597</v>
+      </c>
+      <c r="Q3" s="1">
+        <v>20748.0191064016</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" s="1">
+        <v>0</v>
+      </c>
+      <c r="C4" s="1">
+        <v>119.652103584</v>
+      </c>
+      <c r="D4" s="1">
+        <v>0</v>
+      </c>
+      <c r="E4" s="1">
+        <v>0</v>
+      </c>
+      <c r="F4" s="1">
+        <v>0</v>
+      </c>
+      <c r="G4" s="1">
+        <v>0</v>
+      </c>
+      <c r="H4" s="1">
+        <v>0</v>
+      </c>
+      <c r="I4" s="1">
+        <v>159.536138112</v>
+      </c>
+      <c r="J4" s="1">
+        <v>0</v>
+      </c>
+      <c r="K4" s="1">
+        <v>0</v>
+      </c>
+      <c r="L4" s="1">
+        <v>0</v>
+      </c>
+      <c r="M4" s="1">
+        <v>0</v>
+      </c>
+      <c r="N4" s="1">
+        <v>0</v>
+      </c>
+      <c r="O4" s="1">
+        <v>119.652103584</v>
+      </c>
+      <c r="P4" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q4" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" s="1">
+        <v>399948.72030583723</v>
+      </c>
+      <c r="C5" s="1">
+        <v>6658.9864501599995</v>
+      </c>
+      <c r="D5" s="1">
+        <v>0</v>
+      </c>
+      <c r="E5" s="1">
+        <v>0</v>
+      </c>
+      <c r="F5" s="1">
+        <v>0</v>
+      </c>
+      <c r="G5" s="1">
+        <v>0</v>
+      </c>
+      <c r="H5" s="1">
+        <v>0</v>
+      </c>
+      <c r="I5" s="1">
+        <v>0</v>
+      </c>
+      <c r="J5" s="1">
+        <v>22307.4034305766</v>
+      </c>
+      <c r="K5" s="1">
+        <v>2386.8268700036001</v>
+      </c>
+      <c r="L5" s="1">
+        <v>0</v>
+      </c>
+      <c r="M5" s="1">
+        <v>0</v>
+      </c>
+      <c r="N5" s="1">
+        <v>0</v>
+      </c>
+      <c r="O5" s="1">
+        <v>0</v>
+      </c>
+      <c r="P5" s="1">
+        <v>2645.01741025</v>
+      </c>
+      <c r="Q5" s="1">
+        <v>4669.9293630000002</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" s="1">
+        <v>0</v>
+      </c>
+      <c r="C6" s="1">
+        <v>0</v>
+      </c>
+      <c r="D6" s="1">
+        <v>0</v>
+      </c>
+      <c r="E6" s="1">
+        <v>0</v>
+      </c>
+      <c r="F6" s="1">
+        <v>0</v>
+      </c>
+      <c r="G6" s="1">
+        <v>0</v>
+      </c>
+      <c r="H6" s="1">
+        <v>0</v>
+      </c>
+      <c r="I6" s="1">
+        <v>0</v>
+      </c>
+      <c r="J6" s="1">
+        <v>0</v>
+      </c>
+      <c r="K6" s="1">
+        <v>0</v>
+      </c>
+      <c r="L6" s="1">
+        <v>0</v>
+      </c>
+      <c r="M6" s="1">
+        <v>0</v>
+      </c>
+      <c r="N6" s="1">
+        <v>0</v>
+      </c>
+      <c r="O6" s="1">
+        <v>0</v>
+      </c>
+      <c r="P6" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q6" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" s="1">
+        <v>0</v>
+      </c>
+      <c r="C7" s="1">
+        <v>0</v>
+      </c>
+      <c r="D7" s="1">
+        <v>0</v>
+      </c>
+      <c r="E7" s="1">
+        <v>0</v>
+      </c>
+      <c r="F7" s="1">
+        <v>0</v>
+      </c>
+      <c r="G7" s="1">
+        <v>3620.4585563999999</v>
+      </c>
+      <c r="H7" s="1">
+        <v>0</v>
+      </c>
+      <c r="I7" s="1">
+        <v>3620.4585563999999</v>
+      </c>
+      <c r="J7" s="1">
+        <v>0</v>
+      </c>
+      <c r="K7" s="1">
+        <v>28963.668451199999</v>
+      </c>
+      <c r="L7" s="1">
+        <v>0</v>
+      </c>
+      <c r="M7" s="1">
+        <v>0</v>
+      </c>
+      <c r="N7" s="1">
+        <v>0</v>
+      </c>
+      <c r="O7" s="1">
+        <v>0</v>
+      </c>
+      <c r="P7" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q7" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" s="1">
+        <v>0</v>
+      </c>
+      <c r="C8" s="1">
+        <v>0</v>
+      </c>
+      <c r="D8" s="1">
+        <v>0</v>
+      </c>
+      <c r="E8" s="1">
+        <v>0</v>
+      </c>
+      <c r="F8" s="1">
+        <v>0</v>
+      </c>
+      <c r="G8" s="1">
+        <v>0</v>
+      </c>
+      <c r="H8" s="1">
+        <v>455.77512626075998</v>
+      </c>
+      <c r="I8" s="1">
+        <v>0</v>
+      </c>
+      <c r="J8" s="1">
+        <v>27608.248460954001</v>
+      </c>
+      <c r="K8" s="1">
+        <v>0</v>
+      </c>
+      <c r="L8" s="1">
+        <v>0</v>
+      </c>
+      <c r="M8" s="1">
+        <v>0</v>
+      </c>
+      <c r="N8" s="1">
+        <v>0</v>
+      </c>
+      <c r="O8" s="1">
+        <v>0</v>
+      </c>
+      <c r="P8" s="1">
+        <v>28426.764179999998</v>
+      </c>
+      <c r="Q8" s="1">
+        <v>9514.6748607475001</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" s="1">
+        <v>0</v>
+      </c>
+      <c r="C9" s="1">
+        <v>0</v>
+      </c>
+      <c r="D9" s="1">
+        <v>3175.6649145599999</v>
+      </c>
+      <c r="E9" s="1">
+        <v>1461.937144</v>
+      </c>
+      <c r="F9" s="1">
+        <v>1944</v>
+      </c>
+      <c r="G9" s="1">
+        <v>0</v>
+      </c>
+      <c r="H9" s="1">
+        <v>8358.4850011999988</v>
+      </c>
+      <c r="I9" s="1">
+        <v>380</v>
+      </c>
+      <c r="J9" s="1">
+        <v>20409.3187545</v>
+      </c>
+      <c r="K9" s="1">
+        <v>0</v>
+      </c>
+      <c r="L9" s="1">
+        <v>0</v>
+      </c>
+      <c r="M9" s="1">
+        <v>0</v>
+      </c>
+      <c r="N9" s="1">
+        <v>7775.1062515000003</v>
+      </c>
+      <c r="O9" s="1">
+        <v>0</v>
+      </c>
+      <c r="P9" s="1">
+        <v>2721.2425005999999</v>
+      </c>
+      <c r="Q9" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" s="1">
+        <v>1864460.0821040736</v>
+      </c>
+      <c r="C10" s="1">
+        <v>18814.968530827198</v>
+      </c>
+      <c r="D10" s="1">
+        <v>3542.2186578728201</v>
+      </c>
+      <c r="E10" s="1">
+        <v>256.898240434</v>
+      </c>
+      <c r="F10" s="1">
+        <v>3975.4937724668998</v>
+      </c>
+      <c r="G10" s="1">
+        <v>564.93300323749997</v>
+      </c>
+      <c r="H10" s="1">
+        <v>30771.748613826501</v>
+      </c>
+      <c r="I10" s="1">
+        <v>7129.8750010520007</v>
+      </c>
+      <c r="J10" s="1">
+        <v>897830.74667450273</v>
+      </c>
+      <c r="K10" s="1">
+        <v>60084.761749835263</v>
+      </c>
+      <c r="L10" s="1">
+        <v>5352.6795386464501</v>
+      </c>
+      <c r="M10" s="1">
+        <v>989.98347870500004</v>
+      </c>
+      <c r="N10" s="1">
+        <v>74769.0105016007</v>
+      </c>
+      <c r="O10" s="1">
+        <v>3552.6774834100001</v>
+      </c>
+      <c r="P10" s="1">
+        <v>83381.522408614415</v>
+      </c>
+      <c r="Q10" s="1">
+        <v>10165.194021304</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" s="1">
+        <v>0</v>
+      </c>
+      <c r="C11" s="1">
+        <v>0</v>
+      </c>
+      <c r="D11" s="1">
+        <v>397.69314947999999</v>
+      </c>
+      <c r="E11" s="1">
+        <v>2185.2685046249999</v>
+      </c>
+      <c r="F11" s="1">
+        <v>506.65852357799997</v>
+      </c>
+      <c r="G11" s="1">
+        <v>0</v>
+      </c>
+      <c r="H11" s="1">
+        <v>962.21728785000005</v>
+      </c>
+      <c r="I11" s="1">
+        <v>12559.979723455001</v>
+      </c>
+      <c r="J11" s="1">
+        <v>6287.6100415199999</v>
+      </c>
+      <c r="K11" s="1">
+        <v>149055.48352295</v>
+      </c>
+      <c r="L11" s="1">
+        <v>0</v>
+      </c>
+      <c r="M11" s="1">
+        <v>0</v>
+      </c>
+      <c r="N11" s="1">
+        <v>0</v>
+      </c>
+      <c r="O11" s="1">
+        <v>0</v>
+      </c>
+      <c r="P11" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q11" s="1">
+        <v>650.20304156999998</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+      <c r="G12" s="1"/>
+      <c r="H12" s="1"/>
+      <c r="I12" s="1"/>
+      <c r="J12" s="1"/>
+      <c r="K12" s="1"/>
+      <c r="L12" s="1"/>
+      <c r="M12" s="1"/>
+      <c r="N12" s="1"/>
+      <c r="O12" s="1"/>
+      <c r="P12" s="1"/>
+      <c r="Q12" s="1"/>
+    </row>
+    <row r="13" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" s="1">
+        <v>0</v>
+      </c>
+      <c r="C13" s="1">
+        <v>0</v>
+      </c>
+      <c r="D13" s="1">
+        <v>0</v>
+      </c>
+      <c r="E13" s="1">
+        <v>36.994759025</v>
+      </c>
+      <c r="F13" s="1">
+        <v>0</v>
+      </c>
+      <c r="G13" s="1">
+        <v>36.994759025</v>
+      </c>
+      <c r="H13" s="1">
+        <v>0</v>
+      </c>
+      <c r="I13" s="1">
+        <v>2928.0296453599999</v>
+      </c>
+      <c r="J13" s="1">
+        <v>227588.35573757516</v>
+      </c>
+      <c r="K13" s="1">
+        <v>85963.916864785497</v>
+      </c>
+      <c r="L13" s="1">
+        <v>0</v>
+      </c>
+      <c r="M13" s="1">
+        <v>0</v>
+      </c>
+      <c r="N13" s="1">
+        <v>0</v>
+      </c>
+      <c r="O13" s="1">
+        <v>0</v>
+      </c>
+      <c r="P13" s="1">
+        <v>985.38701975499998</v>
+      </c>
+      <c r="Q13" s="1">
+        <v>10930.38007248</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="1">
+        <v>48.214668060800001</v>
+      </c>
+      <c r="C14" s="1">
+        <v>7456.4622189749998</v>
+      </c>
+      <c r="D14" s="1">
+        <v>0</v>
+      </c>
+      <c r="E14" s="1">
+        <v>1672.5771279799999</v>
+      </c>
+      <c r="F14" s="1">
+        <v>0</v>
+      </c>
+      <c r="G14" s="1">
+        <v>0</v>
+      </c>
+      <c r="H14" s="1">
+        <v>0</v>
+      </c>
+      <c r="I14" s="1">
+        <v>0</v>
+      </c>
+      <c r="J14" s="1">
+        <v>2431.4136400217999</v>
+      </c>
+      <c r="K14" s="1">
+        <v>8511.2105070494999</v>
+      </c>
+      <c r="L14" s="1">
+        <v>0</v>
+      </c>
+      <c r="M14" s="1">
+        <v>2.9523808067999999</v>
+      </c>
+      <c r="N14" s="1">
+        <v>361.11431562159999</v>
+      </c>
+      <c r="O14" s="1">
+        <v>0</v>
+      </c>
+      <c r="P14" s="1">
+        <v>1315.3383085066</v>
+      </c>
+      <c r="Q14" s="1">
+        <v>1728.4945454399999</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" s="1">
+        <v>264988.41478770238</v>
+      </c>
+      <c r="C15" s="1">
+        <v>27461.492796581799</v>
+      </c>
+      <c r="D15" s="1">
+        <v>0</v>
+      </c>
+      <c r="E15" s="1">
+        <v>0</v>
+      </c>
+      <c r="F15" s="1">
+        <v>0</v>
+      </c>
+      <c r="G15" s="1">
+        <v>0</v>
+      </c>
+      <c r="H15" s="1">
+        <v>725678.64006414998</v>
+      </c>
+      <c r="I15" s="1">
+        <v>1514.9212986</v>
+      </c>
+      <c r="J15" s="1">
+        <v>242018.66623153875</v>
+      </c>
+      <c r="K15" s="1">
+        <v>58105.396282607202</v>
+      </c>
+      <c r="L15" s="1">
+        <v>17504.301925126001</v>
+      </c>
+      <c r="M15" s="1">
+        <v>1819.2521276110001</v>
+      </c>
+      <c r="N15" s="1">
+        <v>5444.6449354320002</v>
+      </c>
+      <c r="O15" s="1">
+        <v>872.86494840959995</v>
+      </c>
+      <c r="P15" s="1">
+        <v>46619.951477871997</v>
+      </c>
+      <c r="Q15" s="1">
+        <v>8089.1444884816001</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" s="1"/>
+      <c r="C16" s="1"/>
+      <c r="D16" s="1"/>
+      <c r="E16" s="1"/>
+      <c r="F16" s="1"/>
+      <c r="G16" s="1"/>
+      <c r="H16" s="1"/>
+      <c r="I16" s="1"/>
+      <c r="J16" s="1"/>
+      <c r="K16" s="1"/>
+      <c r="L16" s="1"/>
+      <c r="M16" s="1"/>
+      <c r="N16" s="1"/>
+      <c r="O16" s="1"/>
+      <c r="P16" s="1"/>
+      <c r="Q16" s="1"/>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" s="1">
+        <v>122866.30705773392</v>
+      </c>
+      <c r="C17" s="1">
+        <v>5841.9097642879997</v>
+      </c>
+      <c r="D17" s="1">
+        <v>3170.4648975578198</v>
+      </c>
+      <c r="E17" s="1">
+        <v>256.898240434</v>
+      </c>
+      <c r="F17" s="1">
+        <v>3228.174951988</v>
+      </c>
+      <c r="G17" s="1">
+        <v>359.93300323749997</v>
+      </c>
+      <c r="H17" s="1">
+        <v>22530.807401658501</v>
+      </c>
+      <c r="I17" s="1">
+        <v>5048.7525831399998</v>
+      </c>
+      <c r="J17" s="1">
+        <v>26815.891236073399</v>
+      </c>
+      <c r="K17" s="1">
+        <v>1627.13518916</v>
+      </c>
+      <c r="L17" s="1">
+        <v>4127.6795386464501</v>
+      </c>
+      <c r="M17" s="1">
+        <v>579.98347870500004</v>
+      </c>
+      <c r="N17" s="1">
+        <v>5797.5269021200002</v>
+      </c>
+      <c r="O17" s="1">
+        <v>1407.14879778</v>
+      </c>
+      <c r="P17" s="1">
+        <v>51900.629315706901</v>
+      </c>
+      <c r="Q17" s="1">
+        <v>4337.4359050579997</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B18" s="1">
+        <v>144697.6189523674</v>
+      </c>
+      <c r="C18" s="1">
+        <v>41872.013782096001</v>
+      </c>
+      <c r="D18" s="1">
+        <v>0</v>
+      </c>
+      <c r="E18" s="1">
+        <v>2185.2685046249999</v>
+      </c>
+      <c r="F18" s="1">
+        <v>0</v>
+      </c>
+      <c r="G18" s="1">
+        <v>3620.4585563999999</v>
+      </c>
+      <c r="H18" s="1">
+        <v>17456.875279518761</v>
+      </c>
+      <c r="I18" s="1">
+        <v>9629.9686119199996</v>
+      </c>
+      <c r="J18" s="1">
+        <v>141295.23074906081</v>
+      </c>
+      <c r="K18" s="1">
+        <v>78844.126119739245</v>
+      </c>
+      <c r="L18" s="1">
+        <v>15455.001925126</v>
+      </c>
+      <c r="M18" s="1">
+        <v>1822.2045084178001</v>
+      </c>
+      <c r="N18" s="1">
+        <v>54882.538460536001</v>
+      </c>
+      <c r="O18" s="1">
+        <v>974.79156756960003</v>
+      </c>
+      <c r="P18" s="1">
+        <v>25790.055363432111</v>
+      </c>
+      <c r="Q18" s="1">
+        <v>5021.9910558406</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B19" s="1">
+        <v>1011163.7591328714</v>
+      </c>
+      <c r="C19" s="1">
+        <v>4787.0979358839995</v>
+      </c>
+      <c r="D19" s="1">
+        <v>657.35806404000004</v>
+      </c>
+      <c r="E19" s="1">
+        <v>2791.509031005</v>
+      </c>
+      <c r="F19" s="1">
+        <v>641.47734405689994</v>
+      </c>
+      <c r="G19" s="1">
+        <v>36.994759025</v>
+      </c>
+      <c r="H19" s="1">
+        <v>9385.1834121100001</v>
+      </c>
+      <c r="I19" s="1">
+        <v>13234.079167919001</v>
+      </c>
+      <c r="J19" s="1">
+        <v>200255.42701835491</v>
+      </c>
+      <c r="K19" s="1">
+        <v>189529.72420898412</v>
+      </c>
+      <c r="L19" s="1">
+        <v>0</v>
+      </c>
+      <c r="M19" s="1">
+        <v>0</v>
+      </c>
+      <c r="N19" s="1">
+        <v>18896.6211262055</v>
+      </c>
+      <c r="O19" s="1">
+        <v>441.25417005400004</v>
+      </c>
+      <c r="P19" s="1">
+        <v>27497.7951103374</v>
+      </c>
+      <c r="Q19" s="1">
+        <v>12129.719210477</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B20" s="1">
+        <v>1250717.7467227012</v>
+      </c>
+      <c r="C20" s="1">
+        <v>8010.5406178600006</v>
+      </c>
+      <c r="D20" s="1">
+        <v>3287.7537603149999</v>
+      </c>
+      <c r="E20" s="1">
+        <v>380</v>
+      </c>
+      <c r="F20" s="1">
+        <v>2556.5</v>
+      </c>
+      <c r="G20" s="1">
+        <v>205</v>
+      </c>
+      <c r="H20" s="1">
+        <v>716854</v>
+      </c>
+      <c r="I20" s="1">
+        <v>380</v>
+      </c>
+      <c r="J20" s="1">
+        <v>1078115.2139677</v>
+      </c>
+      <c r="K20" s="1">
+        <v>123070.27873054771</v>
+      </c>
+      <c r="L20" s="1">
+        <v>3274.3</v>
+      </c>
+      <c r="M20" s="1">
+        <v>410</v>
+      </c>
+      <c r="N20" s="1">
+        <v>8773.1895152928009</v>
+      </c>
+      <c r="O20" s="1">
+        <v>1722</v>
+      </c>
+      <c r="P20" s="1">
+        <v>60906.743516121598</v>
+      </c>
+      <c r="Q20" s="1">
+        <v>24258.8742216475</v>
+      </c>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B21" s="1"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
+      <c r="F21" s="1"/>
+      <c r="G21" s="1"/>
+      <c r="H21" s="1"/>
+      <c r="I21" s="1"/>
+      <c r="J21" s="1"/>
+      <c r="K21" s="1"/>
+      <c r="L21" s="1"/>
+      <c r="M21" s="1"/>
+      <c r="N21" s="1"/>
+      <c r="O21" s="1"/>
+      <c r="P21" s="1"/>
+      <c r="Q21" s="1"/>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B22" s="1">
+        <v>0</v>
+      </c>
+      <c r="C22" s="1">
+        <v>0</v>
+      </c>
+      <c r="D22" s="1">
+        <v>0</v>
+      </c>
+      <c r="E22" s="1">
+        <v>2222.2632636499998</v>
+      </c>
+      <c r="F22" s="1">
+        <v>0</v>
+      </c>
+      <c r="G22" s="1">
+        <v>36.994759025</v>
+      </c>
+      <c r="H22" s="1">
+        <v>0</v>
+      </c>
+      <c r="I22" s="1">
+        <v>68.890497455000002</v>
+      </c>
+      <c r="J22" s="1">
+        <v>18775.965671145499</v>
+      </c>
+      <c r="K22" s="1">
+        <v>709.70983366899998</v>
+      </c>
+      <c r="L22" s="1">
+        <v>15455.001925126</v>
+      </c>
+      <c r="M22" s="1">
+        <v>1819.2521276110001</v>
+      </c>
+      <c r="N22" s="1">
+        <v>0</v>
+      </c>
+      <c r="O22" s="1">
+        <v>0</v>
+      </c>
+      <c r="P22" s="1">
+        <v>1575.117510115</v>
+      </c>
+      <c r="Q22" s="1">
+        <v>2348.509022535</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B23" s="1">
+        <v>15084.880261213799</v>
+      </c>
+      <c r="C23" s="1">
+        <v>510.11398597799996</v>
+      </c>
+      <c r="D23" s="1">
+        <v>0</v>
+      </c>
+      <c r="E23" s="1">
+        <v>0</v>
+      </c>
+      <c r="F23" s="1">
+        <v>134.81882047889999</v>
+      </c>
+      <c r="G23" s="1">
+        <v>0</v>
+      </c>
+      <c r="H23" s="1">
+        <v>15768.011011218501</v>
+      </c>
+      <c r="I23" s="1">
+        <v>4957.5142503119996</v>
+      </c>
+      <c r="J23" s="1">
+        <v>906370.59088995482</v>
+      </c>
+      <c r="K23" s="1">
+        <v>92023.15010930576</v>
+      </c>
+      <c r="L23" s="1">
+        <v>2049.3000000000002</v>
+      </c>
+      <c r="M23" s="1">
+        <v>0</v>
+      </c>
+      <c r="N23" s="1">
+        <v>3373.4971419125</v>
+      </c>
+      <c r="O23" s="1">
+        <v>749.63272447000008</v>
+      </c>
+      <c r="P23" s="1">
+        <v>27551.630789588799</v>
+      </c>
+      <c r="Q23" s="1">
+        <v>12284.459098109999</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="1">
+        <v>4778.2336790460004</v>
+      </c>
+      <c r="C24" s="1">
+        <v>0</v>
+      </c>
+      <c r="D24" s="1">
+        <v>7.6393530959999998</v>
+      </c>
+      <c r="E24" s="1">
+        <v>1672.5771279799999</v>
+      </c>
+      <c r="F24" s="1">
+        <v>7.6393530959999998</v>
+      </c>
+      <c r="G24" s="1">
+        <v>0</v>
+      </c>
+      <c r="H24" s="1">
+        <v>7.6393530959999998</v>
+      </c>
+      <c r="I24" s="1">
+        <v>0</v>
+      </c>
+      <c r="J24" s="1">
+        <v>21181.168852651401</v>
+      </c>
+      <c r="K24" s="1">
+        <v>163613.62638269609</v>
+      </c>
+      <c r="L24" s="1">
+        <v>745.59487717100001</v>
+      </c>
+      <c r="M24" s="1">
+        <v>2.9523808067999999</v>
+      </c>
+      <c r="N24" s="1">
+        <v>1885.4415671687</v>
+      </c>
+      <c r="O24" s="1">
+        <v>101.92661916</v>
+      </c>
+      <c r="P24" s="1">
+        <v>2753.4348687897</v>
+      </c>
+      <c r="Q24" s="1">
+        <v>706.1911071720001</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" s="1">
+        <v>2509534.1032573534</v>
+      </c>
+      <c r="C25" s="1">
+        <v>60001.44811415</v>
+      </c>
+      <c r="D25" s="1">
+        <v>7107.9373688168198</v>
+      </c>
+      <c r="E25" s="1">
+        <v>1718.8353844339999</v>
+      </c>
+      <c r="F25" s="1">
+        <v>6283.6941224700004</v>
+      </c>
+      <c r="G25" s="1">
+        <v>4185.3915596375</v>
+      </c>
+      <c r="H25" s="1">
+        <v>750451.21572897281</v>
+      </c>
+      <c r="I25" s="1">
+        <v>23266.395615212001</v>
+      </c>
+      <c r="J25" s="1">
+        <v>416534.5819130062</v>
+      </c>
+      <c r="K25" s="1">
+        <v>134596.5784132852</v>
+      </c>
+      <c r="L25" s="1">
+        <v>4607.08466147545</v>
+      </c>
+      <c r="M25" s="1">
+        <v>989.98347870500004</v>
+      </c>
+      <c r="N25" s="1">
+        <v>82994.507958951508</v>
+      </c>
+      <c r="O25" s="1">
+        <v>3693.6351917736001</v>
+      </c>
+      <c r="P25" s="1">
+        <v>133124.00246354291</v>
+      </c>
+      <c r="Q25" s="1">
+        <v>27932.700825121101</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" s="1">
+        <v>48.214668060800001</v>
+      </c>
+      <c r="C26" s="1">
+        <v>0</v>
+      </c>
+      <c r="D26" s="1">
+        <v>0</v>
+      </c>
+      <c r="E26" s="1">
+        <v>0</v>
+      </c>
+      <c r="F26" s="1">
+        <v>0</v>
+      </c>
+      <c r="G26" s="1">
+        <v>0</v>
+      </c>
+      <c r="H26" s="1">
+        <v>0</v>
+      </c>
+      <c r="I26" s="1">
+        <v>0</v>
+      </c>
+      <c r="J26" s="1">
+        <v>83619.455644431102</v>
+      </c>
+      <c r="K26" s="1">
+        <v>2128.199509475</v>
+      </c>
+      <c r="L26" s="1">
+        <v>0</v>
+      </c>
+      <c r="M26" s="1">
+        <v>0</v>
+      </c>
+      <c r="N26" s="1">
+        <v>96.429336121600002</v>
+      </c>
+      <c r="O26" s="1">
+        <v>0</v>
+      </c>
+      <c r="P26" s="1">
+        <v>1091.0376735616001</v>
+      </c>
+      <c r="Q26" s="1">
+        <v>2476.1603400849999</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" s="1">
+        <v>2529445.431865674</v>
+      </c>
+      <c r="C27" s="1">
+        <v>60511.562100128001</v>
+      </c>
+      <c r="D27" s="1">
+        <v>7115.5767219128202</v>
+      </c>
+      <c r="E27" s="1">
+        <v>5613.6757760639994</v>
+      </c>
+      <c r="F27" s="1">
+        <v>6426.1522960449001</v>
+      </c>
+      <c r="G27" s="1">
+        <v>4222.3863186624994</v>
+      </c>
+      <c r="H27" s="1">
+        <v>766226.86609328724</v>
+      </c>
+      <c r="I27" s="1">
+        <v>28292.800362979</v>
+      </c>
+      <c r="J27" s="1">
+        <v>1446481.7629711891</v>
+      </c>
+      <c r="K27" s="1">
+        <v>393071.26424843108</v>
+      </c>
+      <c r="L27" s="1">
+        <v>22856.981463772448</v>
+      </c>
+      <c r="M27" s="1">
+        <v>2812.1879871228002</v>
+      </c>
+      <c r="N27" s="1">
+        <v>88349.876004154299</v>
+      </c>
+      <c r="O27" s="1">
+        <v>4545.1945354035997</v>
+      </c>
+      <c r="P27" s="1">
+        <v>166095.22330559802</v>
+      </c>
+      <c r="Q27" s="1">
+        <v>45748.0203930231</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:Q27"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C34" sqref="C34"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="33.5703125" customWidth="1"/>
+    <col min="2" max="2" width="47.42578125" customWidth="1"/>
+    <col min="3" max="3" width="48.7109375" customWidth="1"/>
+    <col min="4" max="4" width="52.7109375" customWidth="1"/>
+    <col min="5" max="5" width="59" customWidth="1"/>
+    <col min="6" max="6" width="30.7109375" customWidth="1"/>
+    <col min="7" max="7" width="37" customWidth="1"/>
+    <col min="8" max="8" width="57.5703125" customWidth="1"/>
+    <col min="9" max="9" width="63.85546875" customWidth="1"/>
+    <col min="10" max="10" width="25" customWidth="1"/>
+    <col min="11" max="11" width="31.28515625" customWidth="1"/>
+    <col min="12" max="12" width="59.5703125" customWidth="1"/>
+    <col min="13" max="13" width="65.85546875" customWidth="1"/>
+    <col min="14" max="14" width="58.85546875" customWidth="1"/>
+    <col min="15" max="15" width="65.140625" customWidth="1"/>
+    <col min="16" max="16" width="61.28515625" customWidth="1"/>
+    <col min="17" max="17" width="67.5703125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="N1" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="O1" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="P1" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="Q1" s="1" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="2" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
+      <c r="J2" s="1"/>
+      <c r="K2" s="1"/>
+      <c r="L2" s="1"/>
+      <c r="M2" s="1"/>
+      <c r="N2" s="1"/>
+      <c r="O2" s="1"/>
+      <c r="P2" s="1"/>
+      <c r="Q2" s="1"/>
+    </row>
+    <row r="3" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" s="1">
+        <v>5632283.2719283188</v>
+      </c>
+      <c r="C3" s="1">
+        <v>1110142.04601148</v>
+      </c>
+      <c r="D3" s="1">
+        <v>3674804.5949750305</v>
+      </c>
+      <c r="E3" s="1">
+        <v>1115534.8239251196</v>
+      </c>
+      <c r="F3" s="1">
+        <v>502531.70812253992</v>
+      </c>
+      <c r="G3" s="1">
+        <v>125934.58162524404</v>
+      </c>
+      <c r="H3" s="1">
+        <v>134291.21803929776</v>
+      </c>
+      <c r="I3" s="1">
+        <v>7904.9088257810999</v>
+      </c>
+      <c r="J3" s="1">
+        <v>71281.43641530622</v>
+      </c>
+      <c r="K3" s="1">
+        <v>390552.54838587437</v>
+      </c>
+      <c r="L3" s="1">
+        <v>348221.33960721799</v>
+      </c>
+      <c r="M3" s="1">
+        <v>199578.9621270893</v>
+      </c>
+      <c r="N3" s="1">
+        <v>46308.820493002298</v>
+      </c>
+      <c r="O3" s="1">
+        <v>68646.920062653444</v>
+      </c>
+      <c r="P3" s="1">
+        <v>6128.1770334986004</v>
+      </c>
+      <c r="Q3" s="1">
+        <v>50705.278302143983</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" s="1">
+        <v>16412.211277999999</v>
+      </c>
+      <c r="C4" s="1">
+        <v>28811.274439905999</v>
+      </c>
+      <c r="D4" s="1">
+        <v>7383.1297084284997</v>
+      </c>
+      <c r="E4" s="1">
+        <v>2682.9015091910001</v>
+      </c>
+      <c r="F4" s="1">
+        <v>0</v>
+      </c>
+      <c r="G4" s="1">
+        <v>551.04633009999998</v>
+      </c>
+      <c r="H4" s="1">
+        <v>2792.3430344304998</v>
+      </c>
+      <c r="I4" s="1">
+        <v>0</v>
+      </c>
+      <c r="J4" s="1">
+        <v>3002.7906958499998</v>
+      </c>
+      <c r="K4" s="1">
+        <v>24292.054181836</v>
+      </c>
+      <c r="L4" s="1">
+        <v>1697.183245965</v>
+      </c>
+      <c r="M4" s="1">
+        <v>0</v>
+      </c>
+      <c r="N4" s="1">
+        <v>276.04633009999998</v>
+      </c>
+      <c r="O4" s="1">
+        <v>333.19998615500003</v>
+      </c>
+      <c r="P4" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q4" s="1">
+        <v>2212.7906958499998</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" s="1">
+        <v>147983.70075280801</v>
+      </c>
+      <c r="C5" s="1">
+        <v>37257.347928525</v>
+      </c>
+      <c r="D5" s="1">
+        <v>8145.1238779619998</v>
+      </c>
+      <c r="E5" s="1">
+        <v>66815.410496950004</v>
+      </c>
+      <c r="F5" s="1">
+        <v>18706.868576589</v>
+      </c>
+      <c r="G5" s="1">
+        <v>16709.664809398</v>
+      </c>
+      <c r="H5" s="1">
+        <v>36302.667070122996</v>
+      </c>
+      <c r="I5" s="1">
+        <v>998.63286685799994</v>
+      </c>
+      <c r="J5" s="1">
+        <v>305.33305492800002</v>
+      </c>
+      <c r="K5" s="1">
+        <v>3195.1285196680001</v>
+      </c>
+      <c r="L5" s="1">
+        <v>19494.915708486998</v>
+      </c>
+      <c r="M5" s="1">
+        <v>1427.8086293240001</v>
+      </c>
+      <c r="N5" s="1">
+        <v>9079.7303782140007</v>
+      </c>
+      <c r="O5" s="1">
+        <v>2319.319070212</v>
+      </c>
+      <c r="P5" s="1">
+        <v>523.34985737300008</v>
+      </c>
+      <c r="Q5" s="1">
+        <v>1217.0957652470001</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" s="1">
+        <v>74171.209033200008</v>
+      </c>
+      <c r="C6" s="1">
+        <v>5778.08240458</v>
+      </c>
+      <c r="D6" s="1">
+        <v>2000</v>
+      </c>
+      <c r="E6" s="1">
+        <v>663.50844794</v>
+      </c>
+      <c r="F6" s="1">
+        <v>0</v>
+      </c>
+      <c r="G6" s="1">
+        <v>71175.94636129</v>
+      </c>
+      <c r="H6" s="1">
+        <v>0</v>
+      </c>
+      <c r="I6" s="1">
+        <v>174.60748630000001</v>
+      </c>
+      <c r="J6" s="1">
+        <v>157.14673766999999</v>
+      </c>
+      <c r="K6" s="1">
+        <v>0</v>
+      </c>
+      <c r="L6" s="1">
+        <v>4945.5959203911007</v>
+      </c>
+      <c r="M6" s="1">
+        <v>0</v>
+      </c>
+      <c r="N6" s="1">
+        <v>676.94479225834993</v>
+      </c>
+      <c r="O6" s="1">
+        <v>0</v>
+      </c>
+      <c r="P6" s="1">
+        <v>81.864048384499995</v>
+      </c>
+      <c r="Q6" s="1">
+        <v>73.677643546050007</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" s="1">
+        <v>1299.7859309999999</v>
+      </c>
+      <c r="C7" s="1">
+        <v>14481.12671855</v>
+      </c>
+      <c r="D7" s="1">
+        <v>0</v>
+      </c>
+      <c r="E7" s="1">
+        <v>0</v>
+      </c>
+      <c r="F7" s="1">
+        <v>1169.8073379</v>
+      </c>
+      <c r="G7" s="1">
+        <v>0</v>
+      </c>
+      <c r="H7" s="1">
+        <v>129.97859310000001</v>
+      </c>
+      <c r="I7" s="1">
+        <v>0</v>
+      </c>
+      <c r="J7" s="1">
+        <v>0</v>
+      </c>
+      <c r="K7" s="1">
+        <v>2695.1949460875003</v>
+      </c>
+      <c r="L7" s="1">
+        <v>4461.3834440350001</v>
+      </c>
+      <c r="M7" s="1">
+        <v>4222.1773266675</v>
+      </c>
+      <c r="N7" s="1">
+        <v>1293.0209130000001</v>
+      </c>
+      <c r="O7" s="1">
+        <v>716.16742315500005</v>
+      </c>
+      <c r="P7" s="1">
+        <v>690.171704535</v>
+      </c>
+      <c r="Q7" s="1">
+        <v>403.01096107000001</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" s="1">
+        <v>31952.099093356999</v>
+      </c>
+      <c r="C8" s="1">
+        <v>270901.198339995</v>
+      </c>
+      <c r="D8" s="1">
+        <v>14227.620020774399</v>
+      </c>
+      <c r="E8" s="1">
+        <v>5323.4704514426003</v>
+      </c>
+      <c r="F8" s="1">
+        <v>830.02614463999998</v>
+      </c>
+      <c r="G8" s="1">
+        <v>11570.982476500001</v>
+      </c>
+      <c r="H8" s="1">
+        <v>0</v>
+      </c>
+      <c r="I8" s="1">
+        <v>0</v>
+      </c>
+      <c r="J8" s="1">
+        <v>0</v>
+      </c>
+      <c r="K8" s="1">
+        <v>6729.0786858500005</v>
+      </c>
+      <c r="L8" s="1">
+        <v>254563.038776795</v>
+      </c>
+      <c r="M8" s="1">
+        <v>30.020164475000001</v>
+      </c>
+      <c r="N8" s="1">
+        <v>9574.7721179500004</v>
+      </c>
+      <c r="O8" s="1">
+        <v>0</v>
+      </c>
+      <c r="P8" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q8" s="1">
+        <v>4.2885949249999999</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" s="1">
+        <v>23424.876982220001</v>
+      </c>
+      <c r="C9" s="1">
+        <v>20980.422345120001</v>
+      </c>
+      <c r="D9" s="1">
+        <v>1930.4889820419999</v>
+      </c>
+      <c r="E9" s="1">
+        <v>2002.5497172099999</v>
+      </c>
+      <c r="F9" s="1">
+        <v>6279.7903859999997</v>
+      </c>
+      <c r="G9" s="1">
+        <v>2317.1083244379997</v>
+      </c>
+      <c r="H9" s="1">
+        <v>5040.3841750419997</v>
+      </c>
+      <c r="I9" s="1">
+        <v>3194.9213947500002</v>
+      </c>
+      <c r="J9" s="1">
+        <v>2659.6340027380002</v>
+      </c>
+      <c r="K9" s="1">
+        <v>1192.7335795849999</v>
+      </c>
+      <c r="L9" s="1">
+        <v>17288.376416292998</v>
+      </c>
+      <c r="M9" s="1">
+        <v>0</v>
+      </c>
+      <c r="N9" s="1">
+        <v>287.05988399200004</v>
+      </c>
+      <c r="O9" s="1">
+        <v>100</v>
+      </c>
+      <c r="P9" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q9" s="1">
+        <v>2112.2524652500001</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" s="1">
+        <v>3136745.2162343417</v>
+      </c>
+      <c r="C10" s="1">
+        <v>797170.37427060795</v>
+      </c>
+      <c r="D10" s="1">
+        <v>1434187.6885221957</v>
+      </c>
+      <c r="E10" s="1">
+        <v>312057.40751887253</v>
+      </c>
+      <c r="F10" s="1">
+        <v>928922.17015047057</v>
+      </c>
+      <c r="G10" s="1">
+        <v>173359.89758383826</v>
+      </c>
+      <c r="H10" s="1">
+        <v>166355.03069558626</v>
+      </c>
+      <c r="I10" s="1">
+        <v>107690.4198672952</v>
+      </c>
+      <c r="J10" s="1">
+        <v>14172.601896083699</v>
+      </c>
+      <c r="K10" s="1">
+        <v>282353.01414958667</v>
+      </c>
+      <c r="L10" s="1">
+        <v>172860.73820634579</v>
+      </c>
+      <c r="M10" s="1">
+        <v>93713.383480824501</v>
+      </c>
+      <c r="N10" s="1">
+        <v>119005.25205395644</v>
+      </c>
+      <c r="O10" s="1">
+        <v>88099.806919298149</v>
+      </c>
+      <c r="P10" s="1">
+        <v>26765.513660195702</v>
+      </c>
+      <c r="Q10" s="1">
+        <v>14372.6658004007</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" s="1">
+        <v>265357.399975523</v>
+      </c>
+      <c r="C11" s="1">
+        <v>223768.807702547</v>
+      </c>
+      <c r="D11" s="1">
+        <v>208921.50943249749</v>
+      </c>
+      <c r="E11" s="1">
+        <v>13767.978997447501</v>
+      </c>
+      <c r="F11" s="1">
+        <v>22583.433490850002</v>
+      </c>
+      <c r="G11" s="1">
+        <v>1008.673333445</v>
+      </c>
+      <c r="H11" s="1">
+        <v>6387.5824537500002</v>
+      </c>
+      <c r="I11" s="1">
+        <v>5866.8650570999998</v>
+      </c>
+      <c r="J11" s="1">
+        <v>6821.3572104330005</v>
+      </c>
+      <c r="K11" s="1">
+        <v>149739.47762130649</v>
+      </c>
+      <c r="L11" s="1">
+        <v>32998.160655017498</v>
+      </c>
+      <c r="M11" s="1">
+        <v>16307.395759265501</v>
+      </c>
+      <c r="N11" s="1">
+        <v>1274.3132566634999</v>
+      </c>
+      <c r="O11" s="1">
+        <v>3177.9012596143002</v>
+      </c>
+      <c r="P11" s="1">
+        <v>3463.9354563801999</v>
+      </c>
+      <c r="Q11" s="1">
+        <v>16807.623694299502</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+      <c r="G12" s="1"/>
+      <c r="H12" s="1"/>
+      <c r="I12" s="1"/>
+      <c r="J12" s="1"/>
+      <c r="K12" s="1"/>
+      <c r="L12" s="1"/>
+      <c r="M12" s="1"/>
+      <c r="N12" s="1"/>
+      <c r="O12" s="1"/>
+      <c r="P12" s="1"/>
+      <c r="Q12" s="1"/>
+    </row>
+    <row r="13" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" s="1">
+        <v>1042648.996595908</v>
+      </c>
+      <c r="C13" s="1">
+        <v>81862.539317898001</v>
+      </c>
+      <c r="D13" s="1">
+        <v>824098.61453584977</v>
+      </c>
+      <c r="E13" s="1">
+        <v>13169.3567907216</v>
+      </c>
+      <c r="F13" s="1">
+        <v>145442.85318689499</v>
+      </c>
+      <c r="G13" s="1">
+        <v>9495.6440336136002</v>
+      </c>
+      <c r="H13" s="1">
+        <v>42547.631137664001</v>
+      </c>
+      <c r="I13" s="1">
+        <v>5455.9353300900002</v>
+      </c>
+      <c r="J13" s="1">
+        <v>2438.9615810740002</v>
+      </c>
+      <c r="K13" s="1">
+        <v>9401.84621320525</v>
+      </c>
+      <c r="L13" s="1">
+        <v>14973.691169879001</v>
+      </c>
+      <c r="M13" s="1">
+        <v>30086.699717199499</v>
+      </c>
+      <c r="N13" s="1">
+        <v>2642.8573666930001</v>
+      </c>
+      <c r="O13" s="1">
+        <v>18212.722891745248</v>
+      </c>
+      <c r="P13" s="1">
+        <v>4828.59805572</v>
+      </c>
+      <c r="Q13" s="1">
+        <v>1716.1239034560001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="1">
+        <v>262638.32699001802</v>
+      </c>
+      <c r="C14" s="1">
+        <v>222999.93902838699</v>
+      </c>
+      <c r="D14" s="1">
+        <v>196853.351607288</v>
+      </c>
+      <c r="E14" s="1">
+        <v>43384.257193422003</v>
+      </c>
+      <c r="F14" s="1">
+        <v>2046.585464</v>
+      </c>
+      <c r="G14" s="1">
+        <v>4270.5341260717996</v>
+      </c>
+      <c r="H14" s="1">
+        <v>13445.188803769601</v>
+      </c>
+      <c r="I14" s="1">
+        <v>67.269249569999999</v>
+      </c>
+      <c r="J14" s="1">
+        <v>2571.1405458966001</v>
+      </c>
+      <c r="K14" s="1">
+        <v>87895.683565803396</v>
+      </c>
+      <c r="L14" s="1">
+        <v>83747.092393126601</v>
+      </c>
+      <c r="M14" s="1">
+        <v>0</v>
+      </c>
+      <c r="N14" s="1">
+        <v>10379.439102309301</v>
+      </c>
+      <c r="O14" s="1">
+        <v>32987.6092570646</v>
+      </c>
+      <c r="P14" s="1">
+        <v>90.501111637500003</v>
+      </c>
+      <c r="Q14" s="1">
+        <v>7899.6135984456005</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" s="1">
+        <v>4326995.9483423932</v>
+      </c>
+      <c r="C15" s="1">
+        <v>805279.56766519498</v>
+      </c>
+      <c r="D15" s="1">
+        <v>2653852.6288318927</v>
+      </c>
+      <c r="E15" s="1">
+        <v>1058981.209940976</v>
+      </c>
+      <c r="F15" s="1">
+        <v>355042.26947164495</v>
+      </c>
+      <c r="G15" s="1">
+        <v>112168.40346555864</v>
+      </c>
+      <c r="H15" s="1">
+        <v>78298.398097864148</v>
+      </c>
+      <c r="I15" s="1">
+        <v>2381.7042461210999</v>
+      </c>
+      <c r="J15" s="1">
+        <v>66271.334288335624</v>
+      </c>
+      <c r="K15" s="1">
+        <v>293255.01860686572</v>
+      </c>
+      <c r="L15" s="1">
+        <v>249500.55604421243</v>
+      </c>
+      <c r="M15" s="1">
+        <v>169492.26240988981</v>
+      </c>
+      <c r="N15" s="1">
+        <v>33286.524023999998</v>
+      </c>
+      <c r="O15" s="1">
+        <v>17446.587913843599</v>
+      </c>
+      <c r="P15" s="1">
+        <v>1209.0778661411</v>
+      </c>
+      <c r="Q15" s="1">
+        <v>41089.540800242379</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" s="1"/>
+      <c r="C16" s="1"/>
+      <c r="D16" s="1"/>
+      <c r="E16" s="1"/>
+      <c r="F16" s="1"/>
+      <c r="G16" s="1"/>
+      <c r="H16" s="1"/>
+      <c r="I16" s="1"/>
+      <c r="J16" s="1"/>
+      <c r="K16" s="1"/>
+      <c r="L16" s="1"/>
+      <c r="M16" s="1"/>
+      <c r="N16" s="1"/>
+      <c r="O16" s="1"/>
+      <c r="P16" s="1"/>
+      <c r="Q16" s="1"/>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" s="1">
+        <v>590431.71367978095</v>
+      </c>
+      <c r="C17" s="1">
+        <v>67450.047062394995</v>
+      </c>
+      <c r="D17" s="1">
+        <v>504750.92213023169</v>
+      </c>
+      <c r="E17" s="1">
+        <v>22389.082443929397</v>
+      </c>
+      <c r="F17" s="1">
+        <v>15503.841079116999</v>
+      </c>
+      <c r="G17" s="1">
+        <v>16771.739939244999</v>
+      </c>
+      <c r="H17" s="1">
+        <v>13421.796472374099</v>
+      </c>
+      <c r="I17" s="1">
+        <v>15557.690048701601</v>
+      </c>
+      <c r="J17" s="1">
+        <v>2036.6415661822</v>
+      </c>
+      <c r="K17" s="1">
+        <v>43248.9153899335</v>
+      </c>
+      <c r="L17" s="1">
+        <v>7817.2411852120003</v>
+      </c>
+      <c r="M17" s="1">
+        <v>6142.2635746295</v>
+      </c>
+      <c r="N17" s="1">
+        <v>4768.6827640150004</v>
+      </c>
+      <c r="O17" s="1">
+        <v>2548.4563581035</v>
+      </c>
+      <c r="P17" s="1">
+        <v>572.01024775250005</v>
+      </c>
+      <c r="Q17" s="1">
+        <v>2352.4775427489999</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B18" s="1">
+        <v>937637.270062809</v>
+      </c>
+      <c r="C18" s="1">
+        <v>669176.37257562601</v>
+      </c>
+      <c r="D18" s="1">
+        <v>571389.22634154605</v>
+      </c>
+      <c r="E18" s="1">
+        <v>96291.813583219409</v>
+      </c>
+      <c r="F18" s="1">
+        <v>126163.0820819928</v>
+      </c>
+      <c r="G18" s="1">
+        <v>50236.40473465465</v>
+      </c>
+      <c r="H18" s="1">
+        <v>40976.400644899048</v>
+      </c>
+      <c r="I18" s="1">
+        <v>6116.4305688011009</v>
+      </c>
+      <c r="J18" s="1">
+        <v>46463.912107695905</v>
+      </c>
+      <c r="K18" s="1">
+        <v>142298.99872407329</v>
+      </c>
+      <c r="L18" s="1">
+        <v>360482.38520740723</v>
+      </c>
+      <c r="M18" s="1">
+        <v>39636.938089667296</v>
+      </c>
+      <c r="N18" s="1">
+        <v>40751.73057760315</v>
+      </c>
+      <c r="O18" s="1">
+        <v>28231.06716762955</v>
+      </c>
+      <c r="P18" s="1">
+        <v>9665.0379469411</v>
+      </c>
+      <c r="Q18" s="1">
+        <v>48110.214862304398</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B19" s="1">
+        <v>1238132.5188754259</v>
+      </c>
+      <c r="C19" s="1">
+        <v>519618.47212339303</v>
+      </c>
+      <c r="D19" s="1">
+        <v>664311.29054380255</v>
+      </c>
+      <c r="E19" s="1">
+        <v>153105.85783917489</v>
+      </c>
+      <c r="F19" s="1">
+        <v>74613.790454399496</v>
+      </c>
+      <c r="G19" s="1">
+        <v>201153.18781517306</v>
+      </c>
+      <c r="H19" s="1">
+        <v>121628.16629790381</v>
+      </c>
+      <c r="I19" s="1">
+        <v>10438.9147491684</v>
+      </c>
+      <c r="J19" s="1">
+        <v>12881.311175803819</v>
+      </c>
+      <c r="K19" s="1">
+        <v>256720.85701578099</v>
+      </c>
+      <c r="L19" s="1">
+        <v>125528.44649835651</v>
+      </c>
+      <c r="M19" s="1">
+        <v>19480.414451019002</v>
+      </c>
+      <c r="N19" s="1">
+        <v>39568.441963201098</v>
+      </c>
+      <c r="O19" s="1">
+        <v>51486.446745205198</v>
+      </c>
+      <c r="P19" s="1">
+        <v>1605.4755602463999</v>
+      </c>
+      <c r="Q19" s="1">
+        <v>25228.389889583781</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B20" s="1">
+        <v>6563428.268590753</v>
+      </c>
+      <c r="C20" s="1">
+        <v>1253045.7883998971</v>
+      </c>
+      <c r="D20" s="1">
+        <v>3611148.7165033501</v>
+      </c>
+      <c r="E20" s="1">
+        <v>1247061.2971978495</v>
+      </c>
+      <c r="F20" s="1">
+        <v>1264743.0905934803</v>
+      </c>
+      <c r="G20" s="1">
+        <v>134466.56835518059</v>
+      </c>
+      <c r="H20" s="1">
+        <v>175272.84064615256</v>
+      </c>
+      <c r="I20" s="1">
+        <v>93717.320131413202</v>
+      </c>
+      <c r="J20" s="1">
+        <v>37018.435163326998</v>
+      </c>
+      <c r="K20" s="1">
+        <v>418480.45894000627</v>
+      </c>
+      <c r="L20" s="1">
+        <v>362702.65908957168</v>
+      </c>
+      <c r="M20" s="1">
+        <v>250020.13137233001</v>
+      </c>
+      <c r="N20" s="1">
+        <v>102687.10491431734</v>
+      </c>
+      <c r="O20" s="1">
+        <v>81127.344450149656</v>
+      </c>
+      <c r="P20" s="1">
+        <v>25810.488005427</v>
+      </c>
+      <c r="Q20" s="1">
+        <v>12217.60162809505</v>
+      </c>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B21" s="1"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
+      <c r="F21" s="1"/>
+      <c r="G21" s="1"/>
+      <c r="H21" s="1"/>
+      <c r="I21" s="1"/>
+      <c r="J21" s="1"/>
+      <c r="K21" s="1"/>
+      <c r="L21" s="1"/>
+      <c r="M21" s="1"/>
+      <c r="N21" s="1"/>
+      <c r="O21" s="1"/>
+      <c r="P21" s="1"/>
+      <c r="Q21" s="1"/>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B22" s="1">
+        <v>175688.60132707699</v>
+      </c>
+      <c r="C22" s="1">
+        <v>161983.10740345001</v>
+      </c>
+      <c r="D22" s="1">
+        <v>106106.4540145612</v>
+      </c>
+      <c r="E22" s="1">
+        <v>7356.4901712073997</v>
+      </c>
+      <c r="F22" s="1">
+        <v>1548.6685131699999</v>
+      </c>
+      <c r="G22" s="1">
+        <v>41807.687859927501</v>
+      </c>
+      <c r="H22" s="1">
+        <v>15439.2171994767</v>
+      </c>
+      <c r="I22" s="1">
+        <v>519.21637950620004</v>
+      </c>
+      <c r="J22" s="1">
+        <v>2910.8671892279999</v>
+      </c>
+      <c r="K22" s="1">
+        <v>129625.0289825465</v>
+      </c>
+      <c r="L22" s="1">
+        <v>7454.4914171194996</v>
+      </c>
+      <c r="M22" s="1">
+        <v>776.67451811500007</v>
+      </c>
+      <c r="N22" s="1">
+        <v>12491.912620676001</v>
+      </c>
+      <c r="O22" s="1">
+        <v>8679.6324499215007</v>
+      </c>
+      <c r="P22" s="1">
+        <v>1157.6665497775</v>
+      </c>
+      <c r="Q22" s="1">
+        <v>1797.7008652940001</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B23" s="1">
+        <v>4513836.3264170364</v>
+      </c>
+      <c r="C23" s="1">
+        <v>908493.23780831997</v>
+      </c>
+      <c r="D23" s="1">
+        <v>2820437.1246516444</v>
+      </c>
+      <c r="E23" s="1">
+        <v>658991.7297750233</v>
+      </c>
+      <c r="F23" s="1">
+        <v>915210.24890729925</v>
+      </c>
+      <c r="G23" s="1">
+        <v>18426.605118445001</v>
+      </c>
+      <c r="H23" s="1">
+        <v>75855.633537577349</v>
+      </c>
+      <c r="I23" s="1">
+        <v>10581.43198489</v>
+      </c>
+      <c r="J23" s="1">
+        <v>14333.552442156821</v>
+      </c>
+      <c r="K23" s="1">
+        <v>277591.26361148071</v>
+      </c>
+      <c r="L23" s="1">
+        <v>446773.55375552591</v>
+      </c>
+      <c r="M23" s="1">
+        <v>95396.588279889504</v>
+      </c>
+      <c r="N23" s="1">
+        <v>22843.725776439998</v>
+      </c>
+      <c r="O23" s="1">
+        <v>41422.430225534801</v>
+      </c>
+      <c r="P23" s="1">
+        <v>6331.7273117616996</v>
+      </c>
+      <c r="Q23" s="1">
+        <v>18133.948847687381</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="1">
+        <v>1895961.6928299731</v>
+      </c>
+      <c r="C24" s="1">
+        <v>329124.860935751</v>
+      </c>
+      <c r="D24" s="1">
+        <v>1221239.239990569</v>
+      </c>
+      <c r="E24" s="1">
+        <v>481810.6506704496</v>
+      </c>
+      <c r="F24" s="1">
+        <v>7705.4774481040004</v>
+      </c>
+      <c r="G24" s="1">
+        <v>83973.439671173401</v>
+      </c>
+      <c r="H24" s="1">
+        <v>93977.050442271604</v>
+      </c>
+      <c r="I24" s="1">
+        <v>5514.1887193140001</v>
+      </c>
+      <c r="J24" s="1">
+        <v>1741.6458880916</v>
+      </c>
+      <c r="K24" s="1">
+        <v>121958.17036104985</v>
+      </c>
+      <c r="L24" s="1">
+        <v>165966.46708264959</v>
+      </c>
+      <c r="M24" s="1">
+        <v>3969.8854206474998</v>
+      </c>
+      <c r="N24" s="1">
+        <v>7034.4163879142998</v>
+      </c>
+      <c r="O24" s="1">
+        <v>23937.619745934149</v>
+      </c>
+      <c r="P24" s="1">
+        <v>2519.7032946625</v>
+      </c>
+      <c r="Q24" s="1">
+        <v>3738.5986428931001</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" s="1">
+        <v>2521478.9549769028</v>
+      </c>
+      <c r="C25" s="1">
+        <v>1063034.0825054951</v>
+      </c>
+      <c r="D25" s="1">
+        <v>1127489.4061539215</v>
+      </c>
+      <c r="E25" s="1">
+        <v>367207.30025058333</v>
+      </c>
+      <c r="F25" s="1">
+        <v>435386.99341466778</v>
+      </c>
+      <c r="G25" s="1">
+        <v>242369.8510337474</v>
+      </c>
+      <c r="H25" s="1">
+        <v>163159.90539427634</v>
+      </c>
+      <c r="I25" s="1">
+        <v>109212.96055965409</v>
+      </c>
+      <c r="J25" s="1">
+        <v>76652.538170052503</v>
+      </c>
+      <c r="K25" s="1">
+        <v>318931.60054484347</v>
+      </c>
+      <c r="L25" s="1">
+        <v>226037.5018420264</v>
+      </c>
+      <c r="M25" s="1">
+        <v>213859.73377936831</v>
+      </c>
+      <c r="N25" s="1">
+        <v>140883.36830474279</v>
+      </c>
+      <c r="O25" s="1">
+        <v>86548.904148861446</v>
+      </c>
+      <c r="P25" s="1">
+        <v>27063.8168352418</v>
+      </c>
+      <c r="Q25" s="1">
+        <v>49709.157050410751</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" s="1">
+        <v>222664.19565777999</v>
+      </c>
+      <c r="C26" s="1">
+        <v>46655.391508295004</v>
+      </c>
+      <c r="D26" s="1">
+        <v>76327.930708234504</v>
+      </c>
+      <c r="E26" s="1">
+        <v>3481.8801969094998</v>
+      </c>
+      <c r="F26" s="1">
+        <v>121172.4159257485</v>
+      </c>
+      <c r="G26" s="1">
+        <v>16050.317160959999</v>
+      </c>
+      <c r="H26" s="1">
+        <v>2867.3974877275</v>
+      </c>
+      <c r="I26" s="1">
+        <v>2.5578547199999999</v>
+      </c>
+      <c r="J26" s="1">
+        <v>2761.69632348</v>
+      </c>
+      <c r="K26" s="1">
+        <v>12643.1665698735</v>
+      </c>
+      <c r="L26" s="1">
+        <v>10298.717883226</v>
+      </c>
+      <c r="M26" s="1">
+        <v>1276.8654896255</v>
+      </c>
+      <c r="N26" s="1">
+        <v>4522.5371293634998</v>
+      </c>
+      <c r="O26" s="1">
+        <v>2804.7281508360002</v>
+      </c>
+      <c r="P26" s="1">
+        <v>580.09776892349998</v>
+      </c>
+      <c r="Q26" s="1">
+        <v>14529.278516447001</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" s="1">
+        <v>9329629.7712087687</v>
+      </c>
+      <c r="C27" s="1">
+        <v>2509290.6801613108</v>
+      </c>
+      <c r="D27" s="1">
+        <v>5351600.1555189304</v>
+      </c>
+      <c r="E27" s="1">
+        <v>1518848.0510641732</v>
+      </c>
+      <c r="F27" s="1">
+        <v>1481023.8042089895</v>
+      </c>
+      <c r="G27" s="1">
+        <v>402627.90084425331</v>
+      </c>
+      <c r="H27" s="1">
+        <v>351299.20406132948</v>
+      </c>
+      <c r="I27" s="1">
+        <v>125830.3554980843</v>
+      </c>
+      <c r="J27" s="1">
+        <v>98400.30001300892</v>
+      </c>
+      <c r="K27" s="1">
+        <v>860749.23006979399</v>
+      </c>
+      <c r="L27" s="1">
+        <v>856530.73198054743</v>
+      </c>
+      <c r="M27" s="1">
+        <v>315279.74748764577</v>
+      </c>
+      <c r="N27" s="1">
+        <v>187775.96021913661</v>
+      </c>
+      <c r="O27" s="1">
+        <v>163393.3147210879</v>
+      </c>
+      <c r="P27" s="1">
+        <v>37653.011760367001</v>
+      </c>
+      <c r="Q27" s="1">
+        <v>87908.683922732234</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:M27"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C31" sqref="C31"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="49.7109375" customWidth="1"/>
+    <col min="2" max="2" width="42" customWidth="1"/>
+    <col min="3" max="3" width="43.28515625" customWidth="1"/>
+    <col min="4" max="4" width="41.140625" customWidth="1"/>
+    <col min="5" max="5" width="47.42578125" customWidth="1"/>
+    <col min="6" max="6" width="39.85546875" customWidth="1"/>
+    <col min="7" max="7" width="46.140625" customWidth="1"/>
+    <col min="8" max="8" width="38.5703125" customWidth="1"/>
+    <col min="9" max="9" width="44.85546875" customWidth="1"/>
+    <col min="10" max="10" width="26.5703125" customWidth="1"/>
+    <col min="11" max="11" width="32.85546875" customWidth="1"/>
+    <col min="12" max="12" width="39.140625" customWidth="1"/>
+    <col min="13" max="13" width="45.42578125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="2" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
+      <c r="J2" s="1"/>
+      <c r="K2" s="1"/>
+      <c r="L2" s="1"/>
+      <c r="M2" s="1"/>
+    </row>
+    <row r="3" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" s="1">
+        <v>819361.15030255006</v>
+      </c>
+      <c r="C3" s="1">
+        <v>898196.05439950305</v>
+      </c>
+      <c r="D3" s="1">
+        <v>128843.0050005185</v>
+      </c>
+      <c r="E3" s="1">
+        <v>66244.494502092755</v>
+      </c>
+      <c r="F3" s="1">
+        <v>139454.83957898099</v>
+      </c>
+      <c r="G3" s="1">
+        <v>8783.1912825799991</v>
+      </c>
+      <c r="H3" s="1">
+        <v>476035.61993837776</v>
+      </c>
+      <c r="I3" s="1">
+        <v>89989.486726298506</v>
+      </c>
+      <c r="J3" s="1">
+        <v>58340.659750543353</v>
+      </c>
+      <c r="K3" s="1">
+        <v>96747.260923941096</v>
+      </c>
+      <c r="L3" s="1">
+        <v>789.55856613999993</v>
+      </c>
+      <c r="M3" s="1">
+        <v>652329.08843258</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" s="1">
+        <v>8171.0498645500002</v>
+      </c>
+      <c r="C4" s="1">
+        <v>4289.8437247849997</v>
+      </c>
+      <c r="D4" s="1">
+        <v>575.57598599999994</v>
+      </c>
+      <c r="E4" s="1">
+        <v>750.57598599999994</v>
+      </c>
+      <c r="F4" s="1">
+        <v>1011.0759859999999</v>
+      </c>
+      <c r="G4" s="1">
+        <v>0</v>
+      </c>
+      <c r="H4" s="1">
+        <v>5833.8219065499998</v>
+      </c>
+      <c r="I4" s="1">
+        <v>340.26698579999999</v>
+      </c>
+      <c r="J4" s="1">
+        <v>415.26698579999999</v>
+      </c>
+      <c r="K4" s="1">
+        <v>467.78799299999997</v>
+      </c>
+      <c r="L4" s="1">
+        <v>0</v>
+      </c>
+      <c r="M4" s="1">
+        <v>3066.5217601849999</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" s="1">
+        <v>50492.402037241001</v>
+      </c>
+      <c r="C5" s="1">
+        <v>257022.946379359</v>
+      </c>
+      <c r="D5" s="1">
+        <v>9283.1455207455001</v>
+      </c>
+      <c r="E5" s="1">
+        <v>3097.5919997415999</v>
+      </c>
+      <c r="F5" s="1">
+        <v>8019.6161630265997</v>
+      </c>
+      <c r="G5" s="1">
+        <v>0.203625208</v>
+      </c>
+      <c r="H5" s="1">
+        <v>30091.8447285193</v>
+      </c>
+      <c r="I5" s="1">
+        <v>51776.841419955301</v>
+      </c>
+      <c r="J5" s="1">
+        <v>2794.4737859380002</v>
+      </c>
+      <c r="K5" s="1">
+        <v>56872.610448918</v>
+      </c>
+      <c r="L5" s="1">
+        <v>0.203625208</v>
+      </c>
+      <c r="M5" s="1">
+        <v>145578.81709933971</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" s="1">
+        <v>78560.658824000013</v>
+      </c>
+      <c r="C6" s="1">
+        <v>13173.014178404999</v>
+      </c>
+      <c r="D6" s="1">
+        <v>8135.5246538000001</v>
+      </c>
+      <c r="E6" s="1">
+        <v>0</v>
+      </c>
+      <c r="F6" s="1">
+        <v>70425.134170200006</v>
+      </c>
+      <c r="G6" s="1">
+        <v>0</v>
+      </c>
+      <c r="H6" s="1">
+        <v>0</v>
+      </c>
+      <c r="I6" s="1">
+        <v>1487.15868976</v>
+      </c>
+      <c r="J6" s="1">
+        <v>1585.9071749309999</v>
+      </c>
+      <c r="K6" s="1">
+        <v>624.04434847499999</v>
+      </c>
+      <c r="L6" s="1">
+        <v>0</v>
+      </c>
+      <c r="M6" s="1">
+        <v>9475.9039652390002</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" s="1">
+        <v>0</v>
+      </c>
+      <c r="C7" s="1">
+        <v>15006.232756174999</v>
+      </c>
+      <c r="D7" s="1">
+        <v>0</v>
+      </c>
+      <c r="E7" s="1">
+        <v>0</v>
+      </c>
+      <c r="F7" s="1">
+        <v>0</v>
+      </c>
+      <c r="G7" s="1">
+        <v>0</v>
+      </c>
+      <c r="H7" s="1">
+        <v>0</v>
+      </c>
+      <c r="I7" s="1">
+        <v>2151.9521620437499</v>
+      </c>
+      <c r="J7" s="1">
+        <v>43.661248035</v>
+      </c>
+      <c r="K7" s="1">
+        <v>1293.0209130000001</v>
+      </c>
+      <c r="L7" s="1">
+        <v>0</v>
+      </c>
+      <c r="M7" s="1">
+        <v>11517.598433096251</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" s="1">
+        <v>1179513.102408397</v>
+      </c>
+      <c r="C8" s="1">
+        <v>1063971.976451244</v>
+      </c>
+      <c r="D8" s="1">
+        <v>155217.68753755046</v>
+      </c>
+      <c r="E8" s="1">
+        <v>4093.8594009500898</v>
+      </c>
+      <c r="F8" s="1">
+        <v>134194.98809416476</v>
+      </c>
+      <c r="G8" s="1">
+        <v>1350</v>
+      </c>
+      <c r="H8" s="1">
+        <v>884656.56737573165</v>
+      </c>
+      <c r="I8" s="1">
+        <v>132252.66730599024</v>
+      </c>
+      <c r="J8" s="1">
+        <v>6113.4804739863703</v>
+      </c>
+      <c r="K8" s="1">
+        <v>155255.76350823135</v>
+      </c>
+      <c r="L8" s="1">
+        <v>1000</v>
+      </c>
+      <c r="M8" s="1">
+        <v>769350.06516303611</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" s="1">
+        <v>2346909.1980012199</v>
+      </c>
+      <c r="C9" s="1">
+        <v>171841.60045239399</v>
+      </c>
+      <c r="D9" s="1">
+        <v>231064.9958738389</v>
+      </c>
+      <c r="E9" s="1">
+        <v>174746.91656400001</v>
+      </c>
+      <c r="F9" s="1">
+        <v>248677.60393397449</v>
+      </c>
+      <c r="G9" s="1">
+        <v>5233.1586550000002</v>
+      </c>
+      <c r="H9" s="1">
+        <v>1687186.5229744066</v>
+      </c>
+      <c r="I9" s="1">
+        <v>8500.1669453920003</v>
+      </c>
+      <c r="J9" s="1">
+        <v>16769.814140999999</v>
+      </c>
+      <c r="K9" s="1">
+        <v>20608.522853495499</v>
+      </c>
+      <c r="L9" s="1">
+        <v>0</v>
+      </c>
+      <c r="M9" s="1">
+        <v>125963.0965125065</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" s="1">
+        <v>568876.85767338797</v>
+      </c>
+      <c r="C10" s="1">
+        <v>192003.794972982</v>
+      </c>
+      <c r="D10" s="1">
+        <v>55831.352992504297</v>
+      </c>
+      <c r="E10" s="1">
+        <v>133922.19396423781</v>
+      </c>
+      <c r="F10" s="1">
+        <v>169347.48567084118</v>
+      </c>
+      <c r="G10" s="1">
+        <v>9516.1328867440006</v>
+      </c>
+      <c r="H10" s="1">
+        <v>200259.69215906071</v>
+      </c>
+      <c r="I10" s="1">
+        <v>20068.925354111601</v>
+      </c>
+      <c r="J10" s="1">
+        <v>34098.605322137002</v>
+      </c>
+      <c r="K10" s="1">
+        <v>61976.209644277202</v>
+      </c>
+      <c r="L10" s="1">
+        <v>730.57238877500004</v>
+      </c>
+      <c r="M10" s="1">
+        <v>75129.482263681202</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" s="1">
+        <v>89905.724513516994</v>
+      </c>
+      <c r="C11" s="1">
+        <v>165647.51688606199</v>
+      </c>
+      <c r="D11" s="1">
+        <v>11325.839121072251</v>
+      </c>
+      <c r="E11" s="1">
+        <v>9859.5705800362502</v>
+      </c>
+      <c r="F11" s="1">
+        <v>24235.825736272251</v>
+      </c>
+      <c r="G11" s="1">
+        <v>0</v>
+      </c>
+      <c r="H11" s="1">
+        <v>44484.489076136248</v>
+      </c>
+      <c r="I11" s="1">
+        <v>21084.924058383502</v>
+      </c>
+      <c r="J11" s="1">
+        <v>78460.896584119997</v>
+      </c>
+      <c r="K11" s="1">
+        <v>31544.501730635999</v>
+      </c>
+      <c r="L11" s="1">
+        <v>26.182266009999999</v>
+      </c>
+      <c r="M11" s="1">
+        <v>34531.012246912498</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+      <c r="G12" s="1"/>
+      <c r="H12" s="1"/>
+      <c r="I12" s="1"/>
+      <c r="J12" s="1"/>
+      <c r="K12" s="1"/>
+      <c r="L12" s="1"/>
+      <c r="M12" s="1"/>
+    </row>
+    <row r="13" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" s="1">
+        <v>35564.158708739</v>
+      </c>
+      <c r="C13" s="1">
+        <v>125184.703603952</v>
+      </c>
+      <c r="D13" s="1">
+        <v>8313.3678360249996</v>
+      </c>
+      <c r="E13" s="1">
+        <v>6695.4544528758497</v>
+      </c>
+      <c r="F13" s="1">
+        <v>12079.2508824</v>
+      </c>
+      <c r="G13" s="1">
+        <v>153.19128258000001</v>
+      </c>
+      <c r="H13" s="1">
+        <v>8322.8942548581508</v>
+      </c>
+      <c r="I13" s="1">
+        <v>16010.585575859999</v>
+      </c>
+      <c r="J13" s="1">
+        <v>17400.258326101801</v>
+      </c>
+      <c r="K13" s="1">
+        <v>73681.546983545006</v>
+      </c>
+      <c r="L13" s="1">
+        <v>123.9713248</v>
+      </c>
+      <c r="M13" s="1">
+        <v>17968.341393645202</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="1">
+        <v>29023.8367297</v>
+      </c>
+      <c r="C14" s="1">
+        <v>42185.187534076002</v>
+      </c>
+      <c r="D14" s="1">
+        <v>577.72668991</v>
+      </c>
+      <c r="E14" s="1">
+        <v>24451.680860199998</v>
+      </c>
+      <c r="F14" s="1">
+        <v>1593.7047797299999</v>
+      </c>
+      <c r="G14" s="1">
+        <v>0</v>
+      </c>
+      <c r="H14" s="1">
+        <v>2400.7243998600002</v>
+      </c>
+      <c r="I14" s="1">
+        <v>3573.4340487023001</v>
+      </c>
+      <c r="J14" s="1">
+        <v>22749.5824215588</v>
+      </c>
+      <c r="K14" s="1">
+        <v>3461.1376353845999</v>
+      </c>
+      <c r="L14" s="1">
+        <v>607.87185179999994</v>
+      </c>
+      <c r="M14" s="1">
+        <v>11793.1615766303</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" s="1">
+        <v>754773.15486411098</v>
+      </c>
+      <c r="C15" s="1">
+        <v>730826.16326147504</v>
+      </c>
+      <c r="D15" s="1">
+        <v>119951.91047458351</v>
+      </c>
+      <c r="E15" s="1">
+        <v>35097.359189016905</v>
+      </c>
+      <c r="F15" s="1">
+        <v>125781.883916851</v>
+      </c>
+      <c r="G15" s="1">
+        <v>8630</v>
+      </c>
+      <c r="H15" s="1">
+        <v>465312.0012836596</v>
+      </c>
+      <c r="I15" s="1">
+        <v>70405.467101736198</v>
+      </c>
+      <c r="J15" s="1">
+        <v>18190.819002882752</v>
+      </c>
+      <c r="K15" s="1">
+        <v>19604.576305011498</v>
+      </c>
+      <c r="L15" s="1">
+        <v>57.715389539999997</v>
+      </c>
+      <c r="M15" s="1">
+        <v>622567.58546230453</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" s="1"/>
+      <c r="C16" s="1"/>
+      <c r="D16" s="1"/>
+      <c r="E16" s="1"/>
+      <c r="F16" s="1"/>
+      <c r="G16" s="1"/>
+      <c r="H16" s="1"/>
+      <c r="I16" s="1"/>
+      <c r="J16" s="1"/>
+      <c r="K16" s="1"/>
+      <c r="L16" s="1"/>
+      <c r="M16" s="1"/>
+    </row>
+    <row r="17" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" s="1">
+        <v>54886.573115613995</v>
+      </c>
+      <c r="C17" s="1">
+        <v>15104.174792841</v>
+      </c>
+      <c r="D17" s="1">
+        <v>670.99586301600004</v>
+      </c>
+      <c r="E17" s="1">
+        <v>1519.2168122539999</v>
+      </c>
+      <c r="F17" s="1">
+        <v>36335.425426119502</v>
+      </c>
+      <c r="G17" s="1">
+        <v>328.90969602399997</v>
+      </c>
+      <c r="H17" s="1">
+        <v>16032.0253182005</v>
+      </c>
+      <c r="I17" s="1">
+        <v>859.07824821700001</v>
+      </c>
+      <c r="J17" s="1">
+        <v>333.27370563199997</v>
+      </c>
+      <c r="K17" s="1">
+        <v>7127.8487102890003</v>
+      </c>
+      <c r="L17" s="1">
+        <v>163.49992887499999</v>
+      </c>
+      <c r="M17" s="1">
+        <v>6620.4741998279997</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B18" s="1">
+        <v>341863.24372805899</v>
+      </c>
+      <c r="C18" s="1">
+        <v>959043.52840367495</v>
+      </c>
+      <c r="D18" s="1">
+        <v>27198.888554561399</v>
+      </c>
+      <c r="E18" s="1">
+        <v>61112.538942978405</v>
+      </c>
+      <c r="F18" s="1">
+        <v>63315.356697782699</v>
+      </c>
+      <c r="G18" s="1">
+        <v>4235.3805627199999</v>
+      </c>
+      <c r="H18" s="1">
+        <v>186001.0789700165</v>
+      </c>
+      <c r="I18" s="1">
+        <v>113253.87883252079</v>
+      </c>
+      <c r="J18" s="1">
+        <v>40665.857023638753</v>
+      </c>
+      <c r="K18" s="1">
+        <v>172160.06663847368</v>
+      </c>
+      <c r="L18" s="1">
+        <v>0</v>
+      </c>
+      <c r="M18" s="1">
+        <v>632963.72590904171</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B19" s="1">
+        <v>1496083.5283746531</v>
+      </c>
+      <c r="C19" s="1">
+        <v>400445.86666898098</v>
+      </c>
+      <c r="D19" s="1">
+        <v>183438.96593432082</v>
+      </c>
+      <c r="E19" s="1">
+        <v>109045.16314287379</v>
+      </c>
+      <c r="F19" s="1">
+        <v>213025.94038098201</v>
+      </c>
+      <c r="G19" s="1">
+        <v>7198.3961907880002</v>
+      </c>
+      <c r="H19" s="1">
+        <v>983375.06272568833</v>
+      </c>
+      <c r="I19" s="1">
+        <v>64192.230400389089</v>
+      </c>
+      <c r="J19" s="1">
+        <v>89871.890650613976</v>
+      </c>
+      <c r="K19" s="1">
+        <v>48620.067404074951</v>
+      </c>
+      <c r="L19" s="1">
+        <v>1009.045592458</v>
+      </c>
+      <c r="M19" s="1">
+        <v>196752.63262144499</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B20" s="1">
+        <v>3248956.7984065372</v>
+      </c>
+      <c r="C20" s="1">
+        <v>1406559.410335412</v>
+      </c>
+      <c r="D20" s="1">
+        <v>388968.27633413172</v>
+      </c>
+      <c r="E20" s="1">
+        <v>221038.28409895231</v>
+      </c>
+      <c r="F20" s="1">
+        <v>482689.84682857612</v>
+      </c>
+      <c r="G20" s="1">
+        <v>13120</v>
+      </c>
+      <c r="H20" s="1">
+        <v>2143140.3911448768</v>
+      </c>
+      <c r="I20" s="1">
+        <v>149347.20216660801</v>
+      </c>
+      <c r="J20" s="1">
+        <v>67751.744086606006</v>
+      </c>
+      <c r="K20" s="1">
+        <v>197481.73961113649</v>
+      </c>
+      <c r="L20" s="1">
+        <v>1373.9713248</v>
+      </c>
+      <c r="M20" s="1">
+        <v>990604.75314626156</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B21" s="1"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
+      <c r="F21" s="1"/>
+      <c r="G21" s="1"/>
+      <c r="H21" s="1"/>
+      <c r="I21" s="1"/>
+      <c r="J21" s="1"/>
+      <c r="K21" s="1"/>
+      <c r="L21" s="1"/>
+      <c r="M21" s="1"/>
+    </row>
+    <row r="22" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B22" s="1">
+        <v>113796.93937738601</v>
+      </c>
+      <c r="C22" s="1">
+        <v>36395.986878449999</v>
+      </c>
+      <c r="D22" s="1">
+        <v>11528.582262310001</v>
+      </c>
+      <c r="E22" s="1">
+        <v>18692.985262139999</v>
+      </c>
+      <c r="F22" s="1">
+        <v>10376.2704325778</v>
+      </c>
+      <c r="G22" s="1">
+        <v>0</v>
+      </c>
+      <c r="H22" s="1">
+        <v>73199.101420358202</v>
+      </c>
+      <c r="I22" s="1">
+        <v>5636.7137825150003</v>
+      </c>
+      <c r="J22" s="1">
+        <v>17204.858407267002</v>
+      </c>
+      <c r="K22" s="1">
+        <v>1893.4264346069999</v>
+      </c>
+      <c r="L22" s="1">
+        <v>57.715389539999997</v>
+      </c>
+      <c r="M22" s="1">
+        <v>11603.272864521001</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B23" s="1">
+        <v>734516.38272442005</v>
+      </c>
+      <c r="C23" s="1">
+        <v>1510115.311366461</v>
+      </c>
+      <c r="D23" s="1">
+        <v>113309.8412753505</v>
+      </c>
+      <c r="E23" s="1">
+        <v>30137.203430545298</v>
+      </c>
+      <c r="F23" s="1">
+        <v>109355.931787382</v>
+      </c>
+      <c r="G23" s="1">
+        <v>4441.8426280000003</v>
+      </c>
+      <c r="H23" s="1">
+        <v>477271.56360314216</v>
+      </c>
+      <c r="I23" s="1">
+        <v>103929.70541056</v>
+      </c>
+      <c r="J23" s="1">
+        <v>37633.483458042254</v>
+      </c>
+      <c r="K23" s="1">
+        <v>147186.3481358095</v>
+      </c>
+      <c r="L23" s="1">
+        <v>441.0437847</v>
+      </c>
+      <c r="M23" s="1">
+        <v>1220924.7305773492</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="1">
+        <v>963686.24328812095</v>
+      </c>
+      <c r="C24" s="1">
+        <v>249752.08409023998</v>
+      </c>
+      <c r="D24" s="1">
+        <v>106556.0217700269</v>
+      </c>
+      <c r="E24" s="1">
+        <v>121520.17319151601</v>
+      </c>
+      <c r="F24" s="1">
+        <v>100613.41043376419</v>
+      </c>
+      <c r="G24" s="1">
+        <v>155.10112085400002</v>
+      </c>
+      <c r="H24" s="1">
+        <v>634841.53677195997</v>
+      </c>
+      <c r="I24" s="1">
+        <v>51540.937068680199</v>
+      </c>
+      <c r="J24" s="1">
+        <v>13473.3523763588</v>
+      </c>
+      <c r="K24" s="1">
+        <v>55747.1098440348</v>
+      </c>
+      <c r="L24" s="1">
+        <v>0</v>
+      </c>
+      <c r="M24" s="1">
+        <v>128990.68480116619</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" s="1">
+        <v>2702545.8240612601</v>
+      </c>
+      <c r="C25" s="1">
+        <v>956041.46166461403</v>
+      </c>
+      <c r="D25" s="1">
+        <v>337441.98335634253</v>
+      </c>
+      <c r="E25" s="1">
+        <v>209295.08379985721</v>
+      </c>
+      <c r="F25" s="1">
+        <v>524789.40526743629</v>
+      </c>
+      <c r="G25" s="1">
+        <v>19957.414044178</v>
+      </c>
+      <c r="H25" s="1">
+        <v>1611061.9375934459</v>
+      </c>
+      <c r="I25" s="1">
+        <v>160716.98897906719</v>
+      </c>
+      <c r="J25" s="1">
+        <v>126639.50637622067</v>
+      </c>
+      <c r="K25" s="1">
+        <v>215756.10945134735</v>
+      </c>
+      <c r="L25" s="1">
+        <v>1413.703554083</v>
+      </c>
+      <c r="M25" s="1">
+        <v>451515.15330389579</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" s="1">
+        <v>627244.75417367602</v>
+      </c>
+      <c r="C26" s="1">
+        <v>28848.136201144</v>
+      </c>
+      <c r="D26" s="1">
+        <v>31440.698022</v>
+      </c>
+      <c r="E26" s="1">
+        <v>13069.757313</v>
+      </c>
+      <c r="F26" s="1">
+        <v>50231.551412300003</v>
+      </c>
+      <c r="G26" s="1">
+        <v>328.32865650000002</v>
+      </c>
+      <c r="H26" s="1">
+        <v>532174.41876987601</v>
+      </c>
+      <c r="I26" s="1">
+        <v>5828.0444069125006</v>
+      </c>
+      <c r="J26" s="1">
+        <v>3671.564848602</v>
+      </c>
+      <c r="K26" s="1">
+        <v>4806.7284981755001</v>
+      </c>
+      <c r="L26" s="1">
+        <v>634.05411780999998</v>
+      </c>
+      <c r="M26" s="1">
+        <v>13907.744329644</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" s="1">
+        <v>5141790.1436248627</v>
+      </c>
+      <c r="C27" s="1">
+        <v>2781152.9802009091</v>
+      </c>
+      <c r="D27" s="1">
+        <v>600277.12668602995</v>
+      </c>
+      <c r="E27" s="1">
+        <v>392715.20299705851</v>
+      </c>
+      <c r="F27" s="1">
+        <v>795366.5693334603</v>
+      </c>
+      <c r="G27" s="1">
+        <v>24882.686449532001</v>
+      </c>
+      <c r="H27" s="1">
+        <v>3328548.5581587823</v>
+      </c>
+      <c r="I27" s="1">
+        <v>327652.38964773488</v>
+      </c>
+      <c r="J27" s="1">
+        <v>198622.76546649073</v>
+      </c>
+      <c r="K27" s="1">
+        <v>425389.72236397414</v>
+      </c>
+      <c r="L27" s="1">
+        <v>2546.5168461329999</v>
+      </c>
+      <c r="M27" s="1">
+        <v>1826941.5858765764</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:AP602"/>
+  <dimension ref="A1:C27"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G34" sqref="G34"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="27.81640625" style="6" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="53" max="16384" width="8.7265625" style="6"/>
+    <col min="1" max="1" width="12" customWidth="1"/>
+    <col min="2" max="2" width="35.140625" customWidth="1"/>
+    <col min="3" max="3" width="29.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="30" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
-[...21 lines deleted...]
-      <c r="B3" s="14">
+    <row r="1" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="2" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+    </row>
+    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" s="1">
         <v>965</v>
       </c>
-      <c r="C3" s="14">
-[...7 lines deleted...]
-      <c r="B4" s="14">
+      <c r="C3" s="1">
+        <v>3116.0551657310002</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" s="1">
         <v>185</v>
       </c>
-      <c r="C4" s="14">
-[...7 lines deleted...]
-      <c r="B5" s="14">
+      <c r="C4" s="1">
+        <v>3027.0213645989998</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" s="1">
         <v>500</v>
       </c>
-      <c r="C5" s="14">
-[...7 lines deleted...]
-      <c r="B6" s="14">
+      <c r="C5" s="1">
+        <v>4905.9442545089996</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" s="1">
         <v>218</v>
       </c>
-      <c r="C6" s="14">
-[...7 lines deleted...]
-      <c r="B7" s="14">
+      <c r="C6" s="1">
+        <v>1292.80832207</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" s="1">
         <v>64</v>
       </c>
-      <c r="C7" s="14">
-[...29 lines deleted...]
-      <c r="B10" s="14">
+      <c r="C7" s="1">
+        <v>1444.8253375680001</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" s="1">
+        <v>213</v>
+      </c>
+      <c r="C8" s="1">
+        <v>1564.3696541300001</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" s="1">
+        <v>137</v>
+      </c>
+      <c r="C9" s="1">
+        <v>438.07604761499999</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" s="1">
         <v>704</v>
       </c>
-      <c r="C10" s="14">
-[...25 lines deleted...]
-      <c r="B13" s="14">
+      <c r="C10" s="1">
+        <v>3744.291034286</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" s="1">
+        <v>378</v>
+      </c>
+      <c r="C11" s="1">
+        <v>1693.4444420360001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1"/>
+    </row>
+    <row r="13" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" s="1">
         <v>326</v>
       </c>
-      <c r="C13" s="14">
-[...7 lines deleted...]
-      <c r="B14" s="14">
+      <c r="C13" s="1">
+        <v>1085.8211689950001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="1">
         <v>200</v>
       </c>
-      <c r="C14" s="14">
-[...7 lines deleted...]
-      <c r="B15" s="14">
+      <c r="C14" s="1">
+        <v>943.50451545399994</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" s="1">
         <v>439</v>
       </c>
-      <c r="C15" s="14">
-[...47 lines deleted...]
-      <c r="B20" s="14">
+      <c r="C15" s="1">
+        <v>1086.7294812820001</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" s="1"/>
+      <c r="C16" s="1"/>
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" s="1">
+        <v>228</v>
+      </c>
+      <c r="C17" s="1">
+        <v>720.85733234099996</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B18" s="1">
+        <v>709</v>
+      </c>
+      <c r="C18" s="1">
+        <v>16277.011882471001</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B19" s="1">
+        <v>1687</v>
+      </c>
+      <c r="C19" s="1">
+        <v>3514.1569352010001</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B20" s="1">
+        <v>740</v>
+      </c>
+      <c r="C20" s="1">
+        <v>714.80947253099998</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B21" s="1"/>
+      <c r="C21" s="1"/>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B22" s="1">
+        <v>281</v>
+      </c>
+      <c r="C22" s="1">
+        <v>2007.8093354539999</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B23" s="1">
+        <v>730</v>
+      </c>
+      <c r="C23" s="1">
+        <v>4915.5233051380001</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="1">
         <v>653</v>
       </c>
-      <c r="C20" s="14">
-[...69 lines deleted...]
-      <c r="B27" s="17">
+      <c r="C24" s="1">
+        <v>4356.503808937</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" s="1">
+        <v>1453</v>
+      </c>
+      <c r="C25" s="1">
+        <v>7748.3797536350003</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" s="1">
+        <v>247</v>
+      </c>
+      <c r="C26" s="1">
+        <v>2198.6194193800002</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" s="1">
         <v>3364</v>
       </c>
-      <c r="C27" s="17">
-[...19598 lines deleted...]
-        <v>21226.835621999999</v>
+      <c r="C27" s="1">
+        <v>21226.835622544</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:Q27"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="D35" sqref="D35"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="39.85546875" customWidth="1"/>
+    <col min="2" max="2" width="57" customWidth="1"/>
+    <col min="3" max="3" width="54.5703125" customWidth="1"/>
+    <col min="4" max="4" width="73.42578125" customWidth="1"/>
+    <col min="5" max="5" width="41.42578125" customWidth="1"/>
+    <col min="6" max="6" width="41.5703125" customWidth="1"/>
+    <col min="7" max="7" width="73.42578125" customWidth="1"/>
+    <col min="8" max="8" width="57.85546875" customWidth="1"/>
+    <col min="9" max="9" width="55.42578125" customWidth="1"/>
+    <col min="10" max="10" width="73.42578125" customWidth="1"/>
+    <col min="11" max="11" width="42.85546875" customWidth="1"/>
+    <col min="12" max="12" width="73.42578125" customWidth="1"/>
+    <col min="13" max="13" width="60.5703125" customWidth="1"/>
+    <col min="14" max="14" width="73.42578125" customWidth="1"/>
+    <col min="15" max="15" width="45.140625" customWidth="1"/>
+    <col min="16" max="16" width="73.42578125" customWidth="1"/>
+    <col min="17" max="17" width="19.42578125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="N1" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="O1" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="P1" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="Q1" s="1" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="2" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
+      <c r="J2" s="1"/>
+      <c r="K2" s="1"/>
+      <c r="L2" s="1"/>
+      <c r="M2" s="1"/>
+      <c r="N2" s="1"/>
+      <c r="O2" s="1"/>
+      <c r="P2" s="1"/>
+      <c r="Q2" s="1"/>
+    </row>
+    <row r="3" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" s="1">
+        <v>154.594100897</v>
+      </c>
+      <c r="C3" s="1">
+        <v>141.76716839099998</v>
+      </c>
+      <c r="D3" s="1">
+        <v>38.244134895999998</v>
+      </c>
+      <c r="E3" s="1">
+        <v>615.92759497199995</v>
+      </c>
+      <c r="F3" s="1">
+        <v>602.78794427599996</v>
+      </c>
+      <c r="G3" s="1">
+        <v>195.67514260499999</v>
+      </c>
+      <c r="H3" s="1">
+        <v>706.11209078100001</v>
+      </c>
+      <c r="I3" s="1">
+        <v>110.797669842</v>
+      </c>
+      <c r="J3" s="1">
+        <v>42.824106047999997</v>
+      </c>
+      <c r="K3" s="1">
+        <v>248.31634744000002</v>
+      </c>
+      <c r="L3" s="1">
+        <v>99.670597841000003</v>
+      </c>
+      <c r="M3" s="1">
+        <v>158.03656525</v>
+      </c>
+      <c r="N3" s="1">
+        <v>87.766959818000004</v>
+      </c>
+      <c r="O3" s="1">
+        <v>234.37274280599999</v>
+      </c>
+      <c r="P3" s="1">
+        <v>51.789064668999998</v>
+      </c>
+      <c r="Q3" s="1">
+        <v>3116.0551657310002</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" s="1">
+        <v>3.1074528629999998</v>
+      </c>
+      <c r="C4" s="1">
+        <v>2.1428592200000001</v>
+      </c>
+      <c r="D4" s="1">
+        <v>1.103866966</v>
+      </c>
+      <c r="E4" s="1">
+        <v>151.98658352499999</v>
+      </c>
+      <c r="F4" s="1">
+        <v>44.673331361000002</v>
+      </c>
+      <c r="G4" s="1">
+        <v>2.0684606089999997</v>
+      </c>
+      <c r="H4" s="1">
+        <v>241.50895080800001</v>
+      </c>
+      <c r="I4" s="1">
+        <v>2.1531769540000001</v>
+      </c>
+      <c r="J4" s="1">
+        <v>0</v>
+      </c>
+      <c r="K4" s="1">
+        <v>119.839938762</v>
+      </c>
+      <c r="L4" s="1">
+        <v>2.1472367869999998</v>
+      </c>
+      <c r="M4" s="1">
+        <v>3.4170599089999998</v>
+      </c>
+      <c r="N4" s="1">
+        <v>1.147236787</v>
+      </c>
+      <c r="O4" s="1">
+        <v>6.9925204470000004</v>
+      </c>
+      <c r="P4" s="1">
+        <v>1.125537792</v>
+      </c>
+      <c r="Q4" s="1">
+        <v>3027.0213645989998</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" s="1">
+        <v>115.184968207</v>
+      </c>
+      <c r="C5" s="1">
+        <v>114.184968207</v>
+      </c>
+      <c r="D5" s="1">
+        <v>2.0591545170000001</v>
+      </c>
+      <c r="E5" s="1">
+        <v>412.62706655599999</v>
+      </c>
+      <c r="F5" s="1">
+        <v>412.62706655599999</v>
+      </c>
+      <c r="G5" s="1">
+        <v>5.9313091199999999</v>
+      </c>
+      <c r="H5" s="1">
+        <v>746.64179069600004</v>
+      </c>
+      <c r="I5" s="1">
+        <v>57.394228056999999</v>
+      </c>
+      <c r="J5" s="1">
+        <v>0.94097942599999995</v>
+      </c>
+      <c r="K5" s="1">
+        <v>494.79296728200001</v>
+      </c>
+      <c r="L5" s="1">
+        <v>2.941492824</v>
+      </c>
+      <c r="M5" s="1">
+        <v>1.961063437</v>
+      </c>
+      <c r="N5" s="1">
+        <v>1.961063437</v>
+      </c>
+      <c r="O5" s="1">
+        <v>220.34030129600001</v>
+      </c>
+      <c r="P5" s="1">
+        <v>2.1424228699999999</v>
+      </c>
+      <c r="Q5" s="1">
+        <v>4905.9442545089996</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" s="1">
+        <v>9.7311024970000002</v>
+      </c>
+      <c r="C6" s="1">
+        <v>8.5966792929999993</v>
+      </c>
+      <c r="D6" s="1">
+        <v>1.0574344470000001</v>
+      </c>
+      <c r="E6" s="1">
+        <v>147.98859109099999</v>
+      </c>
+      <c r="F6" s="1">
+        <v>146.85416788699999</v>
+      </c>
+      <c r="G6" s="1">
+        <v>0</v>
+      </c>
+      <c r="H6" s="1">
+        <v>144.85797735</v>
+      </c>
+      <c r="I6" s="1">
+        <v>99.047186610000011</v>
+      </c>
+      <c r="J6" s="1">
+        <v>0</v>
+      </c>
+      <c r="K6" s="1">
+        <v>30.859598372000001</v>
+      </c>
+      <c r="L6" s="1">
+        <v>1.0574344470000001</v>
+      </c>
+      <c r="M6" s="1">
+        <v>5.6653536679999998</v>
+      </c>
+      <c r="N6" s="1">
+        <v>0</v>
+      </c>
+      <c r="O6" s="1">
+        <v>17.992627941000002</v>
+      </c>
+      <c r="P6" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q6" s="1">
+        <v>1292.80832207</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" s="1">
+        <v>2.2574879980000002</v>
+      </c>
+      <c r="C7" s="1">
+        <v>1.119222602</v>
+      </c>
+      <c r="D7" s="1">
+        <v>0</v>
+      </c>
+      <c r="E7" s="1">
+        <v>276.464833484</v>
+      </c>
+      <c r="F7" s="1">
+        <v>275.3388812</v>
+      </c>
+      <c r="G7" s="1">
+        <v>0</v>
+      </c>
+      <c r="H7" s="1">
+        <v>677.51780490299996</v>
+      </c>
+      <c r="I7" s="1">
+        <v>259.41616769999996</v>
+      </c>
+      <c r="J7" s="1">
+        <v>0</v>
+      </c>
+      <c r="K7" s="1">
+        <v>528.60303834299998</v>
+      </c>
+      <c r="L7" s="1">
+        <v>0</v>
+      </c>
+      <c r="M7" s="1">
+        <v>0</v>
+      </c>
+      <c r="N7" s="1">
+        <v>0</v>
+      </c>
+      <c r="O7" s="1">
+        <v>1.11485496</v>
+      </c>
+      <c r="P7" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q7" s="1">
+        <v>1444.8253375680001</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" s="1">
+        <v>20.129207404999999</v>
+      </c>
+      <c r="C8" s="1">
+        <v>17.877228155000001</v>
+      </c>
+      <c r="D8" s="1">
+        <v>12.477639409</v>
+      </c>
+      <c r="E8" s="1">
+        <v>22.442895425</v>
+      </c>
+      <c r="F8" s="1">
+        <v>21.342641273999998</v>
+      </c>
+      <c r="G8" s="1">
+        <v>15.179921877</v>
+      </c>
+      <c r="H8" s="1">
+        <v>325.29699672199996</v>
+      </c>
+      <c r="I8" s="1">
+        <v>158.96743603099998</v>
+      </c>
+      <c r="J8" s="1">
+        <v>0</v>
+      </c>
+      <c r="K8" s="1">
+        <v>154.0067205</v>
+      </c>
+      <c r="L8" s="1">
+        <v>106.091701898</v>
+      </c>
+      <c r="M8" s="1">
+        <v>6.3835577620000006</v>
+      </c>
+      <c r="N8" s="1">
+        <v>3.189358431</v>
+      </c>
+      <c r="O8" s="1">
+        <v>4.0808825239999997</v>
+      </c>
+      <c r="P8" s="1">
+        <v>0.90516613800000001</v>
+      </c>
+      <c r="Q8" s="1">
+        <v>1564.3696541300001</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" s="1">
+        <v>26.249728905000001</v>
+      </c>
+      <c r="C9" s="1">
+        <v>25.170595974000001</v>
+      </c>
+      <c r="D9" s="1">
+        <v>0</v>
+      </c>
+      <c r="E9" s="1">
+        <v>45.877879401000001</v>
+      </c>
+      <c r="F9" s="1">
+        <v>43.527977378999999</v>
+      </c>
+      <c r="G9" s="1">
+        <v>0</v>
+      </c>
+      <c r="H9" s="1">
+        <v>15.554660604</v>
+      </c>
+      <c r="I9" s="1">
+        <v>0</v>
+      </c>
+      <c r="J9" s="1">
+        <v>0</v>
+      </c>
+      <c r="K9" s="1">
+        <v>13.568355260000001</v>
+      </c>
+      <c r="L9" s="1">
+        <v>0</v>
+      </c>
+      <c r="M9" s="1">
+        <v>0</v>
+      </c>
+      <c r="N9" s="1">
+        <v>0</v>
+      </c>
+      <c r="O9" s="1">
+        <v>0</v>
+      </c>
+      <c r="P9" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q9" s="1">
+        <v>438.07604761499999</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" s="1">
+        <v>176.09105151</v>
+      </c>
+      <c r="C10" s="1">
+        <v>143.16411453000001</v>
+      </c>
+      <c r="D10" s="1">
+        <v>122.148833736</v>
+      </c>
+      <c r="E10" s="1">
+        <v>657.33700164599998</v>
+      </c>
+      <c r="F10" s="1">
+        <v>623.63765525700001</v>
+      </c>
+      <c r="G10" s="1">
+        <v>252.56795516</v>
+      </c>
+      <c r="H10" s="1">
+        <v>827.38685888400005</v>
+      </c>
+      <c r="I10" s="1">
+        <v>67.840634519000005</v>
+      </c>
+      <c r="J10" s="1">
+        <v>20.910365318</v>
+      </c>
+      <c r="K10" s="1">
+        <v>429.968002775</v>
+      </c>
+      <c r="L10" s="1">
+        <v>187.54205411699999</v>
+      </c>
+      <c r="M10" s="1">
+        <v>114.703771859</v>
+      </c>
+      <c r="N10" s="1">
+        <v>86.213271191000004</v>
+      </c>
+      <c r="O10" s="1">
+        <v>111.667077069</v>
+      </c>
+      <c r="P10" s="1">
+        <v>40.853998544</v>
+      </c>
+      <c r="Q10" s="1">
+        <v>3744.291034286</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" s="1">
+        <v>19.293543645</v>
+      </c>
+      <c r="C11" s="1">
+        <v>18.133677246000001</v>
+      </c>
+      <c r="D11" s="1">
+        <v>1.2283315459999999</v>
+      </c>
+      <c r="E11" s="1">
+        <v>248.05991398899999</v>
+      </c>
+      <c r="F11" s="1">
+        <v>246.90004759000001</v>
+      </c>
+      <c r="G11" s="1">
+        <v>5.2627554830000003</v>
+      </c>
+      <c r="H11" s="1">
+        <v>610.66613836099998</v>
+      </c>
+      <c r="I11" s="1">
+        <v>150.385803651</v>
+      </c>
+      <c r="J11" s="1">
+        <v>0</v>
+      </c>
+      <c r="K11" s="1">
+        <v>307.76202305800001</v>
+      </c>
+      <c r="L11" s="1">
+        <v>13.801829163999999</v>
+      </c>
+      <c r="M11" s="1">
+        <v>74.112063003999992</v>
+      </c>
+      <c r="N11" s="1">
+        <v>8.7230222150000003</v>
+      </c>
+      <c r="O11" s="1">
+        <v>260.49831400199997</v>
+      </c>
+      <c r="P11" s="1">
+        <v>2.1582149319999999</v>
+      </c>
+      <c r="Q11" s="1">
+        <v>1693.4444420360001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+      <c r="G12" s="1"/>
+      <c r="H12" s="1"/>
+      <c r="I12" s="1"/>
+      <c r="J12" s="1"/>
+      <c r="K12" s="1"/>
+      <c r="L12" s="1"/>
+      <c r="M12" s="1"/>
+      <c r="N12" s="1"/>
+      <c r="O12" s="1"/>
+      <c r="P12" s="1"/>
+      <c r="Q12" s="1"/>
+    </row>
+    <row r="13" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" s="1">
+        <v>34.732578998000001</v>
+      </c>
+      <c r="C13" s="1">
+        <v>33.625869977999997</v>
+      </c>
+      <c r="D13" s="1">
+        <v>0.93066904500000003</v>
+      </c>
+      <c r="E13" s="1">
+        <v>206.803513909</v>
+      </c>
+      <c r="F13" s="1">
+        <v>205.81126883299999</v>
+      </c>
+      <c r="G13" s="1">
+        <v>29.332298311999999</v>
+      </c>
+      <c r="H13" s="1">
+        <v>171.49406697800001</v>
+      </c>
+      <c r="I13" s="1">
+        <v>14.757318924</v>
+      </c>
+      <c r="J13" s="1">
+        <v>0</v>
+      </c>
+      <c r="K13" s="1">
+        <v>67.108404539000006</v>
+      </c>
+      <c r="L13" s="1">
+        <v>26.362167158999998</v>
+      </c>
+      <c r="M13" s="1">
+        <v>28.431149698999999</v>
+      </c>
+      <c r="N13" s="1">
+        <v>16.974846986999999</v>
+      </c>
+      <c r="O13" s="1">
+        <v>95.179051795000007</v>
+      </c>
+      <c r="P13" s="1">
+        <v>2.0022712680000003</v>
+      </c>
+      <c r="Q13" s="1">
+        <v>1085.8211689950001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="1">
+        <v>55.409986687</v>
+      </c>
+      <c r="C14" s="1">
+        <v>55.409986687</v>
+      </c>
+      <c r="D14" s="1">
+        <v>1.1426064419999999</v>
+      </c>
+      <c r="E14" s="1">
+        <v>217.79272049300002</v>
+      </c>
+      <c r="F14" s="1">
+        <v>217.79272049300002</v>
+      </c>
+      <c r="G14" s="1">
+        <v>58.222616113999997</v>
+      </c>
+      <c r="H14" s="1">
+        <v>150.92136733200002</v>
+      </c>
+      <c r="I14" s="1">
+        <v>12.01247002</v>
+      </c>
+      <c r="J14" s="1">
+        <v>0</v>
+      </c>
+      <c r="K14" s="1">
+        <v>81.555012129000005</v>
+      </c>
+      <c r="L14" s="1">
+        <v>6.4746142779999998</v>
+      </c>
+      <c r="M14" s="1">
+        <v>31.446508940000001</v>
+      </c>
+      <c r="N14" s="1">
+        <v>19.383871713000001</v>
+      </c>
+      <c r="O14" s="1">
+        <v>20.349199240000001</v>
+      </c>
+      <c r="P14" s="1">
+        <v>4.8694857200000001</v>
+      </c>
+      <c r="Q14" s="1">
+        <v>943.50451545399994</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" s="1">
+        <v>64.451535211999996</v>
+      </c>
+      <c r="C15" s="1">
+        <v>52.731311726000001</v>
+      </c>
+      <c r="D15" s="1">
+        <v>36.170859409000002</v>
+      </c>
+      <c r="E15" s="1">
+        <v>191.33136057000002</v>
+      </c>
+      <c r="F15" s="1">
+        <v>179.18395495000001</v>
+      </c>
+      <c r="G15" s="1">
+        <v>108.12022817900001</v>
+      </c>
+      <c r="H15" s="1">
+        <v>383.69665647099998</v>
+      </c>
+      <c r="I15" s="1">
+        <v>84.027880898000006</v>
+      </c>
+      <c r="J15" s="1">
+        <v>42.824106047999997</v>
+      </c>
+      <c r="K15" s="1">
+        <v>99.652930772000005</v>
+      </c>
+      <c r="L15" s="1">
+        <v>66.833816404000004</v>
+      </c>
+      <c r="M15" s="1">
+        <v>98.158906611000006</v>
+      </c>
+      <c r="N15" s="1">
+        <v>51.408241117999999</v>
+      </c>
+      <c r="O15" s="1">
+        <v>118.84449177099999</v>
+      </c>
+      <c r="P15" s="1">
+        <v>44.917307681000004</v>
+      </c>
+      <c r="Q15" s="1">
+        <v>1086.7294812820001</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" s="1"/>
+      <c r="C16" s="1"/>
+      <c r="D16" s="1"/>
+      <c r="E16" s="1"/>
+      <c r="F16" s="1"/>
+      <c r="G16" s="1"/>
+      <c r="H16" s="1"/>
+      <c r="I16" s="1"/>
+      <c r="J16" s="1"/>
+      <c r="K16" s="1"/>
+      <c r="L16" s="1"/>
+      <c r="M16" s="1"/>
+      <c r="N16" s="1"/>
+      <c r="O16" s="1"/>
+      <c r="P16" s="1"/>
+      <c r="Q16" s="1"/>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" s="1">
+        <v>103.601822836</v>
+      </c>
+      <c r="C17" s="1">
+        <v>83.848026458000007</v>
+      </c>
+      <c r="D17" s="1">
+        <v>68.966680691999997</v>
+      </c>
+      <c r="E17" s="1">
+        <v>231.00567022800001</v>
+      </c>
+      <c r="F17" s="1">
+        <v>227.01249342099999</v>
+      </c>
+      <c r="G17" s="1">
+        <v>86.835582385999999</v>
+      </c>
+      <c r="H17" s="1">
+        <v>185.85769020399999</v>
+      </c>
+      <c r="I17" s="1">
+        <v>25.479904702999999</v>
+      </c>
+      <c r="J17" s="1">
+        <v>16.916436391000001</v>
+      </c>
+      <c r="K17" s="1">
+        <v>100.051882228</v>
+      </c>
+      <c r="L17" s="1">
+        <v>78.328370823</v>
+      </c>
+      <c r="M17" s="1">
+        <v>66.180485025999999</v>
+      </c>
+      <c r="N17" s="1">
+        <v>42.800302428999998</v>
+      </c>
+      <c r="O17" s="1">
+        <v>30.67924833</v>
+      </c>
+      <c r="P17" s="1">
+        <v>18.596970552000002</v>
+      </c>
+      <c r="Q17" s="1">
+        <v>720.85733234099996</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B18" s="1">
+        <v>328.44340996099999</v>
+      </c>
+      <c r="C18" s="1">
+        <v>313.52311604200003</v>
+      </c>
+      <c r="D18" s="1">
+        <v>75.853446168999994</v>
+      </c>
+      <c r="E18" s="1">
+        <v>1814.9628279620001</v>
+      </c>
+      <c r="F18" s="1">
+        <v>1698.2784926649999</v>
+      </c>
+      <c r="G18" s="1">
+        <v>317.30884715000002</v>
+      </c>
+      <c r="H18" s="1">
+        <v>3447.4699621489999</v>
+      </c>
+      <c r="I18" s="1">
+        <v>759.98029988899998</v>
+      </c>
+      <c r="J18" s="1">
+        <v>43.001851750999997</v>
+      </c>
+      <c r="K18" s="1">
+        <v>1868.392767522</v>
+      </c>
+      <c r="L18" s="1">
+        <v>222.17054621299999</v>
+      </c>
+      <c r="M18" s="1">
+        <v>196.35133039999999</v>
+      </c>
+      <c r="N18" s="1">
+        <v>79.164605394999995</v>
+      </c>
+      <c r="O18" s="1">
+        <v>690.23870937200002</v>
+      </c>
+      <c r="P18" s="1">
+        <v>51.879599216000003</v>
+      </c>
+      <c r="Q18" s="1">
+        <v>16277.011882471001</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B19" s="1">
+        <v>74.719075720999996</v>
+      </c>
+      <c r="C19" s="1">
+        <v>59.877926897000002</v>
+      </c>
+      <c r="D19" s="1">
+        <v>28.016292754000002</v>
+      </c>
+      <c r="E19" s="1">
+        <v>440.54825807999998</v>
+      </c>
+      <c r="F19" s="1">
+        <v>403.44207831</v>
+      </c>
+      <c r="G19" s="1">
+        <v>55.923771875</v>
+      </c>
+      <c r="H19" s="1">
+        <v>541.43147425400002</v>
+      </c>
+      <c r="I19" s="1">
+        <v>110.69361369000001</v>
+      </c>
+      <c r="J19" s="1">
+        <v>2.8065650980000001</v>
+      </c>
+      <c r="K19" s="1">
+        <v>285.67296186200002</v>
+      </c>
+      <c r="L19" s="1">
+        <v>77.790985431999999</v>
+      </c>
+      <c r="M19" s="1">
+        <v>69.936515338000007</v>
+      </c>
+      <c r="N19" s="1">
+        <v>42.23112209</v>
+      </c>
+      <c r="O19" s="1">
+        <v>110.812332716</v>
+      </c>
+      <c r="P19" s="1">
+        <v>17.681966101</v>
+      </c>
+      <c r="Q19" s="1">
+        <v>3514.1569352010001</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B20" s="1">
+        <v>19.874335409</v>
+      </c>
+      <c r="C20" s="1">
+        <v>14.907444221</v>
+      </c>
+      <c r="D20" s="1">
+        <v>5.4829759019999997</v>
+      </c>
+      <c r="E20" s="1">
+        <v>92.195603818999999</v>
+      </c>
+      <c r="F20" s="1">
+        <v>88.956648384000005</v>
+      </c>
+      <c r="G20" s="1">
+        <v>16.617343442999999</v>
+      </c>
+      <c r="H20" s="1">
+        <v>120.78414250199999</v>
+      </c>
+      <c r="I20" s="1">
+        <v>9.8484850819999998</v>
+      </c>
+      <c r="J20" s="1">
+        <v>1.9505975520000001</v>
+      </c>
+      <c r="K20" s="1">
+        <v>73.599380179999997</v>
+      </c>
+      <c r="L20" s="1">
+        <v>34.962444609999999</v>
+      </c>
+      <c r="M20" s="1">
+        <v>31.811104125</v>
+      </c>
+      <c r="N20" s="1">
+        <v>24.804881965</v>
+      </c>
+      <c r="O20" s="1">
+        <v>25.329030627000002</v>
+      </c>
+      <c r="P20" s="1">
+        <v>10.815869076</v>
+      </c>
+      <c r="Q20" s="1">
+        <v>714.80947253099998</v>
+      </c>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B21" s="1"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
+      <c r="F21" s="1"/>
+      <c r="G21" s="1"/>
+      <c r="H21" s="1"/>
+      <c r="I21" s="1"/>
+      <c r="J21" s="1"/>
+      <c r="K21" s="1"/>
+      <c r="L21" s="1"/>
+      <c r="M21" s="1"/>
+      <c r="N21" s="1"/>
+      <c r="O21" s="1"/>
+      <c r="P21" s="1"/>
+      <c r="Q21" s="1"/>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B22" s="1">
+        <v>40.934463698999998</v>
+      </c>
+      <c r="C22" s="1">
+        <v>40.934463698999998</v>
+      </c>
+      <c r="D22" s="1">
+        <v>7.1953306240000003</v>
+      </c>
+      <c r="E22" s="1">
+        <v>152.27851051299999</v>
+      </c>
+      <c r="F22" s="1">
+        <v>150.06230316200001</v>
+      </c>
+      <c r="G22" s="1">
+        <v>19.959173317000001</v>
+      </c>
+      <c r="H22" s="1">
+        <v>162.77473310799999</v>
+      </c>
+      <c r="I22" s="1">
+        <v>81.733580946000004</v>
+      </c>
+      <c r="J22" s="1">
+        <v>44.445165844000002</v>
+      </c>
+      <c r="K22" s="1">
+        <v>73.121439124000005</v>
+      </c>
+      <c r="L22" s="1">
+        <v>22.992948582</v>
+      </c>
+      <c r="M22" s="1">
+        <v>33.112749594</v>
+      </c>
+      <c r="N22" s="1">
+        <v>21.437294170000001</v>
+      </c>
+      <c r="O22" s="1">
+        <v>19.460763713999999</v>
+      </c>
+      <c r="P22" s="1">
+        <v>4.6626417619999998</v>
+      </c>
+      <c r="Q22" s="1">
+        <v>2007.8093354539999</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B23" s="1">
+        <v>53.137973027000001</v>
+      </c>
+      <c r="C23" s="1">
+        <v>51.308471218000001</v>
+      </c>
+      <c r="D23" s="1">
+        <v>22.348758497999999</v>
+      </c>
+      <c r="E23" s="1">
+        <v>632.58390268899996</v>
+      </c>
+      <c r="F23" s="1">
+        <v>632.58390268899996</v>
+      </c>
+      <c r="G23" s="1">
+        <v>152.496619579</v>
+      </c>
+      <c r="H23" s="1">
+        <v>924.55859353300002</v>
+      </c>
+      <c r="I23" s="1">
+        <v>191.973176825</v>
+      </c>
+      <c r="J23" s="1">
+        <v>2.7321971629999999</v>
+      </c>
+      <c r="K23" s="1">
+        <v>492.80402496300002</v>
+      </c>
+      <c r="L23" s="1">
+        <v>167.859494477</v>
+      </c>
+      <c r="M23" s="1">
+        <v>103.662268185</v>
+      </c>
+      <c r="N23" s="1">
+        <v>51.014236255999997</v>
+      </c>
+      <c r="O23" s="1">
+        <v>164.91322330700001</v>
+      </c>
+      <c r="P23" s="1">
+        <v>12.431014764</v>
+      </c>
+      <c r="Q23" s="1">
+        <v>4915.5233051380001</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="1">
+        <v>74.596820964999992</v>
+      </c>
+      <c r="C24" s="1">
+        <v>71.867215243999993</v>
+      </c>
+      <c r="D24" s="1">
+        <v>15.86089404</v>
+      </c>
+      <c r="E24" s="1">
+        <v>224.858319448</v>
+      </c>
+      <c r="F24" s="1">
+        <v>221.71531691199999</v>
+      </c>
+      <c r="G24" s="1">
+        <v>41.376198094999999</v>
+      </c>
+      <c r="H24" s="1">
+        <v>1108.448950427</v>
+      </c>
+      <c r="I24" s="1">
+        <v>110.194745036</v>
+      </c>
+      <c r="J24" s="1">
+        <v>1.9006437840000001</v>
+      </c>
+      <c r="K24" s="1">
+        <v>363.93091261000001</v>
+      </c>
+      <c r="L24" s="1">
+        <v>28.377721085000001</v>
+      </c>
+      <c r="M24" s="1">
+        <v>98.173812044000002</v>
+      </c>
+      <c r="N24" s="1">
+        <v>17.945561259000002</v>
+      </c>
+      <c r="O24" s="1">
+        <v>405.283675759</v>
+      </c>
+      <c r="P24" s="1">
+        <v>45.661416355</v>
+      </c>
+      <c r="Q24" s="1">
+        <v>4356.503808937</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" s="1">
+        <v>242.233229507</v>
+      </c>
+      <c r="C25" s="1">
+        <v>192.310206728</v>
+      </c>
+      <c r="D25" s="1">
+        <v>123.223174473</v>
+      </c>
+      <c r="E25" s="1">
+        <v>1113.5719464900001</v>
+      </c>
+      <c r="F25" s="1">
+        <v>1065.2217612320001</v>
+      </c>
+      <c r="G25" s="1">
+        <v>255.42681117999999</v>
+      </c>
+      <c r="H25" s="1">
+        <v>1715.304152959</v>
+      </c>
+      <c r="I25" s="1">
+        <v>497.14325417599997</v>
+      </c>
+      <c r="J25" s="1">
+        <v>13.555396364</v>
+      </c>
+      <c r="K25" s="1">
+        <v>1148.956629086</v>
+      </c>
+      <c r="L25" s="1">
+        <v>183.484502959</v>
+      </c>
+      <c r="M25" s="1">
+        <v>109.789232885</v>
+      </c>
+      <c r="N25" s="1">
+        <v>81.134548785999996</v>
+      </c>
+      <c r="O25" s="1">
+        <v>144.68257080999999</v>
+      </c>
+      <c r="P25" s="1">
+        <v>35.343788979999999</v>
+      </c>
+      <c r="Q25" s="1">
+        <v>7748.3797536350003</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" s="1">
+        <v>115.736156729</v>
+      </c>
+      <c r="C26" s="1">
+        <v>115.736156729</v>
+      </c>
+      <c r="D26" s="1">
+        <v>9.6912378819999994</v>
+      </c>
+      <c r="E26" s="1">
+        <v>455.419680949</v>
+      </c>
+      <c r="F26" s="1">
+        <v>348.10642878499999</v>
+      </c>
+      <c r="G26" s="1">
+        <v>7.4267426829999996</v>
+      </c>
+      <c r="H26" s="1">
+        <v>384.45683908199999</v>
+      </c>
+      <c r="I26" s="1">
+        <v>24.957546381</v>
+      </c>
+      <c r="J26" s="1">
+        <v>2.042047637</v>
+      </c>
+      <c r="K26" s="1">
+        <v>248.90398600899999</v>
+      </c>
+      <c r="L26" s="1">
+        <v>10.537679975</v>
+      </c>
+      <c r="M26" s="1">
+        <v>19.541372181</v>
+      </c>
+      <c r="N26" s="1">
+        <v>17.469271408000001</v>
+      </c>
+      <c r="O26" s="1">
+        <v>122.71908745500001</v>
+      </c>
+      <c r="P26" s="1">
+        <v>0.87554308400000003</v>
+      </c>
+      <c r="Q26" s="1">
+        <v>2198.6194193800002</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" s="1">
+        <v>526.63864392699998</v>
+      </c>
+      <c r="C27" s="1">
+        <v>472.15651361800002</v>
+      </c>
+      <c r="D27" s="1">
+        <v>178.319395517</v>
+      </c>
+      <c r="E27" s="1">
+        <v>2578.712360089</v>
+      </c>
+      <c r="F27" s="1">
+        <v>2417.6897127799998</v>
+      </c>
+      <c r="G27" s="1">
+        <v>476.685544854</v>
+      </c>
+      <c r="H27" s="1">
+        <v>4295.543269109</v>
+      </c>
+      <c r="I27" s="1">
+        <v>906.002303364</v>
+      </c>
+      <c r="J27" s="1">
+        <v>64.675450792000007</v>
+      </c>
+      <c r="K27" s="1">
+        <v>2327.716991792</v>
+      </c>
+      <c r="L27" s="1">
+        <v>413.25234707800001</v>
+      </c>
+      <c r="M27" s="1">
+        <v>364.27943488900002</v>
+      </c>
+      <c r="N27" s="1">
+        <v>189.000911879</v>
+      </c>
+      <c r="O27" s="1">
+        <v>857.05932104500005</v>
+      </c>
+      <c r="P27" s="1">
+        <v>98.974404945000003</v>
+      </c>
+      <c r="Q27" s="1">
+        <v>21226.835622544</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:AK27"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C31" sqref="C31"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="45.140625" customWidth="1"/>
+    <col min="2" max="3" width="73.42578125" customWidth="1"/>
+    <col min="4" max="4" width="67.85546875" customWidth="1"/>
+    <col min="5" max="5" width="73.42578125" customWidth="1"/>
+    <col min="6" max="6" width="67.42578125" customWidth="1"/>
+    <col min="7" max="7" width="65.85546875" customWidth="1"/>
+    <col min="8" max="8" width="61.7109375" customWidth="1"/>
+    <col min="9" max="9" width="50.7109375" customWidth="1"/>
+    <col min="10" max="10" width="66.5703125" customWidth="1"/>
+    <col min="11" max="11" width="50.28515625" customWidth="1"/>
+    <col min="12" max="12" width="72.42578125" customWidth="1"/>
+    <col min="13" max="13" width="68.28515625" customWidth="1"/>
+    <col min="14" max="14" width="57.28515625" customWidth="1"/>
+    <col min="15" max="15" width="73.140625" customWidth="1"/>
+    <col min="16" max="16" width="56.85546875" customWidth="1"/>
+    <col min="17" max="23" width="73.42578125" customWidth="1"/>
+    <col min="24" max="24" width="70.28515625" customWidth="1"/>
+    <col min="25" max="25" width="73.42578125" customWidth="1"/>
+    <col min="26" max="26" width="69.85546875" customWidth="1"/>
+    <col min="27" max="28" width="73.42578125" customWidth="1"/>
+    <col min="29" max="29" width="71.140625" customWidth="1"/>
+    <col min="30" max="30" width="73.42578125" customWidth="1"/>
+    <col min="31" max="31" width="70.7109375" customWidth="1"/>
+    <col min="32" max="32" width="53.85546875" customWidth="1"/>
+    <col min="33" max="33" width="49.7109375" customWidth="1"/>
+    <col min="34" max="34" width="38.7109375" customWidth="1"/>
+    <col min="35" max="35" width="54.5703125" customWidth="1"/>
+    <col min="36" max="36" width="38.28515625" customWidth="1"/>
+    <col min="37" max="37" width="19.42578125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="N1" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="O1" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="P1" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="Q1" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="R1" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="S1" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="T1" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="U1" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="V1" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="W1" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="X1" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="Y1" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="Z1" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="AA1" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="AB1" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="AC1" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="AD1" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="AE1" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="AF1" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="AG1" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="AH1" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="AI1" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="AJ1" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="AK1" s="1" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="2" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
+      <c r="J2" s="1"/>
+      <c r="K2" s="1"/>
+      <c r="L2" s="1"/>
+      <c r="M2" s="1"/>
+      <c r="N2" s="1"/>
+      <c r="O2" s="1"/>
+      <c r="P2" s="1"/>
+      <c r="Q2" s="1"/>
+      <c r="R2" s="1"/>
+      <c r="S2" s="1"/>
+      <c r="T2" s="1"/>
+      <c r="U2" s="1"/>
+      <c r="V2" s="1"/>
+      <c r="W2" s="1"/>
+      <c r="X2" s="1"/>
+      <c r="Y2" s="1"/>
+      <c r="Z2" s="1"/>
+      <c r="AA2" s="1"/>
+      <c r="AB2" s="1"/>
+      <c r="AC2" s="1"/>
+      <c r="AD2" s="1"/>
+      <c r="AE2" s="1"/>
+      <c r="AF2" s="1"/>
+      <c r="AG2" s="1"/>
+      <c r="AH2" s="1"/>
+      <c r="AI2" s="1"/>
+      <c r="AJ2" s="1"/>
+      <c r="AK2" s="1"/>
+    </row>
+    <row r="3" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" s="1">
+        <v>274.10631647100001</v>
+      </c>
+      <c r="C3" s="1">
+        <v>286.22850999600001</v>
+      </c>
+      <c r="D3" s="1">
+        <v>270.264934885</v>
+      </c>
+      <c r="E3" s="1">
+        <v>2285.4554043789999</v>
+      </c>
+      <c r="F3" s="1"/>
+      <c r="G3" s="1">
+        <v>311.89735572299998</v>
+      </c>
+      <c r="H3" s="1">
+        <v>362.83429902</v>
+      </c>
+      <c r="I3" s="1">
+        <v>182.75500083599999</v>
+      </c>
+      <c r="J3" s="1">
+        <v>2258.5685101519998</v>
+      </c>
+      <c r="K3" s="1"/>
+      <c r="L3" s="1">
+        <v>190.77006269</v>
+      </c>
+      <c r="M3" s="1">
+        <v>200.74527310599998</v>
+      </c>
+      <c r="N3" s="1">
+        <v>403.31993463499998</v>
+      </c>
+      <c r="O3" s="1">
+        <v>2321.2198953000002</v>
+      </c>
+      <c r="P3" s="1"/>
+      <c r="Q3" s="1">
+        <v>229.52533978</v>
+      </c>
+      <c r="R3" s="1">
+        <v>170.74599175</v>
+      </c>
+      <c r="S3" s="1">
+        <v>435.23504770900001</v>
+      </c>
+      <c r="T3" s="1">
+        <v>2280.5487864920001</v>
+      </c>
+      <c r="U3" s="1"/>
+      <c r="V3" s="1">
+        <v>287.82590833300003</v>
+      </c>
+      <c r="W3" s="1">
+        <v>95.551679488000005</v>
+      </c>
+      <c r="X3" s="1">
+        <v>458.44289581300001</v>
+      </c>
+      <c r="Y3" s="1">
+        <v>2274.2346820970001</v>
+      </c>
+      <c r="Z3" s="1"/>
+      <c r="AA3" s="1">
+        <v>383.71749267799999</v>
+      </c>
+      <c r="AB3" s="1">
+        <v>174.68062683299999</v>
+      </c>
+      <c r="AC3" s="1">
+        <v>302.49975772800002</v>
+      </c>
+      <c r="AD3" s="1">
+        <v>2255.1572884920001</v>
+      </c>
+      <c r="AE3" s="1"/>
+      <c r="AF3" s="1">
+        <v>111.615446878</v>
+      </c>
+      <c r="AG3" s="1">
+        <v>62.713016316999997</v>
+      </c>
+      <c r="AH3" s="1">
+        <v>620.79726590200005</v>
+      </c>
+      <c r="AI3" s="1">
+        <v>2319.999032708</v>
+      </c>
+      <c r="AJ3" s="1">
+        <v>0.93040392599999999</v>
+      </c>
+      <c r="AK3" s="1">
+        <v>3116.0551657310002</v>
+      </c>
+    </row>
+    <row r="4" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" s="1">
+        <v>6.3914409890000004</v>
+      </c>
+      <c r="C4" s="1">
+        <v>3.3104251070000004</v>
+      </c>
+      <c r="D4" s="1">
+        <v>2.1779991089999999</v>
+      </c>
+      <c r="E4" s="1">
+        <v>3015.1414993939998</v>
+      </c>
+      <c r="F4" s="1"/>
+      <c r="G4" s="1">
+        <v>6.3194148779999999</v>
+      </c>
+      <c r="H4" s="1">
+        <v>5.4320310740000002</v>
+      </c>
+      <c r="I4" s="1">
+        <v>2.1779991089999999</v>
+      </c>
+      <c r="J4" s="1">
+        <v>3013.0919195380002</v>
+      </c>
+      <c r="K4" s="1"/>
+      <c r="L4" s="1">
+        <v>5.306509922</v>
+      </c>
+      <c r="M4" s="1">
+        <v>1</v>
+      </c>
+      <c r="N4" s="1">
+        <v>5.5733552829999997</v>
+      </c>
+      <c r="O4" s="1">
+        <v>3015.1414993939998</v>
+      </c>
+      <c r="P4" s="1"/>
+      <c r="Q4" s="1">
+        <v>7.4449526700000002</v>
+      </c>
+      <c r="R4" s="1">
+        <v>3.3766249049999999</v>
+      </c>
+      <c r="S4" s="1">
+        <v>2.107867486</v>
+      </c>
+      <c r="T4" s="1">
+        <v>3014.0919195380002</v>
+      </c>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1">
+        <v>7.6681307529999998</v>
+      </c>
+      <c r="W4" s="1">
+        <v>1</v>
+      </c>
+      <c r="X4" s="1">
+        <v>3.211734452</v>
+      </c>
+      <c r="Y4" s="1">
+        <v>3015.1414993939998</v>
+      </c>
+      <c r="Z4" s="1"/>
+      <c r="AA4" s="1">
+        <v>4.1225982349999999</v>
+      </c>
+      <c r="AB4" s="1">
+        <v>5.5792678609999999</v>
+      </c>
+      <c r="AC4" s="1">
+        <v>3.2275789650000002</v>
+      </c>
+      <c r="AD4" s="1">
+        <v>3014.0919195380002</v>
+      </c>
+      <c r="AE4" s="1"/>
+      <c r="AF4" s="1">
+        <v>1</v>
+      </c>
+      <c r="AG4" s="1">
+        <v>1.103866966</v>
+      </c>
+      <c r="AH4" s="1">
+        <v>10.825578095000001</v>
+      </c>
+      <c r="AI4" s="1">
+        <v>3014.0919195380002</v>
+      </c>
+      <c r="AJ4" s="1"/>
+      <c r="AK4" s="1">
+        <v>3027.0213645989998</v>
+      </c>
+    </row>
+    <row r="5" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" s="1">
+        <v>125.399623581</v>
+      </c>
+      <c r="C5" s="1">
+        <v>14.036271108000001</v>
+      </c>
+      <c r="D5" s="1">
+        <v>478.60760989699997</v>
+      </c>
+      <c r="E5" s="1">
+        <v>4286.8078880570001</v>
+      </c>
+      <c r="F5" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="G5" s="1">
+        <v>376.55195604199997</v>
+      </c>
+      <c r="H5" s="1">
+        <v>24.239206755000001</v>
+      </c>
+      <c r="I5" s="1">
+        <v>226.16477986199999</v>
+      </c>
+      <c r="J5" s="1">
+        <v>4277.8954499840002</v>
+      </c>
+      <c r="K5" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="L5" s="1">
+        <v>228.29021347299999</v>
+      </c>
+      <c r="M5" s="1">
+        <v>8.649204782</v>
+      </c>
+      <c r="N5" s="1">
+        <v>354.97351827099999</v>
+      </c>
+      <c r="O5" s="1">
+        <v>4312.938456117</v>
+      </c>
+      <c r="P5" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="Q5" s="1">
+        <v>154.62247667400001</v>
+      </c>
+      <c r="R5" s="1">
+        <v>14.570201577000001</v>
+      </c>
+      <c r="S5" s="1">
+        <v>449.587204079</v>
+      </c>
+      <c r="T5" s="1">
+        <v>4286.0715103129996</v>
+      </c>
+      <c r="U5" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="V5" s="1">
+        <v>126.59577378</v>
+      </c>
+      <c r="W5" s="1">
+        <v>123.91093395999999</v>
+      </c>
+      <c r="X5" s="1">
+        <v>373.36444428800002</v>
+      </c>
+      <c r="Y5" s="1">
+        <v>4280.9802406150002</v>
+      </c>
+      <c r="Z5" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AA5" s="1">
+        <v>128.13557216500001</v>
+      </c>
+      <c r="AB5" s="1">
+        <v>12.247207711</v>
+      </c>
+      <c r="AC5" s="1">
+        <v>483.29526011499996</v>
+      </c>
+      <c r="AD5" s="1">
+        <v>4281.1733526520002</v>
+      </c>
+      <c r="AE5" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AF5" s="1">
+        <v>19.007006383</v>
+      </c>
+      <c r="AG5" s="1">
+        <v>3.8208032150000002</v>
+      </c>
+      <c r="AH5" s="1">
+        <v>599.93187544099999</v>
+      </c>
+      <c r="AI5" s="1">
+        <v>4282.0917076039996</v>
+      </c>
+      <c r="AJ5" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AK5" s="1">
+        <v>4905.9442545089996</v>
+      </c>
+    </row>
+    <row r="6" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" s="1">
+        <v>3.014323702</v>
+      </c>
+      <c r="C6" s="1">
+        <v>2.3099935920000001</v>
+      </c>
+      <c r="D6" s="1">
+        <v>11.226800068999999</v>
+      </c>
+      <c r="E6" s="1">
+        <v>1276.257204707</v>
+      </c>
+      <c r="F6" s="1"/>
+      <c r="G6" s="1">
+        <v>5.1035747850000002</v>
+      </c>
+      <c r="H6" s="1">
+        <v>6.0129813519999997</v>
+      </c>
+      <c r="I6" s="1">
+        <v>5.4345612259999996</v>
+      </c>
+      <c r="J6" s="1">
+        <v>1276.257204707</v>
+      </c>
+      <c r="K6" s="1"/>
+      <c r="L6" s="1">
+        <v>2.2047752859999998</v>
+      </c>
+      <c r="M6" s="1">
+        <v>1.830863635</v>
+      </c>
+      <c r="N6" s="1">
+        <v>12.515478441999999</v>
+      </c>
+      <c r="O6" s="1">
+        <v>1276.257204707</v>
+      </c>
+      <c r="P6" s="1"/>
+      <c r="Q6" s="1">
+        <v>4.5548921760000001</v>
+      </c>
+      <c r="R6" s="1">
+        <v>0.40346137100000001</v>
+      </c>
+      <c r="S6" s="1">
+        <v>11.592763816</v>
+      </c>
+      <c r="T6" s="1">
+        <v>1276.257204707</v>
+      </c>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1">
+        <v>0.45174884599999998</v>
+      </c>
+      <c r="W6" s="1">
+        <v>4.3038102509999998</v>
+      </c>
+      <c r="X6" s="1">
+        <v>11.123991010999999</v>
+      </c>
+      <c r="Y6" s="1">
+        <v>1276.9287719619999</v>
+      </c>
+      <c r="Z6" s="1"/>
+      <c r="AA6" s="1">
+        <v>1.5328275969999998</v>
+      </c>
+      <c r="AB6" s="1">
+        <v>2.3099935920000001</v>
+      </c>
+      <c r="AC6" s="1">
+        <v>12.036728919</v>
+      </c>
+      <c r="AD6" s="1">
+        <v>1276.9287719619999</v>
+      </c>
+      <c r="AE6" s="1"/>
+      <c r="AF6" s="1">
+        <v>2.3391146730000001</v>
+      </c>
+      <c r="AG6" s="1">
+        <v>0.40346137100000001</v>
+      </c>
+      <c r="AH6" s="1">
+        <v>13.808541319</v>
+      </c>
+      <c r="AI6" s="1">
+        <v>1276.257204707</v>
+      </c>
+      <c r="AJ6" s="1"/>
+      <c r="AK6" s="1">
+        <v>1292.80832207</v>
+      </c>
+    </row>
+    <row r="7" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" s="1">
+        <v>143.22778092300001</v>
+      </c>
+      <c r="C7" s="1">
+        <v>129.3020913</v>
+      </c>
+      <c r="D7" s="1">
+        <v>1.2627538599999999</v>
+      </c>
+      <c r="E7" s="1">
+        <v>1171.0327114849999</v>
+      </c>
+      <c r="F7" s="1"/>
+      <c r="G7" s="1">
+        <v>141.23271972100002</v>
+      </c>
+      <c r="H7" s="1">
+        <v>131.59325666199999</v>
+      </c>
+      <c r="I7" s="1">
+        <v>2.2627538600000001</v>
+      </c>
+      <c r="J7" s="1">
+        <v>1169.736607325</v>
+      </c>
+      <c r="K7" s="1"/>
+      <c r="L7" s="1">
+        <v>2.2911653620000001</v>
+      </c>
+      <c r="M7" s="1">
+        <v>129.3020913</v>
+      </c>
+      <c r="N7" s="1">
+        <v>3.4885267139999998</v>
+      </c>
+      <c r="O7" s="1">
+        <v>1309.7435541919999</v>
+      </c>
+      <c r="P7" s="1"/>
+      <c r="Q7" s="1">
+        <v>130.3020913</v>
+      </c>
+      <c r="R7" s="1">
+        <v>2.2911653620000001</v>
+      </c>
+      <c r="S7" s="1">
+        <v>1.2627538599999999</v>
+      </c>
+      <c r="T7" s="1">
+        <v>1310.969327046</v>
+      </c>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1">
+        <v>269.18924440900003</v>
+      </c>
+      <c r="W7" s="1">
+        <v>1</v>
+      </c>
+      <c r="X7" s="1">
+        <v>3.6033816739999995</v>
+      </c>
+      <c r="Y7" s="1">
+        <v>1171.0327114849999</v>
+      </c>
+      <c r="Z7" s="1"/>
+      <c r="AA7" s="1">
+        <v>262.79762261600001</v>
+      </c>
+      <c r="AB7" s="1"/>
+      <c r="AC7" s="1">
+        <v>9.9950034670000001</v>
+      </c>
+      <c r="AD7" s="1">
+        <v>1172.0327114849999</v>
+      </c>
+      <c r="AE7" s="1"/>
+      <c r="AF7" s="1">
+        <v>268.01293400700001</v>
+      </c>
+      <c r="AG7" s="1">
+        <v>1.1763104019999999</v>
+      </c>
+      <c r="AH7" s="1">
+        <v>3.6033816739999995</v>
+      </c>
+      <c r="AI7" s="1">
+        <v>1172.0327114849999</v>
+      </c>
+      <c r="AJ7" s="1"/>
+      <c r="AK7" s="1">
+        <v>1444.8253375680001</v>
+      </c>
+    </row>
+    <row r="8" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" s="1">
+        <v>251.631730197</v>
+      </c>
+      <c r="C8" s="1"/>
+      <c r="D8" s="1">
+        <v>633.47804013899997</v>
+      </c>
+      <c r="E8" s="1">
+        <v>679.25988379399996</v>
+      </c>
+      <c r="F8" s="1"/>
+      <c r="G8" s="1">
+        <v>502.52783845099998</v>
+      </c>
+      <c r="H8" s="1">
+        <v>4.1691017229999998</v>
+      </c>
+      <c r="I8" s="1">
+        <v>380.45819632799999</v>
+      </c>
+      <c r="J8" s="1">
+        <v>677.21451762799995</v>
+      </c>
+      <c r="K8" s="1"/>
+      <c r="L8" s="1">
+        <v>149.41734827699997</v>
+      </c>
+      <c r="M8" s="1"/>
+      <c r="N8" s="1">
+        <v>636.91088304699997</v>
+      </c>
+      <c r="O8" s="1">
+        <v>778.04142280600001</v>
+      </c>
+      <c r="P8" s="1"/>
+      <c r="Q8" s="1">
+        <v>9.4894502349999996</v>
+      </c>
+      <c r="R8" s="1"/>
+      <c r="S8" s="1">
+        <v>776.712783489</v>
+      </c>
+      <c r="T8" s="1">
+        <v>778.16742040600002</v>
+      </c>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1">
+        <v>148.59124718199999</v>
+      </c>
+      <c r="W8" s="1">
+        <v>3.0891561620000001</v>
+      </c>
+      <c r="X8" s="1">
+        <v>633.66411139499996</v>
+      </c>
+      <c r="Y8" s="1">
+        <v>779.02513939100004</v>
+      </c>
+      <c r="Z8" s="1"/>
+      <c r="AA8" s="1">
+        <v>175.67882702899999</v>
+      </c>
+      <c r="AB8" s="1">
+        <v>1.0976369699999999</v>
+      </c>
+      <c r="AC8" s="1">
+        <v>609.52340669499995</v>
+      </c>
+      <c r="AD8" s="1">
+        <v>778.06978343599997</v>
+      </c>
+      <c r="AE8" s="1"/>
+      <c r="AF8" s="1">
+        <v>9.3186642479999993</v>
+      </c>
+      <c r="AG8" s="1"/>
+      <c r="AH8" s="1">
+        <v>774.91976154199995</v>
+      </c>
+      <c r="AI8" s="1">
+        <v>780.13122834000001</v>
+      </c>
+      <c r="AJ8" s="1"/>
+      <c r="AK8" s="1">
+        <v>1564.3696541300001</v>
+      </c>
+    </row>
+    <row r="9" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" s="1">
+        <v>12.936804684</v>
+      </c>
+      <c r="C9" s="1"/>
+      <c r="D9" s="1">
+        <v>27.839065780999999</v>
+      </c>
+      <c r="E9" s="1">
+        <v>397.30017715000002</v>
+      </c>
+      <c r="F9" s="1"/>
+      <c r="G9" s="1">
+        <v>45.574622931999997</v>
+      </c>
+      <c r="H9" s="1">
+        <v>5.7212612850000006</v>
+      </c>
+      <c r="I9" s="1">
+        <v>10.551023718</v>
+      </c>
+      <c r="J9" s="1">
+        <v>376.22913968</v>
+      </c>
+      <c r="K9" s="1"/>
+      <c r="L9" s="1">
+        <v>9.8009417180000007</v>
+      </c>
+      <c r="M9" s="1"/>
+      <c r="N9" s="1">
+        <v>50.890536365999999</v>
+      </c>
+      <c r="O9" s="1">
+        <v>377.38456953100001</v>
+      </c>
+      <c r="P9" s="1"/>
+      <c r="Q9" s="1">
+        <v>11.674541136</v>
+      </c>
+      <c r="R9" s="1">
+        <v>2.3077235009999999</v>
+      </c>
+      <c r="S9" s="1">
+        <v>43.709213446999996</v>
+      </c>
+      <c r="T9" s="1">
+        <v>380.38456953100001</v>
+      </c>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1">
+        <v>7.0595311929999998</v>
+      </c>
+      <c r="W9" s="1">
+        <v>0.98249209400000004</v>
+      </c>
+      <c r="X9" s="1">
+        <v>52.696086528000002</v>
+      </c>
+      <c r="Y9" s="1">
+        <v>377.33793780000002</v>
+      </c>
+      <c r="Z9" s="1"/>
+      <c r="AA9" s="1">
+        <v>19.670911141999998</v>
+      </c>
+      <c r="AB9" s="1">
+        <v>2</v>
+      </c>
+      <c r="AC9" s="1">
+        <v>38.129365061999998</v>
+      </c>
+      <c r="AD9" s="1">
+        <v>378.27577141099999</v>
+      </c>
+      <c r="AE9" s="1"/>
+      <c r="AF9" s="1">
+        <v>6.6474632850000006</v>
+      </c>
+      <c r="AG9" s="1">
+        <v>1</v>
+      </c>
+      <c r="AH9" s="1">
+        <v>49.795301791999997</v>
+      </c>
+      <c r="AI9" s="1">
+        <v>380.633282538</v>
+      </c>
+      <c r="AJ9" s="1"/>
+      <c r="AK9" s="1">
+        <v>438.07604761499999</v>
+      </c>
+    </row>
+    <row r="10" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" s="1">
+        <v>294.62942268</v>
+      </c>
+      <c r="C10" s="1">
+        <v>35.981994870999998</v>
+      </c>
+      <c r="D10" s="1">
+        <v>675.63457383499997</v>
+      </c>
+      <c r="E10" s="1">
+        <v>2738.0450428999998</v>
+      </c>
+      <c r="F10" s="1"/>
+      <c r="G10" s="1">
+        <v>334.22348759400001</v>
+      </c>
+      <c r="H10" s="1">
+        <v>53.49324404</v>
+      </c>
+      <c r="I10" s="1">
+        <v>512.08819510800004</v>
+      </c>
+      <c r="J10" s="1">
+        <v>2844.4861075439999</v>
+      </c>
+      <c r="K10" s="1"/>
+      <c r="L10" s="1">
+        <v>240.48357034399999</v>
+      </c>
+      <c r="M10" s="1">
+        <v>27.267708238000001</v>
+      </c>
+      <c r="N10" s="1">
+        <v>617.83384275200001</v>
+      </c>
+      <c r="O10" s="1">
+        <v>2858.7059129519998</v>
+      </c>
+      <c r="P10" s="1"/>
+      <c r="Q10" s="1">
+        <v>148.99334506900001</v>
+      </c>
+      <c r="R10" s="1">
+        <v>153.98090943700001</v>
+      </c>
+      <c r="S10" s="1">
+        <v>486.27336488500003</v>
+      </c>
+      <c r="T10" s="1">
+        <v>2955.0434148949998</v>
+      </c>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1">
+        <v>133.82614156100001</v>
+      </c>
+      <c r="W10" s="1">
+        <v>27.769841762000002</v>
+      </c>
+      <c r="X10" s="1">
+        <v>618.61357639599998</v>
+      </c>
+      <c r="Y10" s="1">
+        <v>2964.081474567</v>
+      </c>
+      <c r="Z10" s="1"/>
+      <c r="AA10" s="1">
+        <v>184.44592399500002</v>
+      </c>
+      <c r="AB10" s="1">
+        <v>144.50435668099999</v>
+      </c>
+      <c r="AC10" s="1">
+        <v>697.94261619700001</v>
+      </c>
+      <c r="AD10" s="1">
+        <v>2717.3981374129999</v>
+      </c>
+      <c r="AE10" s="1"/>
+      <c r="AF10" s="1">
+        <v>47.642841017000002</v>
+      </c>
+      <c r="AG10" s="1">
+        <v>27.794671880999999</v>
+      </c>
+      <c r="AH10" s="1">
+        <v>707.56901968800003</v>
+      </c>
+      <c r="AI10" s="1">
+        <v>2961.2845017</v>
+      </c>
+      <c r="AJ10" s="1"/>
+      <c r="AK10" s="1">
+        <v>3744.291034286</v>
+      </c>
+    </row>
+    <row r="11" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" s="1">
+        <v>202.87975662599999</v>
+      </c>
+      <c r="C11" s="1">
+        <v>21.583986846999998</v>
+      </c>
+      <c r="D11" s="1">
+        <v>110.880324669</v>
+      </c>
+      <c r="E11" s="1">
+        <v>1358.1003738940001</v>
+      </c>
+      <c r="F11" s="1"/>
+      <c r="G11" s="1">
+        <v>147.48890391899999</v>
+      </c>
+      <c r="H11" s="1">
+        <v>91.20085839699999</v>
+      </c>
+      <c r="I11" s="1">
+        <v>95.837148822000003</v>
+      </c>
+      <c r="J11" s="1">
+        <v>1358.917530898</v>
+      </c>
+      <c r="K11" s="1"/>
+      <c r="L11" s="1">
+        <v>150.39206284799999</v>
+      </c>
+      <c r="M11" s="1">
+        <v>68.033791128999994</v>
+      </c>
+      <c r="N11" s="1">
+        <v>109.913250307</v>
+      </c>
+      <c r="O11" s="1">
+        <v>1365.105337752</v>
+      </c>
+      <c r="P11" s="1"/>
+      <c r="Q11" s="1">
+        <v>148.81293236799999</v>
+      </c>
+      <c r="R11" s="1">
+        <v>71.081897839999996</v>
+      </c>
+      <c r="S11" s="1">
+        <v>108.55256314099999</v>
+      </c>
+      <c r="T11" s="1">
+        <v>1364.997048687</v>
+      </c>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1">
+        <v>80.286306103999991</v>
+      </c>
+      <c r="W11" s="1">
+        <v>137.871906478</v>
+      </c>
+      <c r="X11" s="1">
+        <v>116.50282974</v>
+      </c>
+      <c r="Y11" s="1">
+        <v>1358.7833997140001</v>
+      </c>
+      <c r="Z11" s="1"/>
+      <c r="AA11" s="1">
+        <v>150.840217067</v>
+      </c>
+      <c r="AB11" s="1">
+        <v>77.609783616000001</v>
+      </c>
+      <c r="AC11" s="1">
+        <v>105.07082825800001</v>
+      </c>
+      <c r="AD11" s="1">
+        <v>1359.9236130950001</v>
+      </c>
+      <c r="AE11" s="1"/>
+      <c r="AF11" s="1">
+        <v>211.803953514</v>
+      </c>
+      <c r="AG11" s="1">
+        <v>7.7707924769999996</v>
+      </c>
+      <c r="AH11" s="1">
+        <v>114.46764389000001</v>
+      </c>
+      <c r="AI11" s="1">
+        <v>1359.4020521550001</v>
+      </c>
+      <c r="AJ11" s="1"/>
+      <c r="AK11" s="1">
+        <v>1693.4444420360001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+      <c r="G12" s="1"/>
+      <c r="H12" s="1"/>
+      <c r="I12" s="1"/>
+      <c r="J12" s="1"/>
+      <c r="K12" s="1"/>
+      <c r="L12" s="1"/>
+      <c r="M12" s="1"/>
+      <c r="N12" s="1"/>
+      <c r="O12" s="1"/>
+      <c r="P12" s="1"/>
+      <c r="Q12" s="1"/>
+      <c r="R12" s="1"/>
+      <c r="S12" s="1"/>
+      <c r="T12" s="1"/>
+      <c r="U12" s="1"/>
+      <c r="V12" s="1"/>
+      <c r="W12" s="1"/>
+      <c r="X12" s="1"/>
+      <c r="Y12" s="1"/>
+      <c r="Z12" s="1"/>
+      <c r="AA12" s="1"/>
+      <c r="AB12" s="1"/>
+      <c r="AC12" s="1"/>
+      <c r="AD12" s="1"/>
+      <c r="AE12" s="1"/>
+      <c r="AF12" s="1"/>
+      <c r="AG12" s="1"/>
+      <c r="AH12" s="1"/>
+      <c r="AI12" s="1"/>
+      <c r="AJ12" s="1"/>
+      <c r="AK12" s="1"/>
+    </row>
+    <row r="13" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" s="1">
+        <v>42.704881864000001</v>
+      </c>
+      <c r="C13" s="1">
+        <v>84.754912090000005</v>
+      </c>
+      <c r="D13" s="1">
+        <v>86.518766823999997</v>
+      </c>
+      <c r="E13" s="1">
+        <v>871.84260821700002</v>
+      </c>
+      <c r="F13" s="1"/>
+      <c r="G13" s="1">
+        <v>66.065684688000005</v>
+      </c>
+      <c r="H13" s="1">
+        <v>99.070113653999996</v>
+      </c>
+      <c r="I13" s="1">
+        <v>60.018369941000003</v>
+      </c>
+      <c r="J13" s="1">
+        <v>860.667000712</v>
+      </c>
+      <c r="K13" s="1"/>
+      <c r="L13" s="1">
+        <v>34.682700623999999</v>
+      </c>
+      <c r="M13" s="1">
+        <v>62.964886163000003</v>
+      </c>
+      <c r="N13" s="1">
+        <v>123.83526579800001</v>
+      </c>
+      <c r="O13" s="1">
+        <v>864.33831641000006</v>
+      </c>
+      <c r="P13" s="1"/>
+      <c r="Q13" s="1">
+        <v>39.433686066999996</v>
+      </c>
+      <c r="R13" s="1">
+        <v>63.969168258000003</v>
+      </c>
+      <c r="S13" s="1">
+        <v>122.47577495100001</v>
+      </c>
+      <c r="T13" s="1">
+        <v>859.94253971900002</v>
+      </c>
+      <c r="U13" s="1"/>
+      <c r="V13" s="1">
+        <v>104.566962249</v>
+      </c>
+      <c r="W13" s="1">
+        <v>18.478204640000001</v>
+      </c>
+      <c r="X13" s="1">
+        <v>102.560422847</v>
+      </c>
+      <c r="Y13" s="1">
+        <v>860.21557925900004</v>
+      </c>
+      <c r="Z13" s="1"/>
+      <c r="AA13" s="1">
+        <v>129.028940054</v>
+      </c>
+      <c r="AB13" s="1">
+        <v>58.418379154</v>
+      </c>
+      <c r="AC13" s="1">
+        <v>41.384370619999999</v>
+      </c>
+      <c r="AD13" s="1">
+        <v>856.98947916700001</v>
+      </c>
+      <c r="AE13" s="1"/>
+      <c r="AF13" s="1">
+        <v>23.999803099000001</v>
+      </c>
+      <c r="AG13" s="1">
+        <v>53.928805912999998</v>
+      </c>
+      <c r="AH13" s="1">
+        <v>125.62472963800001</v>
+      </c>
+      <c r="AI13" s="1">
+        <v>882.26783034499999</v>
+      </c>
+      <c r="AJ13" s="1"/>
+      <c r="AK13" s="1">
+        <v>1085.8211689950001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="1">
+        <v>43.681603017999997</v>
+      </c>
+      <c r="C14" s="1">
+        <v>86.544284954000005</v>
+      </c>
+      <c r="D14" s="1">
+        <v>41.424533711999999</v>
+      </c>
+      <c r="E14" s="1">
+        <v>771.85409376999996</v>
+      </c>
+      <c r="F14" s="1"/>
+      <c r="G14" s="1">
+        <v>60.088464960000003</v>
+      </c>
+      <c r="H14" s="1">
+        <v>93.172291299999998</v>
+      </c>
+      <c r="I14" s="1">
+        <v>35.85299105</v>
+      </c>
+      <c r="J14" s="1">
+        <v>754.39076814400005</v>
+      </c>
+      <c r="K14" s="1"/>
+      <c r="L14" s="1">
+        <v>31.775809269</v>
+      </c>
+      <c r="M14" s="1">
+        <v>65.578227873000003</v>
+      </c>
+      <c r="N14" s="1">
+        <v>68.947694654000003</v>
+      </c>
+      <c r="O14" s="1">
+        <v>777.20278365800004</v>
+      </c>
+      <c r="P14" s="1"/>
+      <c r="Q14" s="1">
+        <v>36.408774184000002</v>
+      </c>
+      <c r="R14" s="1">
+        <v>70.967668451999998</v>
+      </c>
+      <c r="S14" s="1">
+        <v>73.678698885000003</v>
+      </c>
+      <c r="T14" s="1">
+        <v>762.44937393299995</v>
+      </c>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1">
+        <v>68.619444231999992</v>
+      </c>
+      <c r="W14" s="1">
+        <v>25.033857562000001</v>
+      </c>
+      <c r="X14" s="1">
+        <v>90.406028317999997</v>
+      </c>
+      <c r="Y14" s="1">
+        <v>759.44518534199995</v>
+      </c>
+      <c r="Z14" s="1"/>
+      <c r="AA14" s="1">
+        <v>41.70303285</v>
+      </c>
+      <c r="AB14" s="1">
+        <v>95.270691232999994</v>
+      </c>
+      <c r="AC14" s="1">
+        <v>54.292267627999998</v>
+      </c>
+      <c r="AD14" s="1">
+        <v>752.23852374299997</v>
+      </c>
+      <c r="AE14" s="1"/>
+      <c r="AF14" s="1">
+        <v>24.781753064</v>
+      </c>
+      <c r="AG14" s="1">
+        <v>1.1072088280000001</v>
+      </c>
+      <c r="AH14" s="1">
+        <v>156.154965011</v>
+      </c>
+      <c r="AI14" s="1">
+        <v>761.460588551</v>
+      </c>
+      <c r="AJ14" s="1"/>
+      <c r="AK14" s="1">
+        <v>943.50451545399994</v>
+      </c>
+    </row>
+    <row r="15" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" s="1">
+        <v>187.71983158899999</v>
+      </c>
+      <c r="C15" s="1">
+        <v>114.929312952</v>
+      </c>
+      <c r="D15" s="1">
+        <v>142.32163434899999</v>
+      </c>
+      <c r="E15" s="1">
+        <v>641.75870239200003</v>
+      </c>
+      <c r="F15" s="1"/>
+      <c r="G15" s="1">
+        <v>185.74320607499999</v>
+      </c>
+      <c r="H15" s="1">
+        <v>170.59189406600001</v>
+      </c>
+      <c r="I15" s="1">
+        <v>86.883639845000005</v>
+      </c>
+      <c r="J15" s="1">
+        <v>643.51074129599999</v>
+      </c>
+      <c r="K15" s="1"/>
+      <c r="L15" s="1">
+        <v>124.311552797</v>
+      </c>
+      <c r="M15" s="1">
+        <v>72.202159069999993</v>
+      </c>
+      <c r="N15" s="1">
+        <v>210.53697418300001</v>
+      </c>
+      <c r="O15" s="1">
+        <v>679.67879523199997</v>
+      </c>
+      <c r="P15" s="1"/>
+      <c r="Q15" s="1">
+        <v>153.68287952899999</v>
+      </c>
+      <c r="R15" s="1">
+        <v>35.80915504</v>
+      </c>
+      <c r="S15" s="1">
+        <v>239.08057387299999</v>
+      </c>
+      <c r="T15" s="1">
+        <v>658.15687284000001</v>
+      </c>
+      <c r="U15" s="1"/>
+      <c r="V15" s="1">
+        <v>114.639501852</v>
+      </c>
+      <c r="W15" s="1">
+        <v>52.039617286000002</v>
+      </c>
+      <c r="X15" s="1">
+        <v>265.47644464799998</v>
+      </c>
+      <c r="Y15" s="1">
+        <v>654.57391749600004</v>
+      </c>
+      <c r="Z15" s="1"/>
+      <c r="AA15" s="1">
+        <v>212.98551977400001</v>
+      </c>
+      <c r="AB15" s="1">
+        <v>20.991556446000001</v>
+      </c>
+      <c r="AC15" s="1">
+        <v>206.82311948</v>
+      </c>
+      <c r="AD15" s="1">
+        <v>645.92928558200003</v>
+      </c>
+      <c r="AE15" s="1"/>
+      <c r="AF15" s="1">
+        <v>62.833890715000003</v>
+      </c>
+      <c r="AG15" s="1">
+        <v>7.6770015760000003</v>
+      </c>
+      <c r="AH15" s="1">
+        <v>339.01757125300003</v>
+      </c>
+      <c r="AI15" s="1">
+        <v>676.27061381199997</v>
+      </c>
+      <c r="AJ15" s="1">
+        <v>0.93040392599999999</v>
+      </c>
+      <c r="AK15" s="1">
+        <v>1086.7294812820001</v>
+      </c>
+    </row>
+    <row r="16" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" s="1"/>
+      <c r="C16" s="1"/>
+      <c r="D16" s="1"/>
+      <c r="E16" s="1"/>
+      <c r="F16" s="1"/>
+      <c r="G16" s="1"/>
+      <c r="H16" s="1"/>
+      <c r="I16" s="1"/>
+      <c r="J16" s="1"/>
+      <c r="K16" s="1"/>
+      <c r="L16" s="1"/>
+      <c r="M16" s="1"/>
+      <c r="N16" s="1"/>
+      <c r="O16" s="1"/>
+      <c r="P16" s="1"/>
+      <c r="Q16" s="1"/>
+      <c r="R16" s="1"/>
+      <c r="S16" s="1"/>
+      <c r="T16" s="1"/>
+      <c r="U16" s="1"/>
+      <c r="V16" s="1"/>
+      <c r="W16" s="1"/>
+      <c r="X16" s="1"/>
+      <c r="Y16" s="1"/>
+      <c r="Z16" s="1"/>
+      <c r="AA16" s="1"/>
+      <c r="AB16" s="1"/>
+      <c r="AC16" s="1"/>
+      <c r="AD16" s="1"/>
+      <c r="AE16" s="1"/>
+      <c r="AF16" s="1"/>
+      <c r="AG16" s="1"/>
+      <c r="AH16" s="1"/>
+      <c r="AI16" s="1"/>
+      <c r="AJ16" s="1"/>
+      <c r="AK16" s="1"/>
+    </row>
+    <row r="17" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" s="1">
+        <v>29.872034809000002</v>
+      </c>
+      <c r="C17" s="1">
+        <v>15.037797453</v>
+      </c>
+      <c r="D17" s="1">
+        <v>174.69222324</v>
+      </c>
+      <c r="E17" s="1">
+        <v>501.25527683899998</v>
+      </c>
+      <c r="F17" s="1"/>
+      <c r="G17" s="1">
+        <v>31.420644699</v>
+      </c>
+      <c r="H17" s="1">
+        <v>26.629837929000001</v>
+      </c>
+      <c r="I17" s="1">
+        <v>161.001048153</v>
+      </c>
+      <c r="J17" s="1">
+        <v>501.80580156000002</v>
+      </c>
+      <c r="K17" s="1"/>
+      <c r="L17" s="1">
+        <v>16.015045375</v>
+      </c>
+      <c r="M17" s="1">
+        <v>15.942227153000001</v>
+      </c>
+      <c r="N17" s="1">
+        <v>177.736647143</v>
+      </c>
+      <c r="O17" s="1">
+        <v>511.16341267000001</v>
+      </c>
+      <c r="P17" s="1"/>
+      <c r="Q17" s="1">
+        <v>22.219313214</v>
+      </c>
+      <c r="R17" s="1">
+        <v>19.888512012</v>
+      </c>
+      <c r="S17" s="1">
+        <v>178.04742631100001</v>
+      </c>
+      <c r="T17" s="1">
+        <v>500.70208080399999</v>
+      </c>
+      <c r="U17" s="1"/>
+      <c r="V17" s="1">
+        <v>16.939509072</v>
+      </c>
+      <c r="W17" s="1">
+        <v>14.596177603000001</v>
+      </c>
+      <c r="X17" s="1">
+        <v>178.69513271599999</v>
+      </c>
+      <c r="Y17" s="1">
+        <v>510.62651295000001</v>
+      </c>
+      <c r="Z17" s="1"/>
+      <c r="AA17" s="1">
+        <v>13.071518794999999</v>
+      </c>
+      <c r="AB17" s="1">
+        <v>16.515313555999999</v>
+      </c>
+      <c r="AC17" s="1">
+        <v>193.436625319</v>
+      </c>
+      <c r="AD17" s="1">
+        <v>497.83387467099999</v>
+      </c>
+      <c r="AE17" s="1"/>
+      <c r="AF17" s="1">
+        <v>20.239317047</v>
+      </c>
+      <c r="AG17" s="1">
+        <v>15.403079318</v>
+      </c>
+      <c r="AH17" s="1">
+        <v>182.43303577399999</v>
+      </c>
+      <c r="AI17" s="1">
+        <v>502.78190020200003</v>
+      </c>
+      <c r="AJ17" s="1"/>
+      <c r="AK17" s="1">
+        <v>720.85733234099996</v>
+      </c>
+    </row>
+    <row r="18" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B18" s="1">
+        <v>1016.479848993</v>
+      </c>
+      <c r="C18" s="1">
+        <v>365.02664903599998</v>
+      </c>
+      <c r="D18" s="1">
+        <v>1601.769652337</v>
+      </c>
+      <c r="E18" s="1">
+        <v>13293.735732105</v>
+      </c>
+      <c r="F18" s="1"/>
+      <c r="G18" s="1">
+        <v>1473.828511252</v>
+      </c>
+      <c r="H18" s="1">
+        <v>458.95721192299999</v>
+      </c>
+      <c r="I18" s="1">
+        <v>981.24376194599995</v>
+      </c>
+      <c r="J18" s="1">
+        <v>13362.982397350001</v>
+      </c>
+      <c r="K18" s="1"/>
+      <c r="L18" s="1">
+        <v>790.67096301100003</v>
+      </c>
+      <c r="M18" s="1">
+        <v>355.34199771300001</v>
+      </c>
+      <c r="N18" s="1">
+        <v>1502.7992658579999</v>
+      </c>
+      <c r="O18" s="1">
+        <v>13628.199655889</v>
+      </c>
+      <c r="P18" s="1"/>
+      <c r="Q18" s="1">
+        <v>586.745165079</v>
+      </c>
+      <c r="R18" s="1">
+        <v>312.98856066499997</v>
+      </c>
+      <c r="S18" s="1">
+        <v>1664.6460282129999</v>
+      </c>
+      <c r="T18" s="1">
+        <v>13712.632128514</v>
+      </c>
+      <c r="U18" s="1"/>
+      <c r="V18" s="1">
+        <v>873.20448766599998</v>
+      </c>
+      <c r="W18" s="1">
+        <v>275.09861922699997</v>
+      </c>
+      <c r="X18" s="1">
+        <v>1548.6113142710001</v>
+      </c>
+      <c r="Y18" s="1">
+        <v>13580.097461306999</v>
+      </c>
+      <c r="Z18" s="1"/>
+      <c r="AA18" s="1">
+        <v>1021.799886627</v>
+      </c>
+      <c r="AB18" s="1">
+        <v>275.93030413100001</v>
+      </c>
+      <c r="AC18" s="1">
+        <v>1632.338898296</v>
+      </c>
+      <c r="AD18" s="1">
+        <v>13346.942793417</v>
+      </c>
+      <c r="AE18" s="1"/>
+      <c r="AF18" s="1">
+        <v>504.51017882400004</v>
+      </c>
+      <c r="AG18" s="1">
+        <v>45.669806324</v>
+      </c>
+      <c r="AH18" s="1">
+        <v>2117.7348156100002</v>
+      </c>
+      <c r="AI18" s="1">
+        <v>13608.166677787</v>
+      </c>
+      <c r="AJ18" s="1">
+        <v>0.93040392599999999</v>
+      </c>
+      <c r="AK18" s="1">
+        <v>16277.011882471001</v>
+      </c>
+    </row>
+    <row r="19" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B19" s="1">
+        <v>181.69408862899999</v>
+      </c>
+      <c r="C19" s="1">
+        <v>74.594764229000006</v>
+      </c>
+      <c r="D19" s="1">
+        <v>355.03106499300003</v>
+      </c>
+      <c r="E19" s="1">
+        <v>2902.8370173499998</v>
+      </c>
+      <c r="F19" s="1"/>
+      <c r="G19" s="1">
+        <v>269.36371413699999</v>
+      </c>
+      <c r="H19" s="1">
+        <v>134.48905645900001</v>
+      </c>
+      <c r="I19" s="1">
+        <v>220.113998998</v>
+      </c>
+      <c r="J19" s="1">
+        <v>2890.1901656069999</v>
+      </c>
+      <c r="K19" s="1"/>
+      <c r="L19" s="1">
+        <v>113.256978218</v>
+      </c>
+      <c r="M19" s="1">
+        <v>42.074370017999996</v>
+      </c>
+      <c r="N19" s="1">
+        <v>397.47169095300001</v>
+      </c>
+      <c r="O19" s="1">
+        <v>2961.353896012</v>
+      </c>
+      <c r="P19" s="1"/>
+      <c r="Q19" s="1">
+        <v>165.15245299599999</v>
+      </c>
+      <c r="R19" s="1">
+        <v>58.241602841999999</v>
+      </c>
+      <c r="S19" s="1">
+        <v>375.30160188600001</v>
+      </c>
+      <c r="T19" s="1">
+        <v>2915.4612774769998</v>
+      </c>
+      <c r="U19" s="1"/>
+      <c r="V19" s="1">
+        <v>114.35721025399999</v>
+      </c>
+      <c r="W19" s="1">
+        <v>55.241928196000003</v>
+      </c>
+      <c r="X19" s="1">
+        <v>449.39139870899999</v>
+      </c>
+      <c r="Y19" s="1">
+        <v>2895.1663980419999</v>
+      </c>
+      <c r="Z19" s="1"/>
+      <c r="AA19" s="1">
+        <v>194.43063913500001</v>
+      </c>
+      <c r="AB19" s="1">
+        <v>90.622797715000004</v>
+      </c>
+      <c r="AC19" s="1">
+        <v>354.47653982899999</v>
+      </c>
+      <c r="AD19" s="1">
+        <v>2874.6269585219998</v>
+      </c>
+      <c r="AE19" s="1"/>
+      <c r="AF19" s="1">
+        <v>106.46436686200001</v>
+      </c>
+      <c r="AG19" s="1">
+        <v>27.701371939000001</v>
+      </c>
+      <c r="AH19" s="1">
+        <v>468.83790535200001</v>
+      </c>
+      <c r="AI19" s="1">
+        <v>2911.153291048</v>
+      </c>
+      <c r="AJ19" s="1"/>
+      <c r="AK19" s="1">
+        <v>3514.1569352010001</v>
+      </c>
+    </row>
+    <row r="20" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B20" s="1">
+        <v>86.171227422000001</v>
+      </c>
+      <c r="C20" s="1">
+        <v>38.094062102999999</v>
+      </c>
+      <c r="D20" s="1">
+        <v>79.879161674000002</v>
+      </c>
+      <c r="E20" s="1">
+        <v>509.57215946600002</v>
+      </c>
+      <c r="F20" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="G20" s="1">
+        <v>96.307003957000006</v>
+      </c>
+      <c r="H20" s="1">
+        <v>64.620133996999996</v>
+      </c>
+      <c r="I20" s="1">
+        <v>55.370849772</v>
+      </c>
+      <c r="J20" s="1">
+        <v>497.41862293899999</v>
+      </c>
+      <c r="K20" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="L20" s="1">
+        <v>59.013663315999999</v>
+      </c>
+      <c r="M20" s="1">
+        <v>23.470337306000001</v>
+      </c>
+      <c r="N20" s="1">
+        <v>117.411721863</v>
+      </c>
+      <c r="O20" s="1">
+        <v>513.82088818</v>
+      </c>
+      <c r="P20" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="Q20" s="1">
+        <v>71.303090119000004</v>
+      </c>
+      <c r="R20" s="1">
+        <v>27.639300223999999</v>
+      </c>
+      <c r="S20" s="1">
+        <v>97.038505502000007</v>
+      </c>
+      <c r="T20" s="1">
+        <v>517.73571482</v>
+      </c>
+      <c r="U20" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="V20" s="1">
+        <v>56.992825169</v>
+      </c>
+      <c r="W20" s="1">
+        <v>50.543095168999997</v>
+      </c>
+      <c r="X20" s="1">
+        <v>94.525205600999996</v>
+      </c>
+      <c r="Y20" s="1">
+        <v>511.655484726</v>
+      </c>
+      <c r="Z20" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AA20" s="1">
+        <v>81.639947966999998</v>
+      </c>
+      <c r="AB20" s="1">
+        <v>36.960457861999998</v>
+      </c>
+      <c r="AC20" s="1">
+        <v>81.468481961999998</v>
+      </c>
+      <c r="AD20" s="1">
+        <v>513.64772287400001</v>
+      </c>
+      <c r="AE20" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AF20" s="1">
+        <v>46.173561272000001</v>
+      </c>
+      <c r="AG20" s="1">
+        <v>17.008665048000001</v>
+      </c>
+      <c r="AH20" s="1">
+        <v>126.712612607</v>
+      </c>
+      <c r="AI20" s="1">
+        <v>523.82177173800005</v>
+      </c>
+      <c r="AJ20" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AK20" s="1">
+        <v>714.80947253099998</v>
+      </c>
+    </row>
+    <row r="21" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B21" s="1"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
+      <c r="F21" s="1"/>
+      <c r="G21" s="1"/>
+      <c r="H21" s="1"/>
+      <c r="I21" s="1"/>
+      <c r="J21" s="1"/>
+      <c r="K21" s="1"/>
+      <c r="L21" s="1"/>
+      <c r="M21" s="1"/>
+      <c r="N21" s="1"/>
+      <c r="O21" s="1"/>
+      <c r="P21" s="1"/>
+      <c r="Q21" s="1"/>
+      <c r="R21" s="1"/>
+      <c r="S21" s="1"/>
+      <c r="T21" s="1"/>
+      <c r="U21" s="1"/>
+      <c r="V21" s="1"/>
+      <c r="W21" s="1"/>
+      <c r="X21" s="1"/>
+      <c r="Y21" s="1"/>
+      <c r="Z21" s="1"/>
+      <c r="AA21" s="1"/>
+      <c r="AB21" s="1"/>
+      <c r="AC21" s="1"/>
+      <c r="AD21" s="1"/>
+      <c r="AE21" s="1"/>
+      <c r="AF21" s="1"/>
+      <c r="AG21" s="1"/>
+      <c r="AH21" s="1"/>
+      <c r="AI21" s="1"/>
+      <c r="AJ21" s="1"/>
+      <c r="AK21" s="1"/>
+    </row>
+    <row r="22" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B22" s="1">
+        <v>94.564447991999998</v>
+      </c>
+      <c r="C22" s="1">
+        <v>83.932459757999993</v>
+      </c>
+      <c r="D22" s="1">
+        <v>45.729829995000003</v>
+      </c>
+      <c r="E22" s="1">
+        <v>1783.5825977090001</v>
+      </c>
+      <c r="F22" s="1"/>
+      <c r="G22" s="1">
+        <v>97.054442553000001</v>
+      </c>
+      <c r="H22" s="1">
+        <v>96.715186449000001</v>
+      </c>
+      <c r="I22" s="1">
+        <v>36.257316408999998</v>
+      </c>
+      <c r="J22" s="1">
+        <v>1777.7823900430001</v>
+      </c>
+      <c r="K22" s="1"/>
+      <c r="L22" s="1">
+        <v>95.217785476000003</v>
+      </c>
+      <c r="M22" s="1">
+        <v>64.316497038999998</v>
+      </c>
+      <c r="N22" s="1">
+        <v>65.540137715</v>
+      </c>
+      <c r="O22" s="1">
+        <v>1782.7349152239999</v>
+      </c>
+      <c r="P22" s="1"/>
+      <c r="Q22" s="1">
+        <v>138.46893426</v>
+      </c>
+      <c r="R22" s="1">
+        <v>31.581002532999999</v>
+      </c>
+      <c r="S22" s="1">
+        <v>53.177163424</v>
+      </c>
+      <c r="T22" s="1">
+        <v>1784.5822352370001</v>
+      </c>
+      <c r="U22" s="1"/>
+      <c r="V22" s="1">
+        <v>62.315458567</v>
+      </c>
+      <c r="W22" s="1">
+        <v>83.765264377999998</v>
+      </c>
+      <c r="X22" s="1">
+        <v>84.841380771000004</v>
+      </c>
+      <c r="Y22" s="1">
+        <v>1776.8872317380001</v>
+      </c>
+      <c r="Z22" s="1"/>
+      <c r="AA22" s="1">
+        <v>151.887071545</v>
+      </c>
+      <c r="AB22" s="1">
+        <v>26.275095057000001</v>
+      </c>
+      <c r="AC22" s="1">
+        <v>52.88706577</v>
+      </c>
+      <c r="AD22" s="1">
+        <v>1776.7601030820001</v>
+      </c>
+      <c r="AE22" s="1"/>
+      <c r="AF22" s="1">
+        <v>91.345712895000005</v>
+      </c>
+      <c r="AG22" s="1">
+        <v>6.6083196879999999</v>
+      </c>
+      <c r="AH22" s="1">
+        <v>118.128449351</v>
+      </c>
+      <c r="AI22" s="1">
+        <v>1791.7268535200001</v>
+      </c>
+      <c r="AJ22" s="1"/>
+      <c r="AK22" s="1">
+        <v>2007.8093354539999</v>
+      </c>
+    </row>
+    <row r="23" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B23" s="1">
+        <v>360.05352389699999</v>
+      </c>
+      <c r="C23" s="1">
+        <v>127.720147715</v>
+      </c>
+      <c r="D23" s="1">
+        <v>675.04569144499999</v>
+      </c>
+      <c r="E23" s="1">
+        <v>3752.7039420810002</v>
+      </c>
+      <c r="F23" s="1"/>
+      <c r="G23" s="1">
+        <v>573.03108737100001</v>
+      </c>
+      <c r="H23" s="1">
+        <v>212.933819124</v>
+      </c>
+      <c r="I23" s="1">
+        <v>385.01838887299999</v>
+      </c>
+      <c r="J23" s="1">
+        <v>3744.5400097699999</v>
+      </c>
+      <c r="K23" s="1"/>
+      <c r="L23" s="1">
+        <v>319.51025911900001</v>
+      </c>
+      <c r="M23" s="1">
+        <v>144.18223938399998</v>
+      </c>
+      <c r="N23" s="1">
+        <v>581.26214117699999</v>
+      </c>
+      <c r="O23" s="1">
+        <v>3870.5686654579999</v>
+      </c>
+      <c r="P23" s="1"/>
+      <c r="Q23" s="1">
+        <v>167.16432587200001</v>
+      </c>
+      <c r="R23" s="1">
+        <v>139.60195760799999</v>
+      </c>
+      <c r="S23" s="1">
+        <v>759.56273217900002</v>
+      </c>
+      <c r="T23" s="1">
+        <v>3849.194289479</v>
+      </c>
+      <c r="U23" s="1"/>
+      <c r="V23" s="1">
+        <v>230.28962927199998</v>
+      </c>
+      <c r="W23" s="1">
+        <v>99.323556701999991</v>
+      </c>
+      <c r="X23" s="1">
+        <v>735.275824242</v>
+      </c>
+      <c r="Y23" s="1">
+        <v>3850.6342949219998</v>
+      </c>
+      <c r="Z23" s="1"/>
+      <c r="AA23" s="1">
+        <v>207.95447451199999</v>
+      </c>
+      <c r="AB23" s="1">
+        <v>154.90821939</v>
+      </c>
+      <c r="AC23" s="1">
+        <v>699.95848320799996</v>
+      </c>
+      <c r="AD23" s="1">
+        <v>3852.7021280280001</v>
+      </c>
+      <c r="AE23" s="1"/>
+      <c r="AF23" s="1">
+        <v>143.37358863699998</v>
+      </c>
+      <c r="AG23" s="1">
+        <v>8.1215939410000004</v>
+      </c>
+      <c r="AH23" s="1">
+        <v>884.51103768899998</v>
+      </c>
+      <c r="AI23" s="1">
+        <v>3879.517084871</v>
+      </c>
+      <c r="AJ23" s="1"/>
+      <c r="AK23" s="1">
+        <v>4915.5233051380001</v>
+      </c>
+    </row>
+    <row r="24" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="1">
+        <v>173.562132784</v>
+      </c>
+      <c r="C24" s="1">
+        <v>25.173338196</v>
+      </c>
+      <c r="D24" s="1">
+        <v>485.29182242500002</v>
+      </c>
+      <c r="E24" s="1">
+        <v>3671.3836536660001</v>
+      </c>
+      <c r="F24" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="G24" s="1">
+        <v>212.066714072</v>
+      </c>
+      <c r="H24" s="1">
+        <v>47.572916917000001</v>
+      </c>
+      <c r="I24" s="1">
+        <v>438.22702400700001</v>
+      </c>
+      <c r="J24" s="1">
+        <v>3657.5442920750002</v>
+      </c>
+      <c r="K24" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="L24" s="1">
+        <v>96.687476945</v>
+      </c>
+      <c r="M24" s="1">
+        <v>16.276202489999999</v>
+      </c>
+      <c r="N24" s="1">
+        <v>530.17771414499998</v>
+      </c>
+      <c r="O24" s="1">
+        <v>3712.2695534909999</v>
+      </c>
+      <c r="P24" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="Q24" s="1">
+        <v>148.561546306</v>
+      </c>
+      <c r="R24" s="1">
+        <v>17.201494871000001</v>
+      </c>
+      <c r="S24" s="1">
+        <v>504.10159205600002</v>
+      </c>
+      <c r="T24" s="1">
+        <v>3685.5463138380001</v>
+      </c>
+      <c r="U24" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="V24" s="1">
+        <v>129.01242820299998</v>
+      </c>
+      <c r="W24" s="1">
+        <v>24.775820072000002</v>
+      </c>
+      <c r="X24" s="1">
+        <v>534.07651041999998</v>
+      </c>
+      <c r="Y24" s="1">
+        <v>3667.5461883759999</v>
+      </c>
+      <c r="Z24" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AA24" s="1">
+        <v>198.95686987799999</v>
+      </c>
+      <c r="AB24" s="1">
+        <v>28.796561856</v>
+      </c>
+      <c r="AC24" s="1">
+        <v>472.18507754299998</v>
+      </c>
+      <c r="AD24" s="1">
+        <v>3655.4724377940001</v>
+      </c>
+      <c r="AE24" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AF24" s="1">
+        <v>99.346776937999991</v>
+      </c>
+      <c r="AG24" s="1">
+        <v>9.2564428420000002</v>
+      </c>
+      <c r="AH24" s="1">
+        <v>569.14592010399997</v>
+      </c>
+      <c r="AI24" s="1">
+        <v>3676.7314032610002</v>
+      </c>
+      <c r="AJ24" s="1">
+        <v>2.0232657920000001</v>
+      </c>
+      <c r="AK24" s="1">
+        <v>4356.503808937</v>
+      </c>
+    </row>
+    <row r="25" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" s="1">
+        <v>648.33773751199999</v>
+      </c>
+      <c r="C25" s="1">
+        <v>244.16630237800001</v>
+      </c>
+      <c r="D25" s="1">
+        <v>768.41450659399993</v>
+      </c>
+      <c r="E25" s="1">
+        <v>6087.4612071510001</v>
+      </c>
+      <c r="F25" s="1"/>
+      <c r="G25" s="1">
+        <v>754.99528612500001</v>
+      </c>
+      <c r="H25" s="1">
+        <v>307.39824790099999</v>
+      </c>
+      <c r="I25" s="1">
+        <v>522.26481515700004</v>
+      </c>
+      <c r="J25" s="1">
+        <v>6163.7214044519997</v>
+      </c>
+      <c r="K25" s="1"/>
+      <c r="L25" s="1">
+        <v>365.97528120499999</v>
+      </c>
+      <c r="M25" s="1">
+        <v>202.66097147799999</v>
+      </c>
+      <c r="N25" s="1">
+        <v>851.44430630199997</v>
+      </c>
+      <c r="O25" s="1">
+        <v>6328.2991946499997</v>
+      </c>
+      <c r="P25" s="1"/>
+      <c r="Q25" s="1">
+        <v>274.689774661</v>
+      </c>
+      <c r="R25" s="1">
+        <v>219.739789847</v>
+      </c>
+      <c r="S25" s="1">
+        <v>836.45666526799994</v>
+      </c>
+      <c r="T25" s="1">
+        <v>6417.4935238589997</v>
+      </c>
+      <c r="U25" s="1"/>
+      <c r="V25" s="1">
+        <v>543.74867153299999</v>
+      </c>
+      <c r="W25" s="1">
+        <v>60.026091975</v>
+      </c>
+      <c r="X25" s="1">
+        <v>855.82828939599995</v>
+      </c>
+      <c r="Y25" s="1">
+        <v>6288.7767007310003</v>
+      </c>
+      <c r="Z25" s="1"/>
+      <c r="AA25" s="1">
+        <v>733.98278285100002</v>
+      </c>
+      <c r="AB25" s="1">
+        <v>184.95309105600001</v>
+      </c>
+      <c r="AC25" s="1">
+        <v>790.64060826599996</v>
+      </c>
+      <c r="AD25" s="1">
+        <v>6038.8032714620003</v>
+      </c>
+      <c r="AE25" s="1"/>
+      <c r="AF25" s="1">
+        <v>335.14427616300003</v>
+      </c>
+      <c r="AG25" s="1">
+        <v>72.581387832999994</v>
+      </c>
+      <c r="AH25" s="1">
+        <v>1053.612013619</v>
+      </c>
+      <c r="AI25" s="1">
+        <v>6287.0420760200004</v>
+      </c>
+      <c r="AJ25" s="1"/>
+      <c r="AK25" s="1">
+        <v>7748.3797536350003</v>
+      </c>
+    </row>
+    <row r="26" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" s="1">
+        <v>37.699357667999998</v>
+      </c>
+      <c r="C26" s="1">
+        <v>11.761024773999999</v>
+      </c>
+      <c r="D26" s="1">
+        <v>236.890251785</v>
+      </c>
+      <c r="E26" s="1">
+        <v>1912.268785153</v>
+      </c>
+      <c r="F26" s="1"/>
+      <c r="G26" s="1">
+        <v>233.77234392400001</v>
+      </c>
+      <c r="H26" s="1">
+        <v>20.076069917000002</v>
+      </c>
+      <c r="I26" s="1">
+        <v>35.962114423000003</v>
+      </c>
+      <c r="J26" s="1">
+        <v>1908.808891116</v>
+      </c>
+      <c r="K26" s="1"/>
+      <c r="L26" s="1">
+        <v>101.565847175</v>
+      </c>
+      <c r="M26" s="1">
+        <v>9.3930217989999996</v>
+      </c>
+      <c r="N26" s="1">
+        <v>166.995026478</v>
+      </c>
+      <c r="O26" s="1">
+        <v>1920.6655239280001</v>
+      </c>
+      <c r="P26" s="1"/>
+      <c r="Q26" s="1">
+        <v>116.53544030900001</v>
+      </c>
+      <c r="R26" s="1">
+        <v>10.633730884</v>
+      </c>
+      <c r="S26" s="1">
+        <v>161.73540898499999</v>
+      </c>
+      <c r="T26" s="1">
+        <v>1909.7148392019999</v>
+      </c>
+      <c r="U26" s="1"/>
+      <c r="V26" s="1">
+        <v>96.127844586000009</v>
+      </c>
+      <c r="W26" s="1">
+        <v>127.589087068</v>
+      </c>
+      <c r="X26" s="1">
+        <v>61.201046468000001</v>
+      </c>
+      <c r="Y26" s="1">
+        <v>1913.7014412579999</v>
+      </c>
+      <c r="Z26" s="1"/>
+      <c r="AA26" s="1">
+        <v>18.160793737999999</v>
+      </c>
+      <c r="AB26" s="1">
+        <v>25.095905904999999</v>
+      </c>
+      <c r="AC26" s="1">
+        <v>246.04931061900001</v>
+      </c>
+      <c r="AD26" s="1">
+        <v>1909.313409118</v>
+      </c>
+      <c r="AE26" s="1"/>
+      <c r="AF26" s="1">
+        <v>8.1770693720000001</v>
+      </c>
+      <c r="AG26" s="1">
+        <v>9.2151783250000001</v>
+      </c>
+      <c r="AH26" s="1">
+        <v>270.32094857999999</v>
+      </c>
+      <c r="AI26" s="1">
+        <v>1910.906223103</v>
+      </c>
+      <c r="AJ26" s="1"/>
+      <c r="AK26" s="1">
+        <v>2198.6194193800002</v>
+      </c>
+    </row>
+    <row r="27" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" s="1">
+        <v>1314.217199853</v>
+      </c>
+      <c r="C27" s="1">
+        <v>492.753272821</v>
+      </c>
+      <c r="D27" s="1">
+        <v>2211.372102244</v>
+      </c>
+      <c r="E27" s="1">
+        <v>17207.400185760001</v>
+      </c>
+      <c r="F27" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="G27" s="1">
+        <v>1870.9198740449999</v>
+      </c>
+      <c r="H27" s="1">
+        <v>684.69624030800003</v>
+      </c>
+      <c r="I27" s="1">
+        <v>1417.7296588690001</v>
+      </c>
+      <c r="J27" s="1">
+        <v>17252.396987455999</v>
+      </c>
+      <c r="K27" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="L27" s="1">
+        <v>978.95664992000002</v>
+      </c>
+      <c r="M27" s="1">
+        <v>436.82893218999999</v>
+      </c>
+      <c r="N27" s="1">
+        <v>2195.4193258169998</v>
+      </c>
+      <c r="O27" s="1">
+        <v>17614.537852751</v>
+      </c>
+      <c r="P27" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="Q27" s="1">
+        <v>845.42002140800003</v>
+      </c>
+      <c r="R27" s="1">
+        <v>418.75797574299997</v>
+      </c>
+      <c r="S27" s="1">
+        <v>2315.0335619120001</v>
+      </c>
+      <c r="T27" s="1">
+        <v>17646.531201614998</v>
+      </c>
+      <c r="U27" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="V27" s="1">
+        <v>1061.494032161</v>
+      </c>
+      <c r="W27" s="1">
+        <v>395.479820195</v>
+      </c>
+      <c r="X27" s="1">
+        <v>2271.223051297</v>
+      </c>
+      <c r="Y27" s="1">
+        <v>17497.545857025001</v>
+      </c>
+      <c r="Z27" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AA27" s="1">
+        <v>1310.9419925239999</v>
+      </c>
+      <c r="AB27" s="1">
+        <v>420.02887326399997</v>
+      </c>
+      <c r="AC27" s="1">
+        <v>2261.7205454059999</v>
+      </c>
+      <c r="AD27" s="1">
+        <v>17233.051349484002</v>
+      </c>
+      <c r="AE27" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AF27" s="1">
+        <v>677.38742400499996</v>
+      </c>
+      <c r="AG27" s="1">
+        <v>105.782922629</v>
+      </c>
+      <c r="AH27" s="1">
+        <v>2895.7183693430002</v>
+      </c>
+      <c r="AI27" s="1">
+        <v>17545.923640775</v>
+      </c>
+      <c r="AJ27" s="1">
+        <v>2.0232657920000001</v>
+      </c>
+      <c r="AK27" s="1">
+        <v>21226.835622544</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:AA27"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G32" sqref="G32"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="73.42578125" customWidth="1"/>
+    <col min="2" max="4" width="9.28515625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10" bestFit="1" customWidth="1"/>
+    <col min="6" max="9" width="9.28515625" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="10" bestFit="1" customWidth="1"/>
+    <col min="11" max="14" width="9.28515625" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="10" bestFit="1" customWidth="1"/>
+    <col min="16" max="18" width="9.28515625" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="10" bestFit="1" customWidth="1"/>
+    <col min="20" max="24" width="9.28515625" bestFit="1" customWidth="1"/>
+    <col min="25" max="25" width="10" bestFit="1" customWidth="1"/>
+    <col min="26" max="26" width="9.28515625" bestFit="1" customWidth="1"/>
+    <col min="27" max="27" width="19.42578125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="N1" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="O1" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="P1" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="Q1" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="R1" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="S1" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="T1" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="U1" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="V1" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="W1" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="X1" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="Y1" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="Z1" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="AA1" s="1" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="2" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
+      <c r="J2" s="1"/>
+      <c r="K2" s="1"/>
+      <c r="L2" s="1"/>
+      <c r="M2" s="1"/>
+      <c r="N2" s="1"/>
+      <c r="O2" s="1"/>
+      <c r="P2" s="1"/>
+      <c r="Q2" s="1"/>
+      <c r="R2" s="1"/>
+      <c r="S2" s="1"/>
+      <c r="T2" s="1"/>
+      <c r="U2" s="1"/>
+      <c r="V2" s="1"/>
+      <c r="W2" s="1"/>
+      <c r="X2" s="1"/>
+      <c r="Y2" s="1"/>
+      <c r="Z2" s="1"/>
+      <c r="AA2" s="1"/>
+    </row>
+    <row r="3" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" s="1">
+        <v>257.79922802599998</v>
+      </c>
+      <c r="C3" s="1">
+        <v>257.998398463</v>
+      </c>
+      <c r="D3" s="1">
+        <v>251.02731972699999</v>
+      </c>
+      <c r="E3" s="1">
+        <v>2349.230219515</v>
+      </c>
+      <c r="F3" s="1"/>
+      <c r="G3" s="1">
+        <v>129.44199652899999</v>
+      </c>
+      <c r="H3" s="1">
+        <v>183.447918913</v>
+      </c>
+      <c r="I3" s="1">
+        <v>413.290642607</v>
+      </c>
+      <c r="J3" s="1">
+        <v>2389.8746076819998</v>
+      </c>
+      <c r="K3" s="1"/>
+      <c r="L3" s="1">
+        <v>168.79246181599999</v>
+      </c>
+      <c r="M3" s="1">
+        <v>113.918618192</v>
+      </c>
+      <c r="N3" s="1">
+        <v>464.44968700300001</v>
+      </c>
+      <c r="O3" s="1">
+        <v>2368.89439872</v>
+      </c>
+      <c r="P3" s="1"/>
+      <c r="Q3" s="1">
+        <v>242.81022783700001</v>
+      </c>
+      <c r="R3" s="1">
+        <v>354.73816524699998</v>
+      </c>
+      <c r="S3" s="1">
+        <v>2325.911236641</v>
+      </c>
+      <c r="T3" s="1">
+        <v>192.595536006</v>
+      </c>
+      <c r="U3" s="1"/>
+      <c r="V3" s="1">
+        <v>88.504987893999996</v>
+      </c>
+      <c r="W3" s="1">
+        <v>55.725614594</v>
+      </c>
+      <c r="X3" s="1">
+        <v>572.50190990400006</v>
+      </c>
+      <c r="Y3" s="1">
+        <v>2398.3922494130002</v>
+      </c>
+      <c r="Z3" s="1">
+        <v>0.93040392599999999</v>
+      </c>
+      <c r="AA3" s="1">
+        <v>3116.0551657310002</v>
+      </c>
+    </row>
+    <row r="4" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" s="1">
+        <v>7.4209869939999997</v>
+      </c>
+      <c r="C4" s="1">
+        <v>4.3087881320000001</v>
+      </c>
+      <c r="D4" s="1">
+        <v>1.0741321429999999</v>
+      </c>
+      <c r="E4" s="1">
+        <v>3014.2174573299999</v>
+      </c>
+      <c r="F4" s="1"/>
+      <c r="G4" s="1">
+        <v>5.3600049629999997</v>
+      </c>
+      <c r="H4" s="1">
+        <v>1.121605967</v>
+      </c>
+      <c r="I4" s="1">
+        <v>6.4478341310000005</v>
+      </c>
+      <c r="J4" s="1">
+        <v>3014.0919195380002</v>
+      </c>
+      <c r="K4" s="1"/>
+      <c r="L4" s="1">
+        <v>3.2983887589999998</v>
+      </c>
+      <c r="M4" s="1">
+        <v>1.121605967</v>
+      </c>
+      <c r="N4" s="1">
+        <v>6.3839125430000001</v>
+      </c>
+      <c r="O4" s="1">
+        <v>3016.2174573299999</v>
+      </c>
+      <c r="P4" s="1"/>
+      <c r="Q4" s="1">
+        <v>4.3223544350000003</v>
+      </c>
+      <c r="R4" s="1">
+        <v>7.6070906259999997</v>
+      </c>
+      <c r="S4" s="1">
+        <v>3015.0919195380002</v>
+      </c>
+      <c r="T4" s="1"/>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1">
+        <v>2.0741321429999999</v>
+      </c>
+      <c r="W4" s="1">
+        <v>1.103866966</v>
+      </c>
+      <c r="X4" s="1">
+        <v>8.7018660959999998</v>
+      </c>
+      <c r="Y4" s="1">
+        <v>3015.1414993939998</v>
+      </c>
+      <c r="Z4" s="1"/>
+      <c r="AA4" s="1">
+        <v>3027.0213645989998</v>
+      </c>
+    </row>
+    <row r="5" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" s="1">
+        <v>132.793155187</v>
+      </c>
+      <c r="C5" s="1">
+        <v>19.180473741</v>
+      </c>
+      <c r="D5" s="1">
+        <v>334.058495166</v>
+      </c>
+      <c r="E5" s="1">
+        <v>4418.8192685490003</v>
+      </c>
+      <c r="F5" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="G5" s="1">
+        <v>118.55467859700001</v>
+      </c>
+      <c r="H5" s="1">
+        <v>12.469620626999999</v>
+      </c>
+      <c r="I5" s="1">
+        <v>349.13653221199996</v>
+      </c>
+      <c r="J5" s="1">
+        <v>4424.6905612070004</v>
+      </c>
+      <c r="K5" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="L5" s="1">
+        <v>148.49550092199999</v>
+      </c>
+      <c r="M5" s="1">
+        <v>10.531625993</v>
+      </c>
+      <c r="N5" s="1">
+        <v>353.55377695599998</v>
+      </c>
+      <c r="O5" s="1">
+        <v>4392.2704887720001</v>
+      </c>
+      <c r="P5" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="Q5" s="1">
+        <v>129.77399145199999</v>
+      </c>
+      <c r="R5" s="1">
+        <v>450.68733466499998</v>
+      </c>
+      <c r="S5" s="1">
+        <v>4307.894618243</v>
+      </c>
+      <c r="T5" s="1">
+        <v>16.495448283000002</v>
+      </c>
+      <c r="U5" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="V5" s="1">
+        <v>12.074979933</v>
+      </c>
+      <c r="W5" s="1">
+        <v>3.3884292970000001</v>
+      </c>
+      <c r="X5" s="1">
+        <v>465.47076291100001</v>
+      </c>
+      <c r="Y5" s="1">
+        <v>4423.9172205020004</v>
+      </c>
+      <c r="Z5" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AA5" s="1">
+        <v>4905.9442545089996</v>
+      </c>
+    </row>
+    <row r="6" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" s="1">
+        <v>5.4003005049999997</v>
+      </c>
+      <c r="C6" s="1">
+        <v>6.0129813519999997</v>
+      </c>
+      <c r="D6" s="1">
+        <v>4.4662682509999998</v>
+      </c>
+      <c r="E6" s="1">
+        <v>1276.9287719619999</v>
+      </c>
+      <c r="F6" s="1"/>
+      <c r="G6" s="1">
+        <v>4.6319953379999994</v>
+      </c>
+      <c r="H6" s="1">
+        <v>3.7555590969999999</v>
+      </c>
+      <c r="I6" s="1">
+        <v>7.4919956729999999</v>
+      </c>
+      <c r="J6" s="1">
+        <v>1276.9287719619999</v>
+      </c>
+      <c r="K6" s="1"/>
+      <c r="L6" s="1">
+        <v>0.61011297099999995</v>
+      </c>
+      <c r="M6" s="1">
+        <v>1.334340174</v>
+      </c>
+      <c r="N6" s="1">
+        <v>13.012001903</v>
+      </c>
+      <c r="O6" s="1">
+        <v>1277.8518670220001</v>
+      </c>
+      <c r="P6" s="1"/>
+      <c r="Q6" s="1">
+        <v>0.93087880300000003</v>
+      </c>
+      <c r="R6" s="1">
+        <v>13.622114873999999</v>
+      </c>
+      <c r="S6" s="1">
+        <v>1277.8518670220001</v>
+      </c>
+      <c r="T6" s="1">
+        <v>0.40346137100000001</v>
+      </c>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1">
+        <v>1.533208031</v>
+      </c>
+      <c r="W6" s="1">
+        <v>0.40346137100000001</v>
+      </c>
+      <c r="X6" s="1">
+        <v>13.942880706</v>
+      </c>
+      <c r="Y6" s="1">
+        <v>1276.9287719619999</v>
+      </c>
+      <c r="Z6" s="1"/>
+      <c r="AA6" s="1">
+        <v>1292.80832207</v>
+      </c>
+    </row>
+    <row r="7" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" s="1">
+        <v>270.12778896700001</v>
+      </c>
+      <c r="C7" s="1">
+        <v>1.1763104019999999</v>
+      </c>
+      <c r="D7" s="1">
+        <v>2.4885267139999998</v>
+      </c>
+      <c r="E7" s="1">
+        <v>1171.0327114849999</v>
+      </c>
+      <c r="F7" s="1"/>
+      <c r="G7" s="1">
+        <v>260.456994802</v>
+      </c>
+      <c r="H7" s="1">
+        <v>1.11485496</v>
+      </c>
+      <c r="I7" s="1">
+        <v>11.220776320999999</v>
+      </c>
+      <c r="J7" s="1">
+        <v>1172.0327114849999</v>
+      </c>
+      <c r="K7" s="1"/>
+      <c r="L7" s="1">
+        <v>268.01293400700001</v>
+      </c>
+      <c r="M7" s="1"/>
+      <c r="N7" s="1">
+        <v>5.7796920759999999</v>
+      </c>
+      <c r="O7" s="1">
+        <v>1171.0327114849999</v>
+      </c>
+      <c r="P7" s="1"/>
+      <c r="Q7" s="1">
+        <v>1.1763104019999999</v>
+      </c>
+      <c r="R7" s="1">
+        <v>133.581974774</v>
+      </c>
+      <c r="S7" s="1">
+        <v>1172.0327114849999</v>
+      </c>
+      <c r="T7" s="1">
+        <v>138.034340907</v>
+      </c>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1">
+        <v>260.456994802</v>
+      </c>
+      <c r="W7" s="1"/>
+      <c r="X7" s="1">
+        <v>3.6033816739999995</v>
+      </c>
+      <c r="Y7" s="1">
+        <v>1180.764961092</v>
+      </c>
+      <c r="Z7" s="1"/>
+      <c r="AA7" s="1">
+        <v>1444.8253375680001</v>
+      </c>
+    </row>
+    <row r="8" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" s="1">
+        <v>474.31691474399997</v>
+      </c>
+      <c r="C8" s="1">
+        <v>108.344849603</v>
+      </c>
+      <c r="D8" s="1">
+        <v>302.80468600899997</v>
+      </c>
+      <c r="E8" s="1">
+        <v>678.90320377399996</v>
+      </c>
+      <c r="F8" s="1"/>
+      <c r="G8" s="1">
+        <v>154.37681021999998</v>
+      </c>
+      <c r="H8" s="1"/>
+      <c r="I8" s="1">
+        <v>629.78858667899999</v>
+      </c>
+      <c r="J8" s="1">
+        <v>780.20425723100004</v>
+      </c>
+      <c r="K8" s="1"/>
+      <c r="L8" s="1">
+        <v>11.498700327</v>
+      </c>
+      <c r="M8" s="1">
+        <v>1</v>
+      </c>
+      <c r="N8" s="1">
+        <v>768.65901966299998</v>
+      </c>
+      <c r="O8" s="1">
+        <v>783.21193414000004</v>
+      </c>
+      <c r="P8" s="1"/>
+      <c r="Q8" s="1">
+        <v>283.57606788299995</v>
+      </c>
+      <c r="R8" s="1">
+        <v>493.75901109500001</v>
+      </c>
+      <c r="S8" s="1">
+        <v>783.07865549500002</v>
+      </c>
+      <c r="T8" s="1">
+        <v>3.9559196569999999</v>
+      </c>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1">
+        <v>7.1687063240000004</v>
+      </c>
+      <c r="W8" s="1"/>
+      <c r="X8" s="1">
+        <v>773.12229231100002</v>
+      </c>
+      <c r="Y8" s="1">
+        <v>784.07865549500002</v>
+      </c>
+      <c r="Z8" s="1"/>
+      <c r="AA8" s="1">
+        <v>1564.3696541300001</v>
+      </c>
+    </row>
+    <row r="9" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" s="1">
+        <v>37.786994309000001</v>
+      </c>
+      <c r="C9" s="1">
+        <v>1</v>
+      </c>
+      <c r="D9" s="1">
+        <v>19.996066743</v>
+      </c>
+      <c r="E9" s="1">
+        <v>379.292986563</v>
+      </c>
+      <c r="F9" s="1"/>
+      <c r="G9" s="1">
+        <v>5.0971883389999997</v>
+      </c>
+      <c r="H9" s="1">
+        <v>2.3077235009999999</v>
+      </c>
+      <c r="I9" s="1">
+        <v>51.378149211999997</v>
+      </c>
+      <c r="J9" s="1">
+        <v>379.292986563</v>
+      </c>
+      <c r="K9" s="1"/>
+      <c r="L9" s="1">
+        <v>1</v>
+      </c>
+      <c r="M9" s="1">
+        <v>2.3077235009999999</v>
+      </c>
+      <c r="N9" s="1">
+        <v>55.475337551000003</v>
+      </c>
+      <c r="O9" s="1">
+        <v>379.292986563</v>
+      </c>
+      <c r="P9" s="1"/>
+      <c r="Q9" s="1">
+        <v>2.3077235009999999</v>
+      </c>
+      <c r="R9" s="1">
+        <v>55.475337551000003</v>
+      </c>
+      <c r="S9" s="1">
+        <v>379.292986563</v>
+      </c>
+      <c r="T9" s="1">
+        <v>1</v>
+      </c>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1">
+        <v>2.0548722980000003</v>
+      </c>
+      <c r="W9" s="1">
+        <v>0.94370990600000004</v>
+      </c>
+      <c r="X9" s="1">
+        <v>55.784478847999999</v>
+      </c>
+      <c r="Y9" s="1">
+        <v>379.292986563</v>
+      </c>
+      <c r="Z9" s="1"/>
+      <c r="AA9" s="1">
+        <v>438.07604761499999</v>
+      </c>
+    </row>
+    <row r="10" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" s="1">
+        <v>304.02730328000001</v>
+      </c>
+      <c r="C10" s="1">
+        <v>148.56668437900001</v>
+      </c>
+      <c r="D10" s="1">
+        <v>446.90288796300001</v>
+      </c>
+      <c r="E10" s="1">
+        <v>2844.794158664</v>
+      </c>
+      <c r="F10" s="1"/>
+      <c r="G10" s="1">
+        <v>270.02883550600001</v>
+      </c>
+      <c r="H10" s="1">
+        <v>118.38308040700001</v>
+      </c>
+      <c r="I10" s="1">
+        <v>499.88336889100003</v>
+      </c>
+      <c r="J10" s="1">
+        <v>2855.9957494820001</v>
+      </c>
+      <c r="K10" s="1"/>
+      <c r="L10" s="1">
+        <v>166.649020294</v>
+      </c>
+      <c r="M10" s="1">
+        <v>161.47941039</v>
+      </c>
+      <c r="N10" s="1">
+        <v>682.95744187000003</v>
+      </c>
+      <c r="O10" s="1">
+        <v>2733.2051617319999</v>
+      </c>
+      <c r="P10" s="1"/>
+      <c r="Q10" s="1">
+        <v>43.443132964</v>
+      </c>
+      <c r="R10" s="1">
+        <v>787.64901001800001</v>
+      </c>
+      <c r="S10" s="1">
+        <v>2735.2555560129999</v>
+      </c>
+      <c r="T10" s="1">
+        <v>177.94333529099998</v>
+      </c>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1">
+        <v>38.447681639999999</v>
+      </c>
+      <c r="W10" s="1">
+        <v>34.933174686999998</v>
+      </c>
+      <c r="X10" s="1">
+        <v>691.78723222999997</v>
+      </c>
+      <c r="Y10" s="1">
+        <v>2979.1229457290001</v>
+      </c>
+      <c r="Z10" s="1"/>
+      <c r="AA10" s="1">
+        <v>3744.291034286</v>
+      </c>
+    </row>
+    <row r="11" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" s="1">
+        <v>203.73787888499999</v>
+      </c>
+      <c r="C11" s="1">
+        <v>31.147350782</v>
+      </c>
+      <c r="D11" s="1">
+        <v>94.186488432999994</v>
+      </c>
+      <c r="E11" s="1">
+        <v>1364.3727239360001</v>
+      </c>
+      <c r="F11" s="1"/>
+      <c r="G11" s="1">
+        <v>201.720160161</v>
+      </c>
+      <c r="H11" s="1">
+        <v>13.267383581000001</v>
+      </c>
+      <c r="I11" s="1">
+        <v>112.93158667</v>
+      </c>
+      <c r="J11" s="1">
+        <v>1365.5253116240001</v>
+      </c>
+      <c r="K11" s="1"/>
+      <c r="L11" s="1">
+        <v>197.86931337199999</v>
+      </c>
+      <c r="M11" s="1">
+        <v>12.186417779999999</v>
+      </c>
+      <c r="N11" s="1">
+        <v>117.86339925999999</v>
+      </c>
+      <c r="O11" s="1">
+        <v>1365.5253116240001</v>
+      </c>
+      <c r="P11" s="1"/>
+      <c r="Q11" s="1">
+        <v>142.56577255899998</v>
+      </c>
+      <c r="R11" s="1">
+        <v>115.768816571</v>
+      </c>
+      <c r="S11" s="1">
+        <v>1424.799138414</v>
+      </c>
+      <c r="T11" s="1">
+        <v>10.310714491999999</v>
+      </c>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1">
+        <v>142.29956224099999</v>
+      </c>
+      <c r="W11" s="1">
+        <v>64.626536225999999</v>
+      </c>
+      <c r="X11" s="1">
+        <v>120.970561829</v>
+      </c>
+      <c r="Y11" s="1">
+        <v>1365.5477817399999</v>
+      </c>
+      <c r="Z11" s="1"/>
+      <c r="AA11" s="1">
+        <v>1693.4444420360001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+      <c r="G12" s="1"/>
+      <c r="H12" s="1"/>
+      <c r="I12" s="1"/>
+      <c r="J12" s="1"/>
+      <c r="K12" s="1"/>
+      <c r="L12" s="1"/>
+      <c r="M12" s="1"/>
+      <c r="N12" s="1"/>
+      <c r="O12" s="1"/>
+      <c r="P12" s="1"/>
+      <c r="Q12" s="1"/>
+      <c r="R12" s="1"/>
+      <c r="S12" s="1"/>
+      <c r="T12" s="1"/>
+      <c r="U12" s="1"/>
+      <c r="V12" s="1"/>
+      <c r="W12" s="1"/>
+      <c r="X12" s="1"/>
+      <c r="Y12" s="1"/>
+      <c r="Z12" s="1"/>
+      <c r="AA12" s="1"/>
+    </row>
+    <row r="13" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" s="1">
+        <v>35.853203853000004</v>
+      </c>
+      <c r="C13" s="1">
+        <v>78.855902995999998</v>
+      </c>
+      <c r="D13" s="1">
+        <v>78.343665012000002</v>
+      </c>
+      <c r="E13" s="1">
+        <v>892.768397134</v>
+      </c>
+      <c r="F13" s="1"/>
+      <c r="G13" s="1">
+        <v>26.056294535999999</v>
+      </c>
+      <c r="H13" s="1">
+        <v>54.502060999999998</v>
+      </c>
+      <c r="I13" s="1">
+        <v>106.531314752</v>
+      </c>
+      <c r="J13" s="1">
+        <v>898.73149870700001</v>
+      </c>
+      <c r="K13" s="1"/>
+      <c r="L13" s="1">
+        <v>76.792140040000007</v>
+      </c>
+      <c r="M13" s="1">
+        <v>18.317176909000001</v>
+      </c>
+      <c r="N13" s="1">
+        <v>91.274454300000002</v>
+      </c>
+      <c r="O13" s="1">
+        <v>899.43739774599999</v>
+      </c>
+      <c r="P13" s="1"/>
+      <c r="Q13" s="1">
+        <v>63.737109539999999</v>
+      </c>
+      <c r="R13" s="1">
+        <v>104.71335050500001</v>
+      </c>
+      <c r="S13" s="1">
+        <v>897.64663105099999</v>
+      </c>
+      <c r="T13" s="1">
+        <v>19.724077899000001</v>
+      </c>
+      <c r="U13" s="1"/>
+      <c r="V13" s="1">
+        <v>10.481418314000001</v>
+      </c>
+      <c r="W13" s="1">
+        <v>47.975411313999999</v>
+      </c>
+      <c r="X13" s="1">
+        <v>126.457012315</v>
+      </c>
+      <c r="Y13" s="1">
+        <v>900.90732705200003</v>
+      </c>
+      <c r="Z13" s="1"/>
+      <c r="AA13" s="1">
+        <v>1085.8211689950001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="1">
+        <v>35.544944184000002</v>
+      </c>
+      <c r="C14" s="1">
+        <v>91.462995536999998</v>
+      </c>
+      <c r="D14" s="1">
+        <v>53.642387241999998</v>
+      </c>
+      <c r="E14" s="1">
+        <v>762.85418849099995</v>
+      </c>
+      <c r="F14" s="1"/>
+      <c r="G14" s="1">
+        <v>32.967969625999999</v>
+      </c>
+      <c r="H14" s="1">
+        <v>79.290704073000001</v>
+      </c>
+      <c r="I14" s="1">
+        <v>62.311189409000001</v>
+      </c>
+      <c r="J14" s="1">
+        <v>768.93465234600001</v>
+      </c>
+      <c r="K14" s="1"/>
+      <c r="L14" s="1">
+        <v>25.367216250999999</v>
+      </c>
+      <c r="M14" s="1">
+        <v>73.171610990999994</v>
+      </c>
+      <c r="N14" s="1">
+        <v>76.031035865999996</v>
+      </c>
+      <c r="O14" s="1">
+        <v>768.93465234600001</v>
+      </c>
+      <c r="P14" s="1"/>
+      <c r="Q14" s="1">
+        <v>11.205310034</v>
+      </c>
+      <c r="R14" s="1">
+        <v>77.190730195</v>
+      </c>
+      <c r="S14" s="1">
+        <v>774.13833532800004</v>
+      </c>
+      <c r="T14" s="1">
+        <v>80.970139896999996</v>
+      </c>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1">
+        <v>51.570467729000001</v>
+      </c>
+      <c r="W14" s="1">
+        <v>1.0493387519999999</v>
+      </c>
+      <c r="X14" s="1">
+        <v>111.052486547</v>
+      </c>
+      <c r="Y14" s="1">
+        <v>779.83222242600004</v>
+      </c>
+      <c r="Z14" s="1"/>
+      <c r="AA14" s="1">
+        <v>943.50451545399994</v>
+      </c>
+    </row>
+    <row r="15" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" s="1">
+        <v>186.40107998900001</v>
+      </c>
+      <c r="C15" s="1">
+        <v>87.679499930000006</v>
+      </c>
+      <c r="D15" s="1">
+        <v>119.041267473</v>
+      </c>
+      <c r="E15" s="1">
+        <v>693.60763388999999</v>
+      </c>
+      <c r="F15" s="1"/>
+      <c r="G15" s="1">
+        <v>70.417732366999999</v>
+      </c>
+      <c r="H15" s="1">
+        <v>49.655153839999997</v>
+      </c>
+      <c r="I15" s="1">
+        <v>244.448138446</v>
+      </c>
+      <c r="J15" s="1">
+        <v>722.20845662900001</v>
+      </c>
+      <c r="K15" s="1"/>
+      <c r="L15" s="1">
+        <v>66.633105525000005</v>
+      </c>
+      <c r="M15" s="1">
+        <v>22.429830292000002</v>
+      </c>
+      <c r="N15" s="1">
+        <v>297.14419683699998</v>
+      </c>
+      <c r="O15" s="1">
+        <v>700.52234862800003</v>
+      </c>
+      <c r="P15" s="1"/>
+      <c r="Q15" s="1">
+        <v>167.867808263</v>
+      </c>
+      <c r="R15" s="1">
+        <v>172.834084547</v>
+      </c>
+      <c r="S15" s="1">
+        <v>654.12627026199993</v>
+      </c>
+      <c r="T15" s="1">
+        <v>91.901318209999999</v>
+      </c>
+      <c r="U15" s="1"/>
+      <c r="V15" s="1">
+        <v>26.453101851</v>
+      </c>
+      <c r="W15" s="1">
+        <v>6.7008645280000003</v>
+      </c>
+      <c r="X15" s="1">
+        <v>334.99241104200001</v>
+      </c>
+      <c r="Y15" s="1">
+        <v>717.65269993499999</v>
+      </c>
+      <c r="Z15" s="1">
+        <v>0.93040392599999999</v>
+      </c>
+      <c r="AA15" s="1">
+        <v>1086.7294812820001</v>
+      </c>
+    </row>
+    <row r="16" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" s="1"/>
+      <c r="C16" s="1"/>
+      <c r="D16" s="1"/>
+      <c r="E16" s="1"/>
+      <c r="F16" s="1"/>
+      <c r="G16" s="1"/>
+      <c r="H16" s="1"/>
+      <c r="I16" s="1"/>
+      <c r="J16" s="1"/>
+      <c r="K16" s="1"/>
+      <c r="L16" s="1"/>
+      <c r="M16" s="1"/>
+      <c r="N16" s="1"/>
+      <c r="O16" s="1"/>
+      <c r="P16" s="1"/>
+      <c r="Q16" s="1"/>
+      <c r="R16" s="1"/>
+      <c r="S16" s="1"/>
+      <c r="T16" s="1"/>
+      <c r="U16" s="1"/>
+      <c r="V16" s="1"/>
+      <c r="W16" s="1"/>
+      <c r="X16" s="1"/>
+      <c r="Y16" s="1"/>
+      <c r="Z16" s="1"/>
+      <c r="AA16" s="1"/>
+    </row>
+    <row r="17" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" s="1">
+        <v>24.496144204</v>
+      </c>
+      <c r="C17" s="1">
+        <v>53.358047646000003</v>
+      </c>
+      <c r="D17" s="1">
+        <v>140.83452549699999</v>
+      </c>
+      <c r="E17" s="1">
+        <v>502.168614994</v>
+      </c>
+      <c r="F17" s="1"/>
+      <c r="G17" s="1">
+        <v>26.031924512</v>
+      </c>
+      <c r="H17" s="1">
+        <v>40.951271984000002</v>
+      </c>
+      <c r="I17" s="1">
+        <v>147.58820985099999</v>
+      </c>
+      <c r="J17" s="1">
+        <v>506.28592599400002</v>
+      </c>
+      <c r="K17" s="1"/>
+      <c r="L17" s="1">
+        <v>19.139799993</v>
+      </c>
+      <c r="M17" s="1">
+        <v>32.933971167000003</v>
+      </c>
+      <c r="N17" s="1">
+        <v>170.23864591399999</v>
+      </c>
+      <c r="O17" s="1">
+        <v>498.54491526700002</v>
+      </c>
+      <c r="P17" s="1"/>
+      <c r="Q17" s="1">
+        <v>17.571854349999999</v>
+      </c>
+      <c r="R17" s="1">
+        <v>162.80363037000001</v>
+      </c>
+      <c r="S17" s="1">
+        <v>497.79454546599999</v>
+      </c>
+      <c r="T17" s="1">
+        <v>42.687302154999998</v>
+      </c>
+      <c r="U17" s="1"/>
+      <c r="V17" s="1">
+        <v>18.316559517000002</v>
+      </c>
+      <c r="W17" s="1">
+        <v>19.867866955</v>
+      </c>
+      <c r="X17" s="1">
+        <v>174.693252094</v>
+      </c>
+      <c r="Y17" s="1">
+        <v>507.97965377500003</v>
+      </c>
+      <c r="Z17" s="1"/>
+      <c r="AA17" s="1">
+        <v>720.85733234099996</v>
+      </c>
+    </row>
+    <row r="18" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B18" s="1">
+        <v>1388.506580103</v>
+      </c>
+      <c r="C18" s="1">
+        <v>330.04574658799999</v>
+      </c>
+      <c r="D18" s="1">
+        <v>1000.7217616089999</v>
+      </c>
+      <c r="E18" s="1">
+        <v>13557.737794171</v>
+      </c>
+      <c r="F18" s="1"/>
+      <c r="G18" s="1">
+        <v>948.96461292899994</v>
+      </c>
+      <c r="H18" s="1">
+        <v>192.88199306300001</v>
+      </c>
+      <c r="I18" s="1">
+        <v>1454.589496841</v>
+      </c>
+      <c r="J18" s="1">
+        <v>13680.575779638</v>
+      </c>
+      <c r="K18" s="1"/>
+      <c r="L18" s="1">
+        <v>757.08502139200004</v>
+      </c>
+      <c r="M18" s="1">
+        <v>199.458859692</v>
+      </c>
+      <c r="N18" s="1">
+        <v>1776.0761691800001</v>
+      </c>
+      <c r="O18" s="1">
+        <v>13544.391832207</v>
+      </c>
+      <c r="P18" s="1"/>
+      <c r="Q18" s="1">
+        <v>682.78267773499999</v>
+      </c>
+      <c r="R18" s="1">
+        <v>1746.786187726</v>
+      </c>
+      <c r="S18" s="1">
+        <v>13451.52868304</v>
+      </c>
+      <c r="T18" s="1">
+        <v>395.91433396999997</v>
+      </c>
+      <c r="U18" s="1"/>
+      <c r="V18" s="1">
+        <v>441.34643146400003</v>
+      </c>
+      <c r="W18" s="1">
+        <v>105.45565577399999</v>
+      </c>
+      <c r="X18" s="1">
+        <v>1934.5211183869999</v>
+      </c>
+      <c r="Y18" s="1">
+        <v>13794.75827292</v>
+      </c>
+      <c r="Z18" s="1">
+        <v>0.93040392599999999</v>
+      </c>
+      <c r="AA18" s="1">
+        <v>16277.011882471001</v>
+      </c>
+    </row>
+    <row r="19" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B19" s="1">
+        <v>207.164890657</v>
+      </c>
+      <c r="C19" s="1">
+        <v>125.147883334</v>
+      </c>
+      <c r="D19" s="1">
+        <v>253.51231076799999</v>
+      </c>
+      <c r="E19" s="1">
+        <v>2928.3318504419999</v>
+      </c>
+      <c r="F19" s="1"/>
+      <c r="G19" s="1">
+        <v>123.26329533400001</v>
+      </c>
+      <c r="H19" s="1">
+        <v>65.175417494000001</v>
+      </c>
+      <c r="I19" s="1">
+        <v>371.11502539700001</v>
+      </c>
+      <c r="J19" s="1">
+        <v>2954.6031969760002</v>
+      </c>
+      <c r="K19" s="1"/>
+      <c r="L19" s="1">
+        <v>136.60195150499999</v>
+      </c>
+      <c r="M19" s="1">
+        <v>51.569308055999997</v>
+      </c>
+      <c r="N19" s="1">
+        <v>406.55653284200002</v>
+      </c>
+      <c r="O19" s="1">
+        <v>2919.4291427980002</v>
+      </c>
+      <c r="P19" s="1"/>
+      <c r="Q19" s="1">
+        <v>111.30495872</v>
+      </c>
+      <c r="R19" s="1">
+        <v>382.529712383</v>
+      </c>
+      <c r="S19" s="1">
+        <v>2950.439711038</v>
+      </c>
+      <c r="T19" s="1">
+        <v>69.882553059999992</v>
+      </c>
+      <c r="U19" s="1"/>
+      <c r="V19" s="1">
+        <v>58.246567462000002</v>
+      </c>
+      <c r="W19" s="1">
+        <v>20.818211837</v>
+      </c>
+      <c r="X19" s="1">
+        <v>456.08530682100002</v>
+      </c>
+      <c r="Y19" s="1">
+        <v>2979.0068490809999</v>
+      </c>
+      <c r="Z19" s="1"/>
+      <c r="AA19" s="1">
+        <v>3514.1569352010001</v>
+      </c>
+    </row>
+    <row r="20" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B20" s="1">
+        <v>73.242935932999998</v>
+      </c>
+      <c r="C20" s="1">
+        <v>69.184159285999996</v>
+      </c>
+      <c r="D20" s="1">
+        <v>61.936273274999998</v>
+      </c>
+      <c r="E20" s="1">
+        <v>509.35324217099998</v>
+      </c>
+      <c r="F20" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="G20" s="1">
+        <v>51.408831679999999</v>
+      </c>
+      <c r="H20" s="1">
+        <v>36.859064512000003</v>
+      </c>
+      <c r="I20" s="1">
+        <v>108.276740307</v>
+      </c>
+      <c r="J20" s="1">
+        <v>517.17197416600004</v>
+      </c>
+      <c r="K20" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="L20" s="1">
+        <v>53.399659577999998</v>
+      </c>
+      <c r="M20" s="1">
+        <v>19.917603081999999</v>
+      </c>
+      <c r="N20" s="1">
+        <v>115.262920889</v>
+      </c>
+      <c r="O20" s="1">
+        <v>525.13642711600005</v>
+      </c>
+      <c r="P20" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="Q20" s="1">
+        <v>39.246969030999999</v>
+      </c>
+      <c r="R20" s="1">
+        <v>120.769324942</v>
+      </c>
+      <c r="S20" s="1">
+        <v>521.44574986999999</v>
+      </c>
+      <c r="T20" s="1">
+        <v>32.254566822000001</v>
+      </c>
+      <c r="U20" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="V20" s="1">
+        <v>36.705566863000001</v>
+      </c>
+      <c r="W20" s="1">
+        <v>14.983058481</v>
+      </c>
+      <c r="X20" s="1">
+        <v>140.585689207</v>
+      </c>
+      <c r="Y20" s="1">
+        <v>521.44229611399999</v>
+      </c>
+      <c r="Z20" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="AA20" s="1">
+        <v>714.80947253099998</v>
+      </c>
+    </row>
+    <row r="21" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B21" s="1"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
+      <c r="F21" s="1"/>
+      <c r="G21" s="1"/>
+      <c r="H21" s="1"/>
+      <c r="I21" s="1"/>
+      <c r="J21" s="1"/>
+      <c r="K21" s="1"/>
+      <c r="L21" s="1"/>
+      <c r="M21" s="1"/>
+      <c r="N21" s="1"/>
+      <c r="O21" s="1"/>
+      <c r="P21" s="1"/>
+      <c r="Q21" s="1"/>
+      <c r="R21" s="1"/>
+      <c r="S21" s="1"/>
+      <c r="T21" s="1"/>
+      <c r="U21" s="1"/>
+      <c r="V21" s="1"/>
+      <c r="W21" s="1"/>
+      <c r="X21" s="1"/>
+      <c r="Y21" s="1"/>
+      <c r="Z21" s="1"/>
+      <c r="AA21" s="1"/>
+    </row>
+    <row r="22" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B22" s="1">
+        <v>106.383003354</v>
+      </c>
+      <c r="C22" s="1">
+        <v>47.433893269000002</v>
+      </c>
+      <c r="D22" s="1">
+        <v>30.389724480000002</v>
+      </c>
+      <c r="E22" s="1">
+        <v>1823.602714351</v>
+      </c>
+      <c r="F22" s="1"/>
+      <c r="G22" s="1">
+        <v>94.650507954999995</v>
+      </c>
+      <c r="H22" s="1">
+        <v>29.428768176999998</v>
+      </c>
+      <c r="I22" s="1">
+        <v>56.305578824999998</v>
+      </c>
+      <c r="J22" s="1">
+        <v>1827.4244804970001</v>
+      </c>
+      <c r="K22" s="1"/>
+      <c r="L22" s="1">
+        <v>88.902881207999997</v>
+      </c>
+      <c r="M22" s="1">
+        <v>18.851265638000001</v>
+      </c>
+      <c r="N22" s="1">
+        <v>62.583589777</v>
+      </c>
+      <c r="O22" s="1">
+        <v>1837.4715988309999</v>
+      </c>
+      <c r="P22" s="1"/>
+      <c r="Q22" s="1">
+        <v>63.285516461999997</v>
+      </c>
+      <c r="R22" s="1">
+        <v>61.327114348000002</v>
+      </c>
+      <c r="S22" s="1">
+        <v>1849.392816409</v>
+      </c>
+      <c r="T22" s="1">
+        <v>33.803888235000002</v>
+      </c>
+      <c r="U22" s="1"/>
+      <c r="V22" s="1">
+        <v>66.673545214000001</v>
+      </c>
+      <c r="W22" s="1">
+        <v>9.8351906019999991</v>
+      </c>
+      <c r="X22" s="1">
+        <v>93.374043365000006</v>
+      </c>
+      <c r="Y22" s="1">
+        <v>1837.926556273</v>
+      </c>
+      <c r="Z22" s="1"/>
+      <c r="AA22" s="1">
+        <v>2007.8093354539999</v>
+      </c>
+    </row>
+    <row r="23" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B23" s="1">
+        <v>469.17060607399998</v>
+      </c>
+      <c r="C23" s="1">
+        <v>237.94531680700001</v>
+      </c>
+      <c r="D23" s="1">
+        <v>434.55653842699996</v>
+      </c>
+      <c r="E23" s="1">
+        <v>3773.85084383</v>
+      </c>
+      <c r="F23" s="1"/>
+      <c r="G23" s="1">
+        <v>211.86887238599999</v>
+      </c>
+      <c r="H23" s="1">
+        <v>87.522242379000005</v>
+      </c>
+      <c r="I23" s="1">
+        <v>721.34575305199996</v>
+      </c>
+      <c r="J23" s="1">
+        <v>3894.786437321</v>
+      </c>
+      <c r="K23" s="1"/>
+      <c r="L23" s="1">
+        <v>211.00122353200001</v>
+      </c>
+      <c r="M23" s="1">
+        <v>72.367265590000002</v>
+      </c>
+      <c r="N23" s="1">
+        <v>748.64108880899994</v>
+      </c>
+      <c r="O23" s="1">
+        <v>3883.5137272070001</v>
+      </c>
+      <c r="P23" s="1"/>
+      <c r="Q23" s="1">
+        <v>117.899622045</v>
+      </c>
+      <c r="R23" s="1">
+        <v>794.32989817500004</v>
+      </c>
+      <c r="S23" s="1">
+        <v>3883.9049412469999</v>
+      </c>
+      <c r="T23" s="1">
+        <v>119.388843671</v>
+      </c>
+      <c r="U23" s="1"/>
+      <c r="V23" s="1">
+        <v>65.821352262000005</v>
+      </c>
+      <c r="W23" s="1">
+        <v>71.284091204999996</v>
+      </c>
+      <c r="X23" s="1">
+        <v>881.03042309399996</v>
+      </c>
+      <c r="Y23" s="1">
+        <v>3897.387438577</v>
+      </c>
+      <c r="Z23" s="1"/>
+      <c r="AA23" s="1">
+        <v>4915.5233051380001</v>
+      </c>
+    </row>
+    <row r="24" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="1">
+        <v>265.37735055000002</v>
+      </c>
+      <c r="C24" s="1">
+        <v>50.730285407000004</v>
+      </c>
+      <c r="D24" s="1">
+        <v>334.32100434799997</v>
+      </c>
+      <c r="E24" s="1">
+        <v>3704.982306766</v>
+      </c>
+      <c r="F24" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="G24" s="1">
+        <v>109.58471143199999</v>
+      </c>
+      <c r="H24" s="1">
+        <v>35.466823652999999</v>
+      </c>
+      <c r="I24" s="1">
+        <v>494.004490342</v>
+      </c>
+      <c r="J24" s="1">
+        <v>3716.3549216440001</v>
+      </c>
+      <c r="K24" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="L24" s="1">
+        <v>149.970796541</v>
+      </c>
+      <c r="M24" s="1">
+        <v>11.533380389</v>
+      </c>
+      <c r="N24" s="1">
+        <v>512.03839437700003</v>
+      </c>
+      <c r="O24" s="1">
+        <v>3681.8683757640001</v>
+      </c>
+      <c r="P24" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="Q24" s="1">
+        <v>137.54572754500001</v>
+      </c>
+      <c r="R24" s="1">
+        <v>484.05993340999999</v>
+      </c>
+      <c r="S24" s="1">
+        <v>3711.5554764180001</v>
+      </c>
+      <c r="T24" s="1">
+        <v>22.249809698</v>
+      </c>
+      <c r="U24" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="V24" s="1">
+        <v>92.416305686000001</v>
+      </c>
+      <c r="W24" s="1">
+        <v>4.1777271069999999</v>
+      </c>
+      <c r="X24" s="1">
+        <v>536.341706273</v>
+      </c>
+      <c r="Y24" s="1">
+        <v>3721.5448040790002</v>
+      </c>
+      <c r="Z24" s="1">
+        <v>2.0232657920000001</v>
+      </c>
+      <c r="AA24" s="1">
+        <v>4356.503808937</v>
+      </c>
+    </row>
+    <row r="25" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" s="1">
+        <v>826.84374126099999</v>
+      </c>
+      <c r="C25" s="1">
+        <v>216.61785576900002</v>
+      </c>
+      <c r="D25" s="1">
+        <v>527.66940758099997</v>
+      </c>
+      <c r="E25" s="1">
+        <v>6177.2487490240001</v>
+      </c>
+      <c r="F25" s="1"/>
+      <c r="G25" s="1">
+        <v>630.66246644700004</v>
+      </c>
+      <c r="H25" s="1">
+        <v>164.57676651</v>
+      </c>
+      <c r="I25" s="1">
+        <v>757.62318503699998</v>
+      </c>
+      <c r="J25" s="1">
+        <v>6195.5173356409996</v>
+      </c>
+      <c r="K25" s="1"/>
+      <c r="L25" s="1">
+        <v>499.77665475100002</v>
+      </c>
+      <c r="M25" s="1">
+        <v>183.61827162199998</v>
+      </c>
+      <c r="N25" s="1">
+        <v>1001.500548873</v>
+      </c>
+      <c r="O25" s="1">
+        <v>6063.4842783889999</v>
+      </c>
+      <c r="P25" s="1"/>
+      <c r="Q25" s="1">
+        <v>410.28329813299996</v>
+      </c>
+      <c r="R25" s="1">
+        <v>929.92659654500005</v>
+      </c>
+      <c r="S25" s="1">
+        <v>6060.6997174179996</v>
+      </c>
+      <c r="T25" s="1">
+        <v>347.470141539</v>
+      </c>
+      <c r="U25" s="1"/>
+      <c r="V25" s="1">
+        <v>315.39378702200003</v>
+      </c>
+      <c r="W25" s="1">
+        <v>68.050499247999994</v>
+      </c>
+      <c r="X25" s="1">
+        <v>1046.7570960129999</v>
+      </c>
+      <c r="Y25" s="1">
+        <v>6318.1783713519999</v>
+      </c>
+      <c r="Z25" s="1"/>
+      <c r="AA25" s="1">
+        <v>7748.3797536350003</v>
+      </c>
+    </row>
+    <row r="26" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" s="1">
+        <v>25.635849657999998</v>
+      </c>
+      <c r="C26" s="1">
+        <v>25.008485602</v>
+      </c>
+      <c r="D26" s="1">
+        <v>130.06819631300002</v>
+      </c>
+      <c r="E26" s="1">
+        <v>2017.906887807</v>
+      </c>
+      <c r="F26" s="1"/>
+      <c r="G26" s="1">
+        <v>102.90210623500001</v>
+      </c>
+      <c r="H26" s="1">
+        <v>18.873146334000001</v>
+      </c>
+      <c r="I26" s="1">
+        <v>52.290465140000002</v>
+      </c>
+      <c r="J26" s="1">
+        <v>2024.553701671</v>
+      </c>
+      <c r="K26" s="1"/>
+      <c r="L26" s="1">
+        <v>16.574876436</v>
+      </c>
+      <c r="M26" s="1">
+        <v>17.509558758000001</v>
+      </c>
+      <c r="N26" s="1">
+        <v>143.37064698899999</v>
+      </c>
+      <c r="O26" s="1">
+        <v>2021.1643371969999</v>
+      </c>
+      <c r="P26" s="1"/>
+      <c r="Q26" s="1">
+        <v>121.892295651</v>
+      </c>
+      <c r="R26" s="1">
+        <v>143.24531294300002</v>
+      </c>
+      <c r="S26" s="1">
+        <v>1915.6557379220001</v>
+      </c>
+      <c r="T26" s="1">
+        <v>17.826072864</v>
+      </c>
+      <c r="U26" s="1"/>
+      <c r="V26" s="1">
+        <v>14.310135122</v>
+      </c>
+      <c r="W26" s="1">
+        <v>7.7772848850000003</v>
+      </c>
+      <c r="X26" s="1">
+        <v>148.38209776400001</v>
+      </c>
+      <c r="Y26" s="1">
+        <v>2028.1499016089999</v>
+      </c>
+      <c r="Z26" s="1"/>
+      <c r="AA26" s="1">
+        <v>2198.6194193800002</v>
+      </c>
+    </row>
+    <row r="27" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" s="1">
+        <v>1693.4105508969999</v>
+      </c>
+      <c r="C27" s="1">
+        <v>577.73583685400001</v>
+      </c>
+      <c r="D27" s="1">
+        <v>1457.0048711489999</v>
+      </c>
+      <c r="E27" s="1">
+        <v>17497.591501777999</v>
+      </c>
+      <c r="F27" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="G27" s="1">
+        <v>1149.668664455</v>
+      </c>
+      <c r="H27" s="1">
+        <v>335.86774705300002</v>
+      </c>
+      <c r="I27" s="1">
+        <v>2081.569472396</v>
+      </c>
+      <c r="J27" s="1">
+        <v>17658.636876773999</v>
+      </c>
+      <c r="K27" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="L27" s="1">
+        <v>966.22643246799998</v>
+      </c>
+      <c r="M27" s="1">
+        <v>303.879741997</v>
+      </c>
+      <c r="N27" s="1">
+        <v>2468.1342688250002</v>
+      </c>
+      <c r="O27" s="1">
+        <v>17487.502317388</v>
+      </c>
+      <c r="P27" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="Q27" s="1">
+        <v>850.90645983599995</v>
+      </c>
+      <c r="R27" s="1">
+        <v>2412.8888554209998</v>
+      </c>
+      <c r="S27" s="1">
+        <v>17421.208689414001</v>
+      </c>
+      <c r="T27" s="1">
+        <v>540.73875600700001</v>
+      </c>
+      <c r="U27" s="1">
+        <v>1.092861866</v>
+      </c>
+      <c r="V27" s="1">
+        <v>554.61512530599998</v>
+      </c>
+      <c r="W27" s="1">
+        <v>161.124793047</v>
+      </c>
+      <c r="X27" s="1">
+        <v>2705.8853665090001</v>
+      </c>
+      <c r="Y27" s="1">
+        <v>17803.187071889999</v>
+      </c>
+      <c r="Z27" s="1">
+        <v>2.0232657920000001</v>
+      </c>
+      <c r="AA27" s="1">
+        <v>21226.835622544</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:H27"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C33" sqref="C33"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="42.85546875" customWidth="1"/>
+    <col min="2" max="2" width="37.42578125" customWidth="1"/>
+    <col min="3" max="3" width="45.7109375" customWidth="1"/>
+    <col min="4" max="4" width="51.140625" customWidth="1"/>
+    <col min="5" max="5" width="42.85546875" customWidth="1"/>
+    <col min="6" max="6" width="58.140625" customWidth="1"/>
+    <col min="7" max="7" width="23.28515625" customWidth="1"/>
+    <col min="8" max="8" width="10" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" s="1">
+        <v>1074.0802309139999</v>
+      </c>
+      <c r="C3" s="1">
+        <v>453.146226066</v>
+      </c>
+      <c r="D3" s="1">
+        <v>699.02693125500002</v>
+      </c>
+      <c r="E3" s="1">
+        <v>78.092926406999993</v>
+      </c>
+      <c r="F3" s="1">
+        <v>375.053299659</v>
+      </c>
+      <c r="G3" s="1">
+        <v>1152.173157321</v>
+      </c>
+      <c r="H3" s="1">
+        <v>3116.0551657310002</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" s="1">
+        <v>7.4814104710000002</v>
+      </c>
+      <c r="C4" s="1">
+        <v>120.371499468</v>
+      </c>
+      <c r="D4" s="1">
+        <v>1.0297950760000001</v>
+      </c>
+      <c r="E4" s="1">
+        <v>113.91988407300001</v>
+      </c>
+      <c r="F4" s="1">
+        <v>6.4516153950000001</v>
+      </c>
+      <c r="G4" s="1">
+        <v>121.401294544</v>
+      </c>
+      <c r="H4" s="1">
+        <v>3027.0213645989998</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" s="1">
+        <v>1113.919228706</v>
+      </c>
+      <c r="C5" s="1">
+        <v>702.56742710399999</v>
+      </c>
+      <c r="D5" s="1">
+        <v>529.86448846600001</v>
+      </c>
+      <c r="E5" s="1">
+        <v>118.512686864</v>
+      </c>
+      <c r="F5" s="1">
+        <v>584.05474024</v>
+      </c>
+      <c r="G5" s="1">
+        <v>1232.43191557</v>
+      </c>
+      <c r="H5" s="1">
+        <v>4905.9442545089996</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" s="1">
+        <v>7.0293443159999995</v>
+      </c>
+      <c r="C6" s="1">
+        <v>17.142384001</v>
+      </c>
+      <c r="D6" s="1">
+        <v>1.1999878079999999</v>
+      </c>
+      <c r="E6" s="1">
+        <v>11.313027493</v>
+      </c>
+      <c r="F6" s="1">
+        <v>5.829356508</v>
+      </c>
+      <c r="G6" s="1">
+        <v>18.342371808999999</v>
+      </c>
+      <c r="H6" s="1">
+        <v>1292.80832207</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" s="1">
+        <v>274.72783854199997</v>
+      </c>
+      <c r="C7" s="1">
+        <v>149.110484829</v>
+      </c>
+      <c r="D7" s="1">
+        <v>129.97859310000001</v>
+      </c>
+      <c r="E7" s="1">
+        <v>4.3612393869999995</v>
+      </c>
+      <c r="F7" s="1">
+        <v>144.74924544199999</v>
+      </c>
+      <c r="G7" s="1">
+        <v>279.08907792899998</v>
+      </c>
+      <c r="H7" s="1">
+        <v>1444.8253375680001</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" s="1">
+        <v>376.68651112999999</v>
+      </c>
+      <c r="C8" s="1">
+        <v>600.586474748</v>
+      </c>
+      <c r="D8" s="1">
+        <v>148.62135391199999</v>
+      </c>
+      <c r="E8" s="1">
+        <v>372.52131752999998</v>
+      </c>
+      <c r="F8" s="1">
+        <v>228.065157218</v>
+      </c>
+      <c r="G8" s="1">
+        <v>749.20782866000002</v>
+      </c>
+      <c r="H8" s="1">
+        <v>1564.3696541300001</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" s="1">
+        <v>31.798983705999998</v>
+      </c>
+      <c r="C9" s="1">
+        <v>103.611020016</v>
+      </c>
+      <c r="D9" s="1">
+        <v>0</v>
+      </c>
+      <c r="E9" s="1">
+        <v>71.812036309999996</v>
+      </c>
+      <c r="F9" s="1">
+        <v>31.798983705999998</v>
+      </c>
+      <c r="G9" s="1">
+        <v>103.611020016</v>
+      </c>
+      <c r="H9" s="1">
+        <v>438.07604761499999</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" s="1">
+        <v>369.374596779</v>
+      </c>
+      <c r="C10" s="1">
+        <v>748.05371242000001</v>
+      </c>
+      <c r="D10" s="1">
+        <v>215.40098147099999</v>
+      </c>
+      <c r="E10" s="1">
+        <v>594.08009711199998</v>
+      </c>
+      <c r="F10" s="1">
+        <v>153.97361530800001</v>
+      </c>
+      <c r="G10" s="1">
+        <v>963.45469389100003</v>
+      </c>
+      <c r="H10" s="1">
+        <v>3744.291034286</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" s="1">
+        <v>273.86814693499997</v>
+      </c>
+      <c r="C11" s="1">
+        <v>391.53990491399998</v>
+      </c>
+      <c r="D11" s="1">
+        <v>179.13764884699998</v>
+      </c>
+      <c r="E11" s="1">
+        <v>296.80940682599999</v>
+      </c>
+      <c r="F11" s="1">
+        <v>94.73049808799999</v>
+      </c>
+      <c r="G11" s="1">
+        <v>570.67755376100001</v>
+      </c>
+      <c r="H11" s="1">
+        <v>1693.4444420360001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+      <c r="G12" s="1"/>
+      <c r="H12" s="1"/>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" s="1">
+        <v>415.70263763700001</v>
+      </c>
+      <c r="C13" s="1">
+        <v>128.63005370499999</v>
+      </c>
+      <c r="D13" s="1">
+        <v>292.31159081100003</v>
+      </c>
+      <c r="E13" s="1">
+        <v>5.2390068790000006</v>
+      </c>
+      <c r="F13" s="1">
+        <v>123.39104682600001</v>
+      </c>
+      <c r="G13" s="1">
+        <v>420.941644516</v>
+      </c>
+      <c r="H13" s="1">
+        <v>1085.8211689950001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="1">
+        <v>158.87542388700001</v>
+      </c>
+      <c r="C14" s="1">
+        <v>142.64670181400001</v>
+      </c>
+      <c r="D14" s="1">
+        <v>82.231028108999993</v>
+      </c>
+      <c r="E14" s="1">
+        <v>66.002306035999993</v>
+      </c>
+      <c r="F14" s="1">
+        <v>76.644395778000003</v>
+      </c>
+      <c r="G14" s="1">
+        <v>224.877729923</v>
+      </c>
+      <c r="H14" s="1">
+        <v>943.50451545399994</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" s="1">
+        <v>499.50216939000001</v>
+      </c>
+      <c r="C15" s="1">
+        <v>181.86947054699999</v>
+      </c>
+      <c r="D15" s="1">
+        <v>324.48431233500003</v>
+      </c>
+      <c r="E15" s="1">
+        <v>6.8516134919999994</v>
+      </c>
+      <c r="F15" s="1">
+        <v>175.01785705500001</v>
+      </c>
+      <c r="G15" s="1">
+        <v>506.35378288200002</v>
+      </c>
+      <c r="H15" s="1">
+        <v>1086.7294812820001</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" s="1"/>
+      <c r="C16" s="1"/>
+      <c r="D16" s="1"/>
+      <c r="E16" s="1"/>
+      <c r="F16" s="1"/>
+      <c r="G16" s="1"/>
+      <c r="H16" s="1"/>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" s="1">
+        <v>106.267673976</v>
+      </c>
+      <c r="C17" s="1">
+        <v>109.130276305</v>
+      </c>
+      <c r="D17" s="1">
+        <v>33.933952177000002</v>
+      </c>
+      <c r="E17" s="1">
+        <v>36.796554506</v>
+      </c>
+      <c r="F17" s="1">
+        <v>72.333721799000003</v>
+      </c>
+      <c r="G17" s="1">
+        <v>143.064228482</v>
+      </c>
+      <c r="H17" s="1">
+        <v>720.85733234099996</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B18" s="1">
+        <v>2635.904053321</v>
+      </c>
+      <c r="C18" s="1">
+        <v>2462.8134728519999</v>
+      </c>
+      <c r="D18" s="1">
+        <v>1410.4039360459999</v>
+      </c>
+      <c r="E18" s="1">
+        <v>1237.313355577</v>
+      </c>
+      <c r="F18" s="1">
+        <v>1225.5001172750001</v>
+      </c>
+      <c r="G18" s="1">
+        <v>3873.217408898</v>
+      </c>
+      <c r="H18" s="1">
+        <v>16277.011882471001</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B19" s="1">
+        <v>631.05419113899995</v>
+      </c>
+      <c r="C19" s="1">
+        <v>571.41430268800002</v>
+      </c>
+      <c r="D19" s="1">
+        <v>383.18552903699998</v>
+      </c>
+      <c r="E19" s="1">
+        <v>323.54564058599999</v>
+      </c>
+      <c r="F19" s="1">
+        <v>247.868662102</v>
+      </c>
+      <c r="G19" s="1">
+        <v>954.59983172499994</v>
+      </c>
+      <c r="H19" s="1">
+        <v>3514.1569352010001</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B20" s="1">
+        <v>155.74037306299999</v>
+      </c>
+      <c r="C20" s="1">
+        <v>142.771081721</v>
+      </c>
+      <c r="D20" s="1">
+        <v>76.736362674999995</v>
+      </c>
+      <c r="E20" s="1">
+        <v>63.767071332999997</v>
+      </c>
+      <c r="F20" s="1">
+        <v>79.004010387999998</v>
+      </c>
+      <c r="G20" s="1">
+        <v>219.50744439600001</v>
+      </c>
+      <c r="H20" s="1">
+        <v>714.80947253099998</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B21" s="1"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
+      <c r="F21" s="1"/>
+      <c r="G21" s="1"/>
+      <c r="H21" s="1"/>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B22" s="1">
+        <v>163.285413659</v>
+      </c>
+      <c r="C22" s="1">
+        <v>163.97087503099999</v>
+      </c>
+      <c r="D22" s="1">
+        <v>71.487560087999995</v>
+      </c>
+      <c r="E22" s="1">
+        <v>72.173021460000001</v>
+      </c>
+      <c r="F22" s="1">
+        <v>91.797853571000005</v>
+      </c>
+      <c r="G22" s="1">
+        <v>235.458435119</v>
+      </c>
+      <c r="H22" s="1">
+        <v>2007.8093354539999</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B23" s="1">
+        <v>784.72713786300005</v>
+      </c>
+      <c r="C23" s="1">
+        <v>801.75710628800005</v>
+      </c>
+      <c r="D23" s="1">
+        <v>435.46592793100001</v>
+      </c>
+      <c r="E23" s="1">
+        <v>452.495896356</v>
+      </c>
+      <c r="F23" s="1">
+        <v>349.26120993199999</v>
+      </c>
+      <c r="G23" s="1">
+        <v>1237.2230342190001</v>
+      </c>
+      <c r="H23" s="1">
+        <v>4915.5233051380001</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="1">
+        <v>736.398400423</v>
+      </c>
+      <c r="C24" s="1">
+        <v>487.807656189</v>
+      </c>
+      <c r="D24" s="1">
+        <v>361.06156204799998</v>
+      </c>
+      <c r="E24" s="1">
+        <v>112.470817814</v>
+      </c>
+      <c r="F24" s="1">
+        <v>375.33683837500001</v>
+      </c>
+      <c r="G24" s="1">
+        <v>848.86921823700004</v>
+      </c>
+      <c r="H24" s="1">
+        <v>4356.503808937</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" s="1">
+        <v>1524.4398995720001</v>
+      </c>
+      <c r="C25" s="1">
+        <v>1461.95856321</v>
+      </c>
+      <c r="D25" s="1">
+        <v>984.05886486500003</v>
+      </c>
+      <c r="E25" s="1">
+        <v>921.57752850299994</v>
+      </c>
+      <c r="F25" s="1">
+        <v>540.38103470700003</v>
+      </c>
+      <c r="G25" s="1">
+        <v>2446.0174280749998</v>
+      </c>
+      <c r="H25" s="1">
+        <v>7748.3797536350003</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" s="1">
+        <v>320.115439982</v>
+      </c>
+      <c r="C26" s="1">
+        <v>370.63493284800001</v>
+      </c>
+      <c r="D26" s="1">
+        <v>52.185865002999996</v>
+      </c>
+      <c r="E26" s="1">
+        <v>102.70535786900001</v>
+      </c>
+      <c r="F26" s="1">
+        <v>267.92957497899999</v>
+      </c>
+      <c r="G26" s="1">
+        <v>422.82079785100001</v>
+      </c>
+      <c r="H26" s="1">
+        <v>2198.6194193800002</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" s="1">
+        <v>3528.9662914989999</v>
+      </c>
+      <c r="C27" s="1">
+        <v>3286.1291335659998</v>
+      </c>
+      <c r="D27" s="1">
+        <v>1904.2597799350001</v>
+      </c>
+      <c r="E27" s="1">
+        <v>1661.422622002</v>
+      </c>
+      <c r="F27" s="1">
+        <v>1624.706511564</v>
+      </c>
+      <c r="G27" s="1">
+        <v>5190.3889135010004</v>
+      </c>
+      <c r="H27" s="1">
+        <v>21226.835622544</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:D27"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B28" sqref="B28"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="58.7109375" customWidth="1"/>
+    <col min="2" max="3" width="73.42578125" customWidth="1"/>
+    <col min="4" max="4" width="23.28515625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" s="1">
+        <v>743.88627359700001</v>
+      </c>
+      <c r="C3" s="1">
+        <v>719.19891789400003</v>
+      </c>
+      <c r="D3" s="1">
+        <v>1152.173157321</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" s="1">
+        <v>115.42936899</v>
+      </c>
+      <c r="C4" s="1">
+        <v>111.762003717</v>
+      </c>
+      <c r="D4" s="1">
+        <v>121.401294544</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" s="1">
+        <v>418.83058539500001</v>
+      </c>
+      <c r="C5" s="1">
+        <v>922.64252933099999</v>
+      </c>
+      <c r="D5" s="1">
+        <v>1232.43191557</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" s="1">
+        <v>9.2687571959999993</v>
+      </c>
+      <c r="C6" s="1">
+        <v>10.058054180999999</v>
+      </c>
+      <c r="D6" s="1">
+        <v>18.342371808999999</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" s="1">
+        <v>135.98247046500001</v>
+      </c>
+      <c r="C7" s="1">
+        <v>275.65543177000001</v>
+      </c>
+      <c r="D7" s="1">
+        <v>279.08907792899998</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" s="1">
+        <v>417.77739416399999</v>
+      </c>
+      <c r="C8" s="1">
+        <v>458.86791078199997</v>
+      </c>
+      <c r="D8" s="1">
+        <v>749.20782866000002</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" s="1">
+        <v>57.074570762999997</v>
+      </c>
+      <c r="C9" s="1">
+        <v>76.667928707000002</v>
+      </c>
+      <c r="D9" s="1">
+        <v>103.611020016</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" s="1">
+        <v>435.137943033</v>
+      </c>
+      <c r="C10" s="1">
+        <v>655.07428523099998</v>
+      </c>
+      <c r="D10" s="1">
+        <v>963.45469389100003</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" s="1">
+        <v>224.65380897099999</v>
+      </c>
+      <c r="C11" s="1">
+        <v>304.39218479800002</v>
+      </c>
+      <c r="D11" s="1">
+        <v>570.67755376100001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" s="1">
+        <v>245.96969281599999</v>
+      </c>
+      <c r="C13" s="1">
+        <v>241.86230170600001</v>
+      </c>
+      <c r="D13" s="1">
+        <v>420.941644516</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="1">
+        <v>175.677341004</v>
+      </c>
+      <c r="C14" s="1">
+        <v>175.45890626100001</v>
+      </c>
+      <c r="D14" s="1">
+        <v>224.877729923</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" s="1">
+        <v>322.23923977700002</v>
+      </c>
+      <c r="C15" s="1">
+        <v>301.87770992700001</v>
+      </c>
+      <c r="D15" s="1">
+        <v>506.35378288200002</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" s="1"/>
+      <c r="C16" s="1"/>
+      <c r="D16" s="1"/>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" s="1">
+        <v>122.386371668</v>
+      </c>
+      <c r="C17" s="1">
+        <v>37.219067944000003</v>
+      </c>
+      <c r="D17" s="1">
+        <v>143.064228482</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B18" s="1">
+        <v>1771.8765147629999</v>
+      </c>
+      <c r="C18" s="1">
+        <v>2668.3166834170001</v>
+      </c>
+      <c r="D18" s="1">
+        <v>3873.217408898</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B19" s="1">
+        <v>536.54536026699998</v>
+      </c>
+      <c r="C19" s="1">
+        <v>665.20418555599997</v>
+      </c>
+      <c r="D19" s="1">
+        <v>954.59983172499994</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B20" s="1">
+        <v>127.232925876</v>
+      </c>
+      <c r="C20" s="1">
+        <v>163.579309494</v>
+      </c>
+      <c r="D20" s="1">
+        <v>219.50744439600001</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B21" s="1"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B22" s="1">
+        <v>83.283641575999994</v>
+      </c>
+      <c r="C22" s="1">
+        <v>134.889880895</v>
+      </c>
+      <c r="D22" s="1">
+        <v>235.458435119</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B23" s="1">
+        <v>674.80335972600005</v>
+      </c>
+      <c r="C23" s="1">
+        <v>722.38466753399996</v>
+      </c>
+      <c r="D23" s="1">
+        <v>1237.2230342190001</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="1">
+        <v>648.244684216</v>
+      </c>
+      <c r="C24" s="1">
+        <v>594.34012659300004</v>
+      </c>
+      <c r="D24" s="1">
+        <v>848.86921823700004</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" s="1">
+        <v>962.77218680399994</v>
+      </c>
+      <c r="C25" s="1">
+        <v>1686.025414037</v>
+      </c>
+      <c r="D25" s="1">
+        <v>2446.0174280749998</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" s="1">
+        <v>188.937300252</v>
+      </c>
+      <c r="C26" s="1">
+        <v>396.679157352</v>
+      </c>
+      <c r="D26" s="1">
+        <v>422.82079785100001</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" s="1">
+        <v>2558.041172574</v>
+      </c>
+      <c r="C27" s="1">
+        <v>3534.3192464109998</v>
+      </c>
+      <c r="D27" s="1">
+        <v>5190.3889135010004</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:F27"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B35" sqref="B35"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="61.5703125" customWidth="1"/>
+    <col min="2" max="2" width="73.42578125" customWidth="1"/>
+    <col min="3" max="3" width="46.7109375" customWidth="1"/>
+    <col min="4" max="4" width="73.42578125" customWidth="1"/>
+    <col min="5" max="5" width="65.7109375" customWidth="1"/>
+    <col min="6" max="6" width="23.28515625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+    </row>
+    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" s="1">
+        <v>108.59936242000001</v>
+      </c>
+      <c r="C3" s="1">
+        <v>967.19655634699996</v>
+      </c>
+      <c r="D3" s="1">
+        <v>536.673721312</v>
+      </c>
+      <c r="E3" s="1">
+        <v>68.288224327999998</v>
+      </c>
+      <c r="F3" s="1">
+        <v>1152.173157321</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" s="1">
+        <v>4.3223377950000001</v>
+      </c>
+      <c r="C4" s="1">
+        <v>11.308644421</v>
+      </c>
+      <c r="D4" s="1">
+        <v>6.4020355389999999</v>
+      </c>
+      <c r="E4" s="1">
+        <v>107.913792667</v>
+      </c>
+      <c r="F4" s="1">
+        <v>121.401294544</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" s="1">
+        <v>113.830467594</v>
+      </c>
+      <c r="C5" s="1">
+        <v>670.91538048999996</v>
+      </c>
+      <c r="D5" s="1">
+        <v>312.86942466199997</v>
+      </c>
+      <c r="E5" s="1">
+        <v>510.35839330700003</v>
+      </c>
+      <c r="F5" s="1">
+        <v>1232.43191557</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" s="1">
+        <v>4.1499403880000001</v>
+      </c>
+      <c r="C6" s="1">
+        <v>10.548568502</v>
+      </c>
+      <c r="D6" s="1">
+        <v>6.6055022489999997</v>
+      </c>
+      <c r="E6" s="1">
+        <v>0.93087880300000003</v>
+      </c>
+      <c r="F6" s="1">
+        <v>18.342371808999999</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" s="1">
+        <v>1.135466533</v>
+      </c>
+      <c r="C7" s="1">
+        <v>146.839534996</v>
+      </c>
+      <c r="D7" s="1">
+        <v>263.37854671399998</v>
+      </c>
+      <c r="E7" s="1">
+        <v>129.97859310000001</v>
+      </c>
+      <c r="F7" s="1">
+        <v>279.08907792899998</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" s="1">
+        <v>44.900708606999999</v>
+      </c>
+      <c r="C8" s="1">
+        <v>731.3660509</v>
+      </c>
+      <c r="D8" s="1">
+        <v>167.11537486499998</v>
+      </c>
+      <c r="E8" s="1">
+        <v>8.4138428830000009</v>
+      </c>
+      <c r="F8" s="1">
+        <v>749.20782866000002</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" s="1">
+        <v>10.819907982</v>
+      </c>
+      <c r="C9" s="1">
+        <v>92.388628354000005</v>
+      </c>
+      <c r="D9" s="1">
+        <v>34.814751950999998</v>
+      </c>
+      <c r="E9" s="1">
+        <v>2.1554298510000001</v>
+      </c>
+      <c r="F9" s="1">
+        <v>103.611020016</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" s="1">
+        <v>165.006227053</v>
+      </c>
+      <c r="C10" s="1">
+        <v>501.61534826399998</v>
+      </c>
+      <c r="D10" s="1">
+        <v>290.67314816999999</v>
+      </c>
+      <c r="E10" s="1">
+        <v>257.43487196400002</v>
+      </c>
+      <c r="F10" s="1">
+        <v>963.45469389100003</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" s="1">
+        <v>178.112983305</v>
+      </c>
+      <c r="C11" s="1">
+        <v>347.11659806899996</v>
+      </c>
+      <c r="D11" s="1">
+        <v>64.581220058</v>
+      </c>
+      <c r="E11" s="1">
+        <v>64.929013310000002</v>
+      </c>
+      <c r="F11" s="1">
+        <v>570.67755376100001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" s="1">
+        <v>23.142217815999999</v>
+      </c>
+      <c r="C13" s="1">
+        <v>373.41605965899998</v>
+      </c>
+      <c r="D13" s="1">
+        <v>161.11511979700001</v>
+      </c>
+      <c r="E13" s="1">
+        <v>11.115506083</v>
+      </c>
+      <c r="F13" s="1">
+        <v>420.941644516</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="1">
+        <v>18.504000686000001</v>
+      </c>
+      <c r="C14" s="1">
+        <v>149.76209238600001</v>
+      </c>
+      <c r="D14" s="1">
+        <v>118.40664724</v>
+      </c>
+      <c r="E14" s="1">
+        <v>11.298322383</v>
+      </c>
+      <c r="F14" s="1">
+        <v>224.877729923</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" s="1">
+        <v>66.953143917999995</v>
+      </c>
+      <c r="C15" s="1">
+        <v>444.01840430200002</v>
+      </c>
+      <c r="D15" s="1">
+        <v>257.15195427499998</v>
+      </c>
+      <c r="E15" s="1">
+        <v>45.874395862</v>
+      </c>
+      <c r="F15" s="1">
+        <v>506.35378288200002</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" s="1"/>
+      <c r="C16" s="1"/>
+      <c r="D16" s="1"/>
+      <c r="E16" s="1"/>
+      <c r="F16" s="1"/>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" s="1">
+        <v>7.280072036</v>
+      </c>
+      <c r="C17" s="1">
+        <v>119.653059184</v>
+      </c>
+      <c r="D17" s="1">
+        <v>70.404851854</v>
+      </c>
+      <c r="E17" s="1">
+        <v>1.9098359309999999</v>
+      </c>
+      <c r="F17" s="1">
+        <v>143.064228482</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B18" s="1">
+        <v>455.52193107099998</v>
+      </c>
+      <c r="C18" s="1">
+        <v>2425.2047682070001</v>
+      </c>
+      <c r="D18" s="1">
+        <v>1132.596934938</v>
+      </c>
+      <c r="E18" s="1">
+        <v>1081.6216968700001</v>
+      </c>
+      <c r="F18" s="1">
+        <v>3873.217408898</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B19" s="1">
+        <v>136.15771063299999</v>
+      </c>
+      <c r="C19" s="1">
+        <v>764.18506487800005</v>
+      </c>
+      <c r="D19" s="1">
+        <v>373.81701100399999</v>
+      </c>
+      <c r="E19" s="1">
+        <v>54.090859389000002</v>
+      </c>
+      <c r="F19" s="1">
+        <v>954.59983172499994</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B20" s="1">
+        <v>31.917687937</v>
+      </c>
+      <c r="C20" s="1">
+        <v>170.25241807399999</v>
+      </c>
+      <c r="D20" s="1">
+        <v>106.294927724</v>
+      </c>
+      <c r="E20" s="1">
+        <v>12.780648022999999</v>
+      </c>
+      <c r="F20" s="1">
+        <v>219.50744439600001</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B21" s="1"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
+      <c r="F21" s="1"/>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B22" s="1">
+        <v>54.974595878999999</v>
+      </c>
+      <c r="C22" s="1">
+        <v>213.10311821499999</v>
+      </c>
+      <c r="D22" s="1">
+        <v>79.249982024999994</v>
+      </c>
+      <c r="E22" s="1">
+        <v>47.523232092000001</v>
+      </c>
+      <c r="F22" s="1">
+        <v>235.458435119</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B23" s="1">
+        <v>165.26173953</v>
+      </c>
+      <c r="C23" s="1">
+        <v>903.47453513300002</v>
+      </c>
+      <c r="D23" s="1">
+        <v>413.61680228800003</v>
+      </c>
+      <c r="E23" s="1">
+        <v>227.71163746900001</v>
+      </c>
+      <c r="F23" s="1">
+        <v>1237.2230342190001</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="1">
+        <v>46.394380249000001</v>
+      </c>
+      <c r="C24" s="1">
+        <v>710.68303444900005</v>
+      </c>
+      <c r="D24" s="1">
+        <v>222.60340420200001</v>
+      </c>
+      <c r="E24" s="1">
+        <v>85.396502953999999</v>
+      </c>
+      <c r="F24" s="1">
+        <v>848.86921823700004</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" s="1">
+        <v>165.476446694</v>
+      </c>
+      <c r="C25" s="1">
+        <v>1581.8985752020001</v>
+      </c>
+      <c r="D25" s="1">
+        <v>775.80693584999995</v>
+      </c>
+      <c r="E25" s="1">
+        <v>685.15385005899998</v>
+      </c>
+      <c r="F25" s="1">
+        <v>2446.0174280749998</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" s="1">
+        <v>198.77023932500001</v>
+      </c>
+      <c r="C26" s="1">
+        <v>70.136047344000005</v>
+      </c>
+      <c r="D26" s="1">
+        <v>191.83660115499998</v>
+      </c>
+      <c r="E26" s="1">
+        <v>104.61781763899999</v>
+      </c>
+      <c r="F26" s="1">
+        <v>422.82079785100001</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" s="1">
+        <v>630.87740167699997</v>
+      </c>
+      <c r="C27" s="1">
+        <v>3479.295310343</v>
+      </c>
+      <c r="D27" s="1">
+        <v>1683.1137255199999</v>
+      </c>
+      <c r="E27" s="1">
+        <v>1150.4030402129999</v>
+      </c>
+      <c r="F27" s="1">
+        <v>5190.3889135010004</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:F27"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B33" sqref="B33"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="63.140625" customWidth="1"/>
+    <col min="2" max="3" width="73.42578125" customWidth="1"/>
+    <col min="4" max="4" width="35.28515625" customWidth="1"/>
+    <col min="5" max="5" width="20" customWidth="1"/>
+    <col min="6" max="6" width="17.140625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+    </row>
+    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" s="1">
+        <v>53245011.952302381</v>
+      </c>
+      <c r="C3" s="1">
+        <v>106605709.98950422</v>
+      </c>
+      <c r="D3" s="1">
+        <v>521660679.80040866</v>
+      </c>
+      <c r="E3" s="1">
+        <v>681511401.74221528</v>
+      </c>
+      <c r="F3" s="1">
+        <v>1436169357.2280617</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" s="1">
+        <v>569563.37959828682</v>
+      </c>
+      <c r="C4" s="1">
+        <v>2145452.4186461018</v>
+      </c>
+      <c r="D4" s="1">
+        <v>35341975.50378345</v>
+      </c>
+      <c r="E4" s="1">
+        <v>38056991.302027844</v>
+      </c>
+      <c r="F4" s="1">
+        <v>265178330.58116415</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" s="1">
+        <v>24064728.723846152</v>
+      </c>
+      <c r="C5" s="1">
+        <v>64791764.044980399</v>
+      </c>
+      <c r="D5" s="1">
+        <v>332246645.97004932</v>
+      </c>
+      <c r="E5" s="1">
+        <v>421103138.73887581</v>
+      </c>
+      <c r="F5" s="1">
+        <v>2050587499.8583286</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" s="1">
+        <v>711351.63535008812</v>
+      </c>
+      <c r="C6" s="1">
+        <v>834555.43836961221</v>
+      </c>
+      <c r="D6" s="1">
+        <v>17203980.196602866</v>
+      </c>
+      <c r="E6" s="1">
+        <v>18749887.270322569</v>
+      </c>
+      <c r="F6" s="1">
+        <v>1891802715.7698879</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" s="1">
+        <v>2264287.3526827348</v>
+      </c>
+      <c r="C7" s="1">
+        <v>4464945.5120330332</v>
+      </c>
+      <c r="D7" s="1">
+        <v>7975020.2124063354</v>
+      </c>
+      <c r="E7" s="1">
+        <v>14704253.0771221</v>
+      </c>
+      <c r="F7" s="1">
+        <v>51273573.602279872</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" s="1">
+        <v>9774431.6269198731</v>
+      </c>
+      <c r="C8" s="1">
+        <v>15567133.45343183</v>
+      </c>
+      <c r="D8" s="1">
+        <v>68446715.729245156</v>
+      </c>
+      <c r="E8" s="1">
+        <v>93788280.809596851</v>
+      </c>
+      <c r="F8" s="1">
+        <v>302783913.26289803</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" s="1">
+        <v>595554.03198947746</v>
+      </c>
+      <c r="C9" s="1">
+        <v>5723561.7081142766</v>
+      </c>
+      <c r="D9" s="1">
+        <v>26418822.487717006</v>
+      </c>
+      <c r="E9" s="1">
+        <v>32737938.227820754</v>
+      </c>
+      <c r="F9" s="1">
+        <v>87114671.739452928</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" s="1">
+        <v>13528451.734804137</v>
+      </c>
+      <c r="C10" s="1">
+        <v>17359578.119085364</v>
+      </c>
+      <c r="D10" s="1">
+        <v>96727478.242198437</v>
+      </c>
+      <c r="E10" s="1">
+        <v>127615508.09608792</v>
+      </c>
+      <c r="F10" s="1">
+        <v>381617130.43643725</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" s="1">
+        <v>17788290.900507819</v>
+      </c>
+      <c r="C11" s="1">
+        <v>19647235.277037703</v>
+      </c>
+      <c r="D11" s="1">
+        <v>281730042.64464772</v>
+      </c>
+      <c r="E11" s="1">
+        <v>319165568.8221935</v>
+      </c>
+      <c r="F11" s="1">
+        <v>8008665119.8450994</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" s="1">
+        <v>29604671.683874376</v>
+      </c>
+      <c r="C13" s="1">
+        <v>21358674.524663102</v>
+      </c>
+      <c r="D13" s="1">
+        <v>214512002.31440663</v>
+      </c>
+      <c r="E13" s="1">
+        <v>265475348.52294406</v>
+      </c>
+      <c r="F13" s="1">
+        <v>493634935.46638846</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="1">
+        <v>3605470.501887254</v>
+      </c>
+      <c r="C14" s="1">
+        <v>9956831.0944472402</v>
+      </c>
+      <c r="D14" s="1">
+        <v>50111826.599259041</v>
+      </c>
+      <c r="E14" s="1">
+        <v>63674128.195593528</v>
+      </c>
+      <c r="F14" s="1">
+        <v>203999590.13952115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" s="1">
+        <v>20034869.766540747</v>
+      </c>
+      <c r="C15" s="1">
+        <v>75290204.370393887</v>
+      </c>
+      <c r="D15" s="1">
+        <v>257036850.88674304</v>
+      </c>
+      <c r="E15" s="1">
+        <v>352361925.02367765</v>
+      </c>
+      <c r="F15" s="1">
+        <v>738534831.62215209</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" s="1"/>
+      <c r="C16" s="1"/>
+      <c r="D16" s="1"/>
+      <c r="E16" s="1"/>
+      <c r="F16" s="1"/>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" s="1">
+        <v>8765155.1931412406</v>
+      </c>
+      <c r="C17" s="1">
+        <v>48452.08603203731</v>
+      </c>
+      <c r="D17" s="1">
+        <v>5370407.0167256733</v>
+      </c>
+      <c r="E17" s="1">
+        <v>14184014.295898944</v>
+      </c>
+      <c r="F17" s="1">
+        <v>87508380.635167211</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B18" s="1">
+        <v>21508822.244472563</v>
+      </c>
+      <c r="C18" s="1">
+        <v>40623950.614009291</v>
+      </c>
+      <c r="D18" s="1">
+        <v>201023949.40683219</v>
+      </c>
+      <c r="E18" s="1">
+        <v>263156722.26531392</v>
+      </c>
+      <c r="F18" s="1">
+        <v>1422058593.9162104</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B19" s="1">
+        <v>29802141.227548391</v>
+      </c>
+      <c r="C19" s="1">
+        <v>52777247.5411833</v>
+      </c>
+      <c r="D19" s="1">
+        <v>469374932.17237389</v>
+      </c>
+      <c r="E19" s="1">
+        <v>551954320.94110584</v>
+      </c>
+      <c r="F19" s="1">
+        <v>1647068427.5685573</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B20" s="1">
+        <v>62465552.672838762</v>
+      </c>
+      <c r="C20" s="1">
+        <v>143690285.71997792</v>
+      </c>
+      <c r="D20" s="1">
+        <v>711982072.19112718</v>
+      </c>
+      <c r="E20" s="1">
+        <v>918137910.58394384</v>
+      </c>
+      <c r="F20" s="1">
+        <v>11318556910.203674</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B21" s="1"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
+      <c r="F21" s="1"/>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B22" s="1">
+        <v>3450100.8605843117</v>
+      </c>
+      <c r="C22" s="1">
+        <v>4657682.8605423151</v>
+      </c>
+      <c r="D22" s="1">
+        <v>28674995.833059531</v>
+      </c>
+      <c r="E22" s="1">
+        <v>36782779.554186158</v>
+      </c>
+      <c r="F22" s="1">
+        <v>634663972.41212451</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B23" s="1">
+        <v>25979211.980650134</v>
+      </c>
+      <c r="C23" s="1">
+        <v>87265281.457412258</v>
+      </c>
+      <c r="D23" s="1">
+        <v>594267824.12885451</v>
+      </c>
+      <c r="E23" s="1">
+        <v>707512317.56691718</v>
+      </c>
+      <c r="F23" s="1">
+        <v>2909090879.130034</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="1">
+        <v>25740900.355574697</v>
+      </c>
+      <c r="C24" s="1">
+        <v>45846819.746322647</v>
+      </c>
+      <c r="D24" s="1">
+        <v>173014211.72666758</v>
+      </c>
+      <c r="E24" s="1">
+        <v>244601931.82856479</v>
+      </c>
+      <c r="F24" s="1">
+        <v>7056494779.2068481</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" s="1">
+        <v>61955157.874858089</v>
+      </c>
+      <c r="C25" s="1">
+        <v>88209640.073732331</v>
+      </c>
+      <c r="D25" s="1">
+        <v>514209966.09700704</v>
+      </c>
+      <c r="E25" s="1">
+        <v>664374764.04559743</v>
+      </c>
+      <c r="F25" s="1">
+        <v>3623220478.0917149</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" s="1">
+        <v>5416300.2663337234</v>
+      </c>
+      <c r="C26" s="1">
+        <v>11160511.823192995</v>
+      </c>
+      <c r="D26" s="1">
+        <v>77584363.001470268</v>
+      </c>
+      <c r="E26" s="1">
+        <v>94161175.090996936</v>
+      </c>
+      <c r="F26" s="1">
+        <v>251722203.48288798</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" s="1">
+        <v>122541671.33800095</v>
+      </c>
+      <c r="C27" s="1">
+        <v>237139935.96120253</v>
+      </c>
+      <c r="D27" s="1">
+        <v>1387751360.7870588</v>
+      </c>
+      <c r="E27" s="1">
+        <v>1747432968.0862625</v>
+      </c>
+      <c r="F27" s="1">
+        <v>14475192312.32361</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:H27"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B31" sqref="B31"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="50.85546875" customWidth="1"/>
+    <col min="2" max="2" width="61.5703125" customWidth="1"/>
+    <col min="3" max="3" width="58.28515625" customWidth="1"/>
+    <col min="4" max="4" width="46.42578125" customWidth="1"/>
+    <col min="5" max="5" width="57" customWidth="1"/>
+    <col min="6" max="6" width="69.5703125" customWidth="1"/>
+    <col min="7" max="8" width="73.42578125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" s="1">
+        <v>870.23370773400006</v>
+      </c>
+      <c r="C3" s="1">
+        <v>320.91593798500003</v>
+      </c>
+      <c r="D3" s="1">
+        <v>721.18238236000002</v>
+      </c>
+      <c r="E3" s="1">
+        <v>686.70867854799997</v>
+      </c>
+      <c r="F3" s="1">
+        <v>627.27769245000002</v>
+      </c>
+      <c r="G3" s="1">
+        <v>545.51961564199996</v>
+      </c>
+      <c r="H3" s="1">
+        <v>681.08553817500001</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" s="1">
+        <v>121.38407375</v>
+      </c>
+      <c r="C4" s="1">
+        <v>117.556571441</v>
+      </c>
+      <c r="D4" s="1">
+        <v>379.43364478299998</v>
+      </c>
+      <c r="E4" s="1">
+        <v>512.14775133600006</v>
+      </c>
+      <c r="F4" s="1">
+        <v>371.72129277199997</v>
+      </c>
+      <c r="G4" s="1">
+        <v>154.87992620700001</v>
+      </c>
+      <c r="H4" s="1">
+        <v>118.741962308</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" s="1">
+        <v>598.71771457900002</v>
+      </c>
+      <c r="C5" s="1">
+        <v>852.58900290199995</v>
+      </c>
+      <c r="D5" s="1">
+        <v>1560.8898797080001</v>
+      </c>
+      <c r="E5" s="1">
+        <v>1225.2794552570001</v>
+      </c>
+      <c r="F5" s="1">
+        <v>1034.0109513919999</v>
+      </c>
+      <c r="G5" s="1">
+        <v>573.15450221900005</v>
+      </c>
+      <c r="H5" s="1">
+        <v>1147.8767419169999</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" s="1">
+        <v>10.954360348</v>
+      </c>
+      <c r="C6" s="1">
+        <v>29.049052644</v>
+      </c>
+      <c r="D6" s="1">
+        <v>154.108311402</v>
+      </c>
+      <c r="E6" s="1">
+        <v>124.175441912</v>
+      </c>
+      <c r="F6" s="1">
+        <v>236.228493622</v>
+      </c>
+      <c r="G6" s="1">
+        <v>24.26950089</v>
+      </c>
+      <c r="H6" s="1">
+        <v>10.567553203999999</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" s="1">
+        <v>531.01031268100007</v>
+      </c>
+      <c r="C7" s="1">
+        <v>271.26058723900002</v>
+      </c>
+      <c r="D7" s="1">
+        <v>683.40635269900008</v>
+      </c>
+      <c r="E7" s="1">
+        <v>557.27520863000007</v>
+      </c>
+      <c r="F7" s="1">
+        <v>294.22875953900001</v>
+      </c>
+      <c r="G7" s="1">
+        <v>681.009059471</v>
+      </c>
+      <c r="H7" s="1">
+        <v>535.48587611100004</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" s="1">
+        <v>420.95230924499998</v>
+      </c>
+      <c r="C8" s="1">
+        <v>114.43559506599999</v>
+      </c>
+      <c r="D8" s="1">
+        <v>449.95753610899999</v>
+      </c>
+      <c r="E8" s="1">
+        <v>400.93206854299996</v>
+      </c>
+      <c r="F8" s="1">
+        <v>637.18161233599994</v>
+      </c>
+      <c r="G8" s="1">
+        <v>423.68090151799998</v>
+      </c>
+      <c r="H8" s="1">
+        <v>400.39758957699996</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" s="1">
+        <v>54.719591285</v>
+      </c>
+      <c r="C9" s="1">
+        <v>36.490629491</v>
+      </c>
+      <c r="D9" s="1">
+        <v>133.02387462199999</v>
+      </c>
+      <c r="E9" s="1">
+        <v>72.543373946000003</v>
+      </c>
+      <c r="F9" s="1">
+        <v>146.00768923999999</v>
+      </c>
+      <c r="G9" s="1">
+        <v>54.581220825999999</v>
+      </c>
+      <c r="H9" s="1">
+        <v>30.349251977000002</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" s="1">
+        <v>525.47719536299996</v>
+      </c>
+      <c r="C10" s="1">
+        <v>328.37578102700002</v>
+      </c>
+      <c r="D10" s="1">
+        <v>946.091230333</v>
+      </c>
+      <c r="E10" s="1">
+        <v>682.16382887600003</v>
+      </c>
+      <c r="F10" s="1">
+        <v>744.10602259100006</v>
+      </c>
+      <c r="G10" s="1">
+        <v>806.51947470699997</v>
+      </c>
+      <c r="H10" s="1">
+        <v>501.49079745</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" s="1">
+        <v>480.88096827099997</v>
+      </c>
+      <c r="C11" s="1">
+        <v>147.24800631599999</v>
+      </c>
+      <c r="D11" s="1">
+        <v>346.21580617500001</v>
+      </c>
+      <c r="E11" s="1">
+        <v>307.24526647900001</v>
+      </c>
+      <c r="F11" s="1">
+        <v>258.39217490999999</v>
+      </c>
+      <c r="G11" s="1">
+        <v>300.95637223400001</v>
+      </c>
+      <c r="H11" s="1">
+        <v>348.51204331499997</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+      <c r="G12" s="1"/>
+      <c r="H12" s="1"/>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" s="1">
+        <v>272.71003153100003</v>
+      </c>
+      <c r="C13" s="1">
+        <v>97.442400329999998</v>
+      </c>
+      <c r="D13" s="1">
+        <v>227.19651640699999</v>
+      </c>
+      <c r="E13" s="1">
+        <v>260.077315</v>
+      </c>
+      <c r="F13" s="1">
+        <v>151.42040782000001</v>
+      </c>
+      <c r="G13" s="1">
+        <v>228.74911263199999</v>
+      </c>
+      <c r="H13" s="1">
+        <v>237.76968868500001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="1">
+        <v>267.12330777400001</v>
+      </c>
+      <c r="C14" s="1">
+        <v>86.556014075999997</v>
+      </c>
+      <c r="D14" s="1">
+        <v>144.18556331900001</v>
+      </c>
+      <c r="E14" s="1">
+        <v>147.203563352</v>
+      </c>
+      <c r="F14" s="1">
+        <v>162.392314618</v>
+      </c>
+      <c r="G14" s="1">
+        <v>82.665269347000006</v>
+      </c>
+      <c r="H14" s="1">
+        <v>221.38664105000001</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" s="1">
+        <v>330.40036842900003</v>
+      </c>
+      <c r="C15" s="1">
+        <v>136.917523579</v>
+      </c>
+      <c r="D15" s="1">
+        <v>349.80030263399999</v>
+      </c>
+      <c r="E15" s="1">
+        <v>279.42780019600002</v>
+      </c>
+      <c r="F15" s="1">
+        <v>313.46497001199998</v>
+      </c>
+      <c r="G15" s="1">
+        <v>234.10523366300001</v>
+      </c>
+      <c r="H15" s="1">
+        <v>221.92920844</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" s="1"/>
+      <c r="C16" s="1"/>
+      <c r="D16" s="1"/>
+      <c r="E16" s="1"/>
+      <c r="F16" s="1"/>
+      <c r="G16" s="1"/>
+      <c r="H16" s="1"/>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" s="1">
+        <v>117.247604716</v>
+      </c>
+      <c r="C17" s="1">
+        <v>30.392247036000001</v>
+      </c>
+      <c r="D17" s="1">
+        <v>202.942906179</v>
+      </c>
+      <c r="E17" s="1">
+        <v>45.569811040000005</v>
+      </c>
+      <c r="F17" s="1">
+        <v>69.469082639999996</v>
+      </c>
+      <c r="G17" s="1">
+        <v>160.20347534000001</v>
+      </c>
+      <c r="H17" s="1">
+        <v>47.586749039000004</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B18" s="1">
+        <v>2797.5993922030002</v>
+      </c>
+      <c r="C18" s="1">
+        <v>1730.9081720849999</v>
+      </c>
+      <c r="D18" s="1">
+        <v>4178.6111051489997</v>
+      </c>
+      <c r="E18" s="1">
+        <v>3785.2024742039998</v>
+      </c>
+      <c r="F18" s="1">
+        <v>3376.4739919680001</v>
+      </c>
+      <c r="G18" s="1">
+        <v>2731.0715944409999</v>
+      </c>
+      <c r="H18" s="1">
+        <v>3114.3652241029999</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B19" s="1">
+        <v>559.06583117299999</v>
+      </c>
+      <c r="C19" s="1">
+        <v>387.28731554000001</v>
+      </c>
+      <c r="D19" s="1">
+        <v>787.19796047</v>
+      </c>
+      <c r="E19" s="1">
+        <v>630.58394847</v>
+      </c>
+      <c r="F19" s="1">
+        <v>754.32309899400002</v>
+      </c>
+      <c r="G19" s="1">
+        <v>564.16095917500002</v>
+      </c>
+      <c r="H19" s="1">
+        <v>500.47855670199999</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B20" s="1">
+        <v>140.417405164</v>
+      </c>
+      <c r="C20" s="1">
+        <v>69.333429449999997</v>
+      </c>
+      <c r="D20" s="1">
+        <v>205.55704639300001</v>
+      </c>
+      <c r="E20" s="1">
+        <v>107.114839813</v>
+      </c>
+      <c r="F20" s="1">
+        <v>148.88851525000001</v>
+      </c>
+      <c r="G20" s="1">
+        <v>109.134544758</v>
+      </c>
+      <c r="H20" s="1">
+        <v>112.07682419</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B21" s="1"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
+      <c r="F21" s="1"/>
+      <c r="G21" s="1"/>
+      <c r="H21" s="1"/>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B22" s="1">
+        <v>204.87840412099999</v>
+      </c>
+      <c r="C22" s="1">
+        <v>41.058727642000001</v>
+      </c>
+      <c r="D22" s="1">
+        <v>313.69107366600002</v>
+      </c>
+      <c r="E22" s="1">
+        <v>282.06604190600001</v>
+      </c>
+      <c r="F22" s="1">
+        <v>331.53974576299998</v>
+      </c>
+      <c r="G22" s="1">
+        <v>265.62530797300002</v>
+      </c>
+      <c r="H22" s="1">
+        <v>188.70369581700001</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B23" s="1">
+        <v>889.79079545100001</v>
+      </c>
+      <c r="C23" s="1">
+        <v>515.22318758099993</v>
+      </c>
+      <c r="D23" s="1">
+        <v>1220.7892430720001</v>
+      </c>
+      <c r="E23" s="1">
+        <v>977.24857221399998</v>
+      </c>
+      <c r="F23" s="1">
+        <v>1121.426269654</v>
+      </c>
+      <c r="G23" s="1">
+        <v>654.25109346800002</v>
+      </c>
+      <c r="H23" s="1">
+        <v>726.30611733399996</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="1">
+        <v>483.40443050800002</v>
+      </c>
+      <c r="C24" s="1">
+        <v>428.285329542</v>
+      </c>
+      <c r="D24" s="1">
+        <v>833.89553011099997</v>
+      </c>
+      <c r="E24" s="1">
+        <v>996.09932527900003</v>
+      </c>
+      <c r="F24" s="1">
+        <v>901.51068104800004</v>
+      </c>
+      <c r="G24" s="1">
+        <v>450.58037598200002</v>
+      </c>
+      <c r="H24" s="1">
+        <v>660.19595581199997</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" s="1">
+        <v>1691.0399575639999</v>
+      </c>
+      <c r="C25" s="1">
+        <v>842.31263007799998</v>
+      </c>
+      <c r="D25" s="1">
+        <v>2215.158637298</v>
+      </c>
+      <c r="E25" s="1">
+        <v>1567.2367809929999</v>
+      </c>
+      <c r="F25" s="1">
+        <v>1479.197504492</v>
+      </c>
+      <c r="G25" s="1">
+        <v>1908.580771104</v>
+      </c>
+      <c r="H25" s="1">
+        <v>1591.186274571</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" s="1">
+        <v>345.21664561199998</v>
+      </c>
+      <c r="C26" s="1">
+        <v>391.04128926800001</v>
+      </c>
+      <c r="D26" s="1">
+        <v>790.77453404400001</v>
+      </c>
+      <c r="E26" s="1">
+        <v>745.820353135</v>
+      </c>
+      <c r="F26" s="1">
+        <v>515.48048789500001</v>
+      </c>
+      <c r="G26" s="1">
+        <v>285.53302518700002</v>
+      </c>
+      <c r="H26" s="1">
+        <v>608.11531049999996</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" s="1">
+        <v>3614.3302332560002</v>
+      </c>
+      <c r="C27" s="1">
+        <v>2217.9211641110001</v>
+      </c>
+      <c r="D27" s="1">
+        <v>5374.3090181910002</v>
+      </c>
+      <c r="E27" s="1">
+        <v>4568.471073527</v>
+      </c>
+      <c r="F27" s="1">
+        <v>4349.1546888519997</v>
+      </c>
+      <c r="G27" s="1">
+        <v>3564.5705737140001</v>
+      </c>
+      <c r="H27" s="1">
+        <v>3774.5073540339999</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:F27"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B31" sqref="B31"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="66" customWidth="1"/>
+    <col min="2" max="2" width="45.5703125" customWidth="1"/>
+    <col min="3" max="4" width="73.42578125" customWidth="1"/>
+    <col min="5" max="5" width="62.140625" customWidth="1"/>
+    <col min="6" max="6" width="22.140625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+    </row>
+    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" s="1">
+        <v>1141.471840449</v>
+      </c>
+      <c r="C3" s="1">
+        <v>750.34116222099999</v>
+      </c>
+      <c r="D3" s="1">
+        <v>112.019596675</v>
+      </c>
+      <c r="E3" s="1">
+        <v>95.314961675000006</v>
+      </c>
+      <c r="F3" s="1">
+        <v>1482.808787191</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" s="1">
+        <v>600.60810173899995</v>
+      </c>
+      <c r="C4" s="1">
+        <v>22.479369594000001</v>
+      </c>
+      <c r="D4" s="1">
+        <v>5.9856728429999997</v>
+      </c>
+      <c r="E4" s="1">
+        <v>145.87861589300002</v>
+      </c>
+      <c r="F4" s="1">
+        <v>758.98790293900004</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" s="1">
+        <v>1283.2248486139999</v>
+      </c>
+      <c r="C5" s="1">
+        <v>1030.9962985499999</v>
+      </c>
+      <c r="D5" s="1">
+        <v>332.33725263399998</v>
+      </c>
+      <c r="E5" s="1">
+        <v>291.14284121999998</v>
+      </c>
+      <c r="F5" s="1">
+        <v>2044.1421439609999</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" s="1">
+        <v>140.632477177</v>
+      </c>
+      <c r="C6" s="1">
+        <v>57.707193048999997</v>
+      </c>
+      <c r="D6" s="1">
+        <v>94.581474172999989</v>
+      </c>
+      <c r="E6" s="1">
+        <v>10.611201389</v>
+      </c>
+      <c r="F6" s="1">
+        <v>286.27810090399998</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" s="1">
+        <v>535.81694035300006</v>
+      </c>
+      <c r="C7" s="1">
+        <v>546.11045297500004</v>
+      </c>
+      <c r="D7" s="1">
+        <v>260.571006603</v>
+      </c>
+      <c r="E7" s="1">
+        <v>132.27376637500001</v>
+      </c>
+      <c r="F7" s="1">
+        <v>950.64782092100006</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" s="1">
+        <v>682.92268349100004</v>
+      </c>
+      <c r="C8" s="1">
+        <v>378.51948210500001</v>
+      </c>
+      <c r="D8" s="1">
+        <v>26.681217035000003</v>
+      </c>
+      <c r="E8" s="1">
+        <v>7.4029998480000003</v>
+      </c>
+      <c r="F8" s="1">
+        <v>803.96925423599998</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" s="1">
+        <v>164.92338380000001</v>
+      </c>
+      <c r="C9" s="1">
+        <v>126.78350818200001</v>
+      </c>
+      <c r="D9" s="1">
+        <v>19.771516185999999</v>
+      </c>
+      <c r="E9" s="1">
+        <v>2.1087981200000003</v>
+      </c>
+      <c r="F9" s="1">
+        <v>238.31053755600001</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" s="1">
+        <v>877.56399076399998</v>
+      </c>
+      <c r="C10" s="1">
+        <v>488.24977449900001</v>
+      </c>
+      <c r="D10" s="1">
+        <v>57.945776633000001</v>
+      </c>
+      <c r="E10" s="1">
+        <v>136.63878378999999</v>
+      </c>
+      <c r="F10" s="1">
+        <v>1369.0155988460001</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" s="1">
+        <v>513.82584327500001</v>
+      </c>
+      <c r="C11" s="1">
+        <v>270.68283354900001</v>
+      </c>
+      <c r="D11" s="1">
+        <v>130.039045617</v>
+      </c>
+      <c r="E11" s="1">
+        <v>25.75312585</v>
+      </c>
+      <c r="F11" s="1">
+        <v>839.18155600800003</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" s="1">
+        <v>370.40617809899999</v>
+      </c>
+      <c r="C13" s="1">
+        <v>253.623554216</v>
+      </c>
+      <c r="D13" s="1">
+        <v>18.016193498</v>
+      </c>
+      <c r="E13" s="1">
+        <v>22.593708240000002</v>
+      </c>
+      <c r="F13" s="1">
+        <v>477.18244157600003</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="1">
+        <v>305.40998788399997</v>
+      </c>
+      <c r="C14" s="1">
+        <v>163.00693541999999</v>
+      </c>
+      <c r="D14" s="1">
+        <v>7.10839892</v>
+      </c>
+      <c r="E14" s="1">
+        <v>13.234442723999999</v>
+      </c>
+      <c r="F14" s="1">
+        <v>419.78978884100002</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" s="1">
+        <v>465.65567446599999</v>
+      </c>
+      <c r="C15" s="1">
+        <v>333.710672585</v>
+      </c>
+      <c r="D15" s="1">
+        <v>86.895004256999997</v>
+      </c>
+      <c r="E15" s="1">
+        <v>59.486810710999997</v>
+      </c>
+      <c r="F15" s="1">
+        <v>585.83655677399997</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" s="1"/>
+      <c r="C16" s="1"/>
+      <c r="D16" s="1"/>
+      <c r="E16" s="1"/>
+      <c r="F16" s="1"/>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" s="1">
+        <v>263.67794105600001</v>
+      </c>
+      <c r="C17" s="1">
+        <v>75.695103312000001</v>
+      </c>
+      <c r="D17" s="1">
+        <v>12.186481129000001</v>
+      </c>
+      <c r="E17" s="1">
+        <v>5.7500025270000004</v>
+      </c>
+      <c r="F17" s="1">
+        <v>303.22851755800002</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B18" s="1">
+        <v>4476.3803839909997</v>
+      </c>
+      <c r="C18" s="1">
+        <v>2768.8093002669998</v>
+      </c>
+      <c r="D18" s="1">
+        <v>836.90885447599999</v>
+      </c>
+      <c r="E18" s="1">
+        <v>711.35965630400005</v>
+      </c>
+      <c r="F18" s="1">
+        <v>6744.7755096239998</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B19" s="1">
+        <v>987.89885766500004</v>
+      </c>
+      <c r="C19" s="1">
+        <v>662.74666302799994</v>
+      </c>
+      <c r="D19" s="1">
+        <v>147.894687146</v>
+      </c>
+      <c r="E19" s="1">
+        <v>106.47888675999999</v>
+      </c>
+      <c r="F19" s="1">
+        <v>1432.996474587</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B20" s="1">
+        <v>213.03292694999999</v>
+      </c>
+      <c r="C20" s="1">
+        <v>164.61900811699999</v>
+      </c>
+      <c r="D20" s="1">
+        <v>42.942535648000003</v>
+      </c>
+      <c r="E20" s="1">
+        <v>23.536548569000001</v>
+      </c>
+      <c r="F20" s="1">
+        <v>292.34120079299998</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B21" s="1"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
+      <c r="F21" s="1"/>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B22" s="1">
+        <v>501.15031801499998</v>
+      </c>
+      <c r="C22" s="1">
+        <v>164.97399466600001</v>
+      </c>
+      <c r="D22" s="1">
+        <v>74.677944296999996</v>
+      </c>
+      <c r="E22" s="1">
+        <v>190.02516409900002</v>
+      </c>
+      <c r="F22" s="1">
+        <v>719.23076648300002</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B23" s="1">
+        <v>1275.8149560019999</v>
+      </c>
+      <c r="C23" s="1">
+        <v>940.165559573</v>
+      </c>
+      <c r="D23" s="1">
+        <v>272.31723746</v>
+      </c>
+      <c r="E23" s="1">
+        <v>139.80618510299999</v>
+      </c>
+      <c r="F23" s="1">
+        <v>2028.2159486989999</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="1">
+        <v>1483.9022118830001</v>
+      </c>
+      <c r="C24" s="1">
+        <v>714.58193727499997</v>
+      </c>
+      <c r="D24" s="1">
+        <v>101.93975948799999</v>
+      </c>
+      <c r="E24" s="1">
+        <v>24.900387491</v>
+      </c>
+      <c r="F24" s="1">
+        <v>1723.9432697269999</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" s="1">
+        <v>2036.6983012210001</v>
+      </c>
+      <c r="C25" s="1">
+        <v>1614.303346572</v>
+      </c>
+      <c r="D25" s="1">
+        <v>377.05498481000001</v>
+      </c>
+      <c r="E25" s="1">
+        <v>472.20389204700001</v>
+      </c>
+      <c r="F25" s="1">
+        <v>3221.5802234570001</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" s="1">
+        <v>643.42432254100004</v>
+      </c>
+      <c r="C26" s="1">
+        <v>237.84523663799999</v>
+      </c>
+      <c r="D26" s="1">
+        <v>213.942632344</v>
+      </c>
+      <c r="E26" s="1">
+        <v>20.189465420000001</v>
+      </c>
+      <c r="F26" s="1">
+        <v>1080.371494196</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" s="1">
+        <v>5940.9901096619997</v>
+      </c>
+      <c r="C27" s="1">
+        <v>3671.870074724</v>
+      </c>
+      <c r="D27" s="1">
+        <v>1039.9325583990001</v>
+      </c>
+      <c r="E27" s="1">
+        <v>847.12509416</v>
+      </c>
+      <c r="F27" s="1">
+        <v>8773.3417025620001</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:F27"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="I23" sqref="I23"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="61.42578125" customWidth="1"/>
+    <col min="2" max="2" width="22.28515625" customWidth="1"/>
+    <col min="3" max="3" width="23.42578125" customWidth="1"/>
+    <col min="4" max="4" width="34" customWidth="1"/>
+    <col min="5" max="5" width="16.28515625" customWidth="1"/>
+    <col min="6" max="6" width="19.42578125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+    </row>
+    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" s="1">
+        <v>533.33400665099998</v>
+      </c>
+      <c r="C3" s="1">
+        <v>202.69837678100001</v>
+      </c>
+      <c r="D3" s="1">
+        <v>949.47478053999998</v>
+      </c>
+      <c r="E3" s="1">
+        <v>1685.5071639719999</v>
+      </c>
+      <c r="F3" s="1">
+        <v>3116.0551657310002</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" s="1">
+        <v>639.86728703799997</v>
+      </c>
+      <c r="C4" s="1">
+        <v>2.2806786429999999</v>
+      </c>
+      <c r="D4" s="1">
+        <v>119.12061590100001</v>
+      </c>
+      <c r="E4" s="1">
+        <v>761.26858158200002</v>
+      </c>
+      <c r="F4" s="1">
+        <v>3027.0213645989998</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" s="1">
+        <v>1118.376321727</v>
+      </c>
+      <c r="C5" s="1">
+        <v>306.66609333600002</v>
+      </c>
+      <c r="D5" s="1">
+        <v>925.76582223399998</v>
+      </c>
+      <c r="E5" s="1">
+        <v>2350.8082372969998</v>
+      </c>
+      <c r="F5" s="1">
+        <v>4905.9442545089996</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" s="1">
+        <v>271.70062893300002</v>
+      </c>
+      <c r="C6" s="1">
+        <v>3.7648998379999998</v>
+      </c>
+      <c r="D6" s="1">
+        <v>14.577471971</v>
+      </c>
+      <c r="E6" s="1">
+        <v>290.043000742</v>
+      </c>
+      <c r="F6" s="1">
+        <v>1292.80832207</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" s="1">
+        <v>674.94274081399999</v>
+      </c>
+      <c r="C7" s="1">
+        <v>3.383997822</v>
+      </c>
+      <c r="D7" s="1">
+        <v>275.70508010700001</v>
+      </c>
+      <c r="E7" s="1">
+        <v>954.03181874300003</v>
+      </c>
+      <c r="F7" s="1">
+        <v>1444.8253375680001</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" s="1">
+        <v>255.14314007600001</v>
+      </c>
+      <c r="C8" s="1">
+        <v>200.38171449999999</v>
+      </c>
+      <c r="D8" s="1">
+        <v>548.82611415999997</v>
+      </c>
+      <c r="E8" s="1">
+        <v>1004.350968736</v>
+      </c>
+      <c r="F8" s="1">
+        <v>1564.3696541300001</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" s="1">
+        <v>149.411196037</v>
+      </c>
+      <c r="C9" s="1">
+        <v>14.711678497000001</v>
+      </c>
+      <c r="D9" s="1">
+        <v>88.899341519000004</v>
+      </c>
+      <c r="E9" s="1">
+        <v>253.02221605299999</v>
+      </c>
+      <c r="F9" s="1">
+        <v>438.07604761499999</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" s="1">
+        <v>540.62883579300001</v>
+      </c>
+      <c r="C10" s="1">
+        <v>135.067930838</v>
+      </c>
+      <c r="D10" s="1">
+        <v>828.38676305299998</v>
+      </c>
+      <c r="E10" s="1">
+        <v>1504.083529684</v>
+      </c>
+      <c r="F10" s="1">
+        <v>3744.291034286</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" s="1">
+        <v>347.83722262800001</v>
+      </c>
+      <c r="C11" s="1">
+        <v>79.333220381000004</v>
+      </c>
+      <c r="D11" s="1">
+        <v>491.34433337999997</v>
+      </c>
+      <c r="E11" s="1">
+        <v>918.51477638899996</v>
+      </c>
+      <c r="F11" s="1">
+        <v>1693.4444420360001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" s="1">
+        <v>144.753767353</v>
+      </c>
+      <c r="C13" s="1">
+        <v>88.512970292999995</v>
+      </c>
+      <c r="D13" s="1">
+        <v>332.42867422300003</v>
+      </c>
+      <c r="E13" s="1">
+        <v>565.69541186900005</v>
+      </c>
+      <c r="F13" s="1">
+        <v>1085.8211689950001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="1">
+        <v>205.47773155900001</v>
+      </c>
+      <c r="C14" s="1">
+        <v>10.565672640999999</v>
+      </c>
+      <c r="D14" s="1">
+        <v>214.31205728200001</v>
+      </c>
+      <c r="E14" s="1">
+        <v>430.35546148200001</v>
+      </c>
+      <c r="F14" s="1">
+        <v>943.50451545399994</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" s="1">
+        <v>183.102507739</v>
+      </c>
+      <c r="C15" s="1">
+        <v>103.61973384699999</v>
+      </c>
+      <c r="D15" s="1">
+        <v>402.734049035</v>
+      </c>
+      <c r="E15" s="1">
+        <v>689.45629062099999</v>
+      </c>
+      <c r="F15" s="1">
+        <v>1086.7294812820001</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" s="1"/>
+      <c r="C16" s="1"/>
+      <c r="D16" s="1"/>
+      <c r="E16" s="1"/>
+      <c r="F16" s="1"/>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" s="1">
+        <v>204.34000995400001</v>
+      </c>
+      <c r="C17" s="1">
+        <v>44.175720878</v>
+      </c>
+      <c r="D17" s="1">
+        <v>98.888507603999997</v>
+      </c>
+      <c r="E17" s="1">
+        <v>347.40423843600001</v>
+      </c>
+      <c r="F17" s="1">
+        <v>720.85733234099996</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B18" s="1">
+        <v>3528.174813483</v>
+      </c>
+      <c r="C18" s="1">
+        <v>656.61671275699996</v>
+      </c>
+      <c r="D18" s="1">
+        <v>3216.6006961409998</v>
+      </c>
+      <c r="E18" s="1">
+        <v>7401.3922223809996</v>
+      </c>
+      <c r="F18" s="1">
+        <v>16277.011882471001</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B19" s="1">
+        <v>676.21625652600005</v>
+      </c>
+      <c r="C19" s="1">
+        <v>197.819613664</v>
+      </c>
+      <c r="D19" s="1">
+        <v>756.78021806100003</v>
+      </c>
+      <c r="E19" s="1">
+        <v>1630.8160882510001</v>
+      </c>
+      <c r="F19" s="1">
+        <v>3514.1569352010001</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B20" s="1">
+        <v>122.510299734</v>
+      </c>
+      <c r="C20" s="1">
+        <v>49.676543336999998</v>
+      </c>
+      <c r="D20" s="1">
+        <v>169.83090105900001</v>
+      </c>
+      <c r="E20" s="1">
+        <v>342.01774412999998</v>
+      </c>
+      <c r="F20" s="1">
+        <v>714.80947253099998</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B21" s="1"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
+      <c r="F21" s="1"/>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B22" s="1">
+        <v>507.37025272800003</v>
+      </c>
+      <c r="C22" s="1">
+        <v>23.597921363999998</v>
+      </c>
+      <c r="D22" s="1">
+        <v>211.860513755</v>
+      </c>
+      <c r="E22" s="1">
+        <v>742.82868784699997</v>
+      </c>
+      <c r="F22" s="1">
+        <v>2007.8093354539999</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B23" s="1">
+        <v>926.39542271400001</v>
+      </c>
+      <c r="C23" s="1">
+        <v>135.40250823400001</v>
+      </c>
+      <c r="D23" s="1">
+        <v>1101.8205259849999</v>
+      </c>
+      <c r="E23" s="1">
+        <v>2163.6184569329998</v>
+      </c>
+      <c r="F23" s="1">
+        <v>4915.5233051380001</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="1">
+        <v>952.35587327899998</v>
+      </c>
+      <c r="C24" s="1">
+        <v>77.281821789000006</v>
+      </c>
+      <c r="D24" s="1">
+        <v>771.58739644800005</v>
+      </c>
+      <c r="E24" s="1">
+        <v>1801.225091516</v>
+      </c>
+      <c r="F24" s="1">
+        <v>4356.503808937</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" s="1">
+        <v>1468.6248366300001</v>
+      </c>
+      <c r="C25" s="1">
+        <v>693.06204124800001</v>
+      </c>
+      <c r="D25" s="1">
+        <v>1752.955386827</v>
+      </c>
+      <c r="E25" s="1">
+        <v>3914.6422647049999</v>
+      </c>
+      <c r="F25" s="1">
+        <v>7748.3797536350003</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" s="1">
+        <v>676.494994346</v>
+      </c>
+      <c r="C26" s="1">
+        <v>18.944298001</v>
+      </c>
+      <c r="D26" s="1">
+        <v>403.87649985000002</v>
+      </c>
+      <c r="E26" s="1">
+        <v>1099.3157921970001</v>
+      </c>
+      <c r="F26" s="1">
+        <v>2198.6194193800002</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" s="1">
+        <v>4531.2413796970004</v>
+      </c>
+      <c r="C27" s="1">
+        <v>948.28859063599998</v>
+      </c>
+      <c r="D27" s="1">
+        <v>4242.1003228649997</v>
+      </c>
+      <c r="E27" s="1">
+        <v>9721.6302931980008</v>
+      </c>
+      <c r="F27" s="1">
+        <v>21226.835622544</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Regneark</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>22</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>FUI2022 tabelsamling innovation</vt:lpstr>
+    <vt:vector size="22" baseType="lpstr">
+      <vt:lpstr>Indholdsfortegnelse</vt:lpstr>
+      <vt:lpstr>T0</vt:lpstr>
+      <vt:lpstr>T1</vt:lpstr>
+      <vt:lpstr>T2</vt:lpstr>
+      <vt:lpstr>T3</vt:lpstr>
+      <vt:lpstr>T4</vt:lpstr>
+      <vt:lpstr>T5</vt:lpstr>
+      <vt:lpstr>T6</vt:lpstr>
+      <vt:lpstr>T7</vt:lpstr>
+      <vt:lpstr>T8</vt:lpstr>
+      <vt:lpstr>T9</vt:lpstr>
+      <vt:lpstr>T10</vt:lpstr>
+      <vt:lpstr>T11.1</vt:lpstr>
+      <vt:lpstr>T11.2</vt:lpstr>
+      <vt:lpstr>T11.3</vt:lpstr>
+      <vt:lpstr>T11.4</vt:lpstr>
+      <vt:lpstr>T12</vt:lpstr>
+      <vt:lpstr>T13</vt:lpstr>
+      <vt:lpstr>T14</vt:lpstr>
+      <vt:lpstr>T15</vt:lpstr>
+      <vt:lpstr>T16.1</vt:lpstr>
+      <vt:lpstr>T16.2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Danmarks Statistik</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Helle Månsson</dc:creator>
+  <dc:creator>Apache POI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>