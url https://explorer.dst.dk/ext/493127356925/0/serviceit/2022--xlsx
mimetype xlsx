--- v0 (2025-10-08)
+++ v1 (2025-12-16)
@@ -1,98 +1,194 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\k18\FoU og innovation\FoUoI\2022\Formidling\Tabeller\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\FUFO\Forskning\3. Formidling\3. Tabelsamlinger\2022\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6760" activeTab="1"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12300" activeTab="11"/>
   </bookViews>
   <sheets>
-    <sheet name="Tabeloversigt" sheetId="2" r:id="rId1"/>
-    <sheet name="FUI2022 tabelsamling FoU" sheetId="1" r:id="rId2"/>
+    <sheet name="Indholdsfortegnelse" sheetId="1" r:id="rId1"/>
+    <sheet name="T0" sheetId="2" r:id="rId2"/>
+    <sheet name="T1" sheetId="3" r:id="rId3"/>
+    <sheet name="T2" sheetId="4" r:id="rId4"/>
+    <sheet name="T3" sheetId="5" r:id="rId5"/>
+    <sheet name="T4" sheetId="6" r:id="rId6"/>
+    <sheet name="T5" sheetId="7" r:id="rId7"/>
+    <sheet name="T6" sheetId="8" r:id="rId8"/>
+    <sheet name="T7" sheetId="9" r:id="rId9"/>
+    <sheet name="T8.1" sheetId="10" r:id="rId10"/>
+    <sheet name="T8.2" sheetId="11" r:id="rId11"/>
+    <sheet name="T8.3" sheetId="12" r:id="rId12"/>
   </sheets>
-  <calcPr calcId="162913"/>
-[...4 lines deleted...]
-  </extLst>
+  <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="988" uniqueCount="201">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="743" uniqueCount="202">
   <si>
-    <t>T0 Antal virksomheder</t>
+    <t>Tabel</t>
+  </si>
+  <si>
+    <t>Indhold</t>
+  </si>
+  <si>
+    <t>T0</t>
+  </si>
+  <si>
+    <t>T1</t>
+  </si>
+  <si>
+    <t>T2</t>
+  </si>
+  <si>
+    <t>T3</t>
+  </si>
+  <si>
+    <t>T4</t>
+  </si>
+  <si>
+    <t>T5</t>
+  </si>
+  <si>
+    <t>T6</t>
+  </si>
+  <si>
+    <t>T7</t>
+  </si>
+  <si>
+    <t>T8.1</t>
+  </si>
+  <si>
+    <t>T8.2</t>
+  </si>
+  <si>
+    <t>T8.3</t>
+  </si>
+  <si>
+    <t>Antal virksomheder</t>
+  </si>
+  <si>
+    <t>FoU-personale og -årsværk</t>
+  </si>
+  <si>
+    <t>FoU-udgifter</t>
+  </si>
+  <si>
+    <t>Udgifter til købte FoU-tjenester</t>
+  </si>
+  <si>
+    <t>Udgifter til FoU og innovation på udvalgte strategiområder</t>
+  </si>
+  <si>
+    <t>Udgifter til grøn FoU og innovation</t>
+  </si>
+  <si>
+    <t>Udgifter til FoU og innovation inden for digitalisering</t>
+  </si>
+  <si>
+    <t>Finansiering af virksomhedens aktiviteter</t>
+  </si>
+  <si>
+    <t>Virksomhedens samarbejde om innovation, FoU og andre områder</t>
+  </si>
+  <si>
+    <t>Virksomhedens innovationssamarbejde fordelt på typen af samarbejdspartner</t>
+  </si>
+  <si>
+    <t>Virksomheder med innovationssamarbejde med danske universiteter</t>
   </si>
   <si>
     <t>Antal virksomheder i undersøgelsen</t>
   </si>
   <si>
     <t>Opregnet antal virksomheder</t>
   </si>
   <si>
     <t>Brancher (DB07)</t>
   </si>
   <si>
     <t>Industri</t>
   </si>
   <si>
     <t>heraf:</t>
   </si>
   <si>
     <t>10-12 Nærings- og nydelsesmiddelindustri</t>
   </si>
   <si>
     <t>13-15, 19, 31.0-32.4, 32.9-33 Industri i øvrigt</t>
   </si>
   <si>
-    <t>16-18 Grafisk industri, trE, papirindustri</t>
+    <t>16-18 Grafisk industri, træ, papirindustri</t>
   </si>
   <si>
     <t>20.0-20.3, 20.4-20.9, 26.8 Kemisk industri i øvrigt</t>
   </si>
   <si>
     <t>21 Fremstilling af farmaceutiske råvarer, medicinalvareindustri</t>
   </si>
   <si>
     <t>22 Plast- og gummiindustri</t>
   </si>
   <si>
     <t>23 Glas og keramisk industri, betonindustri, teglværker</t>
   </si>
   <si>
     <t>24-25 Fremstilling af metal, jern- og metalvareindustri</t>
   </si>
   <si>
     <t>26.0-26.2, 27.0-27.4, 28.20-28.23 Fremst. af kontormaskiner, edb-udstyr mv.</t>
   </si>
   <si>
     <t>26.3-26.4 Fremstilling af telemateriel</t>
   </si>
   <si>
     <t>26.5, 26.7 Fremst. af måleinstrumenter, optisk og fotografisk udstyr</t>
   </si>
@@ -123,51 +219,51 @@
   <si>
     <t>Handel</t>
   </si>
   <si>
     <t>Transport</t>
   </si>
   <si>
     <t>Hotel, restauration</t>
   </si>
   <si>
     <t>Information og kommunikation</t>
   </si>
   <si>
     <t>Finansiering og forsikring</t>
   </si>
   <si>
     <t>Erhvervsservice</t>
   </si>
   <si>
     <t>Øvrige brancher</t>
   </si>
   <si>
     <t>Størrelsesgruppe (årsværk)</t>
   </si>
   <si>
-    <t>under 50 årsværk</t>
+    <t>Under 50 årsværk</t>
   </si>
   <si>
     <t>50-249</t>
   </si>
   <si>
     <t>250-999</t>
   </si>
   <si>
     <t>1000 (+)</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Region Nordjylland</t>
   </si>
   <si>
     <t>Region Midtjylland</t>
   </si>
   <si>
     <t>Region Syddanmark</t>
   </si>
   <si>
     <t>Region Hovedstaden</t>
   </si>
@@ -207,669 +303,1153 @@
   <si>
     <t>Udg. af software, programmering mv.</t>
   </si>
   <si>
     <t>Comp. facility management, informationstjenester mv.</t>
   </si>
   <si>
     <t>Ingeniørvirksomhed, ekskl. anden tekn. rådgivninv</t>
   </si>
   <si>
     <t>Geologiske unders., anden tekn. rådgivning</t>
   </si>
   <si>
     <t>Teknisk afprøvning og analyse</t>
   </si>
   <si>
     <t>Anden Videnserviceice</t>
   </si>
   <si>
     <t>Videnskabelig forskning og udvikling</t>
   </si>
   <si>
     <t>Virksomheder i alt</t>
   </si>
   <si>
-    <t>T1 FoU-personale og -årsværk</t>
-[...1 lines deleted...]
-  <si>
     <t>FoU-årsværk, forskere, interne</t>
   </si>
   <si>
     <t>FoU-årsværk, teknikere mv., interne</t>
   </si>
   <si>
     <t>FoU-årsværk i alt, interne</t>
   </si>
   <si>
-    <t>Eksterne forskere, årsværk</t>
+    <t>FoU-årsværk, forskere, eksterne</t>
   </si>
   <si>
-    <t>Eksterne teknikere mv., årsværk</t>
+    <t>FoU-årsværk, teknikere mv., eksterne</t>
   </si>
   <si>
-    <t>Eksternt personale i alt, årsværk</t>
+    <t>FoU-årsværk ialt, eksterne</t>
   </si>
   <si>
-    <t>Forskere i alt inkl eksterne, årsværk</t>
+    <t>FoU-årsværk, forskere, i alt</t>
   </si>
   <si>
-    <t>Teknikere mv. i alt inkl eksterne, årsværk</t>
+    <t>FoU-årsværk, teknikere mv., i alt</t>
   </si>
   <si>
-    <t>FoU-personale i alt inkl eksterne, årsværk</t>
+    <t>FoU-årsværk i alt</t>
   </si>
   <si>
     <t>FoU-personale, forskere, interne</t>
   </si>
   <si>
     <t>FoU-personale, teknikere mv., interne</t>
   </si>
   <si>
     <t>FoU-personale i alt, interne</t>
   </si>
   <si>
-    <t>Eksterne forskere, personer</t>
+    <t>FoU-personale, forskere, eksterne</t>
   </si>
   <si>
-    <t>Eksterne teknikere mv., personer</t>
+    <t>FoU-personale, teknikere mv., eksterne</t>
   </si>
   <si>
-    <t>Eksternt personale i alt, personer</t>
+    <t>FoU-personale ialt, eksterne</t>
   </si>
   <si>
-    <t>Forskere i alt inkl eksterne, personer</t>
+    <t>FoU-personale, forskere, i alt</t>
   </si>
   <si>
-    <t>Teknikere mv. i alt inkl eksterne, personer</t>
+    <t>FoU-personale, teknikere mv., i alt</t>
   </si>
   <si>
-    <t>FoU-personale i alt inkl eksterne, personer</t>
-[...8 lines deleted...]
-    <t>T2 FoU-udgifter, 1.000 dkk</t>
+    <t>FoU-personale i alt</t>
   </si>
   <si>
     <t>Driftsudgift, FoU: løn mv.</t>
   </si>
   <si>
     <t>Driftsudgift, FoU: udgifter til eksterne konsulenter</t>
   </si>
   <si>
     <t>Driftsudgift, FoU: øvrige driftsudgifter</t>
   </si>
   <si>
     <t>Anlægsudgift, FoU: bygninger</t>
   </si>
   <si>
     <t>Anlægsudgift, FoU: apparatur mv.</t>
   </si>
   <si>
     <t>Udgifter til egen FoU i alt</t>
-  </si>
-[...1 lines deleted...]
-    <t>T3 Udgifter til købte FoU-tjenester, 1.000 dkk</t>
   </si>
   <si>
     <t>Købt, andre virksomheder egen koncern i DK</t>
   </si>
   <si>
     <t>Købt, andre virksomheder egen koncern i udlandet</t>
   </si>
   <si>
     <t>Købt, andre virksomheder i DK</t>
   </si>
   <si>
     <t>Købt, konsulenter mv., DK</t>
   </si>
   <si>
     <t>Købt, GTS, DK</t>
   </si>
   <si>
     <t>Købt, universiteter/højere læreanstalter, DK</t>
   </si>
   <si>
     <t>Købt, forskningsinstitutioner o.l. DK</t>
   </si>
   <si>
     <t>Købt, andre, DK</t>
   </si>
   <si>
     <t>Købt, andre virksomheder, udlandet</t>
   </si>
   <si>
     <t>Købt, konsulenter mv., udlandet</t>
   </si>
   <si>
-    <t>købt, offentlige institutioner, udlandet</t>
+    <t>Købt, offentlige institutioner, udlandet</t>
   </si>
   <si>
     <t>Købt FoU i alt</t>
   </si>
   <si>
-    <t>T4 Udgifter til FoU og innovation på udvalgte strategiområder, 1.000 dkk</t>
+    <t>Kræft,  FoU-udgift</t>
   </si>
   <si>
-    <t>Kræft, egen FoU-udg.,</t>
+    <t>Kræft, innovationsudgift</t>
   </si>
   <si>
-    <t>Kræft, innovationsudg.</t>
+    <t>Demokrati,  FoU-udgift</t>
   </si>
   <si>
-    <t>Demokrati, egen FoU-udg.</t>
+    <t>Demokrati, innovationsudgift</t>
   </si>
   <si>
-    <t>Demokrati, innovationsudg.</t>
+    <t>Kønsidentitet,  FoU-udgift</t>
   </si>
   <si>
-    <t>Kønsidentitet, egen FoU-udg.</t>
+    <t>Kønsidentitet, innovationsudgift</t>
   </si>
   <si>
-    <t>Kønsidentitet, innovationsudg.</t>
+    <t>Psykiatri,  FoU-udgift</t>
   </si>
   <si>
-    <t>Psykiatri, egen FoU-udg.</t>
+    <t>Psykiatri, innovationsudgift</t>
   </si>
   <si>
-    <t>Psykiatri, innovationsudg.</t>
+    <t>Fødevaresikkerhed,  FoU-udgift</t>
   </si>
   <si>
-    <t>Fødevaresikkerhed, egen FoU-udg.</t>
+    <t>Fødevaresikkerhed, innovationsudgift</t>
   </si>
   <si>
-    <t>Fødevaresikkerhed, innovationsudg.</t>
+    <t>Polarforskning,  FoU-udgift</t>
   </si>
   <si>
-    <t>Polarforskning, egen FoU-udg.</t>
+    <t>Polarforskning, innovationsudgift</t>
   </si>
   <si>
-    <t>Polarforskning, innovationsudg.</t>
+    <t>Pandemiberedskab og respons,  FoU-udgift</t>
   </si>
   <si>
-    <t>Pandemiberedskab og respons, egen FoU-udg.</t>
+    <t>Pandemiberedskab og respons, innovationsudgift</t>
   </si>
   <si>
-    <t>Pandemiberedskab og respons, innovationsudg.</t>
+    <t>Covid19,  FoU-udgift</t>
   </si>
   <si>
-    <t>covid19, egen FoU-udg.</t>
-[...5 lines deleted...]
-    <t>T5 Udgifter til grøn FoU og innovation, 1.000 dkk</t>
+    <t>Covid19, innovationsudgift</t>
   </si>
   <si>
     <t>Udgifter til egen FoU inden for det grønne område</t>
   </si>
   <si>
     <t>Udgifter til innovation inden for det grønne område</t>
   </si>
   <si>
-    <t>Bæredygtige energiteknologier og produktion, FoU-udg.</t>
+    <t>Bæredygtige energiteknologier og produktion, FoU-udgift</t>
   </si>
   <si>
-    <t>Bæredygtige energiteknologier og produktion, Inn-udg.</t>
+    <t>Energieffektivisering, FoU-udgift</t>
   </si>
   <si>
-    <t>Energieffektivisering, FoU-udg.</t>
+    <t>Bæredygtig fødevareproduktion, landbrug og skove, FoU-udgift</t>
   </si>
   <si>
-    <t>Energieffektivisering, Inn-udg.</t>
+    <t>Grøn transport, FoU-udgift</t>
   </si>
   <si>
-    <t>Bæredygtig fødevareproduktion, landbrug og skove, FoU-udg.</t>
+    <t>Miljøbeskyttelse, cirkulær økonomi og miljøteknologi, FoU-udgift</t>
   </si>
   <si>
-    <t>Bæredygtig fødevareproduktion, landbrug og skove, inn-udg.</t>
+    <t>Naturbeskyttelse, biodiversitet og klimaforandringer, FoU-udgift</t>
   </si>
   <si>
-    <t>Grøn transport, FoU-udg.</t>
+    <t>Bæredygtig adfærd og samfundsmæssige konsekvenser, FoU-udgift</t>
   </si>
   <si>
-    <t>Grøn transport, Inn-udg.</t>
+    <t>Bæredygtige energiteknologier og produktion, innovationsudgift</t>
   </si>
   <si>
-    <t>Miljøbeskyttelse, cirkulær økonomi og miljøteknologi, FoU-udg.</t>
+    <t>Energieffektivisering, innovationsudgift</t>
   </si>
   <si>
-    <t>Miljøbeskyttelse, cirkulær økonomi og miljøteknologi, Inn-udg.</t>
+    <t>Bæredygtig fødevareproduktion, landbrug og skove, innovationsudgift</t>
   </si>
   <si>
-    <t>Naturbeskyttelse, biodiversitet og klimaforandringer, FoU-udg.</t>
+    <t>Grøn transport, innovationsudgift</t>
   </si>
   <si>
-    <t>Naturbeskyttelse, biodiversitet og klimaforandringer, Inn-udg.</t>
+    <t>Miljøbeskyttelse, cirkulær økonomi og miljøteknologi, innovationsudgift</t>
   </si>
   <si>
-    <t>Bæredygtig adfærd og samfundsmæssige konsekvenser, FoU-udg.</t>
+    <t>Naturbeskyttelse, biodiversitet og klimaforandringer, innovationsudgift</t>
   </si>
   <si>
-    <t>Bæredygtig adfærd og samfundsmæssige konsekvenser, Inn-udg.</t>
-[...2 lines deleted...]
-    <t>T6 Udgifter til FoU og innovation inden for digitalisering, 1.000 dkk</t>
+    <t>Bæredygtig adfærd og samfundsmæssige konsekvenser, innovationsudgift</t>
   </si>
   <si>
     <t>Udgifter til egen FoU inden for digitalisering</t>
   </si>
   <si>
     <t>Udgifter til innovation inden for digitalisering</t>
   </si>
   <si>
-    <t>Cyber- og informationssikkerhed, FoU-udg.</t>
+    <t>Cyber- og informationssikkerhed, FoU-udgift</t>
   </si>
   <si>
-    <t>Cyber- og informationssikkerhed, Inn-udg.</t>
+    <t>Robot- og/eller droneteknologi, FoU-udgift</t>
   </si>
   <si>
-    <t>Robot- og/eller droneteknologi, FoU-udg.</t>
+    <t>Kunstig intelligens og big data, FoU-udgift</t>
   </si>
   <si>
-    <t>Robot- og/eller droneteknologi, Inn-udg.</t>
+    <t>Kvanteforskning, FoU-udgift</t>
   </si>
   <si>
-    <t>Kunstig intelligens og big data, FoU-udg.</t>
+    <t>Anden digitaliseringsforskning, FoU-udgift</t>
   </si>
   <si>
-    <t>Kunstig intelligens og big data, Inn-udg.</t>
+    <t>Cyber- og informationssikkerhed, innovationsudgift</t>
   </si>
   <si>
-    <t>Kvanteforskning, FoU-udg.</t>
+    <t>Robot- og/eller droneteknologi, innovationsudgift</t>
   </si>
   <si>
-    <t>Kvanteforskning, Inn-udg.</t>
+    <t>Kunstig intelligens og big data, innovationsudgift</t>
   </si>
   <si>
-    <t>Anden digitaliseringsforskning, FoU-udg.</t>
+    <t>Kvanteforskning, innovationsudgift</t>
   </si>
   <si>
-    <t>Anden digitaliseringsforskning, Inn-udg.</t>
-[...2 lines deleted...]
-    <t>T7 Finansiering af virksomhedens aktiviteter</t>
+    <t>Anden digitaliseringsforskning, innovationsudgift</t>
   </si>
   <si>
     <t>Finansiering med overdragelse af kapitalandele til investorer</t>
   </si>
   <si>
     <t>Overdrog kapitalandele til investorer i perioden 2020-2022</t>
   </si>
   <si>
     <t>Fnansiering, ved overdragelse af kapitalandele til investorer, blev anvendt til forsknings- eller innovationsaktiviteter i perioden 2020-2022</t>
   </si>
   <si>
-    <t>Forsøgte at optage lån i perioden 2020-2022?</t>
+    <t>Forsøgte at optage lån i perioden 2020-2022</t>
   </si>
   <si>
     <t>Fik  faktisk optaget lån i perioden 2020-2022</t>
   </si>
   <si>
     <t>Blev optagelse af lån i perioden 2020-2022 helt eller delvist anvendt til forsknings- eller innovationsaktiviteter</t>
   </si>
   <si>
     <t>Har modtaget offentlig økonomisk støtte i perioden 2020-2022</t>
   </si>
   <si>
     <t>Modtog offentlig økonomisk støtte fra kommuner/regioner</t>
   </si>
   <si>
-    <t>Modtog offentlige økonomiske støtte til forsknings- eller innovationsaktiviteter fra kommuner/ regioner</t>
+    <t>Modtog offentlige økonomiske støtte til forsknings- eller innovationsaktiviteter fra kommuner / regioner</t>
   </si>
   <si>
     <t>Modtog offentlig økonomisk støtte fra staten</t>
   </si>
   <si>
     <t>Modtog offentlige økonomiske støtte til forsknings- eller innovationsaktiviteter fra staten</t>
   </si>
   <si>
     <t>Modtog  offentlig økonomisk støtte fra EU forskningsprogrammer</t>
   </si>
   <si>
     <t>Modtog offentlige økonomiske støtte til forsknings- eller innovationsaktiviteter fra EU forskningsprogrammer</t>
   </si>
   <si>
     <t>Modtog offentlig økonomisk støtte fra andet EU</t>
   </si>
   <si>
     <t>Modtog offentlige økonomiske støtte til forsknings- eller innovationsaktiviteter andet EU</t>
   </si>
   <si>
-    <t>.</t>
-[...4 lines deleted...]
-  <si>
     <t>Haft samarbejde med eksterne om innovation bortset fra FoU</t>
   </si>
   <si>
     <t>Haft samarbejde med eksterne om FoU</t>
   </si>
   <si>
     <t>Haft samarbejde med eksterne om andet</t>
-  </si>
-[...10 lines deleted...]
-    <t>T8.2 Virksomheders innovationssamarbejde fordelt på samarbejdspartners type</t>
   </si>
   <si>
     <t>Andre virksomheder i koncernen</t>
   </si>
   <si>
     <t>Leverandører af udstyr, software mv.</t>
   </si>
   <si>
     <t>Kunder eller klienter, private sektor</t>
   </si>
   <si>
     <t>Kunder eller klienter, off. sektor</t>
   </si>
   <si>
     <t>Konkurrenter/andre virksomheder i samme branche</t>
   </si>
   <si>
-    <t>Private FoU-virksomheder, fx konsulenter, private laboratorier og - forskningsinstitutioner</t>
+    <t>Private FoU-virksomheder, fx konsulenter, private laboratorier og forskningsinstitutioner</t>
   </si>
   <si>
     <t>Virksomheder i andre brancher ekskl. kunder og leverandører</t>
   </si>
   <si>
-    <t>UnIversiteter/andre højere læreanstalter</t>
+    <t>Universiteter og andre højere læreanstalter</t>
   </si>
   <si>
     <t>Offentlige forskningsinstitutioner</t>
   </si>
   <si>
     <t>Offentlige serviceudbydere</t>
   </si>
   <si>
-    <t>inno_non_profit</t>
+    <t>Non-profit virksomheder</t>
   </si>
   <si>
     <t>Andre offentlige samarbejdspartnere</t>
   </si>
   <si>
-    <t>T 8.3 Virksomheder med innovationssamarbejde med danske universiteter</t>
+    <t>Aarhus Universitet (AU)</t>
   </si>
   <si>
-    <t>Aarhus Universitet</t>
+    <t>Aalborg Universitet (AAU)</t>
   </si>
   <si>
-    <t>Aalborg Universitet</t>
+    <t>Copenhagen Business School (CBS)</t>
   </si>
   <si>
-    <t>Handelshøjskolen i København</t>
+    <t>Danmarks Tekniske Universitet (DTU)</t>
   </si>
   <si>
-    <t>Danmarks Tekniske Universitet</t>
+    <t>IT-Universitetet i København (ITU)</t>
   </si>
   <si>
-    <t>IT-Universitetet i København</t>
+    <t>Københavns Universitet (KU)</t>
   </si>
   <si>
-    <t>Københavns Universitet</t>
+    <t>Roskilde Universitet (RUC)</t>
   </si>
   <si>
-    <t>Roskilde Universitet</t>
-[...20 lines deleted...]
-    <t>T6 Udgifter til FoU og innovation inden for digitalisering</t>
+    <t>Syddansk Universitet (SDU)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="6" x14ac:knownFonts="1">
+  <numFmts count="2">
+    <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+  </numFmts>
+  <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
-      <color theme="1"/>
+      <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-[...31 lines deleted...]
-      <color theme="1"/>
+      <sz val="11"/>
+      <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="5">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...36 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="24">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...67 lines deleted...]
-    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
+    <cellStyle name="Komma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="148">
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Tabel1" displayName="Tabel1" ref="A1:B12" totalsRowShown="0">
+  <autoFilter ref="A1:B12"/>
+  <tableColumns count="2">
+    <tableColumn id="1" name="Tabel"/>
+    <tableColumn id="2" name="Indhold"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table10.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="10" name="Tabel10" displayName="Tabel10" ref="A1:E59" totalsRowShown="0" headerRowDxfId="20" dataDxfId="19" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:E59"/>
+  <tableColumns count="5">
+    <tableColumn id="1" name="Virksomhedens samarbejde om innovation, FoU og andre områder" dataDxfId="25" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Haft samarbejde med eksterne om innovation bortset fra FoU" dataDxfId="24" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Haft samarbejde med eksterne om FoU" dataDxfId="23" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Haft samarbejde med eksterne om andet" dataDxfId="22" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="Virksomheder i alt" dataDxfId="21" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table11.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="11" name="Tabel11" displayName="Tabel11" ref="A1:E14" totalsRowShown="0" headerRowDxfId="13" dataDxfId="12" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:E14"/>
+  <tableColumns count="5">
+    <tableColumn id="1" name="Virksomhedens innovationssamarbejde fordelt på typen af samarbejdspartner" dataDxfId="18" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Haft samarbejde med eksterne om innovation bortset fra FoU" dataDxfId="17" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Haft samarbejde med eksterne om FoU" dataDxfId="16" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Haft samarbejde med eksterne om andet" dataDxfId="15" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="Virksomheder i alt" dataDxfId="14" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table12.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="12" name="Tabel12" displayName="Tabel12" ref="A1:J59" totalsRowShown="0" headerRowDxfId="1" dataDxfId="0" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:J59"/>
+  <tableColumns count="10">
+    <tableColumn id="1" name="Virksomheder med innovationssamarbejde med danske universiteter" dataDxfId="11" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Aarhus Universitet (AU)" dataDxfId="10" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Aalborg Universitet (AAU)" dataDxfId="9" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Copenhagen Business School (CBS)" dataDxfId="8" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="Danmarks Tekniske Universitet (DTU)" dataDxfId="7" dataCellStyle="Komma"/>
+    <tableColumn id="6" name="IT-Universitetet i København (ITU)" dataDxfId="6" dataCellStyle="Komma"/>
+    <tableColumn id="7" name="Københavns Universitet (KU)" dataDxfId="5" dataCellStyle="Komma"/>
+    <tableColumn id="8" name="Roskilde Universitet (RUC)" dataDxfId="4" dataCellStyle="Komma"/>
+    <tableColumn id="9" name="Syddansk Universitet (SDU)" dataDxfId="3" dataCellStyle="Komma"/>
+    <tableColumn id="10" name="Virksomheder i alt" dataDxfId="2" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="Tabel2" displayName="Tabel2" ref="A1:C59" totalsRowShown="0" headerRowDxfId="144" dataDxfId="143" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:C59"/>
+  <tableColumns count="3">
+    <tableColumn id="1" name="Antal virksomheder" dataDxfId="147" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Antal virksomheder i undersøgelsen" dataDxfId="146" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Opregnet antal virksomheder" dataDxfId="145" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Tabel3" displayName="Tabel3" ref="A1:S59" totalsRowShown="0" headerRowDxfId="123" dataDxfId="122" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:S59"/>
+  <tableColumns count="19">
+    <tableColumn id="1" name="FoU-personale og -årsværk" dataDxfId="142" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="FoU-årsværk, forskere, interne" dataDxfId="141" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="FoU-årsværk, teknikere mv., interne" dataDxfId="140" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="FoU-årsværk i alt, interne" dataDxfId="139" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="FoU-årsværk, forskere, eksterne" dataDxfId="138" dataCellStyle="Komma"/>
+    <tableColumn id="6" name="FoU-årsværk, teknikere mv., eksterne" dataDxfId="137" dataCellStyle="Komma"/>
+    <tableColumn id="7" name="FoU-årsværk ialt, eksterne" dataDxfId="136" dataCellStyle="Komma"/>
+    <tableColumn id="8" name="FoU-årsværk, forskere, i alt" dataDxfId="135" dataCellStyle="Komma"/>
+    <tableColumn id="9" name="FoU-årsværk, teknikere mv., i alt" dataDxfId="134" dataCellStyle="Komma"/>
+    <tableColumn id="10" name="FoU-årsværk i alt" dataDxfId="133" dataCellStyle="Komma"/>
+    <tableColumn id="11" name="FoU-personale, forskere, interne" dataDxfId="132" dataCellStyle="Komma"/>
+    <tableColumn id="12" name="FoU-personale, teknikere mv., interne" dataDxfId="131" dataCellStyle="Komma"/>
+    <tableColumn id="13" name="FoU-personale i alt, interne" dataDxfId="130" dataCellStyle="Komma"/>
+    <tableColumn id="14" name="FoU-personale, forskere, eksterne" dataDxfId="129" dataCellStyle="Komma"/>
+    <tableColumn id="15" name="FoU-personale, teknikere mv., eksterne" dataDxfId="128" dataCellStyle="Komma"/>
+    <tableColumn id="16" name="FoU-personale ialt, eksterne" dataDxfId="127" dataCellStyle="Komma"/>
+    <tableColumn id="17" name="FoU-personale, forskere, i alt" dataDxfId="126" dataCellStyle="Komma"/>
+    <tableColumn id="18" name="FoU-personale, teknikere mv., i alt" dataDxfId="125" dataCellStyle="Komma"/>
+    <tableColumn id="19" name="FoU-personale i alt" dataDxfId="124" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="4" name="Tabel4" displayName="Tabel4" ref="A1:G59" totalsRowShown="0" headerRowDxfId="114" dataDxfId="113" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:G59"/>
+  <tableColumns count="7">
+    <tableColumn id="1" name="FoU-udgifter" dataDxfId="121" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Driftsudgift, FoU: løn mv." dataDxfId="120" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Driftsudgift, FoU: udgifter til eksterne konsulenter" dataDxfId="119" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Driftsudgift, FoU: øvrige driftsudgifter" dataDxfId="118" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="Anlægsudgift, FoU: bygninger" dataDxfId="117" dataCellStyle="Komma"/>
+    <tableColumn id="6" name="Anlægsudgift, FoU: apparatur mv." dataDxfId="116" dataCellStyle="Komma"/>
+    <tableColumn id="7" name="Udgifter til egen FoU i alt" dataDxfId="115" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table5.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="5" name="Tabel5" displayName="Tabel5" ref="A1:M59" totalsRowShown="0" headerRowDxfId="99" dataDxfId="98" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:M59"/>
+  <tableColumns count="13">
+    <tableColumn id="1" name="Udgifter til købte FoU-tjenester" dataDxfId="112" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Købt, andre virksomheder egen koncern i DK" dataDxfId="111" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Købt, andre virksomheder egen koncern i udlandet" dataDxfId="110" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Købt, andre virksomheder i DK" dataDxfId="109" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="Købt, konsulenter mv., DK" dataDxfId="108" dataCellStyle="Komma"/>
+    <tableColumn id="6" name="Købt, GTS, DK" dataDxfId="107" dataCellStyle="Komma"/>
+    <tableColumn id="7" name="Købt, universiteter/højere læreanstalter, DK" dataDxfId="106" dataCellStyle="Komma"/>
+    <tableColumn id="8" name="Købt, forskningsinstitutioner o.l. DK" dataDxfId="105" dataCellStyle="Komma"/>
+    <tableColumn id="9" name="Købt, andre, DK" dataDxfId="104" dataCellStyle="Komma"/>
+    <tableColumn id="10" name="Købt, andre virksomheder, udlandet" dataDxfId="103" dataCellStyle="Komma"/>
+    <tableColumn id="11" name="Købt, konsulenter mv., udlandet" dataDxfId="102" dataCellStyle="Komma"/>
+    <tableColumn id="12" name="Købt, offentlige institutioner, udlandet" dataDxfId="101" dataCellStyle="Komma"/>
+    <tableColumn id="13" name="Købt FoU i alt" dataDxfId="100" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table6.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="6" name="Tabel6" displayName="Tabel6" ref="A1:Q59" totalsRowShown="0" headerRowDxfId="80" dataDxfId="79" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:Q59"/>
+  <tableColumns count="17">
+    <tableColumn id="1" name="Udgifter til FoU og innovation på udvalgte strategiområder" dataDxfId="97" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Kræft,  FoU-udgift" dataDxfId="96" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Kræft, innovationsudgift" dataDxfId="95" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Demokrati,  FoU-udgift" dataDxfId="94" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="Demokrati, innovationsudgift" dataDxfId="93" dataCellStyle="Komma"/>
+    <tableColumn id="6" name="Kønsidentitet,  FoU-udgift" dataDxfId="92" dataCellStyle="Komma"/>
+    <tableColumn id="7" name="Kønsidentitet, innovationsudgift" dataDxfId="91" dataCellStyle="Komma"/>
+    <tableColumn id="8" name="Psykiatri,  FoU-udgift" dataDxfId="90" dataCellStyle="Komma"/>
+    <tableColumn id="9" name="Psykiatri, innovationsudgift" dataDxfId="89" dataCellStyle="Komma"/>
+    <tableColumn id="10" name="Fødevaresikkerhed,  FoU-udgift" dataDxfId="88" dataCellStyle="Komma"/>
+    <tableColumn id="11" name="Fødevaresikkerhed, innovationsudgift" dataDxfId="87" dataCellStyle="Komma"/>
+    <tableColumn id="12" name="Polarforskning,  FoU-udgift" dataDxfId="86" dataCellStyle="Komma"/>
+    <tableColumn id="13" name="Polarforskning, innovationsudgift" dataDxfId="85" dataCellStyle="Komma"/>
+    <tableColumn id="14" name="Pandemiberedskab og respons,  FoU-udgift" dataDxfId="84" dataCellStyle="Komma"/>
+    <tableColumn id="15" name="Pandemiberedskab og respons, innovationsudgift" dataDxfId="83" dataCellStyle="Komma"/>
+    <tableColumn id="16" name="Covid19,  FoU-udgift" dataDxfId="82" dataCellStyle="Komma"/>
+    <tableColumn id="17" name="Covid19, innovationsudgift" dataDxfId="81" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table7.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="7" name="Tabel7" displayName="Tabel7" ref="A1:Q59" totalsRowShown="0" headerRowDxfId="61" dataDxfId="60" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:Q59"/>
+  <tableColumns count="17">
+    <tableColumn id="1" name="Udgifter til grøn FoU og innovation" dataDxfId="78" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Udgifter til egen FoU inden for det grønne område" dataDxfId="77" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Udgifter til innovation inden for det grønne område" dataDxfId="76" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Bæredygtige energiteknologier og produktion, FoU-udgift" dataDxfId="75" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="Energieffektivisering, FoU-udgift" dataDxfId="74" dataCellStyle="Komma"/>
+    <tableColumn id="6" name="Bæredygtig fødevareproduktion, landbrug og skove, FoU-udgift" dataDxfId="73" dataCellStyle="Komma"/>
+    <tableColumn id="7" name="Grøn transport, FoU-udgift" dataDxfId="72" dataCellStyle="Komma"/>
+    <tableColumn id="8" name="Miljøbeskyttelse, cirkulær økonomi og miljøteknologi, FoU-udgift" dataDxfId="71" dataCellStyle="Komma"/>
+    <tableColumn id="9" name="Naturbeskyttelse, biodiversitet og klimaforandringer, FoU-udgift" dataDxfId="70" dataCellStyle="Komma"/>
+    <tableColumn id="10" name="Bæredygtig adfærd og samfundsmæssige konsekvenser, FoU-udgift" dataDxfId="69" dataCellStyle="Komma"/>
+    <tableColumn id="11" name="Bæredygtige energiteknologier og produktion, innovationsudgift" dataDxfId="68" dataCellStyle="Komma"/>
+    <tableColumn id="12" name="Energieffektivisering, innovationsudgift" dataDxfId="67" dataCellStyle="Komma"/>
+    <tableColumn id="13" name="Bæredygtig fødevareproduktion, landbrug og skove, innovationsudgift" dataDxfId="66" dataCellStyle="Komma"/>
+    <tableColumn id="14" name="Grøn transport, innovationsudgift" dataDxfId="65" dataCellStyle="Komma"/>
+    <tableColumn id="15" name="Miljøbeskyttelse, cirkulær økonomi og miljøteknologi, innovationsudgift" dataDxfId="64" dataCellStyle="Komma"/>
+    <tableColumn id="16" name="Naturbeskyttelse, biodiversitet og klimaforandringer, innovationsudgift" dataDxfId="63" dataCellStyle="Komma"/>
+    <tableColumn id="17" name="Bæredygtig adfærd og samfundsmæssige konsekvenser, innovationsudgift" dataDxfId="62" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table8.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="8" name="Tabel8" displayName="Tabel8" ref="A1:M59" totalsRowShown="0" headerRowDxfId="46" dataDxfId="45" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:M59"/>
+  <tableColumns count="13">
+    <tableColumn id="1" name="Udgifter til FoU og innovation inden for digitalisering" dataDxfId="59" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Udgifter til egen FoU inden for digitalisering" dataDxfId="58" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Udgifter til innovation inden for digitalisering" dataDxfId="57" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Cyber- og informationssikkerhed, FoU-udgift" dataDxfId="56" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="Robot- og/eller droneteknologi, FoU-udgift" dataDxfId="55" dataCellStyle="Komma"/>
+    <tableColumn id="6" name="Kunstig intelligens og big data, FoU-udgift" dataDxfId="54" dataCellStyle="Komma"/>
+    <tableColumn id="7" name="Kvanteforskning, FoU-udgift" dataDxfId="53" dataCellStyle="Komma"/>
+    <tableColumn id="8" name="Anden digitaliseringsforskning, FoU-udgift" dataDxfId="52" dataCellStyle="Komma"/>
+    <tableColumn id="9" name="Cyber- og informationssikkerhed, innovationsudgift" dataDxfId="51" dataCellStyle="Komma"/>
+    <tableColumn id="10" name="Robot- og/eller droneteknologi, innovationsudgift" dataDxfId="50" dataCellStyle="Komma"/>
+    <tableColumn id="11" name="Kunstig intelligens og big data, innovationsudgift" dataDxfId="49" dataCellStyle="Komma"/>
+    <tableColumn id="12" name="Kvanteforskning, innovationsudgift" dataDxfId="48" dataCellStyle="Komma"/>
+    <tableColumn id="13" name="Anden digitaliseringsforskning, innovationsudgift" dataDxfId="47" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table9.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="9" name="Tabel9" displayName="Tabel9" ref="A1:Q59" totalsRowShown="0" headerRowDxfId="27" dataDxfId="26" headerRowCellStyle="Komma" dataCellStyle="Komma">
+  <autoFilter ref="A1:Q59"/>
+  <tableColumns count="17">
+    <tableColumn id="1" name="Finansiering af virksomhedens aktiviteter" dataDxfId="44" dataCellStyle="Komma"/>
+    <tableColumn id="2" name="Finansiering med overdragelse af kapitalandele til investorer" dataDxfId="43" dataCellStyle="Komma"/>
+    <tableColumn id="3" name="Overdrog kapitalandele til investorer i perioden 2020-2022" dataDxfId="42" dataCellStyle="Komma"/>
+    <tableColumn id="4" name="Fnansiering, ved overdragelse af kapitalandele til investorer, blev anvendt til forsknings- eller innovationsaktiviteter i perioden 2020-2022" dataDxfId="41" dataCellStyle="Komma"/>
+    <tableColumn id="5" name="Forsøgte at optage lån i perioden 2020-2022" dataDxfId="40" dataCellStyle="Komma"/>
+    <tableColumn id="6" name="Fik  faktisk optaget lån i perioden 2020-2022" dataDxfId="39" dataCellStyle="Komma"/>
+    <tableColumn id="7" name="Blev optagelse af lån i perioden 2020-2022 helt eller delvist anvendt til forsknings- eller innovationsaktiviteter" dataDxfId="38" dataCellStyle="Komma"/>
+    <tableColumn id="8" name="Har modtaget offentlig økonomisk støtte i perioden 2020-2022" dataDxfId="37" dataCellStyle="Komma"/>
+    <tableColumn id="9" name="Modtog offentlig økonomisk støtte fra kommuner/regioner" dataDxfId="36" dataCellStyle="Komma"/>
+    <tableColumn id="10" name="Modtog offentlige økonomiske støtte til forsknings- eller innovationsaktiviteter fra kommuner / regioner" dataDxfId="35" dataCellStyle="Komma"/>
+    <tableColumn id="11" name="Modtog offentlig økonomisk støtte fra staten" dataDxfId="34" dataCellStyle="Komma"/>
+    <tableColumn id="12" name="Modtog offentlige økonomiske støtte til forsknings- eller innovationsaktiviteter fra staten" dataDxfId="33" dataCellStyle="Komma"/>
+    <tableColumn id="13" name="Modtog  offentlig økonomisk støtte fra EU forskningsprogrammer" dataDxfId="32" dataCellStyle="Komma"/>
+    <tableColumn id="14" name="Modtog offentlige økonomiske støtte til forsknings- eller innovationsaktiviteter fra EU forskningsprogrammer" dataDxfId="31" dataCellStyle="Komma"/>
+    <tableColumn id="15" name="Modtog offentlig økonomisk støtte fra andet EU" dataDxfId="30" dataCellStyle="Komma"/>
+    <tableColumn id="16" name="Modtog offentlige økonomiske støtte til forsknings- eller innovationsaktiviteter andet EU" dataDxfId="29" dataCellStyle="Komma"/>
+    <tableColumn id="17" name="Virksomheder i alt" dataDxfId="28" dataCellStyle="Komma"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight13" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Kontor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1089,21731 +1669,21863 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table10.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table11.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table12.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table7.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table8.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table9.xml"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:A13"/>
+  <dimension ref="A1:B12"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B12" sqref="B12"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="66.7265625" customWidth="1"/>
+    <col min="2" max="2" width="10" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" x14ac:dyDescent="0.35">
-[...60 lines deleted...]
-      <c r="A13" s="10"/>
+    <row r="1" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>3</v>
+      </c>
+      <c r="B3" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>5</v>
+      </c>
+      <c r="B5" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B6" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>7</v>
+      </c>
+      <c r="B7" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>9</v>
+      </c>
+      <c r="B9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>11</v>
+      </c>
+      <c r="B11" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>12</v>
+      </c>
+      <c r="B12" t="s">
+        <v>23</v>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:E59"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="H15" sqref="H15"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="61.7109375" customWidth="1"/>
+    <col min="2" max="2" width="57.28515625" customWidth="1"/>
+    <col min="3" max="3" width="37.5703125" customWidth="1"/>
+    <col min="4" max="4" width="39.28515625" customWidth="1"/>
+    <col min="5" max="5" width="19.42578125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="1">
+        <v>250.23908960399999</v>
+      </c>
+      <c r="C3" s="1">
+        <v>452.69504027400001</v>
+      </c>
+      <c r="D3" s="1">
+        <v>527.44785120200004</v>
+      </c>
+      <c r="E3" s="1">
+        <v>3116.0551657310002</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" s="1"/>
+      <c r="C4" s="1"/>
+      <c r="D4" s="1"/>
+      <c r="E4" s="1"/>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" s="1">
+        <v>30.888051613999998</v>
+      </c>
+      <c r="C5" s="1">
+        <v>109.053057283</v>
+      </c>
+      <c r="D5" s="1">
+        <v>96.713741940000006</v>
+      </c>
+      <c r="E5" s="1">
+        <v>411.033043378</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" s="1">
+        <v>31.615883995000001</v>
+      </c>
+      <c r="C6" s="1">
+        <v>27.328384072999999</v>
+      </c>
+      <c r="D6" s="1">
+        <v>16.423812605000002</v>
+      </c>
+      <c r="E6" s="1">
+        <v>457.71959557899999</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" s="1">
+        <v>8.3636682239999995</v>
+      </c>
+      <c r="C7" s="1">
+        <v>5.4538436089999998</v>
+      </c>
+      <c r="D7" s="1">
+        <v>11.453998332000001</v>
+      </c>
+      <c r="E7" s="1">
+        <v>205.79028764899999</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="1">
+        <v>5.0320409569999995</v>
+      </c>
+      <c r="C8" s="1">
+        <v>26.766291156000001</v>
+      </c>
+      <c r="D8" s="1">
+        <v>6.4940555499999997</v>
+      </c>
+      <c r="E8" s="1">
+        <v>91.019936346999998</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" s="1">
+        <v>7.2863815909999996</v>
+      </c>
+      <c r="C9" s="1">
+        <v>13.691331186999999</v>
+      </c>
+      <c r="D9" s="1">
+        <v>9.1015637490000003</v>
+      </c>
+      <c r="E9" s="1">
+        <v>44.785259091999997</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B10" s="1">
+        <v>21.189634427000001</v>
+      </c>
+      <c r="C10" s="1">
+        <v>26.117177292000001</v>
+      </c>
+      <c r="D10" s="1">
+        <v>33.417540119000002</v>
+      </c>
+      <c r="E10" s="1">
+        <v>163.46499888</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B11" s="1">
+        <v>8.556611070999999</v>
+      </c>
+      <c r="C11" s="1">
+        <v>13.520017559999999</v>
+      </c>
+      <c r="D11" s="1">
+        <v>4.0176419780000003</v>
+      </c>
+      <c r="E11" s="1">
+        <v>114.78949910599999</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" s="1">
+        <v>12.237736026</v>
+      </c>
+      <c r="C12" s="1">
+        <v>62.878996540999999</v>
+      </c>
+      <c r="D12" s="1">
+        <v>124.70519783100001</v>
+      </c>
+      <c r="E12" s="1">
+        <v>648.03167860300005</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B13" s="1">
+        <v>19.177032198999999</v>
+      </c>
+      <c r="C13" s="1">
+        <v>30.098919496000001</v>
+      </c>
+      <c r="D13" s="1">
+        <v>108.769106764</v>
+      </c>
+      <c r="E13" s="1">
+        <v>250.74045449900001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B14" s="1">
+        <v>3.610345498</v>
+      </c>
+      <c r="C14" s="1">
+        <v>4.5175791250000001</v>
+      </c>
+      <c r="D14" s="1">
+        <v>4.2637492310000003</v>
+      </c>
+      <c r="E14" s="1">
+        <v>27.461886616000001</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B15" s="1">
+        <v>16.327448523000001</v>
+      </c>
+      <c r="C15" s="1">
+        <v>20.722273305000002</v>
+      </c>
+      <c r="D15" s="1">
+        <v>18.714909392999999</v>
+      </c>
+      <c r="E15" s="1">
+        <v>79.529368317999996</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B16" s="1">
+        <v>4.4683578199999996</v>
+      </c>
+      <c r="C16" s="1">
+        <v>12.870321664</v>
+      </c>
+      <c r="D16" s="1">
+        <v>13.763205662000001</v>
+      </c>
+      <c r="E16" s="1">
+        <v>76.443643242999997</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B17" s="1">
+        <v>38.604746583999997</v>
+      </c>
+      <c r="C17" s="1">
+        <v>49.861858609000002</v>
+      </c>
+      <c r="D17" s="1">
+        <v>49.076033250999998</v>
+      </c>
+      <c r="E17" s="1">
+        <v>216.72407822</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" s="1">
+        <v>17.520156235999998</v>
+      </c>
+      <c r="C18" s="1">
+        <v>9.0270204629999995</v>
+      </c>
+      <c r="D18" s="1">
+        <v>9.2364991159999992</v>
+      </c>
+      <c r="E18" s="1">
+        <v>74.642183419000006</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="1">
+        <v>15.080893213</v>
+      </c>
+      <c r="C19" s="1">
+        <v>28.252430363999999</v>
+      </c>
+      <c r="D19" s="1">
+        <v>3.0317782229999999</v>
+      </c>
+      <c r="E19" s="1">
+        <v>96.137447432000002</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" s="1">
+        <v>1.147040971</v>
+      </c>
+      <c r="C20" s="1">
+        <v>2.4201135549999999</v>
+      </c>
+      <c r="D20" s="1">
+        <v>9.6433793940000001</v>
+      </c>
+      <c r="E20" s="1">
+        <v>14.683760698999999</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="1">
+        <v>2.7646091479999999</v>
+      </c>
+      <c r="C21" s="1">
+        <v>4.6991224279999999</v>
+      </c>
+      <c r="D21" s="1">
+        <v>2.165388375</v>
+      </c>
+      <c r="E21" s="1">
+        <v>61.498303524999997</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" s="1">
+        <v>6.3684515069999996</v>
+      </c>
+      <c r="C22" s="1">
+        <v>5.4163025640000004</v>
+      </c>
+      <c r="D22" s="1">
+        <v>6.4562496889999998</v>
+      </c>
+      <c r="E22" s="1">
+        <v>81.559741126000006</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B23" s="1">
+        <v>7.6044977600000001</v>
+      </c>
+      <c r="C23" s="1">
+        <v>8.7541934920000006</v>
+      </c>
+      <c r="D23" s="1">
+        <v>31.586705969</v>
+      </c>
+      <c r="E23" s="1">
+        <v>3027.0213645989998</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B24" s="1">
+        <v>56.596480450999998</v>
+      </c>
+      <c r="C24" s="1">
+        <v>34.540807448000002</v>
+      </c>
+      <c r="D24" s="1">
+        <v>350.408087636</v>
+      </c>
+      <c r="E24" s="1">
+        <v>4905.9442545089996</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B25" s="1">
+        <v>7.4570452180000002</v>
+      </c>
+      <c r="C25" s="1">
+        <v>5.6647658229999998</v>
+      </c>
+      <c r="D25" s="1">
+        <v>11.925926523999999</v>
+      </c>
+      <c r="E25" s="1">
+        <v>1292.80832207</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B26" s="1">
+        <v>130.25699635400002</v>
+      </c>
+      <c r="C26" s="1">
+        <v>129.97859310000001</v>
+      </c>
+      <c r="D26" s="1">
+        <v>262.43933497900002</v>
+      </c>
+      <c r="E26" s="1">
+        <v>1444.8253375680001</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B27" s="1">
+        <v>23.650948481</v>
+      </c>
+      <c r="C27" s="1">
+        <v>28.53636418</v>
+      </c>
+      <c r="D27" s="1">
+        <v>65.455114797999997</v>
+      </c>
+      <c r="E27" s="1">
+        <v>1564.3696541300001</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B28" s="1">
+        <v>37.781276560999999</v>
+      </c>
+      <c r="C28" s="1">
+        <v>35.525168663999999</v>
+      </c>
+      <c r="D28" s="1">
+        <v>86.283701045000001</v>
+      </c>
+      <c r="E28" s="1">
+        <v>438.07604761499999</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A29" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B29" s="1">
+        <v>203.75110358399999</v>
+      </c>
+      <c r="C29" s="1">
+        <v>390.81829117400002</v>
+      </c>
+      <c r="D29" s="1">
+        <v>390.57091157999997</v>
+      </c>
+      <c r="E29" s="1">
+        <v>3744.291034286</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A30" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B30" s="1">
+        <v>46.606649973000003</v>
+      </c>
+      <c r="C30" s="1">
+        <v>139.05951264399999</v>
+      </c>
+      <c r="D30" s="1">
+        <v>92.354366091000003</v>
+      </c>
+      <c r="E30" s="1">
+        <v>1693.4444420360001</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A31" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B31" s="1"/>
+      <c r="C31" s="1"/>
+      <c r="D31" s="1"/>
+      <c r="E31" s="1"/>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A32" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B32" s="1">
+        <v>406.645265639</v>
+      </c>
+      <c r="C32" s="1">
+        <v>795.21536815900004</v>
+      </c>
+      <c r="D32" s="1">
+        <v>1254.8179596110001</v>
+      </c>
+      <c r="E32" s="1">
+        <v>16996.814342514001</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A33" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B33" s="1">
+        <v>243.032270848</v>
+      </c>
+      <c r="C33" s="1">
+        <v>298.20532408100001</v>
+      </c>
+      <c r="D33" s="1">
+        <v>441.43992461900001</v>
+      </c>
+      <c r="E33" s="1">
+        <v>3513.2536649230001</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A34" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B34" s="1">
+        <v>80.344993623999997</v>
+      </c>
+      <c r="C34" s="1">
+        <v>93.415199004000002</v>
+      </c>
+      <c r="D34" s="1">
+        <v>87.230713386999994</v>
+      </c>
+      <c r="E34" s="1">
+        <v>532.94605112399995</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B35" s="1">
+        <v>33.921557874999998</v>
+      </c>
+      <c r="C35" s="1">
+        <v>38.736845555000002</v>
+      </c>
+      <c r="D35" s="1">
+        <v>34.983402206999997</v>
+      </c>
+      <c r="E35" s="1">
+        <v>183.821563983</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A36" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B36" s="1"/>
+      <c r="C36" s="1"/>
+      <c r="D36" s="1"/>
+      <c r="E36" s="1"/>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A37" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B37" s="1">
+        <v>53.266987616000002</v>
+      </c>
+      <c r="C37" s="1">
+        <v>43.608497694999997</v>
+      </c>
+      <c r="D37" s="1">
+        <v>43.480516948000002</v>
+      </c>
+      <c r="E37" s="1">
+        <v>2007.8093354539999</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A38" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B38" s="1">
+        <v>118.962677348</v>
+      </c>
+      <c r="C38" s="1">
+        <v>202.59218169900001</v>
+      </c>
+      <c r="D38" s="1">
+        <v>285.020977491</v>
+      </c>
+      <c r="E38" s="1">
+        <v>4915.5233051380001</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A39" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B39" s="1">
+        <v>106.98759757000001</v>
+      </c>
+      <c r="C39" s="1">
+        <v>266.40647078000001</v>
+      </c>
+      <c r="D39" s="1">
+        <v>313.21559290499999</v>
+      </c>
+      <c r="E39" s="1">
+        <v>4356.503808937</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A40" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B40" s="1">
+        <v>452.02960616799999</v>
+      </c>
+      <c r="C40" s="1">
+        <v>644.012595379</v>
+      </c>
+      <c r="D40" s="1">
+        <v>1016.274846097</v>
+      </c>
+      <c r="E40" s="1">
+        <v>7748.3797536350003</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A41" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B41" s="1">
+        <v>32.697219283999999</v>
+      </c>
+      <c r="C41" s="1">
+        <v>68.952991245999996</v>
+      </c>
+      <c r="D41" s="1">
+        <v>160.48006638300001</v>
+      </c>
+      <c r="E41" s="1">
+        <v>2198.6194193800002</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B42" s="1"/>
+      <c r="C42" s="1"/>
+      <c r="D42" s="1"/>
+      <c r="E42" s="1"/>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A43" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B43" s="1">
+        <v>71.631749619000004</v>
+      </c>
+      <c r="C43" s="1">
+        <v>142.69308789900001</v>
+      </c>
+      <c r="D43" s="1">
+        <v>123.54871354400001</v>
+      </c>
+      <c r="E43" s="1">
+        <v>1085.8211689950001</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A44" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B44" s="1">
+        <v>44.018258825000004</v>
+      </c>
+      <c r="C44" s="1">
+        <v>104.792092017</v>
+      </c>
+      <c r="D44" s="1">
+        <v>165.09669542399999</v>
+      </c>
+      <c r="E44" s="1">
+        <v>943.50451545399994</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A45" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B45" s="1">
+        <v>134.58908116000001</v>
+      </c>
+      <c r="C45" s="1">
+        <v>205.20986035800001</v>
+      </c>
+      <c r="D45" s="1">
+        <v>238.80244223400001</v>
+      </c>
+      <c r="E45" s="1">
+        <v>1086.7294812820001</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A46" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B46" s="1"/>
+      <c r="C46" s="1"/>
+      <c r="D46" s="1"/>
+      <c r="E46" s="1"/>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A47" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B47" s="1">
+        <v>4.5175470449999997</v>
+      </c>
+      <c r="C47" s="1">
+        <v>9.1955053180000004</v>
+      </c>
+      <c r="D47" s="1">
+        <v>7.5034029819999999</v>
+      </c>
+      <c r="E47" s="1">
+        <v>63.276085047999999</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A48" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B48" s="1">
+        <v>1.1608229670000001</v>
+      </c>
+      <c r="C48" s="1">
+        <v>4.8388333100000001</v>
+      </c>
+      <c r="D48" s="1">
+        <v>115.35779333699999</v>
+      </c>
+      <c r="E48" s="1">
+        <v>144.47151864200001</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A49" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B49" s="1">
+        <v>3.09172914</v>
+      </c>
+      <c r="C49" s="1">
+        <v>3.09172914</v>
+      </c>
+      <c r="D49" s="1">
+        <v>5.09172914</v>
+      </c>
+      <c r="E49" s="1">
+        <v>153.95009367999998</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A50" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B50" s="1">
+        <v>16.372063596</v>
+      </c>
+      <c r="C50" s="1">
+        <v>20.315711021999999</v>
+      </c>
+      <c r="D50" s="1">
+        <v>51.036335926</v>
+      </c>
+      <c r="E50" s="1">
+        <v>1069.5220548350001</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A51" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B51" s="1"/>
+      <c r="C51" s="1"/>
+      <c r="D51" s="1"/>
+      <c r="E51" s="1"/>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A52" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B52" s="1">
+        <v>16.226881663</v>
+      </c>
+      <c r="C52" s="1">
+        <v>20.020080147000002</v>
+      </c>
+      <c r="D52" s="1">
+        <v>53.848650636999999</v>
+      </c>
+      <c r="E52" s="1">
+        <v>889.37544402699996</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A53" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B53" s="1">
+        <v>1</v>
+      </c>
+      <c r="C53" s="1">
+        <v>2.2487266520000002</v>
+      </c>
+      <c r="D53" s="1">
+        <v>2.188728593</v>
+      </c>
+      <c r="E53" s="1">
+        <v>305.97800919399998</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A54" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B54" s="1">
+        <v>11.106446436000001</v>
+      </c>
+      <c r="C54" s="1">
+        <v>13.366304993</v>
+      </c>
+      <c r="D54" s="1">
+        <v>17.256291378</v>
+      </c>
+      <c r="E54" s="1">
+        <v>216.765633974</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A55" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B55" s="1">
+        <v>47.796693512000004</v>
+      </c>
+      <c r="C55" s="1">
+        <v>55.804736673000001</v>
+      </c>
+      <c r="D55" s="1">
+        <v>95.351701970000008</v>
+      </c>
+      <c r="E55" s="1">
+        <v>273.05862016700002</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A56" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B56" s="1">
+        <v>2.055429266</v>
+      </c>
+      <c r="C56" s="1">
+        <v>5.064208109</v>
+      </c>
+      <c r="D56" s="1">
+        <v>2.9308434559999998</v>
+      </c>
+      <c r="E56" s="1">
+        <v>45.128739414999998</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A57" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B57" s="1">
+        <v>27.577334070000003</v>
+      </c>
+      <c r="C57" s="1">
+        <v>26.667295937000002</v>
+      </c>
+      <c r="D57" s="1">
+        <v>150.674753025</v>
+      </c>
+      <c r="E57" s="1">
+        <v>2023.5268985509999</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A58" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B58" s="1">
+        <v>108.937332959</v>
+      </c>
+      <c r="C58" s="1">
+        <v>281.63123587899997</v>
+      </c>
+      <c r="D58" s="1">
+        <v>116.933037171</v>
+      </c>
+      <c r="E58" s="1">
+        <v>582.98491872900001</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A59" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B59" s="1">
+        <v>763.944087986</v>
+      </c>
+      <c r="C59" s="1">
+        <v>1225.572736799</v>
+      </c>
+      <c r="D59" s="1">
+        <v>1818.471999824</v>
+      </c>
+      <c r="E59" s="1">
+        <v>21226.835622544</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:E14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B23" sqref="B23"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="72.28515625" customWidth="1"/>
+    <col min="2" max="2" width="57.28515625" customWidth="1"/>
+    <col min="3" max="3" width="37.5703125" customWidth="1"/>
+    <col min="4" max="4" width="39.28515625" customWidth="1"/>
+    <col min="5" max="5" width="19.42578125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B2" s="1">
+        <v>529.12564728500001</v>
+      </c>
+      <c r="C2" s="1">
+        <v>785.09505578599999</v>
+      </c>
+      <c r="D2" s="1">
+        <v>1177.6376647770001</v>
+      </c>
+      <c r="E2" s="1">
+        <v>1595.3699603810001</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B3" s="1">
+        <v>571.91751151899996</v>
+      </c>
+      <c r="C3" s="1">
+        <v>867.2213491</v>
+      </c>
+      <c r="D3" s="1">
+        <v>1454.807307733</v>
+      </c>
+      <c r="E3" s="1">
+        <v>1932.6077192830001</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="B4" s="1">
+        <v>447.32129380200001</v>
+      </c>
+      <c r="C4" s="1">
+        <v>841.26586041799999</v>
+      </c>
+      <c r="D4" s="1">
+        <v>925.17951880500004</v>
+      </c>
+      <c r="E4" s="1">
+        <v>1329.6711835190001</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="B5" s="1">
+        <v>258.75038965099998</v>
+      </c>
+      <c r="C5" s="1">
+        <v>536.67456067500007</v>
+      </c>
+      <c r="D5" s="1">
+        <v>663.711783631</v>
+      </c>
+      <c r="E5" s="1">
+        <v>920.09908799100003</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="B6" s="1">
+        <v>318.911082153</v>
+      </c>
+      <c r="C6" s="1">
+        <v>669.78723433799996</v>
+      </c>
+      <c r="D6" s="1">
+        <v>884.72906188000002</v>
+      </c>
+      <c r="E6" s="1">
+        <v>1140.177153844</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B7" s="1">
+        <v>356.73819446599998</v>
+      </c>
+      <c r="C7" s="1">
+        <v>675.20682584100007</v>
+      </c>
+      <c r="D7" s="1">
+        <v>760.94665561199997</v>
+      </c>
+      <c r="E7" s="1">
+        <v>1038.8647438769999</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="B8" s="1">
+        <v>194.57469130600001</v>
+      </c>
+      <c r="C8" s="1">
+        <v>388.26565635100002</v>
+      </c>
+      <c r="D8" s="1">
+        <v>449.745245732</v>
+      </c>
+      <c r="E8" s="1">
+        <v>649.12183304899997</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="B9" s="1">
+        <v>338.57182358199998</v>
+      </c>
+      <c r="C9" s="1">
+        <v>714.59838245200001</v>
+      </c>
+      <c r="D9" s="1">
+        <v>541.744213661</v>
+      </c>
+      <c r="E9" s="1">
+        <v>856.127266104</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="B10" s="1">
+        <v>171.92780933500001</v>
+      </c>
+      <c r="C10" s="1">
+        <v>299.88868616399998</v>
+      </c>
+      <c r="D10" s="1">
+        <v>211.32306523599999</v>
+      </c>
+      <c r="E10" s="1">
+        <v>348.27677779999999</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B11" s="1">
+        <v>66.918917941000004</v>
+      </c>
+      <c r="C11" s="1">
+        <v>292.97565031700003</v>
+      </c>
+      <c r="D11" s="1">
+        <v>406.13937428399998</v>
+      </c>
+      <c r="E11" s="1">
+        <v>480.59217655500004</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="B12" s="1">
+        <v>103.02405685400001</v>
+      </c>
+      <c r="C12" s="1">
+        <v>192.97328350699999</v>
+      </c>
+      <c r="D12" s="1">
+        <v>323.77698668099998</v>
+      </c>
+      <c r="E12" s="1">
+        <v>369.28649744400002</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="B13" s="1">
+        <v>159.16901049500001</v>
+      </c>
+      <c r="C13" s="1">
+        <v>394.88712600000002</v>
+      </c>
+      <c r="D13" s="1">
+        <v>521.88011819300004</v>
+      </c>
+      <c r="E13" s="1">
+        <v>612.54239528200003</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B14" s="1">
+        <v>763.944087986</v>
+      </c>
+      <c r="C14" s="1">
+        <v>1225.572736799</v>
+      </c>
+      <c r="D14" s="1">
+        <v>1818.471999824</v>
+      </c>
+      <c r="E14" s="1">
+        <v>21226.835622544</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:J59"/>
+  <sheetViews>
+    <sheetView tabSelected="1" topLeftCell="B1" workbookViewId="0">
+      <selection activeCell="I13" sqref="I13"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="64.5703125" customWidth="1"/>
+    <col min="2" max="2" width="24" customWidth="1"/>
+    <col min="3" max="3" width="26" customWidth="1"/>
+    <col min="4" max="4" width="33.85546875" customWidth="1"/>
+    <col min="5" max="5" width="35.85546875" customWidth="1"/>
+    <col min="6" max="6" width="33.28515625" customWidth="1"/>
+    <col min="7" max="7" width="28.5703125" customWidth="1"/>
+    <col min="8" max="8" width="26.42578125" customWidth="1"/>
+    <col min="9" max="9" width="27.140625" customWidth="1"/>
+    <col min="10" max="10" width="19.42578125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
+      <c r="J2" s="1"/>
+    </row>
+    <row r="3" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="1">
+        <v>50.174898227</v>
+      </c>
+      <c r="C3" s="1">
+        <v>84.478759500999999</v>
+      </c>
+      <c r="D3" s="1">
+        <v>42.52987538</v>
+      </c>
+      <c r="E3" s="1">
+        <v>121.573073558</v>
+      </c>
+      <c r="F3" s="1">
+        <v>5.0783509960000002</v>
+      </c>
+      <c r="G3" s="1">
+        <v>32.995318654999998</v>
+      </c>
+      <c r="H3" s="1">
+        <v>3</v>
+      </c>
+      <c r="I3" s="1">
+        <v>28.161681828999999</v>
+      </c>
+      <c r="J3" s="1">
+        <v>3116.0551657310002</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" s="1"/>
+      <c r="C4" s="1"/>
+      <c r="D4" s="1"/>
+      <c r="E4" s="1"/>
+      <c r="F4" s="1"/>
+      <c r="G4" s="1"/>
+      <c r="H4" s="1"/>
+      <c r="I4" s="1"/>
+      <c r="J4" s="1"/>
+    </row>
+    <row r="5" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" s="1">
+        <v>9.6546997460000004</v>
+      </c>
+      <c r="C5" s="1">
+        <v>4.9792640940000004</v>
+      </c>
+      <c r="D5" s="1">
+        <v>37.52987538</v>
+      </c>
+      <c r="E5" s="1">
+        <v>12.477746424999999</v>
+      </c>
+      <c r="F5" s="1">
+        <v>0</v>
+      </c>
+      <c r="G5" s="1">
+        <v>10.664932826999999</v>
+      </c>
+      <c r="H5" s="1">
+        <v>0</v>
+      </c>
+      <c r="I5" s="1">
+        <v>4.1701636510000002</v>
+      </c>
+      <c r="J5" s="1">
+        <v>411.033043378</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" s="1">
+        <v>2.4041678420000001</v>
+      </c>
+      <c r="C6" s="1">
+        <v>2.1488056860000002</v>
+      </c>
+      <c r="D6" s="1">
+        <v>0</v>
+      </c>
+      <c r="E6" s="1">
+        <v>4.2697670990000001</v>
+      </c>
+      <c r="F6" s="1">
+        <v>0</v>
+      </c>
+      <c r="G6" s="1">
+        <v>0.12860475599999999</v>
+      </c>
+      <c r="H6" s="1">
+        <v>0</v>
+      </c>
+      <c r="I6" s="1">
+        <v>0.97469612100000003</v>
+      </c>
+      <c r="J6" s="1">
+        <v>457.71959557899999</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" s="1">
+        <v>0</v>
+      </c>
+      <c r="C7" s="1">
+        <v>3.8970333789999998</v>
+      </c>
+      <c r="D7" s="1">
+        <v>0</v>
+      </c>
+      <c r="E7" s="1">
+        <v>1.1785211609999999</v>
+      </c>
+      <c r="F7" s="1">
+        <v>0</v>
+      </c>
+      <c r="G7" s="1">
+        <v>0</v>
+      </c>
+      <c r="H7" s="1">
+        <v>0</v>
+      </c>
+      <c r="I7" s="1">
+        <v>2.4081928480000001</v>
+      </c>
+      <c r="J7" s="1">
+        <v>205.79028764899999</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="1">
+        <v>7.1399882870000004</v>
+      </c>
+      <c r="C8" s="1">
+        <v>5.4982609350000002</v>
+      </c>
+      <c r="D8" s="1">
+        <v>0</v>
+      </c>
+      <c r="E8" s="1">
+        <v>4.0727939549999999</v>
+      </c>
+      <c r="F8" s="1">
+        <v>0</v>
+      </c>
+      <c r="G8" s="1">
+        <v>6.1913575969999997</v>
+      </c>
+      <c r="H8" s="1">
+        <v>1</v>
+      </c>
+      <c r="I8" s="1">
+        <v>1.9863817259999998</v>
+      </c>
+      <c r="J8" s="1">
+        <v>91.019936346999998</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" s="1">
+        <v>3</v>
+      </c>
+      <c r="C9" s="1">
+        <v>2</v>
+      </c>
+      <c r="D9" s="1">
+        <v>2</v>
+      </c>
+      <c r="E9" s="1">
+        <v>6.2647307770000005</v>
+      </c>
+      <c r="F9" s="1">
+        <v>1</v>
+      </c>
+      <c r="G9" s="1">
+        <v>6.3359336239999999</v>
+      </c>
+      <c r="H9" s="1">
+        <v>2</v>
+      </c>
+      <c r="I9" s="1">
+        <v>2</v>
+      </c>
+      <c r="J9" s="1">
+        <v>44.785259091999997</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B10" s="1">
+        <v>1.140891994</v>
+      </c>
+      <c r="C10" s="1">
+        <v>1</v>
+      </c>
+      <c r="D10" s="1">
+        <v>0</v>
+      </c>
+      <c r="E10" s="1">
+        <v>14.052436757000001</v>
+      </c>
+      <c r="F10" s="1">
+        <v>0</v>
+      </c>
+      <c r="G10" s="1">
+        <v>1.2817058610000001</v>
+      </c>
+      <c r="H10" s="1">
+        <v>0</v>
+      </c>
+      <c r="I10" s="1">
+        <v>0</v>
+      </c>
+      <c r="J10" s="1">
+        <v>163.46499888</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B11" s="1">
+        <v>2.741922196</v>
+      </c>
+      <c r="C11" s="1">
+        <v>2.498116247</v>
+      </c>
+      <c r="D11" s="1">
+        <v>0</v>
+      </c>
+      <c r="E11" s="1">
+        <v>4.7814498209999998</v>
+      </c>
+      <c r="F11" s="1">
+        <v>0</v>
+      </c>
+      <c r="G11" s="1">
+        <v>0</v>
+      </c>
+      <c r="H11" s="1">
+        <v>0</v>
+      </c>
+      <c r="I11" s="1">
+        <v>0</v>
+      </c>
+      <c r="J11" s="1">
+        <v>114.78949910599999</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" s="1">
+        <v>1.936319377</v>
+      </c>
+      <c r="C12" s="1">
+        <v>5.2571563550000002</v>
+      </c>
+      <c r="D12" s="1">
+        <v>0</v>
+      </c>
+      <c r="E12" s="1">
+        <v>5.0946839310000005</v>
+      </c>
+      <c r="F12" s="1">
+        <v>0</v>
+      </c>
+      <c r="G12" s="1">
+        <v>0</v>
+      </c>
+      <c r="H12" s="1">
+        <v>0</v>
+      </c>
+      <c r="I12" s="1">
+        <v>1.0130849200000001</v>
+      </c>
+      <c r="J12" s="1">
+        <v>648.03167860300005</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B13" s="1">
+        <v>6.8138784819999998</v>
+      </c>
+      <c r="C13" s="1">
+        <v>23.330888244</v>
+      </c>
+      <c r="D13" s="1">
+        <v>0</v>
+      </c>
+      <c r="E13" s="1">
+        <v>5.0045856799999999</v>
+      </c>
+      <c r="F13" s="1">
+        <v>0</v>
+      </c>
+      <c r="G13" s="1">
+        <v>2.1818990629999999</v>
+      </c>
+      <c r="H13" s="1">
+        <v>0</v>
+      </c>
+      <c r="I13" s="1">
+        <v>2.0327942160000001</v>
+      </c>
+      <c r="J13" s="1">
+        <v>250.74045449900001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B14" s="1">
+        <v>0.94366676699999996</v>
+      </c>
+      <c r="C14" s="1">
+        <v>0.94366676699999996</v>
+      </c>
+      <c r="D14" s="1">
+        <v>0</v>
+      </c>
+      <c r="E14" s="1">
+        <v>0</v>
+      </c>
+      <c r="F14" s="1">
+        <v>0</v>
+      </c>
+      <c r="G14" s="1">
+        <v>0</v>
+      </c>
+      <c r="H14" s="1">
+        <v>0</v>
+      </c>
+      <c r="I14" s="1">
+        <v>0</v>
+      </c>
+      <c r="J14" s="1">
+        <v>27.461886616000001</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B15" s="1">
+        <v>3.9764487580000001</v>
+      </c>
+      <c r="C15" s="1">
+        <v>2.201019241</v>
+      </c>
+      <c r="D15" s="1">
+        <v>1</v>
+      </c>
+      <c r="E15" s="1">
+        <v>10.677747538</v>
+      </c>
+      <c r="F15" s="1">
+        <v>1</v>
+      </c>
+      <c r="G15" s="1">
+        <v>2.2037614259999998</v>
+      </c>
+      <c r="H15" s="1">
+        <v>0</v>
+      </c>
+      <c r="I15" s="1">
+        <v>1.9769443959999999</v>
+      </c>
+      <c r="J15" s="1">
+        <v>79.529368317999996</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B16" s="1">
+        <v>2.00713096</v>
+      </c>
+      <c r="C16" s="1">
+        <v>3</v>
+      </c>
+      <c r="D16" s="1">
+        <v>1</v>
+      </c>
+      <c r="E16" s="1">
+        <v>7.1551664949999996</v>
+      </c>
+      <c r="F16" s="1">
+        <v>1</v>
+      </c>
+      <c r="G16" s="1">
+        <v>2.0071235009999997</v>
+      </c>
+      <c r="H16" s="1">
+        <v>0</v>
+      </c>
+      <c r="I16" s="1">
+        <v>3.1964431129999999</v>
+      </c>
+      <c r="J16" s="1">
+        <v>76.443643242999997</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B17" s="1">
+        <v>2.0265175160000002</v>
+      </c>
+      <c r="C17" s="1">
+        <v>1.9783681209999999</v>
+      </c>
+      <c r="D17" s="1">
+        <v>0</v>
+      </c>
+      <c r="E17" s="1">
+        <v>35.378715901</v>
+      </c>
+      <c r="F17" s="1">
+        <v>0</v>
+      </c>
+      <c r="G17" s="1">
+        <v>0</v>
+      </c>
+      <c r="H17" s="1">
+        <v>0</v>
+      </c>
+      <c r="I17" s="1">
+        <v>1.079976584</v>
+      </c>
+      <c r="J17" s="1">
+        <v>216.72407822</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" s="1">
+        <v>5.1161937179999999</v>
+      </c>
+      <c r="C18" s="1">
+        <v>5.1161937179999999</v>
+      </c>
+      <c r="D18" s="1">
+        <v>1</v>
+      </c>
+      <c r="E18" s="1">
+        <v>7.0875491950000002</v>
+      </c>
+      <c r="F18" s="1">
+        <v>1</v>
+      </c>
+      <c r="G18" s="1">
+        <v>1</v>
+      </c>
+      <c r="H18" s="1">
+        <v>0</v>
+      </c>
+      <c r="I18" s="1">
+        <v>5</v>
+      </c>
+      <c r="J18" s="1">
+        <v>74.642183419000006</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="1">
+        <v>0</v>
+      </c>
+      <c r="C19" s="1">
+        <v>19.882096102999999</v>
+      </c>
+      <c r="D19" s="1">
+        <v>0</v>
+      </c>
+      <c r="E19" s="1">
+        <v>3.3286036500000002</v>
+      </c>
+      <c r="F19" s="1">
+        <v>1.078350996</v>
+      </c>
+      <c r="G19" s="1">
+        <v>0</v>
+      </c>
+      <c r="H19" s="1">
+        <v>0</v>
+      </c>
+      <c r="I19" s="1">
+        <v>1.0499316700000001</v>
+      </c>
+      <c r="J19" s="1">
+        <v>96.137447432000002</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" s="1">
+        <v>1.2730725839999999</v>
+      </c>
+      <c r="C20" s="1">
+        <v>0</v>
+      </c>
+      <c r="D20" s="1">
+        <v>0</v>
+      </c>
+      <c r="E20" s="1">
+        <v>0</v>
+      </c>
+      <c r="F20" s="1">
+        <v>0</v>
+      </c>
+      <c r="G20" s="1">
+        <v>0</v>
+      </c>
+      <c r="H20" s="1">
+        <v>0</v>
+      </c>
+      <c r="I20" s="1">
+        <v>1.2730725839999999</v>
+      </c>
+      <c r="J20" s="1">
+        <v>14.683760698999999</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="1">
+        <v>0</v>
+      </c>
+      <c r="C21" s="1">
+        <v>0.74789061099999998</v>
+      </c>
+      <c r="D21" s="1">
+        <v>0</v>
+      </c>
+      <c r="E21" s="1">
+        <v>0.74857517299999998</v>
+      </c>
+      <c r="F21" s="1">
+        <v>0</v>
+      </c>
+      <c r="G21" s="1">
+        <v>1</v>
+      </c>
+      <c r="H21" s="1">
+        <v>0</v>
+      </c>
+      <c r="I21" s="1">
+        <v>0</v>
+      </c>
+      <c r="J21" s="1">
+        <v>61.498303524999997</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" s="1">
+        <v>0</v>
+      </c>
+      <c r="C22" s="1">
+        <v>0</v>
+      </c>
+      <c r="D22" s="1">
+        <v>0</v>
+      </c>
+      <c r="E22" s="1">
+        <v>0</v>
+      </c>
+      <c r="F22" s="1">
+        <v>0</v>
+      </c>
+      <c r="G22" s="1">
+        <v>0</v>
+      </c>
+      <c r="H22" s="1">
+        <v>0</v>
+      </c>
+      <c r="I22" s="1">
+        <v>0</v>
+      </c>
+      <c r="J22" s="1">
+        <v>81.559741126000006</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B23" s="1">
+        <v>0</v>
+      </c>
+      <c r="C23" s="1">
+        <v>0</v>
+      </c>
+      <c r="D23" s="1">
+        <v>0</v>
+      </c>
+      <c r="E23" s="1">
+        <v>3.268842754</v>
+      </c>
+      <c r="F23" s="1">
+        <v>0</v>
+      </c>
+      <c r="G23" s="1">
+        <v>1.121605967</v>
+      </c>
+      <c r="H23" s="1">
+        <v>1.121605967</v>
+      </c>
+      <c r="I23" s="1">
+        <v>1.147236787</v>
+      </c>
+      <c r="J23" s="1">
+        <v>3027.0213645989998</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B24" s="1">
+        <v>6.9152924929999999</v>
+      </c>
+      <c r="C24" s="1">
+        <v>9.2152257039999999</v>
+      </c>
+      <c r="D24" s="1">
+        <v>3.992644157</v>
+      </c>
+      <c r="E24" s="1">
+        <v>6.6564540299999999</v>
+      </c>
+      <c r="F24" s="1">
+        <v>1.0652078899999999</v>
+      </c>
+      <c r="G24" s="1">
+        <v>5.0133097710000003</v>
+      </c>
+      <c r="H24" s="1">
+        <v>1.0652078899999999</v>
+      </c>
+      <c r="I24" s="1">
+        <v>3.9047098839999999</v>
+      </c>
+      <c r="J24" s="1">
+        <v>4905.9442545089996</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B25" s="1">
+        <v>0</v>
+      </c>
+      <c r="C25" s="1">
+        <v>0.45174884599999998</v>
+      </c>
+      <c r="D25" s="1">
+        <v>0.45174884599999998</v>
+      </c>
+      <c r="E25" s="1">
+        <v>2.6767778820000001</v>
+      </c>
+      <c r="F25" s="1">
+        <v>0</v>
+      </c>
+      <c r="G25" s="1">
+        <v>0.45174884599999998</v>
+      </c>
+      <c r="H25" s="1">
+        <v>0</v>
+      </c>
+      <c r="I25" s="1">
+        <v>0</v>
+      </c>
+      <c r="J25" s="1">
+        <v>1292.80832207</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B26" s="1">
+        <v>0</v>
+      </c>
+      <c r="C26" s="1">
+        <v>0</v>
+      </c>
+      <c r="D26" s="1">
+        <v>0</v>
+      </c>
+      <c r="E26" s="1">
+        <v>129.97859310000001</v>
+      </c>
+      <c r="F26" s="1">
+        <v>0</v>
+      </c>
+      <c r="G26" s="1">
+        <v>1.203745525</v>
+      </c>
+      <c r="H26" s="1">
+        <v>0</v>
+      </c>
+      <c r="I26" s="1">
+        <v>0</v>
+      </c>
+      <c r="J26" s="1">
+        <v>1444.8253375680001</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B27" s="1">
+        <v>23.830003470000001</v>
+      </c>
+      <c r="C27" s="1">
+        <v>23.938951506999999</v>
+      </c>
+      <c r="D27" s="1">
+        <v>19.67701409</v>
+      </c>
+      <c r="E27" s="1">
+        <v>26.024921779</v>
+      </c>
+      <c r="F27" s="1">
+        <v>1</v>
+      </c>
+      <c r="G27" s="1">
+        <v>19.67701409</v>
+      </c>
+      <c r="H27" s="1">
+        <v>0</v>
+      </c>
+      <c r="I27" s="1">
+        <v>1.1439277320000001</v>
+      </c>
+      <c r="J27" s="1">
+        <v>1564.3696541300001</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B28" s="1">
+        <v>1.046631731</v>
+      </c>
+      <c r="C28" s="1">
+        <v>5.8498293829999994</v>
+      </c>
+      <c r="D28" s="1">
+        <v>1.990341637</v>
+      </c>
+      <c r="E28" s="1">
+        <v>2.1171910619999998</v>
+      </c>
+      <c r="F28" s="1">
+        <v>2.0466317309999997</v>
+      </c>
+      <c r="G28" s="1">
+        <v>9.1415376330000004</v>
+      </c>
+      <c r="H28" s="1">
+        <v>1.046631731</v>
+      </c>
+      <c r="I28" s="1">
+        <v>1.046631731</v>
+      </c>
+      <c r="J28" s="1">
+        <v>438.07604761499999</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A29" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B29" s="1">
+        <v>65.906836593999998</v>
+      </c>
+      <c r="C29" s="1">
+        <v>54.802598238999998</v>
+      </c>
+      <c r="D29" s="1">
+        <v>6.9175746739999999</v>
+      </c>
+      <c r="E29" s="1">
+        <v>187.50142689500001</v>
+      </c>
+      <c r="F29" s="1">
+        <v>5.8970456860000002</v>
+      </c>
+      <c r="G29" s="1">
+        <v>118.102923918</v>
+      </c>
+      <c r="H29" s="1">
+        <v>10.645096176999999</v>
+      </c>
+      <c r="I29" s="1">
+        <v>45.002038954</v>
+      </c>
+      <c r="J29" s="1">
+        <v>3744.291034286</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A30" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B30" s="1">
+        <v>13.953879923000001</v>
+      </c>
+      <c r="C30" s="1">
+        <v>11.528442254</v>
+      </c>
+      <c r="D30" s="1">
+        <v>1</v>
+      </c>
+      <c r="E30" s="1">
+        <v>14.65236084</v>
+      </c>
+      <c r="F30" s="1">
+        <v>1.1776288690000001</v>
+      </c>
+      <c r="G30" s="1">
+        <v>26.906588935000002</v>
+      </c>
+      <c r="H30" s="1">
+        <v>1.1776288690000001</v>
+      </c>
+      <c r="I30" s="1">
+        <v>8.3273290549999999</v>
+      </c>
+      <c r="J30" s="1">
+        <v>1693.4444420360001</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A31" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B31" s="1"/>
+      <c r="C31" s="1"/>
+      <c r="D31" s="1"/>
+      <c r="E31" s="1"/>
+      <c r="F31" s="1"/>
+      <c r="G31" s="1"/>
+      <c r="H31" s="1"/>
+      <c r="I31" s="1"/>
+      <c r="J31" s="1"/>
+    </row>
+    <row r="32" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A32" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B32" s="1">
+        <v>47.457758499999997</v>
+      </c>
+      <c r="C32" s="1">
+        <v>58.379357114000001</v>
+      </c>
+      <c r="D32" s="1">
+        <v>36.52987538</v>
+      </c>
+      <c r="E32" s="1">
+        <v>321.20531726800004</v>
+      </c>
+      <c r="F32" s="1">
+        <v>1.12110574</v>
+      </c>
+      <c r="G32" s="1">
+        <v>121.201908379</v>
+      </c>
+      <c r="H32" s="1">
+        <v>7.7391748630000006</v>
+      </c>
+      <c r="I32" s="1">
+        <v>34.535930368000002</v>
+      </c>
+      <c r="J32" s="1">
+        <v>16996.814342514001</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A33" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B33" s="1">
+        <v>72.316091434000001</v>
+      </c>
+      <c r="C33" s="1">
+        <v>92.537160385999996</v>
+      </c>
+      <c r="D33" s="1">
+        <v>26.626977006000001</v>
+      </c>
+      <c r="E33" s="1">
+        <v>106.705267732</v>
+      </c>
+      <c r="F33" s="1">
+        <v>5.2737407999999997</v>
+      </c>
+      <c r="G33" s="1">
+        <v>59.468343990000001</v>
+      </c>
+      <c r="H33" s="1">
+        <v>5.3169957710000002</v>
+      </c>
+      <c r="I33" s="1">
+        <v>27.303258448000001</v>
+      </c>
+      <c r="J33" s="1">
+        <v>3513.2536649230001</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A34" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B34" s="1">
+        <v>21.049935338000001</v>
+      </c>
+      <c r="C34" s="1">
+        <v>22.349037934000002</v>
+      </c>
+      <c r="D34" s="1">
+        <v>3.4023463979999997</v>
+      </c>
+      <c r="E34" s="1">
+        <v>39.608159053999998</v>
+      </c>
+      <c r="F34" s="1">
+        <v>3.8700186319999998</v>
+      </c>
+      <c r="G34" s="1">
+        <v>15.943540971000001</v>
+      </c>
+      <c r="H34" s="1">
+        <v>1</v>
+      </c>
+      <c r="I34" s="1">
+        <v>13.894367155999999</v>
+      </c>
+      <c r="J34" s="1">
+        <v>532.94605112399995</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B35" s="1">
+        <v>21.003757166</v>
+      </c>
+      <c r="C35" s="1">
+        <v>17</v>
+      </c>
+      <c r="D35" s="1">
+        <v>10</v>
+      </c>
+      <c r="E35" s="1">
+        <v>26.930897846000001</v>
+      </c>
+      <c r="F35" s="1">
+        <v>6</v>
+      </c>
+      <c r="G35" s="1">
+        <v>18</v>
+      </c>
+      <c r="H35" s="1">
+        <v>4</v>
+      </c>
+      <c r="I35" s="1">
+        <v>13</v>
+      </c>
+      <c r="J35" s="1">
+        <v>183.821563983</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A36" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B36" s="1"/>
+      <c r="C36" s="1"/>
+      <c r="D36" s="1"/>
+      <c r="E36" s="1"/>
+      <c r="F36" s="1"/>
+      <c r="G36" s="1"/>
+      <c r="H36" s="1"/>
+      <c r="I36" s="1"/>
+      <c r="J36" s="1"/>
+    </row>
+    <row r="37" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A37" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B37" s="1">
+        <v>12.000450165</v>
+      </c>
+      <c r="C37" s="1">
+        <v>45.077662752999998</v>
+      </c>
+      <c r="D37" s="1">
+        <v>0</v>
+      </c>
+      <c r="E37" s="1">
+        <v>11.737808663000001</v>
+      </c>
+      <c r="F37" s="1">
+        <v>0</v>
+      </c>
+      <c r="G37" s="1">
+        <v>4.5963162860000004</v>
+      </c>
+      <c r="H37" s="1">
+        <v>0</v>
+      </c>
+      <c r="I37" s="1">
+        <v>1.125592669</v>
+      </c>
+      <c r="J37" s="1">
+        <v>2007.8093354539999</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A38" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B38" s="1">
+        <v>45.875627715999997</v>
+      </c>
+      <c r="C38" s="1">
+        <v>39.551835032999996</v>
+      </c>
+      <c r="D38" s="1">
+        <v>1.905921314</v>
+      </c>
+      <c r="E38" s="1">
+        <v>27.702763357999999</v>
+      </c>
+      <c r="F38" s="1">
+        <v>0.90592131399999998</v>
+      </c>
+      <c r="G38" s="1">
+        <v>18.283865701</v>
+      </c>
+      <c r="H38" s="1">
+        <v>0.90592131399999998</v>
+      </c>
+      <c r="I38" s="1">
+        <v>11.331476914</v>
+      </c>
+      <c r="J38" s="1">
+        <v>4915.5233051380001</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A39" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B39" s="1">
+        <v>24.914484506000001</v>
+      </c>
+      <c r="C39" s="1">
+        <v>25.692137355</v>
+      </c>
+      <c r="D39" s="1">
+        <v>3</v>
+      </c>
+      <c r="E39" s="1">
+        <v>64.413281593000008</v>
+      </c>
+      <c r="F39" s="1">
+        <v>2.0783509960000002</v>
+      </c>
+      <c r="G39" s="1">
+        <v>16.880606235999998</v>
+      </c>
+      <c r="H39" s="1">
+        <v>0</v>
+      </c>
+      <c r="I39" s="1">
+        <v>31.066960192</v>
+      </c>
+      <c r="J39" s="1">
+        <v>4356.503808937</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A40" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B40" s="1">
+        <v>72.436678783999994</v>
+      </c>
+      <c r="C40" s="1">
+        <v>76.093115681</v>
+      </c>
+      <c r="D40" s="1">
+        <v>70.709567563999997</v>
+      </c>
+      <c r="E40" s="1">
+        <v>377.19908627000001</v>
+      </c>
+      <c r="F40" s="1">
+        <v>13.280592862000001</v>
+      </c>
+      <c r="G40" s="1">
+        <v>172.194088136</v>
+      </c>
+      <c r="H40" s="1">
+        <v>17.15024932</v>
+      </c>
+      <c r="I40" s="1">
+        <v>42.679824011999997</v>
+      </c>
+      <c r="J40" s="1">
+        <v>7748.3797536350003</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A41" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B41" s="1">
+        <v>6.6003012669999999</v>
+      </c>
+      <c r="C41" s="1">
+        <v>3.8508046120000001</v>
+      </c>
+      <c r="D41" s="1">
+        <v>0.94370990600000004</v>
+      </c>
+      <c r="E41" s="1">
+        <v>13.396702016000001</v>
+      </c>
+      <c r="F41" s="1">
+        <v>0</v>
+      </c>
+      <c r="G41" s="1">
+        <v>2.658916981</v>
+      </c>
+      <c r="H41" s="1">
+        <v>0</v>
+      </c>
+      <c r="I41" s="1">
+        <v>2.5297021849999997</v>
+      </c>
+      <c r="J41" s="1">
+        <v>2198.6194193800002</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B42" s="1"/>
+      <c r="C42" s="1"/>
+      <c r="D42" s="1"/>
+      <c r="E42" s="1"/>
+      <c r="F42" s="1"/>
+      <c r="G42" s="1"/>
+      <c r="H42" s="1"/>
+      <c r="I42" s="1"/>
+      <c r="J42" s="1"/>
+    </row>
+    <row r="43" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A43" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B43" s="1">
+        <v>10.823054003999999</v>
+      </c>
+      <c r="C43" s="1">
+        <v>9.9178943309999994</v>
+      </c>
+      <c r="D43" s="1">
+        <v>37.52987538</v>
+      </c>
+      <c r="E43" s="1">
+        <v>17.797429929</v>
+      </c>
+      <c r="F43" s="1">
+        <v>0</v>
+      </c>
+      <c r="G43" s="1">
+        <v>10.664932826999999</v>
+      </c>
+      <c r="H43" s="1">
+        <v>0</v>
+      </c>
+      <c r="I43" s="1">
+        <v>7.5530526199999999</v>
+      </c>
+      <c r="J43" s="1">
+        <v>1085.8211689950001</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A44" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B44" s="1">
+        <v>7.0549471510000004</v>
+      </c>
+      <c r="C44" s="1">
+        <v>9.8624814300000008</v>
+      </c>
+      <c r="D44" s="1">
+        <v>0</v>
+      </c>
+      <c r="E44" s="1">
+        <v>24.057175265000001</v>
+      </c>
+      <c r="F44" s="1">
+        <v>0</v>
+      </c>
+      <c r="G44" s="1">
+        <v>1.4103106169999999</v>
+      </c>
+      <c r="H44" s="1">
+        <v>0</v>
+      </c>
+      <c r="I44" s="1">
+        <v>1.0130849200000001</v>
+      </c>
+      <c r="J44" s="1">
+        <v>943.50451545399994</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A45" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B45" s="1">
+        <v>32.296897072</v>
+      </c>
+      <c r="C45" s="1">
+        <v>64.698383739999997</v>
+      </c>
+      <c r="D45" s="1">
+        <v>5</v>
+      </c>
+      <c r="E45" s="1">
+        <v>79.718468364000003</v>
+      </c>
+      <c r="F45" s="1">
+        <v>5.0783509960000002</v>
+      </c>
+      <c r="G45" s="1">
+        <v>20.920075211</v>
+      </c>
+      <c r="H45" s="1">
+        <v>3</v>
+      </c>
+      <c r="I45" s="1">
+        <v>19.595544288999999</v>
+      </c>
+      <c r="J45" s="1">
+        <v>1086.7294812820001</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A46" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B46" s="1"/>
+      <c r="C46" s="1"/>
+      <c r="D46" s="1"/>
+      <c r="E46" s="1"/>
+      <c r="F46" s="1"/>
+      <c r="G46" s="1"/>
+      <c r="H46" s="1"/>
+      <c r="I46" s="1"/>
+      <c r="J46" s="1"/>
+    </row>
+    <row r="47" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A47" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B47" s="1">
+        <v>3.0207570600000002</v>
+      </c>
+      <c r="C47" s="1">
+        <v>1.850868314</v>
+      </c>
+      <c r="D47" s="1">
+        <v>0</v>
+      </c>
+      <c r="E47" s="1">
+        <v>1.169888746</v>
+      </c>
+      <c r="F47" s="1">
+        <v>0</v>
+      </c>
+      <c r="G47" s="1">
+        <v>1.1763061749999999</v>
+      </c>
+      <c r="H47" s="1">
+        <v>0</v>
+      </c>
+      <c r="I47" s="1">
+        <v>0.907201547</v>
+      </c>
+      <c r="J47" s="1">
+        <v>63.276085047999999</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A48" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B48" s="1">
+        <v>0</v>
+      </c>
+      <c r="C48" s="1">
+        <v>0</v>
+      </c>
+      <c r="D48" s="1">
+        <v>0</v>
+      </c>
+      <c r="E48" s="1">
+        <v>1.1352045120000001</v>
+      </c>
+      <c r="F48" s="1">
+        <v>0</v>
+      </c>
+      <c r="G48" s="1">
+        <v>0</v>
+      </c>
+      <c r="H48" s="1">
+        <v>0</v>
+      </c>
+      <c r="I48" s="1">
+        <v>0</v>
+      </c>
+      <c r="J48" s="1">
+        <v>144.47151864200001</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A49" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B49" s="1">
+        <v>0</v>
+      </c>
+      <c r="C49" s="1">
+        <v>2.09172914</v>
+      </c>
+      <c r="D49" s="1">
+        <v>0</v>
+      </c>
+      <c r="E49" s="1">
+        <v>1</v>
+      </c>
+      <c r="F49" s="1">
+        <v>1</v>
+      </c>
+      <c r="G49" s="1">
+        <v>0</v>
+      </c>
+      <c r="H49" s="1">
+        <v>0</v>
+      </c>
+      <c r="I49" s="1">
+        <v>0</v>
+      </c>
+      <c r="J49" s="1">
+        <v>153.95009367999998</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A50" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B50" s="1">
+        <v>21.608403474999999</v>
+      </c>
+      <c r="C50" s="1">
+        <v>21.847222367000001</v>
+      </c>
+      <c r="D50" s="1">
+        <v>19.67701409</v>
+      </c>
+      <c r="E50" s="1">
+        <v>23.939024582999998</v>
+      </c>
+      <c r="F50" s="1">
+        <v>0</v>
+      </c>
+      <c r="G50" s="1">
+        <v>19.67701409</v>
+      </c>
+      <c r="H50" s="1">
+        <v>0</v>
+      </c>
+      <c r="I50" s="1">
+        <v>1.1439277320000001</v>
+      </c>
+      <c r="J50" s="1">
+        <v>1069.5220548350001</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A51" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B51" s="1"/>
+      <c r="C51" s="1"/>
+      <c r="D51" s="1"/>
+      <c r="E51" s="1"/>
+      <c r="F51" s="1"/>
+      <c r="G51" s="1"/>
+      <c r="H51" s="1"/>
+      <c r="I51" s="1"/>
+      <c r="J51" s="1"/>
+    </row>
+    <row r="52" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A52" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B52" s="1">
+        <v>22.685776058000002</v>
+      </c>
+      <c r="C52" s="1">
+        <v>21.847222367000001</v>
+      </c>
+      <c r="D52" s="1">
+        <v>19.67701409</v>
+      </c>
+      <c r="E52" s="1">
+        <v>23.939024582999998</v>
+      </c>
+      <c r="F52" s="1">
+        <v>0</v>
+      </c>
+      <c r="G52" s="1">
+        <v>19.67701409</v>
+      </c>
+      <c r="H52" s="1">
+        <v>0</v>
+      </c>
+      <c r="I52" s="1">
+        <v>1.1439277320000001</v>
+      </c>
+      <c r="J52" s="1">
+        <v>889.37544402699996</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A53" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B53" s="1">
+        <v>0</v>
+      </c>
+      <c r="C53" s="1">
+        <v>0</v>
+      </c>
+      <c r="D53" s="1">
+        <v>0</v>
+      </c>
+      <c r="E53" s="1">
+        <v>0</v>
+      </c>
+      <c r="F53" s="1">
+        <v>0</v>
+      </c>
+      <c r="G53" s="1">
+        <v>0</v>
+      </c>
+      <c r="H53" s="1">
+        <v>0</v>
+      </c>
+      <c r="I53" s="1">
+        <v>0</v>
+      </c>
+      <c r="J53" s="1">
+        <v>305.97800919399998</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A54" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B54" s="1">
+        <v>7.9270355439999998</v>
+      </c>
+      <c r="C54" s="1">
+        <v>10.889490772</v>
+      </c>
+      <c r="D54" s="1">
+        <v>3</v>
+      </c>
+      <c r="E54" s="1">
+        <v>8.8716118460000004</v>
+      </c>
+      <c r="F54" s="1">
+        <v>1</v>
+      </c>
+      <c r="G54" s="1">
+        <v>5.2118785449999994</v>
+      </c>
+      <c r="H54" s="1">
+        <v>1</v>
+      </c>
+      <c r="I54" s="1">
+        <v>5.3076601419999996</v>
+      </c>
+      <c r="J54" s="1">
+        <v>216.765633974</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A55" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B55" s="1">
+        <v>0.99759819999999999</v>
+      </c>
+      <c r="C55" s="1">
+        <v>0</v>
+      </c>
+      <c r="D55" s="1">
+        <v>0</v>
+      </c>
+      <c r="E55" s="1">
+        <v>54.867489461000005</v>
+      </c>
+      <c r="F55" s="1">
+        <v>0</v>
+      </c>
+      <c r="G55" s="1">
+        <v>45.408236469999999</v>
+      </c>
+      <c r="H55" s="1">
+        <v>0</v>
+      </c>
+      <c r="I55" s="1">
+        <v>0</v>
+      </c>
+      <c r="J55" s="1">
+        <v>273.05862016700002</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A56" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B56" s="1">
+        <v>2.0609996700000002</v>
+      </c>
+      <c r="C56" s="1">
+        <v>1.9505975520000001</v>
+      </c>
+      <c r="D56" s="1">
+        <v>1.9505975520000001</v>
+      </c>
+      <c r="E56" s="1">
+        <v>1.9505975520000001</v>
+      </c>
+      <c r="F56" s="1">
+        <v>1.9505975520000001</v>
+      </c>
+      <c r="G56" s="1">
+        <v>2.0609996700000002</v>
+      </c>
+      <c r="H56" s="1">
+        <v>1</v>
+      </c>
+      <c r="I56" s="1">
+        <v>1.9505975520000001</v>
+      </c>
+      <c r="J56" s="1">
+        <v>45.128739414999998</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A57" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B57" s="1">
+        <v>3.1159881450000002</v>
+      </c>
+      <c r="C57" s="1">
+        <v>2.9593014449999999</v>
+      </c>
+      <c r="D57" s="1">
+        <v>0</v>
+      </c>
+      <c r="E57" s="1">
+        <v>19.510936310000002</v>
+      </c>
+      <c r="F57" s="1">
+        <v>1</v>
+      </c>
+      <c r="G57" s="1">
+        <v>0.86757230500000004</v>
+      </c>
+      <c r="H57" s="1">
+        <v>0</v>
+      </c>
+      <c r="I57" s="1">
+        <v>0.86757230500000004</v>
+      </c>
+      <c r="J57" s="1">
+        <v>2023.5268985509999</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A58" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B58" s="1">
+        <v>47.761464412999999</v>
+      </c>
+      <c r="C58" s="1">
+        <v>38.017824379000004</v>
+      </c>
+      <c r="D58" s="1">
+        <v>0.90592131399999998</v>
+      </c>
+      <c r="E58" s="1">
+        <v>98.223678495000001</v>
+      </c>
+      <c r="F58" s="1">
+        <v>2.9464481339999997</v>
+      </c>
+      <c r="G58" s="1">
+        <v>62.538179505000002</v>
+      </c>
+      <c r="H58" s="1">
+        <v>8.6450961769999992</v>
+      </c>
+      <c r="I58" s="1">
+        <v>33.891566162000004</v>
+      </c>
+      <c r="J58" s="1">
+        <v>582.98491872900001</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A59" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B59" s="1">
+        <v>161.82754243799999</v>
+      </c>
+      <c r="C59" s="1">
+        <v>190.26555543399999</v>
+      </c>
+      <c r="D59" s="1">
+        <v>76.559198784000003</v>
+      </c>
+      <c r="E59" s="1">
+        <v>494.44964190000002</v>
+      </c>
+      <c r="F59" s="1">
+        <v>16.264865172</v>
+      </c>
+      <c r="G59" s="1">
+        <v>214.61379334</v>
+      </c>
+      <c r="H59" s="1">
+        <v>18.056170634000001</v>
+      </c>
+      <c r="I59" s="1">
+        <v>88.733555972000005</v>
+      </c>
+      <c r="J59" s="1">
+        <v>21226.835622544</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:T640"/>
+  <dimension ref="A1:C59"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="F14" sqref="F14"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="28.7265625" style="5" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="53" max="16384" width="8.7265625" style="5"/>
+    <col min="1" max="1" width="20.5703125" customWidth="1"/>
+    <col min="2" max="2" width="35.140625" customWidth="1"/>
+    <col min="3" max="3" width="29.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="58.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="B1" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+    </row>
+    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="1">
+        <v>965</v>
+      </c>
+      <c r="C3" s="1">
+        <v>3116.0551657310002</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" s="1"/>
+      <c r="C4" s="1"/>
+    </row>
+    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" s="1">
+        <v>110</v>
+      </c>
+      <c r="C5" s="1">
+        <v>411.033043378</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" s="1">
+        <v>118</v>
+      </c>
+      <c r="C6" s="1">
+        <v>457.71959557899999</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" s="1">
+        <v>87</v>
+      </c>
+      <c r="C7" s="1">
+        <v>205.79028764899999</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="1">
+        <v>46</v>
+      </c>
+      <c r="C8" s="1">
+        <v>91.019936346999998</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" s="1">
+        <v>34</v>
+      </c>
+      <c r="C9" s="1">
+        <v>44.785259091999997</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B10" s="1">
+        <v>42</v>
+      </c>
+      <c r="C10" s="1">
+        <v>163.46499888</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B11" s="1">
+        <v>56</v>
+      </c>
+      <c r="C11" s="1">
+        <v>114.78949910599999</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" s="1">
+        <v>84</v>
+      </c>
+      <c r="C12" s="1">
+        <v>648.03167860300005</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B13" s="1">
+        <v>79</v>
+      </c>
+      <c r="C13" s="1">
+        <v>250.74045449900001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B14" s="1">
+        <v>23</v>
+      </c>
+      <c r="C14" s="1">
+        <v>27.461886616000001</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B15" s="1">
+        <v>48</v>
+      </c>
+      <c r="C15" s="1">
+        <v>79.529368317999996</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B16" s="1">
+        <v>46</v>
+      </c>
+      <c r="C16" s="1">
+        <v>76.443643242999997</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B17" s="1">
+        <v>37</v>
+      </c>
+      <c r="C17" s="1">
+        <v>216.72407822</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" s="1">
+        <v>35</v>
+      </c>
+      <c r="C18" s="1">
+        <v>74.642183419000006</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="1">
+        <v>31</v>
+      </c>
+      <c r="C19" s="1">
+        <v>96.137447432000002</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" s="1">
+        <v>8</v>
+      </c>
+      <c r="C20" s="1">
+        <v>14.683760698999999</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="1">
+        <v>17</v>
+      </c>
+      <c r="C21" s="1">
+        <v>61.498303524999997</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" s="1">
+        <v>64</v>
+      </c>
+      <c r="C22" s="1">
+        <v>81.559741126000006</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B23" s="1">
+        <v>185</v>
+      </c>
+      <c r="C23" s="1">
+        <v>3027.0213645989998</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B24" s="1">
+        <v>500</v>
+      </c>
+      <c r="C24" s="1">
+        <v>4905.9442545089996</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B25" s="1">
+        <v>218</v>
+      </c>
+      <c r="C25" s="1">
+        <v>1292.80832207</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B26" s="1">
+        <v>64</v>
+      </c>
+      <c r="C26" s="1">
+        <v>1444.8253375680001</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B27" s="1">
+        <v>213</v>
+      </c>
+      <c r="C27" s="1">
+        <v>1564.3696541300001</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B28" s="1">
+        <v>137</v>
+      </c>
+      <c r="C28" s="1">
+        <v>438.07604761499999</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A29" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B29" s="1">
+        <v>704</v>
+      </c>
+      <c r="C29" s="1">
+        <v>3744.291034286</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A30" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B30" s="1">
+        <v>378</v>
+      </c>
+      <c r="C30" s="1">
+        <v>1693.4444420360001</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A31" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B31" s="1"/>
+      <c r="C31" s="1"/>
+    </row>
+    <row r="32" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A32" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B32" s="1">
+        <v>936</v>
+      </c>
+      <c r="C32" s="1">
+        <v>16996.814342514001</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A33" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B33" s="1">
+        <v>1686</v>
+      </c>
+      <c r="C33" s="1">
+        <v>3513.2536649230001</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A34" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B34" s="1">
+        <v>559</v>
+      </c>
+      <c r="C34" s="1">
+        <v>532.94605112399995</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B35" s="1">
+        <v>183</v>
+      </c>
+      <c r="C35" s="1">
+        <v>183.821563983</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A36" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B36" s="1"/>
+      <c r="C36" s="1"/>
+    </row>
+    <row r="37" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A37" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B37" s="1">
+        <v>281</v>
+      </c>
+      <c r="C37" s="1">
+        <v>2007.8093354539999</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A38" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B38" s="1">
+        <v>730</v>
+      </c>
+      <c r="C38" s="1">
+        <v>4915.5233051380001</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A39" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B39" s="1">
+        <v>653</v>
+      </c>
+      <c r="C39" s="1">
+        <v>4356.503808937</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A40" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B40" s="1">
+        <v>1453</v>
+      </c>
+      <c r="C40" s="1">
+        <v>7748.3797536350003</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A41" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B41" s="1">
+        <v>247</v>
+      </c>
+      <c r="C41" s="1">
+        <v>2198.6194193800002</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B42" s="1"/>
+      <c r="C42" s="1"/>
+    </row>
+    <row r="43" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A43" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B43" s="1">
+        <v>326</v>
+      </c>
+      <c r="C43" s="1">
+        <v>1085.8211689950001</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A44" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B44" s="1">
+        <v>200</v>
+      </c>
+      <c r="C44" s="1">
+        <v>943.50451545399994</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A45" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B45" s="1">
+        <v>439</v>
+      </c>
+      <c r="C45" s="1">
+        <v>1086.7294812820001</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A46" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B46" s="1"/>
+      <c r="C46" s="1"/>
+    </row>
+    <row r="47" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A47" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B47" s="1">
+        <v>52</v>
+      </c>
+      <c r="C47" s="1">
+        <v>63.276085047999999</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A48" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B48" s="1">
+        <v>35</v>
+      </c>
+      <c r="C48" s="1">
+        <v>144.47151864200001</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A49" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B49" s="1">
+        <v>17</v>
+      </c>
+      <c r="C49" s="1">
+        <v>153.95009367999998</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A50" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B50" s="1">
+        <v>137</v>
+      </c>
+      <c r="C50" s="1">
+        <v>1069.5220548350001</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A51" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B51" s="1"/>
+      <c r="C51" s="1"/>
+    </row>
+    <row r="52" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A52" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B52" s="1">
+        <v>128</v>
+      </c>
+      <c r="C52" s="1">
+        <v>889.37544402699996</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A53" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B53" s="1">
+        <v>29</v>
+      </c>
+      <c r="C53" s="1">
+        <v>305.97800919399998</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A54" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B54" s="1">
+        <v>47</v>
+      </c>
+      <c r="C54" s="1">
+        <v>216.765633974</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A55" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B55" s="1">
+        <v>26</v>
+      </c>
+      <c r="C55" s="1">
+        <v>273.05862016700002</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A56" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B56" s="1">
+        <v>10</v>
+      </c>
+      <c r="C56" s="1">
+        <v>45.128739414999998</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A57" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B57" s="1">
+        <v>199</v>
+      </c>
+      <c r="C57" s="1">
+        <v>2023.5268985509999</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A58" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B58" s="1">
+        <v>340</v>
+      </c>
+      <c r="C58" s="1">
+        <v>582.98491872900001</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A59" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B59" s="1">
+        <v>3364</v>
+      </c>
+      <c r="C59" s="1">
+        <v>21226.835622544</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:S59"/>
+  <sheetViews>
+    <sheetView topLeftCell="A7" workbookViewId="0">
+      <selection activeCell="D35" sqref="D35"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="26.85546875" customWidth="1"/>
+    <col min="2" max="2" width="30.28515625" customWidth="1"/>
+    <col min="3" max="3" width="35.140625" customWidth="1"/>
+    <col min="4" max="4" width="25.5703125" customWidth="1"/>
+    <col min="5" max="5" width="31.5703125" customWidth="1"/>
+    <col min="6" max="6" width="36.42578125" customWidth="1"/>
+    <col min="7" max="7" width="26.42578125" customWidth="1"/>
+    <col min="8" max="8" width="27" customWidth="1"/>
+    <col min="9" max="9" width="31.85546875" customWidth="1"/>
+    <col min="10" max="10" width="18" customWidth="1"/>
+    <col min="11" max="11" width="32.140625" customWidth="1"/>
+    <col min="12" max="12" width="37" customWidth="1"/>
+    <col min="13" max="13" width="27.42578125" customWidth="1"/>
+    <col min="14" max="14" width="33.42578125" customWidth="1"/>
+    <col min="15" max="15" width="38.28515625" customWidth="1"/>
+    <col min="16" max="16" width="28.28515625" customWidth="1"/>
+    <col min="17" max="17" width="28.85546875" customWidth="1"/>
+    <col min="18" max="18" width="33.7109375" customWidth="1"/>
+    <col min="19" max="19" width="19.85546875" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="N1" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="O1" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="P1" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="Q1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="R1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="S1" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
+      <c r="J2" s="1"/>
+      <c r="K2" s="1"/>
+      <c r="L2" s="1"/>
+      <c r="M2" s="1"/>
+      <c r="N2" s="1"/>
+      <c r="O2" s="1"/>
+      <c r="P2" s="1"/>
+      <c r="Q2" s="1"/>
+      <c r="R2" s="1"/>
+      <c r="S2" s="1"/>
+    </row>
+    <row r="3" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="1">
+        <v>13200.6499568119</v>
+      </c>
+      <c r="C3" s="1">
+        <v>7052.4197229245001</v>
+      </c>
+      <c r="D3" s="1">
+        <v>20253.0696797364</v>
+      </c>
+      <c r="E3" s="1">
+        <v>1017.6134962541</v>
+      </c>
+      <c r="F3" s="1">
+        <v>299.44646349530001</v>
+      </c>
+      <c r="G3" s="1">
+        <v>1317.0599597493999</v>
+      </c>
+      <c r="H3" s="1">
+        <v>14218.263453066</v>
+      </c>
+      <c r="I3" s="1">
+        <v>7351.8661864198002</v>
+      </c>
+      <c r="J3" s="1">
+        <v>21570.1296394858</v>
+      </c>
+      <c r="K3" s="1">
+        <v>14807.007155534</v>
+      </c>
+      <c r="L3" s="1">
+        <v>8239.9116222419998</v>
+      </c>
+      <c r="M3" s="1">
+        <v>23046.918777776002</v>
+      </c>
+      <c r="N3" s="1">
+        <v>1236.173860487</v>
+      </c>
+      <c r="O3" s="1">
+        <v>359.328855019</v>
+      </c>
+      <c r="P3" s="1">
+        <v>1595.502715506</v>
+      </c>
+      <c r="Q3" s="1">
+        <v>16043.181016021001</v>
+      </c>
+      <c r="R3" s="1">
+        <v>8599.2404772610007</v>
+      </c>
+      <c r="S3" s="1">
+        <v>24642.421493282</v>
+      </c>
+    </row>
+    <row r="4" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" s="1"/>
+      <c r="C4" s="1"/>
+      <c r="D4" s="1"/>
+      <c r="E4" s="1"/>
+      <c r="F4" s="1"/>
+      <c r="G4" s="1"/>
+      <c r="H4" s="1"/>
+      <c r="I4" s="1"/>
+      <c r="J4" s="1"/>
+      <c r="K4" s="1"/>
+      <c r="L4" s="1"/>
+      <c r="M4" s="1"/>
+      <c r="N4" s="1"/>
+      <c r="O4" s="1"/>
+      <c r="P4" s="1"/>
+      <c r="Q4" s="1"/>
+      <c r="R4" s="1"/>
+      <c r="S4" s="1"/>
+    </row>
+    <row r="5" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" s="1">
+        <v>339.16896894500002</v>
+      </c>
+      <c r="C5" s="1">
+        <v>177.94318018729999</v>
+      </c>
+      <c r="D5" s="1">
+        <v>517.11214913230003</v>
+      </c>
+      <c r="E5" s="1">
+        <v>76.631454970899995</v>
+      </c>
+      <c r="F5" s="1">
+        <v>2.2454530319999999</v>
+      </c>
+      <c r="G5" s="1">
+        <v>78.876908002899995</v>
+      </c>
+      <c r="H5" s="1">
+        <v>415.80042391590001</v>
+      </c>
+      <c r="I5" s="1">
+        <v>180.18863321929999</v>
+      </c>
+      <c r="J5" s="1">
+        <v>595.98905713520003</v>
+      </c>
+      <c r="K5" s="1">
+        <v>542.99954563999995</v>
+      </c>
+      <c r="L5" s="1">
+        <v>296.31514971899998</v>
+      </c>
+      <c r="M5" s="1">
+        <v>839.31469535899998</v>
+      </c>
+      <c r="N5" s="1">
+        <v>95.098536245999995</v>
+      </c>
+      <c r="O5" s="1">
+        <v>8.1275959590000006</v>
+      </c>
+      <c r="P5" s="1">
+        <v>103.226132205</v>
+      </c>
+      <c r="Q5" s="1">
+        <v>638.09808188600005</v>
+      </c>
+      <c r="R5" s="1">
+        <v>304.44274567799999</v>
+      </c>
+      <c r="S5" s="1">
+        <v>942.54082756399998</v>
+      </c>
+    </row>
+    <row r="6" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" s="1">
+        <v>1528.8333701388999</v>
+      </c>
+      <c r="C6" s="1">
+        <v>102.65102158159999</v>
+      </c>
+      <c r="D6" s="1">
+        <v>1631.4843917205001</v>
+      </c>
+      <c r="E6" s="1">
+        <v>120.6746815047</v>
+      </c>
+      <c r="F6" s="1">
+        <v>11.6255854192</v>
+      </c>
+      <c r="G6" s="1">
+        <v>132.30026692390001</v>
+      </c>
+      <c r="H6" s="1">
+        <v>1649.5080516436001</v>
+      </c>
+      <c r="I6" s="1">
+        <v>114.2766070008</v>
+      </c>
+      <c r="J6" s="1">
+        <v>1763.7846586444</v>
+      </c>
+      <c r="K6" s="1">
+        <v>1565.7513752340001</v>
+      </c>
+      <c r="L6" s="1">
+        <v>155.085427667</v>
+      </c>
+      <c r="M6" s="1">
+        <v>1720.8368029010001</v>
+      </c>
+      <c r="N6" s="1">
+        <v>120.96383072099999</v>
+      </c>
+      <c r="O6" s="1">
+        <v>15.146448746999999</v>
+      </c>
+      <c r="P6" s="1">
+        <v>136.11027946799999</v>
+      </c>
+      <c r="Q6" s="1">
+        <v>1686.7152059550001</v>
+      </c>
+      <c r="R6" s="1">
+        <v>170.231876414</v>
+      </c>
+      <c r="S6" s="1">
+        <v>1856.9470823690001</v>
+      </c>
+    </row>
+    <row r="7" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" s="1">
+        <v>21.962445796099999</v>
+      </c>
+      <c r="C7" s="1">
+        <v>23.706999227899999</v>
+      </c>
+      <c r="D7" s="1">
+        <v>45.669445023999998</v>
+      </c>
+      <c r="E7" s="1">
+        <v>0</v>
+      </c>
+      <c r="F7" s="1">
+        <v>0</v>
+      </c>
+      <c r="G7" s="1">
+        <v>0</v>
+      </c>
+      <c r="H7" s="1">
+        <v>21.962445796099999</v>
+      </c>
+      <c r="I7" s="1">
+        <v>23.706999227899999</v>
+      </c>
+      <c r="J7" s="1">
+        <v>45.669445023999998</v>
+      </c>
+      <c r="K7" s="1">
+        <v>35.66902554</v>
+      </c>
+      <c r="L7" s="1">
+        <v>48.088699550999998</v>
+      </c>
+      <c r="M7" s="1">
+        <v>83.757725090999998</v>
+      </c>
+      <c r="N7" s="1">
+        <v>0</v>
+      </c>
+      <c r="O7" s="1">
+        <v>0</v>
+      </c>
+      <c r="P7" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q7" s="1">
+        <v>35.66902554</v>
+      </c>
+      <c r="R7" s="1">
+        <v>48.088699550999998</v>
+      </c>
+      <c r="S7" s="1">
+        <v>83.757725090999998</v>
+      </c>
+    </row>
+    <row r="8" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="1">
+        <v>999.6031009541</v>
+      </c>
+      <c r="C8" s="1">
+        <v>546.7419927505</v>
+      </c>
+      <c r="D8" s="1">
+        <v>1546.3450937046</v>
+      </c>
+      <c r="E8" s="1">
+        <v>28.219480861499999</v>
+      </c>
+      <c r="F8" s="1">
+        <v>1.046995994</v>
+      </c>
+      <c r="G8" s="1">
+        <v>29.266476855499999</v>
+      </c>
+      <c r="H8" s="1">
+        <v>1027.8225818156</v>
+      </c>
+      <c r="I8" s="1">
+        <v>547.78898874449999</v>
+      </c>
+      <c r="J8" s="1">
+        <v>1575.6115705601001</v>
+      </c>
+      <c r="K8" s="1">
+        <v>1069.7525373129999</v>
+      </c>
+      <c r="L8" s="1">
+        <v>624.46240080699999</v>
+      </c>
+      <c r="M8" s="1">
+        <v>1694.2149381199999</v>
+      </c>
+      <c r="N8" s="1">
+        <v>29.249068701999999</v>
+      </c>
+      <c r="O8" s="1">
+        <v>4.0667554399999997</v>
+      </c>
+      <c r="P8" s="1">
+        <v>33.315824141999997</v>
+      </c>
+      <c r="Q8" s="1">
+        <v>1099.0016060150001</v>
+      </c>
+      <c r="R8" s="1">
+        <v>628.52915624699995</v>
+      </c>
+      <c r="S8" s="1">
+        <v>1727.5307622620001</v>
+      </c>
+    </row>
+    <row r="9" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" s="1">
+        <v>2710.3433314344002</v>
+      </c>
+      <c r="C9" s="1">
+        <v>4168.0055103382001</v>
+      </c>
+      <c r="D9" s="1">
+        <v>6878.3488417726003</v>
+      </c>
+      <c r="E9" s="1">
+        <v>110.8852604965</v>
+      </c>
+      <c r="F9" s="1">
+        <v>252.66015992999999</v>
+      </c>
+      <c r="G9" s="1">
+        <v>363.54542042650002</v>
+      </c>
+      <c r="H9" s="1">
+        <v>2821.2285919309002</v>
+      </c>
+      <c r="I9" s="1">
+        <v>4420.6656702682003</v>
+      </c>
+      <c r="J9" s="1">
+        <v>7241.8942621991</v>
+      </c>
+      <c r="K9" s="1">
+        <v>2758.3691939089999</v>
+      </c>
+      <c r="L9" s="1">
+        <v>4371.9931920059998</v>
+      </c>
+      <c r="M9" s="1">
+        <v>7130.3623859150002</v>
+      </c>
+      <c r="N9" s="1">
+        <v>116.99837909599999</v>
+      </c>
+      <c r="O9" s="1">
+        <v>252.66015992999999</v>
+      </c>
+      <c r="P9" s="1">
+        <v>369.65853902599997</v>
+      </c>
+      <c r="Q9" s="1">
+        <v>2875.3675730049999</v>
+      </c>
+      <c r="R9" s="1">
+        <v>4624.653351936</v>
+      </c>
+      <c r="S9" s="1">
+        <v>7500.020924941</v>
+      </c>
+    </row>
+    <row r="10" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B10" s="1">
+        <v>79.520679156599996</v>
+      </c>
+      <c r="C10" s="1">
+        <v>41.738919656</v>
+      </c>
+      <c r="D10" s="1">
+        <v>121.2595988126</v>
+      </c>
+      <c r="E10" s="1">
+        <v>2.2817839879999999</v>
+      </c>
+      <c r="F10" s="1">
+        <v>6.8166974809999994</v>
+      </c>
+      <c r="G10" s="1">
+        <v>9.0984814689999993</v>
+      </c>
+      <c r="H10" s="1">
+        <v>81.802463144599997</v>
+      </c>
+      <c r="I10" s="1">
+        <v>48.555617136999999</v>
+      </c>
+      <c r="J10" s="1">
+        <v>130.3580802816</v>
+      </c>
+      <c r="K10" s="1">
+        <v>153.76990018000001</v>
+      </c>
+      <c r="L10" s="1">
+        <v>67.068224551</v>
+      </c>
+      <c r="M10" s="1">
+        <v>220.83812473099999</v>
+      </c>
+      <c r="N10" s="1">
+        <v>5.7044599700000003</v>
+      </c>
+      <c r="O10" s="1">
+        <v>14.774286955999999</v>
+      </c>
+      <c r="P10" s="1">
+        <v>20.478746925999999</v>
+      </c>
+      <c r="Q10" s="1">
+        <v>159.47436015</v>
+      </c>
+      <c r="R10" s="1">
+        <v>81.842511506999998</v>
+      </c>
+      <c r="S10" s="1">
+        <v>241.31687165700001</v>
+      </c>
+    </row>
+    <row r="11" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B11" s="1">
+        <v>43.546800212499996</v>
+      </c>
+      <c r="C11" s="1">
+        <v>13.1702435889</v>
+      </c>
+      <c r="D11" s="1">
+        <v>56.717043801399996</v>
+      </c>
+      <c r="E11" s="1">
+        <v>2.2295124116</v>
+      </c>
+      <c r="F11" s="1">
+        <v>3.7401780174999999</v>
+      </c>
+      <c r="G11" s="1">
+        <v>5.9696904290999999</v>
+      </c>
+      <c r="H11" s="1">
+        <v>45.776312624100001</v>
+      </c>
+      <c r="I11" s="1">
+        <v>16.9104216064</v>
+      </c>
+      <c r="J11" s="1">
+        <v>62.686734230500001</v>
+      </c>
+      <c r="K11" s="1">
+        <v>85.040413203</v>
+      </c>
+      <c r="L11" s="1">
+        <v>47.875622983999996</v>
+      </c>
+      <c r="M11" s="1">
+        <v>132.916036187</v>
+      </c>
+      <c r="N11" s="1">
+        <v>3.2212392219999999</v>
+      </c>
+      <c r="O11" s="1">
+        <v>7.4803560349999998</v>
+      </c>
+      <c r="P11" s="1">
+        <v>10.701595256999999</v>
+      </c>
+      <c r="Q11" s="1">
+        <v>88.261652424999994</v>
+      </c>
+      <c r="R11" s="1">
+        <v>55.355979018999996</v>
+      </c>
+      <c r="S11" s="1">
+        <v>143.61763144400001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" s="1">
+        <v>76.070744651300004</v>
+      </c>
+      <c r="C12" s="1">
+        <v>54.633769797600003</v>
+      </c>
+      <c r="D12" s="1">
+        <v>130.7045144489</v>
+      </c>
+      <c r="E12" s="1">
+        <v>15.883739025999999</v>
+      </c>
+      <c r="F12" s="1">
+        <v>4.7490758209999999</v>
+      </c>
+      <c r="G12" s="1">
+        <v>20.632814846999999</v>
+      </c>
+      <c r="H12" s="1">
+        <v>91.954483677300004</v>
+      </c>
+      <c r="I12" s="1">
+        <v>59.382845618600001</v>
+      </c>
+      <c r="J12" s="1">
+        <v>151.33732929589999</v>
+      </c>
+      <c r="K12" s="1">
+        <v>127.100078704</v>
+      </c>
+      <c r="L12" s="1">
+        <v>88.450688767000003</v>
+      </c>
+      <c r="M12" s="1">
+        <v>215.550767471</v>
+      </c>
+      <c r="N12" s="1">
+        <v>77.666192863999996</v>
+      </c>
+      <c r="O12" s="1">
+        <v>9.4981516419999998</v>
+      </c>
+      <c r="P12" s="1">
+        <v>87.164344506000006</v>
+      </c>
+      <c r="Q12" s="1">
+        <v>204.76627156800001</v>
+      </c>
+      <c r="R12" s="1">
+        <v>97.948840408999999</v>
+      </c>
+      <c r="S12" s="1">
+        <v>302.71511197699999</v>
+      </c>
+    </row>
+    <row r="13" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B13" s="1">
+        <v>571.62409728310001</v>
+      </c>
+      <c r="C13" s="1">
+        <v>163.28397419570001</v>
+      </c>
+      <c r="D13" s="1">
+        <v>734.90807147880003</v>
+      </c>
+      <c r="E13" s="1">
+        <v>13.3666226661</v>
+      </c>
+      <c r="F13" s="1">
+        <v>3.1298359434999998</v>
+      </c>
+      <c r="G13" s="1">
+        <v>16.496458609600001</v>
+      </c>
+      <c r="H13" s="1">
+        <v>584.99071994919996</v>
+      </c>
+      <c r="I13" s="1">
+        <v>166.4138101392</v>
+      </c>
+      <c r="J13" s="1">
+        <v>751.40453008839995</v>
+      </c>
+      <c r="K13" s="1">
+        <v>695.44498765599997</v>
+      </c>
+      <c r="L13" s="1">
+        <v>245.96026135299999</v>
+      </c>
+      <c r="M13" s="1">
+        <v>941.40524900900004</v>
+      </c>
+      <c r="N13" s="1">
+        <v>19.087370164999999</v>
+      </c>
+      <c r="O13" s="1">
+        <v>5.541694991</v>
+      </c>
+      <c r="P13" s="1">
+        <v>24.629065155999999</v>
+      </c>
+      <c r="Q13" s="1">
+        <v>714.53235782100001</v>
+      </c>
+      <c r="R13" s="1">
+        <v>251.50195634400001</v>
+      </c>
+      <c r="S13" s="1">
+        <v>966.03431416499996</v>
+      </c>
+    </row>
+    <row r="14" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B14" s="1">
+        <v>118.0483543118</v>
+      </c>
+      <c r="C14" s="1">
+        <v>20.403378392600001</v>
+      </c>
+      <c r="D14" s="1">
+        <v>138.4517327044</v>
+      </c>
+      <c r="E14" s="1">
+        <v>12.3753747875</v>
+      </c>
+      <c r="F14" s="1">
+        <v>0.73169978099999999</v>
+      </c>
+      <c r="G14" s="1">
+        <v>13.1070745685</v>
+      </c>
+      <c r="H14" s="1">
+        <v>130.4237290993</v>
+      </c>
+      <c r="I14" s="1">
+        <v>21.1350781736</v>
+      </c>
+      <c r="J14" s="1">
+        <v>151.5588072729</v>
+      </c>
+      <c r="K14" s="1">
+        <v>145.33897230299999</v>
+      </c>
+      <c r="L14" s="1">
+        <v>40.716553861999998</v>
+      </c>
+      <c r="M14" s="1">
+        <v>186.055526165</v>
+      </c>
+      <c r="N14" s="1">
+        <v>24.746760667</v>
+      </c>
+      <c r="O14" s="1">
+        <v>2.926799124</v>
+      </c>
+      <c r="P14" s="1">
+        <v>27.673559790999999</v>
+      </c>
+      <c r="Q14" s="1">
+        <v>170.08573296999998</v>
+      </c>
+      <c r="R14" s="1">
+        <v>43.643352985999996</v>
+      </c>
+      <c r="S14" s="1">
+        <v>213.72908595600001</v>
+      </c>
+    </row>
+    <row r="15" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B15" s="1">
+        <v>1554.4371750518001</v>
+      </c>
+      <c r="C15" s="1">
+        <v>250.84710259159999</v>
+      </c>
+      <c r="D15" s="1">
+        <v>1805.2842776433999</v>
+      </c>
+      <c r="E15" s="1">
+        <v>49.836224488600003</v>
+      </c>
+      <c r="F15" s="1">
+        <v>2</v>
+      </c>
+      <c r="G15" s="1">
+        <v>51.836224488600003</v>
+      </c>
+      <c r="H15" s="1">
+        <v>1604.2733995404001</v>
+      </c>
+      <c r="I15" s="1">
+        <v>252.84710259159999</v>
+      </c>
+      <c r="J15" s="1">
+        <v>1857.120502132</v>
+      </c>
+      <c r="K15" s="1">
+        <v>1720.7020007839999</v>
+      </c>
+      <c r="L15" s="1">
+        <v>371.21107812600002</v>
+      </c>
+      <c r="M15" s="1">
+        <v>2091.91307891</v>
+      </c>
+      <c r="N15" s="1">
+        <v>62.498733823999999</v>
+      </c>
+      <c r="O15" s="1">
+        <v>2</v>
+      </c>
+      <c r="P15" s="1">
+        <v>64.498733823999999</v>
+      </c>
+      <c r="Q15" s="1">
+        <v>1783.2007346079999</v>
+      </c>
+      <c r="R15" s="1">
+        <v>373.21107812600002</v>
+      </c>
+      <c r="S15" s="1">
+        <v>2156.4118127339998</v>
+      </c>
+    </row>
+    <row r="16" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B16" s="1">
+        <v>1172.7551536717999</v>
+      </c>
+      <c r="C16" s="1">
+        <v>618.67845209339998</v>
+      </c>
+      <c r="D16" s="1">
+        <v>1791.4336057651999</v>
+      </c>
+      <c r="E16" s="1">
+        <v>151.2600298488</v>
+      </c>
+      <c r="F16" s="1">
+        <v>2.5009524105000001</v>
+      </c>
+      <c r="G16" s="1">
+        <v>153.76098225929999</v>
+      </c>
+      <c r="H16" s="1">
+        <v>1324.0151835206</v>
+      </c>
+      <c r="I16" s="1">
+        <v>621.17940450389995</v>
+      </c>
+      <c r="J16" s="1">
+        <v>1945.1945880245</v>
+      </c>
+      <c r="K16" s="1">
+        <v>1249.8253220409999</v>
+      </c>
+      <c r="L16" s="1">
+        <v>725.33801078900001</v>
+      </c>
+      <c r="M16" s="1">
+        <v>1975.1633328299999</v>
+      </c>
+      <c r="N16" s="1">
+        <v>187.52386527799999</v>
+      </c>
+      <c r="O16" s="1">
+        <v>3.9947738610000001</v>
+      </c>
+      <c r="P16" s="1">
+        <v>191.51863913899999</v>
+      </c>
+      <c r="Q16" s="1">
+        <v>1437.3491873190001</v>
+      </c>
+      <c r="R16" s="1">
+        <v>729.33278465000001</v>
+      </c>
+      <c r="S16" s="1">
+        <v>2166.6819719690002</v>
+      </c>
+    </row>
+    <row r="17" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B17" s="1">
+        <v>325.63367304460002</v>
+      </c>
+      <c r="C17" s="1">
+        <v>86.132921992199996</v>
+      </c>
+      <c r="D17" s="1">
+        <v>411.76659503680003</v>
+      </c>
+      <c r="E17" s="1">
+        <v>11.897935178000001</v>
+      </c>
+      <c r="F17" s="1">
+        <v>0.83594240729999991</v>
+      </c>
+      <c r="G17" s="1">
+        <v>12.7338775853</v>
+      </c>
+      <c r="H17" s="1">
+        <v>337.53160822260003</v>
+      </c>
+      <c r="I17" s="1">
+        <v>86.968864399499992</v>
+      </c>
+      <c r="J17" s="1">
+        <v>424.50047262210001</v>
+      </c>
+      <c r="K17" s="1">
+        <v>399.02171032900003</v>
+      </c>
+      <c r="L17" s="1">
+        <v>194.591234783</v>
+      </c>
+      <c r="M17" s="1">
+        <v>593.61294511200003</v>
+      </c>
+      <c r="N17" s="1">
+        <v>22.404636277999998</v>
+      </c>
+      <c r="O17" s="1">
+        <v>8.2924977870000003</v>
+      </c>
+      <c r="P17" s="1">
+        <v>30.697134065</v>
+      </c>
+      <c r="Q17" s="1">
+        <v>421.42634660700003</v>
+      </c>
+      <c r="R17" s="1">
+        <v>202.88373257000001</v>
+      </c>
+      <c r="S17" s="1">
+        <v>624.31007917700003</v>
+      </c>
+    </row>
+    <row r="18" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" s="1">
+        <v>3134.6097635266001</v>
+      </c>
+      <c r="C18" s="1">
+        <v>502.46952466919998</v>
+      </c>
+      <c r="D18" s="1">
+        <v>3637.0792881958</v>
+      </c>
+      <c r="E18" s="1">
+        <v>410.3522893462</v>
+      </c>
+      <c r="F18" s="1">
+        <v>0</v>
+      </c>
+      <c r="G18" s="1">
+        <v>410.3522893462</v>
+      </c>
+      <c r="H18" s="1">
+        <v>3544.9620528728001</v>
+      </c>
+      <c r="I18" s="1">
+        <v>502.46952466919998</v>
+      </c>
+      <c r="J18" s="1">
+        <v>4047.431577542</v>
+      </c>
+      <c r="K18" s="1">
+        <v>3529.6379405560001</v>
+      </c>
+      <c r="L18" s="1">
+        <v>540.50535315100001</v>
+      </c>
+      <c r="M18" s="1">
+        <v>4070.1432937069999</v>
+      </c>
+      <c r="N18" s="1">
+        <v>448.63642718900002</v>
+      </c>
+      <c r="O18" s="1">
+        <v>0</v>
+      </c>
+      <c r="P18" s="1">
+        <v>448.63642718900002</v>
+      </c>
+      <c r="Q18" s="1">
+        <v>3978.2743677449998</v>
+      </c>
+      <c r="R18" s="1">
+        <v>540.50535315100001</v>
+      </c>
+      <c r="S18" s="1">
+        <v>4518.7797208960001</v>
+      </c>
+    </row>
+    <row r="19" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="1">
+        <v>247.66818049900002</v>
+      </c>
+      <c r="C19" s="1">
+        <v>155.9198637122</v>
+      </c>
+      <c r="D19" s="1">
+        <v>403.58804421120004</v>
+      </c>
+      <c r="E19" s="1">
+        <v>6.9855898516000003</v>
+      </c>
+      <c r="F19" s="1">
+        <v>6.2021525327999996</v>
+      </c>
+      <c r="G19" s="1">
+        <v>13.1877423844</v>
+      </c>
+      <c r="H19" s="1">
+        <v>254.65377035060001</v>
+      </c>
+      <c r="I19" s="1">
+        <v>162.122016245</v>
+      </c>
+      <c r="J19" s="1">
+        <v>416.77578659560004</v>
+      </c>
+      <c r="K19" s="1">
+        <v>324.83542730300002</v>
+      </c>
+      <c r="L19" s="1">
+        <v>230.51433075900002</v>
+      </c>
+      <c r="M19" s="1">
+        <v>555.34975806199998</v>
+      </c>
+      <c r="N19" s="1">
+        <v>8.837080812</v>
+      </c>
+      <c r="O19" s="1">
+        <v>18.827963046000001</v>
+      </c>
+      <c r="P19" s="1">
+        <v>27.665043858000001</v>
+      </c>
+      <c r="Q19" s="1">
+        <v>333.67250811500003</v>
+      </c>
+      <c r="R19" s="1">
+        <v>249.342293805</v>
+      </c>
+      <c r="S19" s="1">
+        <v>583.01480191999997</v>
+      </c>
+    </row>
+    <row r="20" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" s="1">
+        <v>47.811983926300002</v>
+      </c>
+      <c r="C20" s="1">
+        <v>40.030748365599997</v>
+      </c>
+      <c r="D20" s="1">
+        <v>87.842732291900006</v>
+      </c>
+      <c r="E20" s="1">
+        <v>1.147040971</v>
+      </c>
+      <c r="F20" s="1">
+        <v>0</v>
+      </c>
+      <c r="G20" s="1">
+        <v>1.147040971</v>
+      </c>
+      <c r="H20" s="1">
+        <v>48.959024897299997</v>
+      </c>
+      <c r="I20" s="1">
+        <v>40.030748365599997</v>
+      </c>
+      <c r="J20" s="1">
+        <v>88.989773262900002</v>
+      </c>
+      <c r="K20" s="1">
+        <v>60.815436959000003</v>
+      </c>
+      <c r="L20" s="1">
+        <v>50.936993336</v>
+      </c>
+      <c r="M20" s="1">
+        <v>111.752430295</v>
+      </c>
+      <c r="N20" s="1">
+        <v>1.147040971</v>
+      </c>
+      <c r="O20" s="1">
+        <v>0</v>
+      </c>
+      <c r="P20" s="1">
+        <v>1.147040971</v>
+      </c>
+      <c r="Q20" s="1">
+        <v>61.962477930000006</v>
+      </c>
+      <c r="R20" s="1">
+        <v>50.936993336</v>
+      </c>
+      <c r="S20" s="1">
+        <v>112.89947126600001</v>
+      </c>
+    </row>
+    <row r="21" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="1">
+        <v>124.8371771125</v>
+      </c>
+      <c r="C21" s="1">
+        <v>36.016320728000004</v>
+      </c>
+      <c r="D21" s="1">
+        <v>160.85349784049998</v>
+      </c>
+      <c r="E21" s="1">
+        <v>2.0600347000000001</v>
+      </c>
+      <c r="F21" s="1">
+        <v>0</v>
+      </c>
+      <c r="G21" s="1">
+        <v>2.0600347000000001</v>
+      </c>
+      <c r="H21" s="1">
+        <v>126.8972118125</v>
+      </c>
+      <c r="I21" s="1">
+        <v>36.016320728000004</v>
+      </c>
+      <c r="J21" s="1">
+        <v>162.9135325405</v>
+      </c>
+      <c r="K21" s="1">
+        <v>176.58365068500001</v>
+      </c>
+      <c r="L21" s="1">
+        <v>63.676004653</v>
+      </c>
+      <c r="M21" s="1">
+        <v>240.25965533800002</v>
+      </c>
+      <c r="N21" s="1">
+        <v>4.1200694000000002</v>
+      </c>
+      <c r="O21" s="1">
+        <v>0</v>
+      </c>
+      <c r="P21" s="1">
+        <v>4.1200694000000002</v>
+      </c>
+      <c r="Q21" s="1">
+        <v>180.70372008499999</v>
+      </c>
+      <c r="R21" s="1">
+        <v>63.676004653</v>
+      </c>
+      <c r="S21" s="1">
+        <v>244.37972473799999</v>
+      </c>
+    </row>
+    <row r="22" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" s="1">
+        <v>104.17495709550001</v>
+      </c>
+      <c r="C22" s="1">
+        <v>50.045799056</v>
+      </c>
+      <c r="D22" s="1">
+        <v>154.22075615150001</v>
+      </c>
+      <c r="E22" s="1">
+        <v>1.5264411571000001</v>
+      </c>
+      <c r="F22" s="1">
+        <v>1.1617347254999999</v>
+      </c>
+      <c r="G22" s="1">
+        <v>2.6881758826</v>
+      </c>
+      <c r="H22" s="1">
+        <v>105.7013982526</v>
+      </c>
+      <c r="I22" s="1">
+        <v>51.207533781499997</v>
+      </c>
+      <c r="J22" s="1">
+        <v>156.90893203409999</v>
+      </c>
+      <c r="K22" s="1">
+        <v>166.34963719499999</v>
+      </c>
+      <c r="L22" s="1">
+        <v>77.122395377999993</v>
+      </c>
+      <c r="M22" s="1">
+        <v>243.47203257300001</v>
+      </c>
+      <c r="N22" s="1">
+        <v>8.2701690820000007</v>
+      </c>
+      <c r="O22" s="1">
+        <v>5.9913715009999997</v>
+      </c>
+      <c r="P22" s="1">
+        <v>14.261540583</v>
+      </c>
+      <c r="Q22" s="1">
+        <v>174.61980627700001</v>
+      </c>
+      <c r="R22" s="1">
+        <v>83.113766878999996</v>
+      </c>
+      <c r="S22" s="1">
+        <v>257.73357315599998</v>
+      </c>
+    </row>
+    <row r="23" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B23" s="1">
+        <v>25.307656780999999</v>
+      </c>
+      <c r="C23" s="1">
+        <v>15.9765561199</v>
+      </c>
+      <c r="D23" s="1">
+        <v>41.284212900900002</v>
+      </c>
+      <c r="E23" s="1">
+        <v>6.2634474651999996</v>
+      </c>
+      <c r="F23" s="1">
+        <v>2.9056774783000003</v>
+      </c>
+      <c r="G23" s="1">
+        <v>9.1691249435</v>
+      </c>
+      <c r="H23" s="1">
+        <v>31.571104246200001</v>
+      </c>
+      <c r="I23" s="1">
+        <v>18.882233598199999</v>
+      </c>
+      <c r="J23" s="1">
+        <v>50.453337844399996</v>
+      </c>
+      <c r="K23" s="1">
+        <v>48.527160082000002</v>
+      </c>
+      <c r="L23" s="1">
+        <v>57.968606778999998</v>
+      </c>
+      <c r="M23" s="1">
+        <v>106.49576686100001</v>
+      </c>
+      <c r="N23" s="1">
+        <v>20.640861555000001</v>
+      </c>
+      <c r="O23" s="1">
+        <v>6.4035099730000002</v>
+      </c>
+      <c r="P23" s="1">
+        <v>27.044371527999999</v>
+      </c>
+      <c r="Q23" s="1">
+        <v>69.168021636999995</v>
+      </c>
+      <c r="R23" s="1">
+        <v>64.372116751999997</v>
+      </c>
+      <c r="S23" s="1">
+        <v>133.54013838899999</v>
+      </c>
+    </row>
+    <row r="24" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B24" s="1">
+        <v>1836.0740472443001</v>
+      </c>
+      <c r="C24" s="1">
+        <v>663.78927845170006</v>
+      </c>
+      <c r="D24" s="1">
+        <v>2499.8633256960002</v>
+      </c>
+      <c r="E24" s="1">
+        <v>317.42569844730002</v>
+      </c>
+      <c r="F24" s="1">
+        <v>10.686024379100001</v>
+      </c>
+      <c r="G24" s="1">
+        <v>328.11172282640001</v>
+      </c>
+      <c r="H24" s="1">
+        <v>2153.4997456915999</v>
+      </c>
+      <c r="I24" s="1">
+        <v>674.47530283080005</v>
+      </c>
+      <c r="J24" s="1">
+        <v>2827.9750485223999</v>
+      </c>
+      <c r="K24" s="1">
+        <v>2118.9208548940001</v>
+      </c>
+      <c r="L24" s="1">
+        <v>775.03326012299999</v>
+      </c>
+      <c r="M24" s="1">
+        <v>2893.9541150169998</v>
+      </c>
+      <c r="N24" s="1">
+        <v>394.62337989600002</v>
+      </c>
+      <c r="O24" s="1">
+        <v>16.037062405</v>
+      </c>
+      <c r="P24" s="1">
+        <v>410.66044230099999</v>
+      </c>
+      <c r="Q24" s="1">
+        <v>2513.5442347899998</v>
+      </c>
+      <c r="R24" s="1">
+        <v>791.07032252800002</v>
+      </c>
+      <c r="S24" s="1">
+        <v>3306.6145573180002</v>
+      </c>
+    </row>
+    <row r="25" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B25" s="1">
+        <v>10.487208389999999</v>
+      </c>
+      <c r="C25" s="1">
+        <v>47.354812326999998</v>
+      </c>
+      <c r="D25" s="1">
+        <v>57.842020716999997</v>
+      </c>
+      <c r="E25" s="1">
+        <v>3.4580034040000003</v>
+      </c>
+      <c r="F25" s="1">
+        <v>0</v>
+      </c>
+      <c r="G25" s="1">
+        <v>3.4580034040000003</v>
+      </c>
+      <c r="H25" s="1">
+        <v>13.945211794</v>
+      </c>
+      <c r="I25" s="1">
+        <v>47.354812326999998</v>
+      </c>
+      <c r="J25" s="1">
+        <v>61.300024121</v>
+      </c>
+      <c r="K25" s="1">
+        <v>56.519643985999998</v>
+      </c>
+      <c r="L25" s="1">
+        <v>6</v>
+      </c>
+      <c r="M25" s="1">
+        <v>62.519643985999998</v>
+      </c>
+      <c r="N25" s="1">
+        <v>3.4580034040000003</v>
+      </c>
+      <c r="O25" s="1">
+        <v>0</v>
+      </c>
+      <c r="P25" s="1">
+        <v>3.4580034040000003</v>
+      </c>
+      <c r="Q25" s="1">
+        <v>59.977647390000001</v>
+      </c>
+      <c r="R25" s="1">
+        <v>6</v>
+      </c>
+      <c r="S25" s="1">
+        <v>65.977647390000001</v>
+      </c>
+    </row>
+    <row r="26" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B26" s="1">
+        <v>0</v>
+      </c>
+      <c r="C26" s="1">
+        <v>0</v>
+      </c>
+      <c r="D26" s="1">
+        <v>0</v>
+      </c>
+      <c r="E26" s="1">
+        <v>0</v>
+      </c>
+      <c r="F26" s="1">
+        <v>0</v>
+      </c>
+      <c r="G26" s="1">
+        <v>0</v>
+      </c>
+      <c r="H26" s="1">
+        <v>0</v>
+      </c>
+      <c r="I26" s="1">
+        <v>0</v>
+      </c>
+      <c r="J26" s="1">
+        <v>0</v>
+      </c>
+      <c r="K26" s="1">
+        <v>0</v>
+      </c>
+      <c r="L26" s="1">
+        <v>0</v>
+      </c>
+      <c r="M26" s="1">
+        <v>0</v>
+      </c>
+      <c r="N26" s="1">
+        <v>0</v>
+      </c>
+      <c r="O26" s="1">
+        <v>0</v>
+      </c>
+      <c r="P26" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q26" s="1">
+        <v>0</v>
+      </c>
+      <c r="R26" s="1">
+        <v>0</v>
+      </c>
+      <c r="S26" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B27" s="1">
+        <v>2332.4852363206001</v>
+      </c>
+      <c r="C27" s="1">
+        <v>589.69645696429995</v>
+      </c>
+      <c r="D27" s="1">
+        <v>2922.1816932849001</v>
+      </c>
+      <c r="E27" s="1">
+        <v>275.54590040709996</v>
+      </c>
+      <c r="F27" s="1">
+        <v>33.425259423</v>
+      </c>
+      <c r="G27" s="1">
+        <v>308.97115983009996</v>
+      </c>
+      <c r="H27" s="1">
+        <v>2608.0311367277</v>
+      </c>
+      <c r="I27" s="1">
+        <v>623.12171638730001</v>
+      </c>
+      <c r="J27" s="1">
+        <v>3231.1528531150002</v>
+      </c>
+      <c r="K27" s="1">
+        <v>3024.2379564369999</v>
+      </c>
+      <c r="L27" s="1">
+        <v>965.68221028200003</v>
+      </c>
+      <c r="M27" s="1">
+        <v>3989.920166719</v>
+      </c>
+      <c r="N27" s="1">
+        <v>375.76694548699999</v>
+      </c>
+      <c r="O27" s="1">
+        <v>61.258307340000002</v>
+      </c>
+      <c r="P27" s="1">
+        <v>437.02525282699997</v>
+      </c>
+      <c r="Q27" s="1">
+        <v>3400.004901924</v>
+      </c>
+      <c r="R27" s="1">
+        <v>1026.940517622</v>
+      </c>
+      <c r="S27" s="1">
+        <v>4426.9454195460003</v>
+      </c>
+    </row>
+    <row r="28" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B28" s="1">
+        <v>2181.9004658285999</v>
+      </c>
+      <c r="C28" s="1">
+        <v>611.22052040949995</v>
+      </c>
+      <c r="D28" s="1">
+        <v>2793.1209862381002</v>
+      </c>
+      <c r="E28" s="1">
+        <v>230.82378556130001</v>
+      </c>
+      <c r="F28" s="1">
+        <v>15.763953735999999</v>
+      </c>
+      <c r="G28" s="1">
+        <v>246.5877392973</v>
+      </c>
+      <c r="H28" s="1">
+        <v>2412.7242513899</v>
+      </c>
+      <c r="I28" s="1">
+        <v>626.98447414550003</v>
+      </c>
+      <c r="J28" s="1">
+        <v>3039.7087255353999</v>
+      </c>
+      <c r="K28" s="1">
+        <v>2640.7727310499999</v>
+      </c>
+      <c r="L28" s="1">
+        <v>740.86827017799999</v>
+      </c>
+      <c r="M28" s="1">
+        <v>3381.6410012279998</v>
+      </c>
+      <c r="N28" s="1">
+        <v>240.29934879300001</v>
+      </c>
+      <c r="O28" s="1">
+        <v>18.220183971000001</v>
+      </c>
+      <c r="P28" s="1">
+        <v>258.51953276400002</v>
+      </c>
+      <c r="Q28" s="1">
+        <v>2881.0720798430002</v>
+      </c>
+      <c r="R28" s="1">
+        <v>759.08845414899997</v>
+      </c>
+      <c r="S28" s="1">
+        <v>3640.1605339920002</v>
+      </c>
+    </row>
+    <row r="29" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A29" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B29" s="1">
+        <v>5956.6923207962</v>
+      </c>
+      <c r="C29" s="1">
+        <v>1316.2799108397001</v>
+      </c>
+      <c r="D29" s="1">
+        <v>7272.9722316359002</v>
+      </c>
+      <c r="E29" s="1">
+        <v>721.3734843881</v>
+      </c>
+      <c r="F29" s="1">
+        <v>164.6220582313</v>
+      </c>
+      <c r="G29" s="1">
+        <v>885.9955426194</v>
+      </c>
+      <c r="H29" s="1">
+        <v>6678.0658051843002</v>
+      </c>
+      <c r="I29" s="1">
+        <v>1480.9019690709999</v>
+      </c>
+      <c r="J29" s="1">
+        <v>8158.9677742553004</v>
+      </c>
+      <c r="K29" s="1">
+        <v>7913.5764544249996</v>
+      </c>
+      <c r="L29" s="1">
+        <v>1929.763803389</v>
+      </c>
+      <c r="M29" s="1">
+        <v>9843.3402578139994</v>
+      </c>
+      <c r="N29" s="1">
+        <v>1108.181797321</v>
+      </c>
+      <c r="O29" s="1">
+        <v>269.87050835899998</v>
+      </c>
+      <c r="P29" s="1">
+        <v>1378.05230568</v>
+      </c>
+      <c r="Q29" s="1">
+        <v>9021.7582517459996</v>
+      </c>
+      <c r="R29" s="1">
+        <v>2199.6343117480001</v>
+      </c>
+      <c r="S29" s="1">
+        <v>11221.392563494001</v>
+      </c>
+    </row>
+    <row r="30" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A30" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B30" s="1">
+        <v>299.66351590300002</v>
+      </c>
+      <c r="C30" s="1">
+        <v>113.2907989768</v>
+      </c>
+      <c r="D30" s="1">
+        <v>412.95431487979999</v>
+      </c>
+      <c r="E30" s="1">
+        <v>25.817905500799998</v>
+      </c>
+      <c r="F30" s="1">
+        <v>3.8992504981999998</v>
+      </c>
+      <c r="G30" s="1">
+        <v>29.717155998999999</v>
+      </c>
+      <c r="H30" s="1">
+        <v>325.48142140380003</v>
+      </c>
+      <c r="I30" s="1">
+        <v>117.190049475</v>
+      </c>
+      <c r="J30" s="1">
+        <v>442.67147087879999</v>
+      </c>
+      <c r="K30" s="1">
+        <v>568.93259379599999</v>
+      </c>
+      <c r="L30" s="1">
+        <v>355.28960099199998</v>
+      </c>
+      <c r="M30" s="1">
+        <v>924.22219478800002</v>
+      </c>
+      <c r="N30" s="1">
+        <v>111.186850034</v>
+      </c>
+      <c r="O30" s="1">
+        <v>10.119657043</v>
+      </c>
+      <c r="P30" s="1">
+        <v>121.30650707700001</v>
+      </c>
+      <c r="Q30" s="1">
+        <v>680.11944383000002</v>
+      </c>
+      <c r="R30" s="1">
+        <v>365.40925803499999</v>
+      </c>
+      <c r="S30" s="1">
+        <v>1045.5287018649999</v>
+      </c>
+    </row>
+    <row r="31" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A31" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B31" s="1"/>
+      <c r="C31" s="1"/>
+      <c r="D31" s="1"/>
+      <c r="E31" s="1"/>
+      <c r="F31" s="1"/>
+      <c r="G31" s="1"/>
+      <c r="H31" s="1"/>
+      <c r="I31" s="1"/>
+      <c r="J31" s="1"/>
+      <c r="K31" s="1"/>
+      <c r="L31" s="1"/>
+      <c r="M31" s="1"/>
+      <c r="N31" s="1"/>
+      <c r="O31" s="1"/>
+      <c r="P31" s="1"/>
+      <c r="Q31" s="1"/>
+      <c r="R31" s="1"/>
+      <c r="S31" s="1"/>
+    </row>
+    <row r="32" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A32" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B32" s="1">
+        <v>2918.1914620605999</v>
+      </c>
+      <c r="C32" s="1">
+        <v>655.24442887680004</v>
+      </c>
+      <c r="D32" s="1">
+        <v>3573.4358909374</v>
+      </c>
+      <c r="E32" s="1">
+        <v>344.20427437259997</v>
+      </c>
+      <c r="F32" s="1">
+        <v>79.395891875100006</v>
+      </c>
+      <c r="G32" s="1">
+        <v>423.60016624769997</v>
+      </c>
+      <c r="H32" s="1">
+        <v>3262.3957364332</v>
+      </c>
+      <c r="I32" s="1">
+        <v>734.64032075190005</v>
+      </c>
+      <c r="J32" s="1">
+        <v>3997.0360571851002</v>
+      </c>
+      <c r="K32" s="1">
+        <v>4477.5159267460003</v>
+      </c>
+      <c r="L32" s="1">
+        <v>1208.791228586</v>
+      </c>
+      <c r="M32" s="1">
+        <v>5686.3071553319996</v>
+      </c>
+      <c r="N32" s="1">
+        <v>528.69592325899998</v>
+      </c>
+      <c r="O32" s="1">
+        <v>157.67546328699999</v>
+      </c>
+      <c r="P32" s="1">
+        <v>686.37138654599994</v>
+      </c>
+      <c r="Q32" s="1">
+        <v>5006.2118500050001</v>
+      </c>
+      <c r="R32" s="1">
+        <v>1366.4666918729999</v>
+      </c>
+      <c r="S32" s="1">
+        <v>6372.678541878</v>
+      </c>
+    </row>
+    <row r="33" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A33" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B33" s="1">
+        <v>5050.1097251388001</v>
+      </c>
+      <c r="C33" s="1">
+        <v>2131.8240544313999</v>
+      </c>
+      <c r="D33" s="1">
+        <v>7181.9337795702004</v>
+      </c>
+      <c r="E33" s="1">
+        <v>298.76851067690001</v>
+      </c>
+      <c r="F33" s="1">
+        <v>103.7836828352</v>
+      </c>
+      <c r="G33" s="1">
+        <v>402.55219351210002</v>
+      </c>
+      <c r="H33" s="1">
+        <v>5348.8782358157005</v>
+      </c>
+      <c r="I33" s="1">
+        <v>2235.6077372666</v>
+      </c>
+      <c r="J33" s="1">
+        <v>7584.4859730823</v>
+      </c>
+      <c r="K33" s="1">
+        <v>6435.7890183219997</v>
+      </c>
+      <c r="L33" s="1">
+        <v>2977.6263192860001</v>
+      </c>
+      <c r="M33" s="1">
+        <v>9413.4153376079994</v>
+      </c>
+      <c r="N33" s="1">
+        <v>555.11960310300003</v>
+      </c>
+      <c r="O33" s="1">
+        <v>197.97085552499999</v>
+      </c>
+      <c r="P33" s="1">
+        <v>753.09045862799996</v>
+      </c>
+      <c r="Q33" s="1">
+        <v>6990.9086214250001</v>
+      </c>
+      <c r="R33" s="1">
+        <v>3175.5971748110001</v>
+      </c>
+      <c r="S33" s="1">
+        <v>10166.505796236001</v>
+      </c>
+    </row>
+    <row r="34" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A34" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B34" s="1">
+        <v>6676.0160730312</v>
+      </c>
+      <c r="C34" s="1">
+        <v>2074.5510352371998</v>
+      </c>
+      <c r="D34" s="1">
+        <v>8750.5671082684003</v>
+      </c>
+      <c r="E34" s="1">
+        <v>966.04893637839996</v>
+      </c>
+      <c r="F34" s="1">
+        <v>84.5691125309</v>
+      </c>
+      <c r="G34" s="1">
+        <v>1050.6180489093001</v>
+      </c>
+      <c r="H34" s="1">
+        <v>7642.0650094096</v>
+      </c>
+      <c r="I34" s="1">
+        <v>2159.1201477681002</v>
+      </c>
+      <c r="J34" s="1">
+        <v>9801.1851571777006</v>
+      </c>
+      <c r="K34" s="1">
+        <v>8083.0445787079998</v>
+      </c>
+      <c r="L34" s="1">
+        <v>2905.6912876450001</v>
+      </c>
+      <c r="M34" s="1">
+        <v>10988.735866352999</v>
+      </c>
+      <c r="N34" s="1">
+        <v>1362.515520615</v>
+      </c>
+      <c r="O34" s="1">
+        <v>116.591765298</v>
+      </c>
+      <c r="P34" s="1">
+        <v>1479.1072859129999</v>
+      </c>
+      <c r="Q34" s="1">
+        <v>9445.560099323</v>
+      </c>
+      <c r="R34" s="1">
+        <v>3022.2830529429998</v>
+      </c>
+      <c r="S34" s="1">
+        <v>12467.843152265999</v>
+      </c>
+    </row>
+    <row r="35" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B35" s="1">
+        <v>11198.943147845001</v>
+      </c>
+      <c r="C35" s="1">
+        <v>5548.4085384680002</v>
+      </c>
+      <c r="D35" s="1">
+        <v>16747.351686312999</v>
+      </c>
+      <c r="E35" s="1">
+        <v>989.3</v>
+      </c>
+      <c r="F35" s="1">
+        <v>263</v>
+      </c>
+      <c r="G35" s="1">
+        <v>1252.3</v>
+      </c>
+      <c r="H35" s="1">
+        <v>12188.243147845</v>
+      </c>
+      <c r="I35" s="1">
+        <v>5811.4085384680002</v>
+      </c>
+      <c r="J35" s="1">
+        <v>17999.651686312998</v>
+      </c>
+      <c r="K35" s="1">
+        <v>12182.145026427999</v>
+      </c>
+      <c r="L35" s="1">
+        <v>5978.4085384680002</v>
+      </c>
+      <c r="M35" s="1">
+        <v>18160.553564895999</v>
+      </c>
+      <c r="N35" s="1">
+        <v>1044</v>
+      </c>
+      <c r="O35" s="1">
+        <v>269</v>
+      </c>
+      <c r="P35" s="1">
+        <v>1313</v>
+      </c>
+      <c r="Q35" s="1">
+        <v>13226.145026427999</v>
+      </c>
+      <c r="R35" s="1">
+        <v>6247.4085384680002</v>
+      </c>
+      <c r="S35" s="1">
+        <v>19475.553564895999</v>
+      </c>
+    </row>
+    <row r="36" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A36" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B36" s="1"/>
+      <c r="C36" s="1"/>
+      <c r="D36" s="1"/>
+      <c r="E36" s="1"/>
+      <c r="F36" s="1"/>
+      <c r="G36" s="1"/>
+      <c r="H36" s="1"/>
+      <c r="I36" s="1"/>
+      <c r="J36" s="1"/>
+      <c r="K36" s="1"/>
+      <c r="L36" s="1"/>
+      <c r="M36" s="1"/>
+      <c r="N36" s="1"/>
+      <c r="O36" s="1"/>
+      <c r="P36" s="1"/>
+      <c r="Q36" s="1"/>
+      <c r="R36" s="1"/>
+      <c r="S36" s="1"/>
+    </row>
+    <row r="37" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A37" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B37" s="1">
+        <v>486.47325024759999</v>
+      </c>
+      <c r="C37" s="1">
+        <v>206.4217003238</v>
+      </c>
+      <c r="D37" s="1">
+        <v>692.89495057140005</v>
+      </c>
+      <c r="E37" s="1">
+        <v>15.6569048643</v>
+      </c>
+      <c r="F37" s="1">
+        <v>2.2442658259999999</v>
+      </c>
+      <c r="G37" s="1">
+        <v>17.901170690299999</v>
+      </c>
+      <c r="H37" s="1">
+        <v>502.13015511190002</v>
+      </c>
+      <c r="I37" s="1">
+        <v>208.6659661498</v>
+      </c>
+      <c r="J37" s="1">
+        <v>710.79612126170002</v>
+      </c>
+      <c r="K37" s="1">
+        <v>718.87358423800003</v>
+      </c>
+      <c r="L37" s="1">
+        <v>450.07999671499999</v>
+      </c>
+      <c r="M37" s="1">
+        <v>1168.953580953</v>
+      </c>
+      <c r="N37" s="1">
+        <v>47.945592971000004</v>
+      </c>
+      <c r="O37" s="1">
+        <v>3.3684487459999999</v>
+      </c>
+      <c r="P37" s="1">
+        <v>51.314041717000002</v>
+      </c>
+      <c r="Q37" s="1">
+        <v>766.81917720900003</v>
+      </c>
+      <c r="R37" s="1">
+        <v>453.44844546100001</v>
+      </c>
+      <c r="S37" s="1">
+        <v>1220.26762267</v>
+      </c>
+    </row>
+    <row r="38" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A38" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B38" s="1">
+        <v>5119.2588834034004</v>
+      </c>
+      <c r="C38" s="1">
+        <v>1158.5386087566999</v>
+      </c>
+      <c r="D38" s="1">
+        <v>6277.7974921600999</v>
+      </c>
+      <c r="E38" s="1">
+        <v>660.34451219540006</v>
+      </c>
+      <c r="F38" s="1">
+        <v>21.234223622399998</v>
+      </c>
+      <c r="G38" s="1">
+        <v>681.57873581779995</v>
+      </c>
+      <c r="H38" s="1">
+        <v>5779.6033955988005</v>
+      </c>
+      <c r="I38" s="1">
+        <v>1179.7728323791</v>
+      </c>
+      <c r="J38" s="1">
+        <v>6959.3762279779003</v>
+      </c>
+      <c r="K38" s="1">
+        <v>5953.388550824</v>
+      </c>
+      <c r="L38" s="1">
+        <v>1567.4067754939999</v>
+      </c>
+      <c r="M38" s="1">
+        <v>7520.7953263179998</v>
+      </c>
+      <c r="N38" s="1">
+        <v>966.361164368</v>
+      </c>
+      <c r="O38" s="1">
+        <v>54.474516436000002</v>
+      </c>
+      <c r="P38" s="1">
+        <v>1020.8356808039999</v>
+      </c>
+      <c r="Q38" s="1">
+        <v>6919.7497151919997</v>
+      </c>
+      <c r="R38" s="1">
+        <v>1621.8812919300001</v>
+      </c>
+      <c r="S38" s="1">
+        <v>8541.6310071219996</v>
+      </c>
+    </row>
+    <row r="39" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A39" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B39" s="1">
+        <v>4630.1412824359004</v>
+      </c>
+      <c r="C39" s="1">
+        <v>901.81613566869999</v>
+      </c>
+      <c r="D39" s="1">
+        <v>5531.9574181046</v>
+      </c>
+      <c r="E39" s="1">
+        <v>262.27754588319999</v>
+      </c>
+      <c r="F39" s="1">
+        <v>40.831574798600002</v>
+      </c>
+      <c r="G39" s="1">
+        <v>303.10912068179999</v>
+      </c>
+      <c r="H39" s="1">
+        <v>4892.4188283190997</v>
+      </c>
+      <c r="I39" s="1">
+        <v>942.64771046730004</v>
+      </c>
+      <c r="J39" s="1">
+        <v>5835.0665387864001</v>
+      </c>
+      <c r="K39" s="1">
+        <v>5485.7584225680002</v>
+      </c>
+      <c r="L39" s="1">
+        <v>1268.4252056719999</v>
+      </c>
+      <c r="M39" s="1">
+        <v>6754.18362824</v>
+      </c>
+      <c r="N39" s="1">
+        <v>403.68987808200001</v>
+      </c>
+      <c r="O39" s="1">
+        <v>79.931746013999998</v>
+      </c>
+      <c r="P39" s="1">
+        <v>483.62162409600001</v>
+      </c>
+      <c r="Q39" s="1">
+        <v>5889.4483006500004</v>
+      </c>
+      <c r="R39" s="1">
+        <v>1348.356951686</v>
+      </c>
+      <c r="S39" s="1">
+        <v>7239.8052523360002</v>
+      </c>
+    </row>
+    <row r="40" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A40" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B40" s="1">
+        <v>14890.9217741713</v>
+      </c>
+      <c r="C40" s="1">
+        <v>8004.9609900528003</v>
+      </c>
+      <c r="D40" s="1">
+        <v>22895.882764224101</v>
+      </c>
+      <c r="E40" s="1">
+        <v>1641.5601797295999</v>
+      </c>
+      <c r="F40" s="1">
+        <v>456.70220487120002</v>
+      </c>
+      <c r="G40" s="1">
+        <v>2098.2623846008</v>
+      </c>
+      <c r="H40" s="1">
+        <v>16532.4819539009</v>
+      </c>
+      <c r="I40" s="1">
+        <v>8461.663194924</v>
+      </c>
+      <c r="J40" s="1">
+        <v>24994.1451488249</v>
+      </c>
+      <c r="K40" s="1">
+        <v>18100.537026131999</v>
+      </c>
+      <c r="L40" s="1">
+        <v>9598.4390977860003</v>
+      </c>
+      <c r="M40" s="1">
+        <v>27698.976123918001</v>
+      </c>
+      <c r="N40" s="1">
+        <v>2037.6555058420001</v>
+      </c>
+      <c r="O40" s="1">
+        <v>579.82440284500001</v>
+      </c>
+      <c r="P40" s="1">
+        <v>2617.4799086869998</v>
+      </c>
+      <c r="Q40" s="1">
+        <v>20138.192531974</v>
+      </c>
+      <c r="R40" s="1">
+        <v>10178.263500630999</v>
+      </c>
+      <c r="S40" s="1">
+        <v>30316.456032605001</v>
+      </c>
+    </row>
+    <row r="41" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A41" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B41" s="1">
+        <v>716.4652178174</v>
+      </c>
+      <c r="C41" s="1">
+        <v>138.29062221140001</v>
+      </c>
+      <c r="D41" s="1">
+        <v>854.75584002879998</v>
+      </c>
+      <c r="E41" s="1">
+        <v>18.482578755399999</v>
+      </c>
+      <c r="F41" s="1">
+        <v>9.736418123</v>
+      </c>
+      <c r="G41" s="1">
+        <v>28.218996878399999</v>
+      </c>
+      <c r="H41" s="1">
+        <v>734.94779657280003</v>
+      </c>
+      <c r="I41" s="1">
+        <v>148.0270403344</v>
+      </c>
+      <c r="J41" s="1">
+        <v>882.97483690720003</v>
+      </c>
+      <c r="K41" s="1">
+        <v>919.93696644199997</v>
+      </c>
+      <c r="L41" s="1">
+        <v>186.166298318</v>
+      </c>
+      <c r="M41" s="1">
+        <v>1106.10326476</v>
+      </c>
+      <c r="N41" s="1">
+        <v>34.678905714000003</v>
+      </c>
+      <c r="O41" s="1">
+        <v>23.638970068999999</v>
+      </c>
+      <c r="P41" s="1">
+        <v>58.317875782999998</v>
+      </c>
+      <c r="Q41" s="1">
+        <v>954.61587215600002</v>
+      </c>
+      <c r="R41" s="1">
+        <v>209.80526838700001</v>
+      </c>
+      <c r="S41" s="1">
+        <v>1164.4211405430001</v>
+      </c>
+    </row>
+    <row r="42" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B42" s="1"/>
+      <c r="C42" s="1"/>
+      <c r="D42" s="1"/>
+      <c r="E42" s="1"/>
+      <c r="F42" s="1"/>
+      <c r="G42" s="1"/>
+      <c r="H42" s="1"/>
+      <c r="I42" s="1"/>
+      <c r="J42" s="1"/>
+      <c r="K42" s="1"/>
+      <c r="L42" s="1"/>
+      <c r="M42" s="1"/>
+      <c r="N42" s="1"/>
+      <c r="O42" s="1"/>
+      <c r="P42" s="1"/>
+      <c r="Q42" s="1"/>
+      <c r="R42" s="1"/>
+      <c r="S42" s="1"/>
+    </row>
+    <row r="43" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A43" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B43" s="1">
+        <v>1919.050264446</v>
+      </c>
+      <c r="C43" s="1">
+        <v>309.11641205929999</v>
+      </c>
+      <c r="D43" s="1">
+        <v>2228.1666765053001</v>
+      </c>
+      <c r="E43" s="1">
+        <v>197.5034180136</v>
+      </c>
+      <c r="F43" s="1">
+        <v>14.1813575146</v>
+      </c>
+      <c r="G43" s="1">
+        <v>211.68477552819999</v>
+      </c>
+      <c r="H43" s="1">
+        <v>2116.5536824596002</v>
+      </c>
+      <c r="I43" s="1">
+        <v>323.29776957389998</v>
+      </c>
+      <c r="J43" s="1">
+        <v>2439.8514520335002</v>
+      </c>
+      <c r="K43" s="1">
+        <v>2176.9784525690002</v>
+      </c>
+      <c r="L43" s="1">
+        <v>505.07302184499997</v>
+      </c>
+      <c r="M43" s="1">
+        <v>2682.051474414</v>
+      </c>
+      <c r="N43" s="1">
+        <v>219.02159003700001</v>
+      </c>
+      <c r="O43" s="1">
+        <v>26.838678989000002</v>
+      </c>
+      <c r="P43" s="1">
+        <v>245.860269026</v>
+      </c>
+      <c r="Q43" s="1">
+        <v>2396.0000426060001</v>
+      </c>
+      <c r="R43" s="1">
+        <v>531.91170083400004</v>
+      </c>
+      <c r="S43" s="1">
+        <v>2927.91174344</v>
+      </c>
+    </row>
+    <row r="44" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A44" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B44" s="1">
+        <v>204.82341846590001</v>
+      </c>
+      <c r="C44" s="1">
+        <v>134.696508362</v>
+      </c>
+      <c r="D44" s="1">
+        <v>339.51992682790001</v>
+      </c>
+      <c r="E44" s="1">
+        <v>20.3950354256</v>
+      </c>
+      <c r="F44" s="1">
+        <v>16.157366981599999</v>
+      </c>
+      <c r="G44" s="1">
+        <v>36.552402407199999</v>
+      </c>
+      <c r="H44" s="1">
+        <v>225.21845389149999</v>
+      </c>
+      <c r="I44" s="1">
+        <v>150.85387534360001</v>
+      </c>
+      <c r="J44" s="1">
+        <v>376.07232923510003</v>
+      </c>
+      <c r="K44" s="1">
+        <v>377.62153160700001</v>
+      </c>
+      <c r="L44" s="1">
+        <v>242.71664299899999</v>
+      </c>
+      <c r="M44" s="1">
+        <v>620.33817460600005</v>
+      </c>
+      <c r="N44" s="1">
+        <v>86.591892055999992</v>
+      </c>
+      <c r="O44" s="1">
+        <v>34.179531851</v>
+      </c>
+      <c r="P44" s="1">
+        <v>120.771423907</v>
+      </c>
+      <c r="Q44" s="1">
+        <v>464.21342366300001</v>
+      </c>
+      <c r="R44" s="1">
+        <v>276.89617485000002</v>
+      </c>
+      <c r="S44" s="1">
+        <v>741.10959851300004</v>
+      </c>
+    </row>
+    <row r="45" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A45" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B45" s="1">
+        <v>11076.776273900001</v>
+      </c>
+      <c r="C45" s="1">
+        <v>6608.6068025032</v>
+      </c>
+      <c r="D45" s="1">
+        <v>17685.383076403199</v>
+      </c>
+      <c r="E45" s="1">
+        <v>799.71504281490002</v>
+      </c>
+      <c r="F45" s="1">
+        <v>269.10773899909998</v>
+      </c>
+      <c r="G45" s="1">
+        <v>1068.8227818140001</v>
+      </c>
+      <c r="H45" s="1">
+        <v>11876.491316714901</v>
+      </c>
+      <c r="I45" s="1">
+        <v>6877.7145415022997</v>
+      </c>
+      <c r="J45" s="1">
+        <v>18754.205858217199</v>
+      </c>
+      <c r="K45" s="1">
+        <v>12252.407171358</v>
+      </c>
+      <c r="L45" s="1">
+        <v>7492.1219573979997</v>
+      </c>
+      <c r="M45" s="1">
+        <v>19744.529128755999</v>
+      </c>
+      <c r="N45" s="1">
+        <v>930.56037839400005</v>
+      </c>
+      <c r="O45" s="1">
+        <v>298.31064417900001</v>
+      </c>
+      <c r="P45" s="1">
+        <v>1228.8710225729999</v>
+      </c>
+      <c r="Q45" s="1">
+        <v>13182.967549752</v>
+      </c>
+      <c r="R45" s="1">
+        <v>7790.4326015770002</v>
+      </c>
+      <c r="S45" s="1">
+        <v>20973.400151328999</v>
+      </c>
+    </row>
+    <row r="46" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A46" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B46" s="1"/>
+      <c r="C46" s="1"/>
+      <c r="D46" s="1"/>
+      <c r="E46" s="1"/>
+      <c r="F46" s="1"/>
+      <c r="G46" s="1"/>
+      <c r="H46" s="1"/>
+      <c r="I46" s="1"/>
+      <c r="J46" s="1"/>
+      <c r="K46" s="1"/>
+      <c r="L46" s="1"/>
+      <c r="M46" s="1"/>
+      <c r="N46" s="1"/>
+      <c r="O46" s="1"/>
+      <c r="P46" s="1"/>
+      <c r="Q46" s="1"/>
+      <c r="R46" s="1"/>
+      <c r="S46" s="1"/>
+    </row>
+    <row r="47" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A47" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B47" s="1">
+        <v>277.24513872659998</v>
+      </c>
+      <c r="C47" s="1">
+        <v>40.3732918599</v>
+      </c>
+      <c r="D47" s="1">
+        <v>317.61843058649998</v>
+      </c>
+      <c r="E47" s="1">
+        <v>22.089762667999999</v>
+      </c>
+      <c r="F47" s="1">
+        <v>1.0785435897</v>
+      </c>
+      <c r="G47" s="1">
+        <v>23.168306257699999</v>
+      </c>
+      <c r="H47" s="1">
+        <v>299.33490139460002</v>
+      </c>
+      <c r="I47" s="1">
+        <v>41.451835449599997</v>
+      </c>
+      <c r="J47" s="1">
+        <v>340.78673684419999</v>
+      </c>
+      <c r="K47" s="1">
+        <v>323.88062828599999</v>
+      </c>
+      <c r="L47" s="1">
+        <v>66.161881957999995</v>
+      </c>
+      <c r="M47" s="1">
+        <v>390.04251024400003</v>
+      </c>
+      <c r="N47" s="1">
+        <v>36.321599255999999</v>
+      </c>
+      <c r="O47" s="1">
+        <v>4.0829451529999998</v>
+      </c>
+      <c r="P47" s="1">
+        <v>40.404544409000003</v>
+      </c>
+      <c r="Q47" s="1">
+        <v>360.202227542</v>
+      </c>
+      <c r="R47" s="1">
+        <v>70.244827111000006</v>
+      </c>
+      <c r="S47" s="1">
+        <v>430.44705465300001</v>
+      </c>
+    </row>
+    <row r="48" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A48" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B48" s="1">
+        <v>270.16953837049999</v>
+      </c>
+      <c r="C48" s="1">
+        <v>25.738601132700001</v>
+      </c>
+      <c r="D48" s="1">
+        <v>295.9081395032</v>
+      </c>
+      <c r="E48" s="1">
+        <v>83.169081610299997</v>
+      </c>
+      <c r="F48" s="1">
+        <v>1.6524768254</v>
+      </c>
+      <c r="G48" s="1">
+        <v>84.821558435699998</v>
+      </c>
+      <c r="H48" s="1">
+        <v>353.33861998079999</v>
+      </c>
+      <c r="I48" s="1">
+        <v>27.391077958100002</v>
+      </c>
+      <c r="J48" s="1">
+        <v>380.72969793890002</v>
+      </c>
+      <c r="K48" s="1">
+        <v>333.38895697200002</v>
+      </c>
+      <c r="L48" s="1">
+        <v>35.254355729000004</v>
+      </c>
+      <c r="M48" s="1">
+        <v>368.64331270100001</v>
+      </c>
+      <c r="N48" s="1">
+        <v>88.862982571000003</v>
+      </c>
+      <c r="O48" s="1">
+        <v>4.2508076379999995</v>
+      </c>
+      <c r="P48" s="1">
+        <v>93.113790209000001</v>
+      </c>
+      <c r="Q48" s="1">
+        <v>422.25193954299999</v>
+      </c>
+      <c r="R48" s="1">
+        <v>39.505163367000002</v>
+      </c>
+      <c r="S48" s="1">
+        <v>461.75710291000001</v>
+      </c>
+    </row>
+    <row r="49" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A49" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B49" s="1">
+        <v>79.883624045999994</v>
+      </c>
+      <c r="C49" s="1">
+        <v>24.713130207999999</v>
+      </c>
+      <c r="D49" s="1">
+        <v>104.596754254</v>
+      </c>
+      <c r="E49" s="1">
+        <v>29.719304634</v>
+      </c>
+      <c r="F49" s="1">
         <v>1</v>
       </c>
-      <c r="C1" s="2" t="s">
+      <c r="G49" s="1">
+        <v>30.719304634</v>
+      </c>
+      <c r="H49" s="1">
+        <v>109.60292868000001</v>
+      </c>
+      <c r="I49" s="1">
+        <v>25.713130207999999</v>
+      </c>
+      <c r="J49" s="1">
+        <v>135.31605888799999</v>
+      </c>
+      <c r="K49" s="1">
+        <v>120.277658785</v>
+      </c>
+      <c r="L49" s="1">
+        <v>53.976635256000002</v>
+      </c>
+      <c r="M49" s="1">
+        <v>174.25429404100001</v>
+      </c>
+      <c r="N49" s="1">
+        <v>38.177950334000002</v>
+      </c>
+      <c r="O49" s="1">
+        <v>1</v>
+      </c>
+      <c r="P49" s="1">
+        <v>39.177950334000002</v>
+      </c>
+      <c r="Q49" s="1">
+        <v>158.455609119</v>
+      </c>
+      <c r="R49" s="1">
+        <v>54.976635256000002</v>
+      </c>
+      <c r="S49" s="1">
+        <v>213.43224437499998</v>
+      </c>
+    </row>
+    <row r="50" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A50" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B50" s="1">
+        <v>1882.7707837236999</v>
+      </c>
+      <c r="C50" s="1">
+        <v>503.38976118789998</v>
+      </c>
+      <c r="D50" s="1">
+        <v>2386.1605449116</v>
+      </c>
+      <c r="E50" s="1">
+        <v>232.09119159609997</v>
+      </c>
+      <c r="F50" s="1">
+        <v>18.157379644999999</v>
+      </c>
+      <c r="G50" s="1">
+        <v>250.2485712411</v>
+      </c>
+      <c r="H50" s="1">
+        <v>2114.8619753198</v>
+      </c>
+      <c r="I50" s="1">
+        <v>521.54714083290003</v>
+      </c>
+      <c r="J50" s="1">
+        <v>2636.4091161526999</v>
+      </c>
+      <c r="K50" s="1">
+        <v>2465.9554048619998</v>
+      </c>
+      <c r="L50" s="1">
+        <v>799.033836931</v>
+      </c>
+      <c r="M50" s="1">
+        <v>3264.989241793</v>
+      </c>
+      <c r="N50" s="1">
+        <v>315.36226679599997</v>
+      </c>
+      <c r="O50" s="1">
+        <v>24.365613348</v>
+      </c>
+      <c r="P50" s="1">
+        <v>339.72788014399998</v>
+      </c>
+      <c r="Q50" s="1">
+        <v>2781.3176716580001</v>
+      </c>
+      <c r="R50" s="1">
+        <v>823.39945027900001</v>
+      </c>
+      <c r="S50" s="1">
+        <v>3604.7171219370002</v>
+      </c>
+    </row>
+    <row r="51" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A51" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B51" s="1"/>
+      <c r="C51" s="1"/>
+      <c r="D51" s="1"/>
+      <c r="E51" s="1"/>
+      <c r="F51" s="1"/>
+      <c r="G51" s="1"/>
+      <c r="H51" s="1"/>
+      <c r="I51" s="1"/>
+      <c r="J51" s="1"/>
+      <c r="K51" s="1"/>
+      <c r="L51" s="1"/>
+      <c r="M51" s="1"/>
+      <c r="N51" s="1"/>
+      <c r="O51" s="1"/>
+      <c r="P51" s="1"/>
+      <c r="Q51" s="1"/>
+      <c r="R51" s="1"/>
+      <c r="S51" s="1"/>
+    </row>
+    <row r="52" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A52" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B52" s="1">
+        <v>1880.2375588709999</v>
+      </c>
+      <c r="C52" s="1">
+        <v>484.8209637663</v>
+      </c>
+      <c r="D52" s="1">
+        <v>2365.0585226373</v>
+      </c>
+      <c r="E52" s="1">
+        <v>241.34066652259997</v>
+      </c>
+      <c r="F52" s="1">
+        <v>24.847490257</v>
+      </c>
+      <c r="G52" s="1">
+        <v>266.18815677959998</v>
+      </c>
+      <c r="H52" s="1">
+        <v>2121.5782253936</v>
+      </c>
+      <c r="I52" s="1">
+        <v>509.6684540233</v>
+      </c>
+      <c r="J52" s="1">
+        <v>2631.2466794169</v>
+      </c>
+      <c r="K52" s="1">
+        <v>2468.8660862370002</v>
+      </c>
+      <c r="L52" s="1">
+        <v>822.25283821200003</v>
+      </c>
+      <c r="M52" s="1">
+        <v>3291.1189244490001</v>
+      </c>
+      <c r="N52" s="1">
+        <v>329.72566116500002</v>
+      </c>
+      <c r="O52" s="1">
+        <v>36.547112509999998</v>
+      </c>
+      <c r="P52" s="1">
+        <v>366.272773675</v>
+      </c>
+      <c r="Q52" s="1">
+        <v>2798.5917474020002</v>
+      </c>
+      <c r="R52" s="1">
+        <v>858.79995072199995</v>
+      </c>
+      <c r="S52" s="1">
+        <v>3657.391698124</v>
+      </c>
+    </row>
+    <row r="53" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A53" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B53" s="1">
+        <v>362.53491691559998</v>
+      </c>
+      <c r="C53" s="1">
+        <v>59.248432207999997</v>
+      </c>
+      <c r="D53" s="1">
+        <v>421.78334912359998</v>
+      </c>
+      <c r="E53" s="1">
+        <v>1.4879518641</v>
+      </c>
+      <c r="F53" s="1">
+        <v>1.0539074260000001</v>
+      </c>
+      <c r="G53" s="1">
+        <v>2.5418592901000001</v>
+      </c>
+      <c r="H53" s="1">
+        <v>364.02286877969999</v>
+      </c>
+      <c r="I53" s="1">
+        <v>60.302339633999999</v>
+      </c>
+      <c r="J53" s="1">
+        <v>424.32520841370001</v>
+      </c>
+      <c r="K53" s="1">
+        <v>425.265074927</v>
+      </c>
+      <c r="L53" s="1">
+        <v>61.848432207999998</v>
+      </c>
+      <c r="M53" s="1">
+        <v>487.11350713500002</v>
+      </c>
+      <c r="N53" s="1">
+        <v>2.2891567140000002</v>
+      </c>
+      <c r="O53" s="1">
+        <v>1.0539074260000001</v>
+      </c>
+      <c r="P53" s="1">
+        <v>3.3430641400000001</v>
+      </c>
+      <c r="Q53" s="1">
+        <v>427.554231641</v>
+      </c>
+      <c r="R53" s="1">
+        <v>62.902339634000001</v>
+      </c>
+      <c r="S53" s="1">
+        <v>490.45657127499999</v>
+      </c>
+    </row>
+    <row r="54" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A54" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B54" s="1">
+        <v>266.70140185050002</v>
+      </c>
+      <c r="C54" s="1">
+        <v>91.052597521099997</v>
+      </c>
+      <c r="D54" s="1">
+        <v>357.7539993716</v>
+      </c>
+      <c r="E54" s="1">
+        <v>45.818797996000001</v>
+      </c>
+      <c r="F54" s="1">
+        <v>10.4105905236</v>
+      </c>
+      <c r="G54" s="1">
+        <v>56.229388519600001</v>
+      </c>
+      <c r="H54" s="1">
+        <v>312.52019984650002</v>
+      </c>
+      <c r="I54" s="1">
+        <v>101.4631880447</v>
+      </c>
+      <c r="J54" s="1">
+        <v>413.98338789119998</v>
+      </c>
+      <c r="K54" s="1">
+        <v>447.75032786399998</v>
+      </c>
+      <c r="L54" s="1">
+        <v>163.909696618</v>
+      </c>
+      <c r="M54" s="1">
+        <v>611.66002448200004</v>
+      </c>
+      <c r="N54" s="1">
+        <v>61.565446586</v>
+      </c>
+      <c r="O54" s="1">
+        <v>14.176397892000001</v>
+      </c>
+      <c r="P54" s="1">
+        <v>75.741844478000004</v>
+      </c>
+      <c r="Q54" s="1">
+        <v>509.31577444999999</v>
+      </c>
+      <c r="R54" s="1">
+        <v>178.08609451000001</v>
+      </c>
+      <c r="S54" s="1">
+        <v>687.40186896</v>
+      </c>
+    </row>
+    <row r="55" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A55" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B55" s="1">
+        <v>372.59652319500003</v>
+      </c>
+      <c r="C55" s="1">
+        <v>13.7985520956</v>
+      </c>
+      <c r="D55" s="1">
+        <v>386.3950752906</v>
+      </c>
+      <c r="E55" s="1">
+        <v>0</v>
+      </c>
+      <c r="F55" s="1">
+        <v>0.28117416360000003</v>
+      </c>
+      <c r="G55" s="1">
+        <v>0.28117416360000003</v>
+      </c>
+      <c r="H55" s="1">
+        <v>372.59652319500003</v>
+      </c>
+      <c r="I55" s="1">
+        <v>14.079726259199999</v>
+      </c>
+      <c r="J55" s="1">
+        <v>386.67624945419999</v>
+      </c>
+      <c r="K55" s="1">
+        <v>1155.166132156</v>
+      </c>
+      <c r="L55" s="1">
+        <v>69.900074834000009</v>
+      </c>
+      <c r="M55" s="1">
+        <v>1225.06620699</v>
+      </c>
+      <c r="N55" s="1">
+        <v>0</v>
+      </c>
+      <c r="O55" s="1">
+        <v>0.93724721200000005</v>
+      </c>
+      <c r="P55" s="1">
+        <v>0.93724721200000005</v>
+      </c>
+      <c r="Q55" s="1">
+        <v>1155.166132156</v>
+      </c>
+      <c r="R55" s="1">
+        <v>70.837322045999997</v>
+      </c>
+      <c r="S55" s="1">
+        <v>1226.0034542020001</v>
+      </c>
+    </row>
+    <row r="56" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A56" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B56" s="1">
+        <v>103.550328018</v>
+      </c>
+      <c r="C56" s="1">
+        <v>60.923578712000001</v>
+      </c>
+      <c r="D56" s="1">
+        <v>164.47390673000001</v>
+      </c>
+      <c r="E56" s="1">
+        <v>0</v>
+      </c>
+      <c r="F56" s="1">
+        <v>2.1219993399999999</v>
+      </c>
+      <c r="G56" s="1">
+        <v>2.1219993399999999</v>
+      </c>
+      <c r="H56" s="1">
+        <v>103.550328018</v>
+      </c>
+      <c r="I56" s="1">
+        <v>63.045578051999996</v>
+      </c>
+      <c r="J56" s="1">
+        <v>166.59590607000001</v>
+      </c>
+      <c r="K56" s="1">
+        <v>223.95988885</v>
+      </c>
+      <c r="L56" s="1">
+        <v>149.88612730400001</v>
+      </c>
+      <c r="M56" s="1">
+        <v>373.84601615399998</v>
+      </c>
+      <c r="N56" s="1">
+        <v>0</v>
+      </c>
+      <c r="O56" s="1">
+        <v>3.1829990100000001</v>
+      </c>
+      <c r="P56" s="1">
+        <v>3.1829990100000001</v>
+      </c>
+      <c r="Q56" s="1">
+        <v>223.95988885</v>
+      </c>
+      <c r="R56" s="1">
+        <v>153.06912631399999</v>
+      </c>
+      <c r="S56" s="1">
+        <v>377.02901516399999</v>
+      </c>
+    </row>
+    <row r="57" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A57" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B57" s="1">
+        <v>132.055144738</v>
+      </c>
+      <c r="C57" s="1">
+        <v>45.022328823400002</v>
+      </c>
+      <c r="D57" s="1">
+        <v>177.07747356140001</v>
+      </c>
+      <c r="E57" s="1">
+        <v>36.570026307300004</v>
+      </c>
+      <c r="F57" s="1">
+        <v>3.5490428889999999</v>
+      </c>
+      <c r="G57" s="1">
+        <v>40.119069196300003</v>
+      </c>
+      <c r="H57" s="1">
+        <v>168.62517104529999</v>
+      </c>
+      <c r="I57" s="1">
+        <v>48.571371712400001</v>
+      </c>
+      <c r="J57" s="1">
+        <v>217.1965427577</v>
+      </c>
+      <c r="K57" s="1">
+        <v>283.21577394100001</v>
+      </c>
+      <c r="L57" s="1">
+        <v>99.996913335000002</v>
+      </c>
+      <c r="M57" s="1">
+        <v>383.212687276</v>
+      </c>
+      <c r="N57" s="1">
+        <v>69.938366482000006</v>
+      </c>
+      <c r="O57" s="1">
+        <v>31.864546199999999</v>
+      </c>
+      <c r="P57" s="1">
+        <v>101.802912682</v>
+      </c>
+      <c r="Q57" s="1">
+        <v>353.154140423</v>
+      </c>
+      <c r="R57" s="1">
+        <v>131.86145953499999</v>
+      </c>
+      <c r="S57" s="1">
+        <v>485.015599958</v>
+      </c>
+    </row>
+    <row r="58" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A58" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B58" s="1">
+        <v>5008.1413601978002</v>
+      </c>
+      <c r="C58" s="1">
+        <v>1011.6945805699</v>
+      </c>
+      <c r="D58" s="1">
+        <v>6019.8359407676999</v>
+      </c>
+      <c r="E58" s="1">
+        <v>659.82737756120002</v>
+      </c>
+      <c r="F58" s="1">
+        <v>147.94232926750001</v>
+      </c>
+      <c r="G58" s="1">
+        <v>807.76970682870001</v>
+      </c>
+      <c r="H58" s="1">
+        <v>5667.9687377589999</v>
+      </c>
+      <c r="I58" s="1">
+        <v>1159.6369098374</v>
+      </c>
+      <c r="J58" s="1">
+        <v>6827.6056475963996</v>
+      </c>
+      <c r="K58" s="1">
+        <v>5700.8927249349999</v>
+      </c>
+      <c r="L58" s="1">
+        <v>1335.889340034</v>
+      </c>
+      <c r="M58" s="1">
+        <v>7036.7820649690002</v>
+      </c>
+      <c r="N58" s="1">
+        <v>1001.262065039</v>
+      </c>
+      <c r="O58" s="1">
+        <v>224.357067779</v>
+      </c>
+      <c r="P58" s="1">
+        <v>1225.619132818</v>
+      </c>
+      <c r="Q58" s="1">
+        <v>6702.1547899739999</v>
+      </c>
+      <c r="R58" s="1">
+        <v>1560.2464078129999</v>
+      </c>
+      <c r="S58" s="1">
+        <v>8262.4011977869995</v>
+      </c>
+    </row>
+    <row r="59" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A59" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B59" s="1">
+        <v>25843.260408075599</v>
+      </c>
+      <c r="C59" s="1">
+        <v>10410.0280570134</v>
+      </c>
+      <c r="D59" s="1">
+        <v>36253.288465088997</v>
+      </c>
+      <c r="E59" s="1">
+        <v>2598.3217214278998</v>
+      </c>
+      <c r="F59" s="1">
+        <v>530.74868724119995</v>
+      </c>
+      <c r="G59" s="1">
+        <v>3129.0704086690998</v>
+      </c>
+      <c r="H59" s="1">
+        <v>28441.582129503498</v>
+      </c>
+      <c r="I59" s="1">
+        <v>10940.776744254599</v>
+      </c>
+      <c r="J59" s="1">
+        <v>39382.358873758101</v>
+      </c>
+      <c r="K59" s="1">
+        <v>31178.494550203999</v>
+      </c>
+      <c r="L59" s="1">
+        <v>13070.517373985</v>
+      </c>
+      <c r="M59" s="1">
+        <v>44249.011924188999</v>
+      </c>
+      <c r="N59" s="1">
+        <v>3490.3310469769999</v>
+      </c>
+      <c r="O59" s="1">
+        <v>741.23808411000005</v>
+      </c>
+      <c r="P59" s="1">
+        <v>4231.5691310869997</v>
+      </c>
+      <c r="Q59" s="1">
+        <v>34668.825597180999</v>
+      </c>
+      <c r="R59" s="1">
+        <v>13811.755458095</v>
+      </c>
+      <c r="S59" s="1">
+        <v>48482.581055276001</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:G59"/>
+  <sheetViews>
+    <sheetView topLeftCell="A34" workbookViewId="0">
+      <selection activeCell="H20" sqref="H20"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="14.42578125" customWidth="1"/>
+    <col min="2" max="2" width="25.28515625" customWidth="1"/>
+    <col min="3" max="3" width="47.5703125" customWidth="1"/>
+    <col min="4" max="4" width="36.5703125" customWidth="1"/>
+    <col min="5" max="5" width="29.28515625" customWidth="1"/>
+    <col min="6" max="6" width="32.7109375" customWidth="1"/>
+    <col min="7" max="7" width="25.140625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+    </row>
+    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="1">
+        <v>16995061.353342518</v>
+      </c>
+      <c r="C3" s="1">
+        <v>1474697.683890231</v>
+      </c>
+      <c r="D3" s="1">
+        <v>9187058.1216617133</v>
+      </c>
+      <c r="E3" s="1">
+        <v>328752.772497684</v>
+      </c>
+      <c r="F3" s="1">
+        <v>1693082.2294905761</v>
+      </c>
+      <c r="G3" s="1">
+        <v>29678652.160882723</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" s="1"/>
+      <c r="C4" s="1"/>
+      <c r="D4" s="1"/>
+      <c r="E4" s="1"/>
+      <c r="F4" s="1"/>
+      <c r="G4" s="1"/>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" s="1">
+        <v>441676.06296998099</v>
+      </c>
+      <c r="C5" s="1">
+        <v>305579.449344436</v>
+      </c>
+      <c r="D5" s="1">
+        <v>148800.17885641201</v>
+      </c>
+      <c r="E5" s="1">
+        <v>44647.222231940003</v>
+      </c>
+      <c r="F5" s="1">
+        <v>221121.29009557201</v>
+      </c>
+      <c r="G5" s="1">
+        <v>1161824.2034983409</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" s="1">
+        <v>1270426.3857076471</v>
+      </c>
+      <c r="C6" s="1">
+        <v>144021.66054212899</v>
+      </c>
+      <c r="D6" s="1">
+        <v>489887.76600343699</v>
+      </c>
+      <c r="E6" s="1">
+        <v>0</v>
+      </c>
+      <c r="F6" s="1">
+        <v>331730.50026098202</v>
+      </c>
+      <c r="G6" s="1">
+        <v>2236066.3125141952</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" s="1">
+        <v>22503.111435544</v>
+      </c>
+      <c r="C7" s="1">
+        <v>0</v>
+      </c>
+      <c r="D7" s="1">
+        <v>8862.7415653120006</v>
+      </c>
+      <c r="E7" s="1">
+        <v>11.051871002</v>
+      </c>
+      <c r="F7" s="1">
+        <v>15731.62172289</v>
+      </c>
+      <c r="G7" s="1">
+        <v>47108.526594748</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="1">
+        <v>1063953.9839323501</v>
+      </c>
+      <c r="C8" s="1">
+        <v>2941.9536306629998</v>
+      </c>
+      <c r="D8" s="1">
+        <v>501392.597993423</v>
+      </c>
+      <c r="E8" s="1">
+        <v>51475.032744892</v>
+      </c>
+      <c r="F8" s="1">
+        <v>88277.996260914995</v>
+      </c>
+      <c r="G8" s="1">
+        <v>1708041.5645622429</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" s="1">
+        <v>7631097.2693205914</v>
+      </c>
+      <c r="C9" s="1">
+        <v>99016.069334535001</v>
+      </c>
+      <c r="D9" s="1">
+        <v>4510703.8058251599</v>
+      </c>
+      <c r="E9" s="1">
+        <v>76981.352909787995</v>
+      </c>
+      <c r="F9" s="1">
+        <v>746868.97305318003</v>
+      </c>
+      <c r="G9" s="1">
+        <v>13064667.470443254</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B10" s="1">
+        <v>74698.244958280993</v>
+      </c>
+      <c r="C10" s="1">
+        <v>4313.7170650200005</v>
+      </c>
+      <c r="D10" s="1">
+        <v>34736.276914871996</v>
+      </c>
+      <c r="E10" s="1">
+        <v>0</v>
+      </c>
+      <c r="F10" s="1">
+        <v>1262.410718675</v>
+      </c>
+      <c r="G10" s="1">
+        <v>115010.64965684801</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B11" s="1">
+        <v>32702.098864619998</v>
+      </c>
+      <c r="C11" s="1">
+        <v>980.53818761799994</v>
+      </c>
+      <c r="D11" s="1">
+        <v>9159.6353628199995</v>
+      </c>
+      <c r="E11" s="1">
+        <v>11309.326528199999</v>
+      </c>
+      <c r="F11" s="1">
+        <v>13917.068393924001</v>
+      </c>
+      <c r="G11" s="1">
+        <v>68068.667337182007</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" s="1">
+        <v>136626.152667316</v>
+      </c>
+      <c r="C12" s="1">
+        <v>9471.3520937000012</v>
+      </c>
+      <c r="D12" s="1">
+        <v>15537.403118309001</v>
+      </c>
+      <c r="E12" s="1">
+        <v>75079.180252774997</v>
+      </c>
+      <c r="F12" s="1">
+        <v>20701.2303699</v>
+      </c>
+      <c r="G12" s="1">
+        <v>257415.31850199998</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B13" s="1">
+        <v>452762.838081097</v>
+      </c>
+      <c r="C13" s="1">
+        <v>14510.742588294001</v>
+      </c>
+      <c r="D13" s="1">
+        <v>146153.08026692699</v>
+      </c>
+      <c r="E13" s="1">
+        <v>1640.141038497</v>
+      </c>
+      <c r="F13" s="1">
+        <v>9880.3734769820003</v>
+      </c>
+      <c r="G13" s="1">
+        <v>624947.17545179697</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B14" s="1">
+        <v>94192.430544871997</v>
+      </c>
+      <c r="C14" s="1">
+        <v>16193.830180965</v>
+      </c>
+      <c r="D14" s="1">
+        <v>36012.701318949999</v>
+      </c>
+      <c r="E14" s="1">
+        <v>141.55001505000001</v>
+      </c>
+      <c r="F14" s="1">
+        <v>2138.9843077800001</v>
+      </c>
+      <c r="G14" s="1">
+        <v>148679.49636761702</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B15" s="1">
+        <v>1333210.188751044</v>
+      </c>
+      <c r="C15" s="1">
+        <v>54933.654975329999</v>
+      </c>
+      <c r="D15" s="1">
+        <v>410166.96909662301</v>
+      </c>
+      <c r="E15" s="1">
+        <v>10525.450634272</v>
+      </c>
+      <c r="F15" s="1">
+        <v>80386.144864342001</v>
+      </c>
+      <c r="G15" s="1">
+        <v>1889222.4083216109</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B16" s="1">
+        <v>1367226.4498870659</v>
+      </c>
+      <c r="C16" s="1">
+        <v>172616.16862441</v>
+      </c>
+      <c r="D16" s="1">
+        <v>403660.330285125</v>
+      </c>
+      <c r="E16" s="1">
+        <v>28193.421066499999</v>
+      </c>
+      <c r="F16" s="1">
+        <v>33304.562986270001</v>
+      </c>
+      <c r="G16" s="1">
+        <v>2005000.9328493711</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B17" s="1">
+        <v>250842.03813425201</v>
+      </c>
+      <c r="C17" s="1">
+        <v>11221.045177818</v>
+      </c>
+      <c r="D17" s="1">
+        <v>37780.644768826001</v>
+      </c>
+      <c r="E17" s="1">
+        <v>418.56559040000002</v>
+      </c>
+      <c r="F17" s="1">
+        <v>24226.587118578002</v>
+      </c>
+      <c r="G17" s="1">
+        <v>324488.88078987401</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" s="1">
+        <v>2338698.9172071428</v>
+      </c>
+      <c r="C18" s="1">
+        <v>616897.65859540005</v>
+      </c>
+      <c r="D18" s="1">
+        <v>2289875.324686802</v>
+      </c>
+      <c r="E18" s="1">
+        <v>19683.228545400001</v>
+      </c>
+      <c r="F18" s="1">
+        <v>76620.030903424995</v>
+      </c>
+      <c r="G18" s="1">
+        <v>5341775.1599381696</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="1">
+        <v>226236.58466603601</v>
+      </c>
+      <c r="C19" s="1">
+        <v>15612.190466828</v>
+      </c>
+      <c r="D19" s="1">
+        <v>60299.580747658998</v>
+      </c>
+      <c r="E19" s="1">
+        <v>995.13121632000002</v>
+      </c>
+      <c r="F19" s="1">
+        <v>2663.3830042760001</v>
+      </c>
+      <c r="G19" s="1">
+        <v>305806.87010111898</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" s="1">
+        <v>52607.321229717003</v>
+      </c>
+      <c r="C20" s="1">
+        <v>1.147040971</v>
+      </c>
+      <c r="D20" s="1">
+        <v>14391.691931367999</v>
+      </c>
+      <c r="E20" s="1">
+        <v>2941.3079272</v>
+      </c>
+      <c r="F20" s="1">
+        <v>1276.8943745679999</v>
+      </c>
+      <c r="G20" s="1">
+        <v>71218.362503823999</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="1">
+        <v>107579.690877335</v>
+      </c>
+      <c r="C21" s="1">
+        <v>1112.0014409559999</v>
+      </c>
+      <c r="D21" s="1">
+        <v>37165.823496017998</v>
+      </c>
+      <c r="E21" s="1">
+        <v>160.526031168</v>
+      </c>
+      <c r="F21" s="1">
+        <v>292.24725442499999</v>
+      </c>
+      <c r="G21" s="1">
+        <v>146310.289099902</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" s="1">
+        <v>98021.584107625997</v>
+      </c>
+      <c r="C22" s="1">
+        <v>5274.5046011579998</v>
+      </c>
+      <c r="D22" s="1">
+        <v>32471.569423671001</v>
+      </c>
+      <c r="E22" s="1">
+        <v>4550.2838942799999</v>
+      </c>
+      <c r="F22" s="1">
+        <v>22681.930323892</v>
+      </c>
+      <c r="G22" s="1">
+        <v>162999.872350627</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B23" s="1">
+        <v>21573.381787057999</v>
+      </c>
+      <c r="C23" s="1">
+        <v>4955.0971522849995</v>
+      </c>
+      <c r="D23" s="1">
+        <v>11960.743305249</v>
+      </c>
+      <c r="E23" s="1">
+        <v>2907.8096292499999</v>
+      </c>
+      <c r="F23" s="1">
+        <v>1516.9352740500001</v>
+      </c>
+      <c r="G23" s="1">
+        <v>42913.967147891999</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B24" s="1">
+        <v>1827167.098668305</v>
+      </c>
+      <c r="C24" s="1">
+        <v>339340.55999996298</v>
+      </c>
+      <c r="D24" s="1">
+        <v>738599.54484354903</v>
+      </c>
+      <c r="E24" s="1">
+        <v>53067.510279795002</v>
+      </c>
+      <c r="F24" s="1">
+        <v>44643.327575431998</v>
+      </c>
+      <c r="G24" s="1">
+        <v>3002818.0413670442</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B25" s="1">
+        <v>123216.9681772</v>
+      </c>
+      <c r="C25" s="1">
+        <v>2162.5498252699999</v>
+      </c>
+      <c r="D25" s="1">
+        <v>27754.30713646</v>
+      </c>
+      <c r="E25" s="1">
+        <v>2000</v>
+      </c>
+      <c r="F25" s="1">
+        <v>500</v>
+      </c>
+      <c r="G25" s="1">
+        <v>155633.82513893</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B26" s="1">
+        <v>0</v>
+      </c>
+      <c r="C26" s="1">
+        <v>0</v>
+      </c>
+      <c r="D26" s="1">
+        <v>0</v>
+      </c>
+      <c r="E26" s="1">
+        <v>0</v>
+      </c>
+      <c r="F26" s="1">
+        <v>0</v>
+      </c>
+      <c r="G26" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B27" s="1">
+        <v>1961416.3713737749</v>
+      </c>
+      <c r="C27" s="1">
+        <v>115305.49366186801</v>
+      </c>
+      <c r="D27" s="1">
+        <v>421090.11555825698</v>
+      </c>
+      <c r="E27" s="1">
+        <v>11588.563474192999</v>
+      </c>
+      <c r="F27" s="1">
+        <v>10320.084543247</v>
+      </c>
+      <c r="G27" s="1">
+        <v>2519720.6286113402</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B28" s="1">
+        <v>2522609.7909043101</v>
+      </c>
+      <c r="C28" s="1">
+        <v>327571.76242468401</v>
+      </c>
+      <c r="D28" s="1">
+        <v>1027744.859627864</v>
+      </c>
+      <c r="E28" s="1">
+        <v>2127.6741280299998</v>
+      </c>
+      <c r="F28" s="1">
+        <v>257304.45785939999</v>
+      </c>
+      <c r="G28" s="1">
+        <v>4137358.5449442882</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A29" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B29" s="1">
+        <v>5514393.9978821473</v>
+      </c>
+      <c r="C29" s="1">
+        <v>726292.28709334997</v>
+      </c>
+      <c r="D29" s="1">
+        <v>2354670.7946983501</v>
+      </c>
+      <c r="E29" s="1">
+        <v>159006.59296203501</v>
+      </c>
+      <c r="F29" s="1">
+        <v>556782.57321801304</v>
+      </c>
+      <c r="G29" s="1">
+        <v>9311146.2458538953</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A30" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B30" s="1">
+        <v>256718.061416652</v>
+      </c>
+      <c r="C30" s="1">
+        <v>25755.863653019002</v>
+      </c>
+      <c r="D30" s="1">
+        <v>116017.953171391</v>
+      </c>
+      <c r="E30" s="1">
+        <v>26575.383934418001</v>
+      </c>
+      <c r="F30" s="1">
+        <v>12490.989059486001</v>
+      </c>
+      <c r="G30" s="1">
+        <v>437558.25123496598</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A31" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B31" s="1"/>
+      <c r="C31" s="1"/>
+      <c r="D31" s="1"/>
+      <c r="E31" s="1"/>
+      <c r="F31" s="1"/>
+      <c r="G31" s="1"/>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A32" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B32" s="1">
+        <v>2429954.8044090969</v>
+      </c>
+      <c r="C32" s="1">
+        <v>193700.921522861</v>
+      </c>
+      <c r="D32" s="1">
+        <v>695842.00781527697</v>
+      </c>
+      <c r="E32" s="1">
+        <v>69259.497324248005</v>
+      </c>
+      <c r="F32" s="1">
+        <v>304974.38589860999</v>
+      </c>
+      <c r="G32" s="1">
+        <v>3693731.616970093</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A33" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B33" s="1">
+        <v>5099692.9603644302</v>
+      </c>
+      <c r="C33" s="1">
+        <v>331098.85626204999</v>
+      </c>
+      <c r="D33" s="1">
+        <v>1602994.523357921</v>
+      </c>
+      <c r="E33" s="1">
+        <v>216373.55732901301</v>
+      </c>
+      <c r="F33" s="1">
+        <v>375192.34044125798</v>
+      </c>
+      <c r="G33" s="1">
+        <v>7625352.2377546718</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A34" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B34" s="1">
+        <v>6601417.5917059556</v>
+      </c>
+      <c r="C34" s="1">
+        <v>928716.51991575898</v>
+      </c>
+      <c r="D34" s="1">
+        <v>3035163.0109877451</v>
+      </c>
+      <c r="E34" s="1">
+        <v>119337.252252144</v>
+      </c>
+      <c r="F34" s="1">
+        <v>278453.51491083601</v>
+      </c>
+      <c r="G34" s="1">
+        <v>10963087.889772439</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B35" s="1">
+        <v>15091091.667072482</v>
+      </c>
+      <c r="C35" s="1">
+        <v>1562565</v>
+      </c>
+      <c r="D35" s="1">
+        <v>8550896.8978418913</v>
+      </c>
+      <c r="E35" s="1">
+        <v>181056</v>
+      </c>
+      <c r="F35" s="1">
+        <v>1618020.3557694999</v>
+      </c>
+      <c r="G35" s="1">
+        <v>27003629.920683872</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A36" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B36" s="1"/>
+      <c r="C36" s="1"/>
+      <c r="D36" s="1"/>
+      <c r="E36" s="1"/>
+      <c r="F36" s="1"/>
+      <c r="G36" s="1"/>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A37" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B37" s="1">
+        <v>454329.30781264399</v>
+      </c>
+      <c r="C37" s="1">
+        <v>10548.444687936</v>
+      </c>
+      <c r="D37" s="1">
+        <v>110083.943394004</v>
+      </c>
+      <c r="E37" s="1">
+        <v>7791.1211968130001</v>
+      </c>
+      <c r="F37" s="1">
+        <v>33395.792470517998</v>
+      </c>
+      <c r="G37" s="1">
+        <v>616148.60956191504</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A38" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B38" s="1">
+        <v>4180096.5214064661</v>
+      </c>
+      <c r="C38" s="1">
+        <v>1126165.989008687</v>
+      </c>
+      <c r="D38" s="1">
+        <v>2871385.4842242468</v>
+      </c>
+      <c r="E38" s="1">
+        <v>141645.10052485199</v>
+      </c>
+      <c r="F38" s="1">
+        <v>346861.60908781999</v>
+      </c>
+      <c r="G38" s="1">
+        <v>8666154.7042520717</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A39" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B39" s="1">
+        <v>3765390.0787971742</v>
+      </c>
+      <c r="C39" s="1">
+        <v>269791.72438656702</v>
+      </c>
+      <c r="D39" s="1">
+        <v>1673003.2921610889</v>
+      </c>
+      <c r="E39" s="1">
+        <v>120166.39306947601</v>
+      </c>
+      <c r="F39" s="1">
+        <v>554141.60796092404</v>
+      </c>
+      <c r="G39" s="1">
+        <v>6382493.0963752298</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A40" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B40" s="1">
+        <v>20117605.838156383</v>
+      </c>
+      <c r="C40" s="1">
+        <v>1592952.853376128</v>
+      </c>
+      <c r="D40" s="1">
+        <v>9009616.5915243905</v>
+      </c>
+      <c r="E40" s="1">
+        <v>281626.65246266202</v>
+      </c>
+      <c r="F40" s="1">
+        <v>1534605.8719825021</v>
+      </c>
+      <c r="G40" s="1">
+        <v>32536407.807502069</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A41" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B41" s="1">
+        <v>704735.27737929695</v>
+      </c>
+      <c r="C41" s="1">
+        <v>16622.286241351998</v>
+      </c>
+      <c r="D41" s="1">
+        <v>220807.12869910299</v>
+      </c>
+      <c r="E41" s="1">
+        <v>34797.039651601997</v>
+      </c>
+      <c r="F41" s="1">
+        <v>107635.71551844</v>
+      </c>
+      <c r="G41" s="1">
+        <v>1084597.4474897941</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B42" s="1"/>
+      <c r="C42" s="1"/>
+      <c r="D42" s="1"/>
+      <c r="E42" s="1"/>
+      <c r="F42" s="1"/>
+      <c r="G42" s="1"/>
+    </row>
+    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A43" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B43" s="1">
+        <v>1756561.877156581</v>
+      </c>
+      <c r="C43" s="1">
+        <v>450108.71048796497</v>
+      </c>
+      <c r="D43" s="1">
+        <v>651836.92182897998</v>
+      </c>
+      <c r="E43" s="1">
+        <v>44712.717387222001</v>
+      </c>
+      <c r="F43" s="1">
+        <v>576579.49716299598</v>
+      </c>
+      <c r="G43" s="1">
+        <v>3479799.724023744</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A44" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B44" s="1">
+        <v>265049.571967208</v>
+      </c>
+      <c r="C44" s="1">
+        <v>15311.966159688</v>
+      </c>
+      <c r="D44" s="1">
+        <v>76812.619037338998</v>
+      </c>
+      <c r="E44" s="1">
+        <v>86632.552259974997</v>
+      </c>
+      <c r="F44" s="1">
+        <v>36246.777700999002</v>
+      </c>
+      <c r="G44" s="1">
+        <v>480053.48712520901</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A45" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B45" s="1">
+        <v>14973449.90421873</v>
+      </c>
+      <c r="C45" s="1">
+        <v>1009277.007242578</v>
+      </c>
+      <c r="D45" s="1">
+        <v>8458408.5807953943</v>
+      </c>
+      <c r="E45" s="1">
+        <v>197407.50285048701</v>
+      </c>
+      <c r="F45" s="1">
+        <v>1080255.9546265809</v>
+      </c>
+      <c r="G45" s="1">
+        <v>25718798.949733771</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A46" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B46" s="1"/>
+      <c r="C46" s="1"/>
+      <c r="D46" s="1"/>
+      <c r="E46" s="1"/>
+      <c r="F46" s="1"/>
+      <c r="G46" s="1"/>
+    </row>
+    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A47" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B47" s="1">
+        <v>209835.081800849</v>
+      </c>
+      <c r="C47" s="1">
+        <v>25713.937102819</v>
+      </c>
+      <c r="D47" s="1">
+        <v>54734.106034814002</v>
+      </c>
+      <c r="E47" s="1">
+        <v>633.83050545000003</v>
+      </c>
+      <c r="F47" s="1">
+        <v>2337.472032918</v>
+      </c>
+      <c r="G47" s="1">
+        <v>293254.42747684999</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A48" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B48" s="1">
+        <v>201957.415544427</v>
+      </c>
+      <c r="C48" s="1">
+        <v>52276.689246667003</v>
+      </c>
+      <c r="D48" s="1">
+        <v>64276.043308279994</v>
+      </c>
+      <c r="E48" s="1">
+        <v>6501.1091423750004</v>
+      </c>
+      <c r="F48" s="1">
+        <v>6063.5989684050001</v>
+      </c>
+      <c r="G48" s="1">
+        <v>331074.85621015402</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A49" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B49" s="1">
+        <v>98581.086954833998</v>
+      </c>
+      <c r="C49" s="1">
+        <v>12620.169668819999</v>
+      </c>
+      <c r="D49" s="1">
+        <v>9051.7424044029995</v>
+      </c>
+      <c r="E49" s="1">
+        <v>0</v>
+      </c>
+      <c r="F49" s="1">
+        <v>545.86456999999996</v>
+      </c>
+      <c r="G49" s="1">
+        <v>120798.863598057</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A50" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B50" s="1">
+        <v>1556658.085725409</v>
+      </c>
+      <c r="C50" s="1">
+        <v>81445.301438663009</v>
+      </c>
+      <c r="D50" s="1">
+        <v>385619.51925858599</v>
+      </c>
+      <c r="E50" s="1">
+        <v>11534.822301093</v>
+      </c>
+      <c r="F50" s="1">
+        <v>9416.7574787519989</v>
+      </c>
+      <c r="G50" s="1">
+        <v>2044674.4862025031</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A51" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B51" s="1"/>
+      <c r="C51" s="1"/>
+      <c r="D51" s="1"/>
+      <c r="E51" s="1"/>
+      <c r="F51" s="1"/>
+      <c r="G51" s="1"/>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A52" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B52" s="1">
+        <v>1541362.2744304209</v>
+      </c>
+      <c r="C52" s="1">
+        <v>91978.67570639</v>
+      </c>
+      <c r="D52" s="1">
+        <v>330869.00474094402</v>
+      </c>
+      <c r="E52" s="1">
+        <v>11534.822301093</v>
+      </c>
+      <c r="F52" s="1">
+        <v>9720.4788001470006</v>
+      </c>
+      <c r="G52" s="1">
+        <v>1985465.255978995</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A53" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B53" s="1">
+        <v>288462.93044909998</v>
+      </c>
+      <c r="C53" s="1">
+        <v>3158.5575042580003</v>
+      </c>
+      <c r="D53" s="1">
+        <v>79962.093068169997</v>
+      </c>
+      <c r="E53" s="1">
+        <v>0</v>
+      </c>
+      <c r="F53" s="1">
+        <v>0</v>
+      </c>
+      <c r="G53" s="1">
+        <v>371583.58102152799</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A54" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B54" s="1">
+        <v>273093.93106904702</v>
+      </c>
+      <c r="C54" s="1">
+        <v>44820.415297396998</v>
+      </c>
+      <c r="D54" s="1">
+        <v>138704.81964151299</v>
+      </c>
+      <c r="E54" s="1">
+        <v>35456.641563000005</v>
+      </c>
+      <c r="F54" s="1">
+        <v>36313.320781499999</v>
+      </c>
+      <c r="G54" s="1">
+        <v>528389.12835245696</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A55" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B55" s="1">
+        <v>238490.81811446403</v>
+      </c>
+      <c r="C55" s="1">
+        <v>140.58708179999999</v>
+      </c>
+      <c r="D55" s="1">
+        <v>23740.392807182001</v>
+      </c>
+      <c r="E55" s="1">
+        <v>0</v>
+      </c>
+      <c r="F55" s="1">
+        <v>0</v>
+      </c>
+      <c r="G55" s="1">
+        <v>262371.79800344596</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A56" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B56" s="1">
+        <v>114672.437017084</v>
+      </c>
+      <c r="C56" s="1">
+        <v>1893.8844109500001</v>
+      </c>
+      <c r="D56" s="1">
+        <v>131082.4776708</v>
+      </c>
+      <c r="E56" s="1">
+        <v>0</v>
+      </c>
+      <c r="F56" s="1">
+        <v>61090.44787856</v>
+      </c>
+      <c r="G56" s="1">
+        <v>308739.24697739398</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A57" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B57" s="1">
+        <v>150612.241111674</v>
+      </c>
+      <c r="C57" s="1">
+        <v>18770.931532269999</v>
+      </c>
+      <c r="D57" s="1">
+        <v>15601.889392983001</v>
+      </c>
+      <c r="E57" s="1">
+        <v>712.76426985000001</v>
+      </c>
+      <c r="F57" s="1">
+        <v>3174.0214205000002</v>
+      </c>
+      <c r="G57" s="1">
+        <v>188871.847727277</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A58" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B58" s="1">
+        <v>4667151.9475725042</v>
+      </c>
+      <c r="C58" s="1">
+        <v>670209.18696355296</v>
+      </c>
+      <c r="D58" s="1">
+        <v>1947945.4945808721</v>
+      </c>
+      <c r="E58" s="1">
+        <v>122777.18503592499</v>
+      </c>
+      <c r="F58" s="1">
+        <v>451222.46685967298</v>
+      </c>
+      <c r="G58" s="1">
+        <v>7859306.2810125267</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A59" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B59" s="1">
+        <v>29222157.023551963</v>
+      </c>
+      <c r="C59" s="1">
+        <v>3016081.2977006701</v>
+      </c>
+      <c r="D59" s="1">
+        <v>13884896.440002834</v>
+      </c>
+      <c r="E59" s="1">
+        <v>586026.30690540501</v>
+      </c>
+      <c r="F59" s="1">
+        <v>2576640.5970202042</v>
+      </c>
+      <c r="G59" s="1">
+        <v>49285801.665181078</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:M59"/>
+  <sheetViews>
+    <sheetView topLeftCell="A37" workbookViewId="0">
+      <selection activeCell="D15" sqref="D15"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="31" customWidth="1"/>
+    <col min="2" max="2" width="42.42578125" customWidth="1"/>
+    <col min="3" max="3" width="48" customWidth="1"/>
+    <col min="4" max="4" width="30" customWidth="1"/>
+    <col min="5" max="5" width="26.140625" customWidth="1"/>
+    <col min="6" max="6" width="15" customWidth="1"/>
+    <col min="7" max="7" width="42.42578125" customWidth="1"/>
+    <col min="8" max="8" width="34.7109375" customWidth="1"/>
+    <col min="9" max="9" width="16.85546875" customWidth="1"/>
+    <col min="10" max="10" width="35.140625" customWidth="1"/>
+    <col min="11" max="11" width="31.7109375" customWidth="1"/>
+    <col min="12" max="12" width="37.7109375" customWidth="1"/>
+    <col min="13" max="13" width="14.85546875" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="2" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
+      <c r="J2" s="1"/>
+      <c r="K2" s="1"/>
+      <c r="L2" s="1"/>
+      <c r="M2" s="1"/>
+    </row>
+    <row r="3" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="1">
+        <v>8679651.9831483718</v>
+      </c>
+      <c r="C3" s="1">
+        <v>6872090.8822472552</v>
+      </c>
+      <c r="D3" s="1">
+        <v>9584378.7532297354</v>
+      </c>
+      <c r="E3" s="1">
+        <v>1037422.9709336529</v>
+      </c>
+      <c r="F3" s="1">
+        <v>70483.582753936003</v>
+      </c>
+      <c r="G3" s="1">
+        <v>193066.85360781199</v>
+      </c>
+      <c r="H3" s="1">
+        <v>1568.5247082999999</v>
+      </c>
+      <c r="I3" s="1">
+        <v>3349.5612907210002</v>
+      </c>
+      <c r="J3" s="1">
+        <v>1166842.7494069941</v>
+      </c>
+      <c r="K3" s="1">
+        <v>362116.60702190001</v>
+      </c>
+      <c r="L3" s="1">
+        <v>490733.797736554</v>
+      </c>
+      <c r="M3" s="1">
+        <v>28461706.266085234</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" s="1"/>
+      <c r="C4" s="1"/>
+      <c r="D4" s="1"/>
+      <c r="E4" s="1"/>
+      <c r="F4" s="1"/>
+      <c r="G4" s="1"/>
+      <c r="H4" s="1"/>
+      <c r="I4" s="1"/>
+      <c r="J4" s="1"/>
+      <c r="K4" s="1"/>
+      <c r="L4" s="1"/>
+      <c r="M4" s="1"/>
+    </row>
+    <row r="5" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" s="1">
+        <v>233.57122100000001</v>
+      </c>
+      <c r="C5" s="1">
+        <v>24573.401337750001</v>
+      </c>
+      <c r="D5" s="1">
+        <v>17467.770389901001</v>
+      </c>
+      <c r="E5" s="1">
+        <v>69834.150695999997</v>
+      </c>
+      <c r="F5" s="1">
+        <v>5870</v>
+      </c>
+      <c r="G5" s="1">
+        <v>166977.40616819999</v>
+      </c>
+      <c r="H5" s="1">
+        <v>1000</v>
+      </c>
+      <c r="I5" s="1">
+        <v>1.10670902</v>
+      </c>
+      <c r="J5" s="1">
+        <v>30449.547648</v>
+      </c>
+      <c r="K5" s="1">
+        <v>18100.288172488999</v>
+      </c>
+      <c r="L5" s="1">
+        <v>79015</v>
+      </c>
+      <c r="M5" s="1">
+        <v>413522.24234236003</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" s="1">
+        <v>675.34778759999995</v>
+      </c>
+      <c r="C6" s="1">
+        <v>450.26865900000001</v>
+      </c>
+      <c r="D6" s="1">
+        <v>4014.0820050000002</v>
+      </c>
+      <c r="E6" s="1">
+        <v>8096.8514345439999</v>
+      </c>
+      <c r="F6" s="1">
+        <v>412.39854159999999</v>
+      </c>
+      <c r="G6" s="1">
+        <v>0</v>
+      </c>
+      <c r="H6" s="1">
+        <v>0</v>
+      </c>
+      <c r="I6" s="1">
+        <v>0</v>
+      </c>
+      <c r="J6" s="1">
+        <v>4536.1663874320002</v>
+      </c>
+      <c r="K6" s="1">
+        <v>11216</v>
+      </c>
+      <c r="L6" s="1">
+        <v>0</v>
+      </c>
+      <c r="M6" s="1">
+        <v>29401.114815175999</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" s="1">
+        <v>0</v>
+      </c>
+      <c r="C7" s="1">
+        <v>0</v>
+      </c>
+      <c r="D7" s="1">
+        <v>5121.6684666500005</v>
+      </c>
+      <c r="E7" s="1">
+        <v>437.68068199999999</v>
+      </c>
+      <c r="F7" s="1">
+        <v>217</v>
+      </c>
+      <c r="G7" s="1">
+        <v>0</v>
+      </c>
+      <c r="H7" s="1">
+        <v>0</v>
+      </c>
+      <c r="I7" s="1">
+        <v>0</v>
+      </c>
+      <c r="J7" s="1">
+        <v>0</v>
+      </c>
+      <c r="K7" s="1">
+        <v>0</v>
+      </c>
+      <c r="L7" s="1">
+        <v>0</v>
+      </c>
+      <c r="M7" s="1">
+        <v>5776.3491486500006</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="1">
+        <v>44358.203706200002</v>
+      </c>
+      <c r="C8" s="1">
+        <v>91224</v>
+      </c>
+      <c r="D8" s="1">
+        <v>5423</v>
+      </c>
+      <c r="E8" s="1">
+        <v>5098.8291293479997</v>
+      </c>
+      <c r="F8" s="1">
+        <v>2479.3984482999999</v>
+      </c>
+      <c r="G8" s="1">
+        <v>3096.4671164400002</v>
+      </c>
+      <c r="H8" s="1">
+        <v>0</v>
+      </c>
+      <c r="I8" s="1">
+        <v>148.47279854999999</v>
+      </c>
+      <c r="J8" s="1">
+        <v>130224</v>
+      </c>
+      <c r="K8" s="1">
+        <v>7145.0411330200004</v>
+      </c>
+      <c r="L8" s="1">
+        <v>738.97691233599994</v>
+      </c>
+      <c r="M8" s="1">
+        <v>289936.38924419403</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" s="1">
+        <v>8142544.2611175003</v>
+      </c>
+      <c r="C9" s="1">
+        <v>6121231</v>
+      </c>
+      <c r="D9" s="1">
+        <v>9247106.2278310992</v>
+      </c>
+      <c r="E9" s="1">
+        <v>672753.68169498502</v>
+      </c>
+      <c r="F9" s="1">
+        <v>125.7490233</v>
+      </c>
+      <c r="G9" s="1">
+        <v>13566.520948115</v>
+      </c>
+      <c r="H9" s="1">
+        <v>0</v>
+      </c>
+      <c r="I9" s="1">
+        <v>2.2871533369999999</v>
+      </c>
+      <c r="J9" s="1">
+        <v>766143.071683874</v>
+      </c>
+      <c r="K9" s="1">
+        <v>188437.48374383501</v>
+      </c>
+      <c r="L9" s="1">
+        <v>399557</v>
+      </c>
+      <c r="M9" s="1">
+        <v>25551467.283196047</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B10" s="1">
+        <v>0</v>
+      </c>
+      <c r="C10" s="1">
+        <v>0</v>
+      </c>
+      <c r="D10" s="1">
+        <v>0.50021307800000003</v>
+      </c>
+      <c r="E10" s="1">
+        <v>0</v>
+      </c>
+      <c r="F10" s="1">
+        <v>186.27663455000001</v>
+      </c>
+      <c r="G10" s="1">
+        <v>3.5203466749999999</v>
+      </c>
+      <c r="H10" s="1">
+        <v>0</v>
+      </c>
+      <c r="I10" s="1">
+        <v>0</v>
+      </c>
+      <c r="J10" s="1">
+        <v>0</v>
+      </c>
+      <c r="K10" s="1">
+        <v>98.8806558</v>
+      </c>
+      <c r="L10" s="1">
+        <v>400</v>
+      </c>
+      <c r="M10" s="1">
+        <v>689.17785010299997</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B11" s="1">
+        <v>688.73590119999994</v>
+      </c>
+      <c r="C11" s="1">
+        <v>0</v>
+      </c>
+      <c r="D11" s="1">
+        <v>200</v>
+      </c>
+      <c r="E11" s="1">
+        <v>501.8412136</v>
+      </c>
+      <c r="F11" s="1">
+        <v>283.10385179999997</v>
+      </c>
+      <c r="G11" s="1">
+        <v>0</v>
+      </c>
+      <c r="H11" s="1">
+        <v>0</v>
+      </c>
+      <c r="I11" s="1">
+        <v>0</v>
+      </c>
+      <c r="J11" s="1">
+        <v>0</v>
+      </c>
+      <c r="K11" s="1">
+        <v>0</v>
+      </c>
+      <c r="L11" s="1">
+        <v>0</v>
+      </c>
+      <c r="M11" s="1">
+        <v>1673.6809665999999</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" s="1">
+        <v>0</v>
+      </c>
+      <c r="C12" s="1">
+        <v>1207.617309</v>
+      </c>
+      <c r="D12" s="1">
+        <v>3200.5909410000004</v>
+      </c>
+      <c r="E12" s="1">
+        <v>734.75279520000004</v>
+      </c>
+      <c r="F12" s="1">
+        <v>391.04795343000001</v>
+      </c>
+      <c r="G12" s="1">
+        <v>0</v>
+      </c>
+      <c r="H12" s="1">
+        <v>0</v>
+      </c>
+      <c r="I12" s="1">
+        <v>310.24027355999999</v>
+      </c>
+      <c r="J12" s="1">
+        <v>933.53324854999994</v>
+      </c>
+      <c r="K12" s="1">
+        <v>187.64532675000001</v>
+      </c>
+      <c r="L12" s="1">
+        <v>0</v>
+      </c>
+      <c r="M12" s="1">
+        <v>6965.4278474900002</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B13" s="1">
+        <v>642.29673303999994</v>
+      </c>
+      <c r="C13" s="1">
+        <v>34314.782184864001</v>
+      </c>
+      <c r="D13" s="1">
+        <v>19386.193040869999</v>
+      </c>
+      <c r="E13" s="1">
+        <v>2546.4364580440001</v>
+      </c>
+      <c r="F13" s="1">
+        <v>552.16440913600002</v>
+      </c>
+      <c r="G13" s="1">
+        <v>0</v>
+      </c>
+      <c r="H13" s="1">
+        <v>0</v>
+      </c>
+      <c r="I13" s="1">
+        <v>0</v>
+      </c>
+      <c r="J13" s="1">
+        <v>8079.6334544399997</v>
+      </c>
+      <c r="K13" s="1">
+        <v>0</v>
+      </c>
+      <c r="L13" s="1">
+        <v>47.597829599999997</v>
+      </c>
+      <c r="M13" s="1">
+        <v>65569.104109994005</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B14" s="1">
+        <v>0</v>
+      </c>
+      <c r="C14" s="1">
+        <v>1559.53518222</v>
+      </c>
+      <c r="D14" s="1">
+        <v>1589.3045555400001</v>
+      </c>
+      <c r="E14" s="1">
+        <v>2146.5771899710003</v>
+      </c>
+      <c r="F14" s="1">
+        <v>113.9672092</v>
+      </c>
+      <c r="G14" s="1">
+        <v>0</v>
+      </c>
+      <c r="H14" s="1">
+        <v>0</v>
+      </c>
+      <c r="I14" s="1">
+        <v>0</v>
+      </c>
+      <c r="J14" s="1">
+        <v>0</v>
+      </c>
+      <c r="K14" s="1">
+        <v>871.54839582800003</v>
+      </c>
+      <c r="L14" s="1">
+        <v>0</v>
+      </c>
+      <c r="M14" s="1">
+        <v>6280.9325327590004</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B15" s="1">
+        <v>1247.9754269489999</v>
+      </c>
+      <c r="C15" s="1">
+        <v>25720.900017167001</v>
+      </c>
+      <c r="D15" s="1">
+        <v>741.99975076500004</v>
+      </c>
+      <c r="E15" s="1">
+        <v>63683.035020727999</v>
+      </c>
+      <c r="F15" s="1">
+        <v>3237.6364778749999</v>
+      </c>
+      <c r="G15" s="1">
+        <v>227.37770069999999</v>
+      </c>
+      <c r="H15" s="1">
+        <v>0</v>
+      </c>
+      <c r="I15" s="1">
+        <v>547.02965605400004</v>
+      </c>
+      <c r="J15" s="1">
+        <v>16908.472022800001</v>
+      </c>
+      <c r="K15" s="1">
+        <v>21759.3752747</v>
+      </c>
+      <c r="L15" s="1">
+        <v>2.3873750180000002</v>
+      </c>
+      <c r="M15" s="1">
+        <v>134076.18872275599</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B16" s="1">
+        <v>400284.04941660003</v>
+      </c>
+      <c r="C16" s="1">
+        <v>115020.991672</v>
+      </c>
+      <c r="D16" s="1">
+        <v>45094.107388596</v>
+      </c>
+      <c r="E16" s="1">
+        <v>29698.696816787</v>
+      </c>
+      <c r="F16" s="1">
+        <v>2703.899644996</v>
+      </c>
+      <c r="G16" s="1">
+        <v>90</v>
+      </c>
+      <c r="H16" s="1">
+        <v>68.5247083</v>
+      </c>
+      <c r="I16" s="1">
+        <v>201.42470019999999</v>
+      </c>
+      <c r="J16" s="1">
+        <v>37032.387857692003</v>
+      </c>
+      <c r="K16" s="1">
+        <v>67522.231439399999</v>
+      </c>
+      <c r="L16" s="1">
+        <v>4116.0494165999999</v>
+      </c>
+      <c r="M16" s="1">
+        <v>701832.36306117103</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B17" s="1">
+        <v>53.998829200000003</v>
+      </c>
+      <c r="C17" s="1">
+        <v>84.261685967999995</v>
+      </c>
+      <c r="D17" s="1">
+        <v>214.01395840000001</v>
+      </c>
+      <c r="E17" s="1">
+        <v>8240.9802325060009</v>
+      </c>
+      <c r="F17" s="1">
+        <v>3310.8682588500001</v>
+      </c>
+      <c r="G17" s="1">
+        <v>53.998829200000003</v>
+      </c>
+      <c r="H17" s="1">
+        <v>0</v>
+      </c>
+      <c r="I17" s="1">
+        <v>0</v>
+      </c>
+      <c r="J17" s="1">
+        <v>4127.3087560000004</v>
+      </c>
+      <c r="K17" s="1">
+        <v>1189.1171320000001</v>
+      </c>
+      <c r="L17" s="1">
+        <v>0</v>
+      </c>
+      <c r="M17" s="1">
+        <v>17274.547682124001</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" s="1">
+        <v>88574.680621831998</v>
+      </c>
+      <c r="C18" s="1">
+        <v>332693.761916905</v>
+      </c>
+      <c r="D18" s="1">
+        <v>231429</v>
+      </c>
+      <c r="E18" s="1">
+        <v>166294.3237527</v>
+      </c>
+      <c r="F18" s="1">
+        <v>47407.981007686001</v>
+      </c>
+      <c r="G18" s="1">
+        <v>8946.7619742620009</v>
+      </c>
+      <c r="H18" s="1">
+        <v>500</v>
+      </c>
+      <c r="I18" s="1">
+        <v>2139</v>
+      </c>
+      <c r="J18" s="1">
+        <v>167537</v>
+      </c>
+      <c r="K18" s="1">
+        <v>45214.703321549998</v>
+      </c>
+      <c r="L18" s="1">
+        <v>6856.7862029999997</v>
+      </c>
+      <c r="M18" s="1">
+        <v>1097593.998797935</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="1">
+        <v>0</v>
+      </c>
+      <c r="C19" s="1">
+        <v>118114.72321844999</v>
+      </c>
+      <c r="D19" s="1">
+        <v>256.16406419999998</v>
+      </c>
+      <c r="E19" s="1">
+        <v>1265.7924579999999</v>
+      </c>
+      <c r="F19" s="1">
+        <v>1574.72695832</v>
+      </c>
+      <c r="G19" s="1">
+        <v>0</v>
+      </c>
+      <c r="H19" s="1">
+        <v>0</v>
+      </c>
+      <c r="I19" s="1">
+        <v>0</v>
+      </c>
+      <c r="J19" s="1">
+        <v>0</v>
+      </c>
+      <c r="K19" s="1">
+        <v>0</v>
+      </c>
+      <c r="L19" s="1">
+        <v>0</v>
+      </c>
+      <c r="M19" s="1">
+        <v>121211.40669896999</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" s="1">
+        <v>0</v>
+      </c>
+      <c r="C20" s="1">
+        <v>2651.8101924719999</v>
+      </c>
+      <c r="D20" s="1">
+        <v>19.646218600000001</v>
+      </c>
+      <c r="E20" s="1">
+        <v>538.69836150000003</v>
+      </c>
+      <c r="F20" s="1">
+        <v>0</v>
+      </c>
+      <c r="G20" s="1">
+        <v>0</v>
+      </c>
+      <c r="H20" s="1">
+        <v>0</v>
+      </c>
+      <c r="I20" s="1">
+        <v>0</v>
+      </c>
+      <c r="J20" s="1">
+        <v>0</v>
+      </c>
+      <c r="K20" s="1">
+        <v>274.29242652800002</v>
+      </c>
+      <c r="L20" s="1">
+        <v>0</v>
+      </c>
+      <c r="M20" s="1">
+        <v>3484.4471991</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="1">
+        <v>151.58084925</v>
+      </c>
+      <c r="C21" s="1">
+        <v>2225.7777888750002</v>
+      </c>
+      <c r="D21" s="1">
+        <v>3060.222375286</v>
+      </c>
+      <c r="E21" s="1">
+        <v>830.89635398199994</v>
+      </c>
+      <c r="F21" s="1">
+        <v>1420.082796893</v>
+      </c>
+      <c r="G21" s="1">
+        <v>104.80052422</v>
+      </c>
+      <c r="H21" s="1">
+        <v>0</v>
+      </c>
+      <c r="I21" s="1">
+        <v>0</v>
+      </c>
+      <c r="J21" s="1">
+        <v>113.7958052</v>
+      </c>
+      <c r="K21" s="1">
+        <v>100</v>
+      </c>
+      <c r="L21" s="1">
+        <v>0</v>
+      </c>
+      <c r="M21" s="1">
+        <v>8007.1564937060002</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" s="1">
+        <v>197.28153800000001</v>
+      </c>
+      <c r="C22" s="1">
+        <v>1018.051082584</v>
+      </c>
+      <c r="D22" s="1">
+        <v>54.262030750000001</v>
+      </c>
+      <c r="E22" s="1">
+        <v>4719.7466437579997</v>
+      </c>
+      <c r="F22" s="1">
+        <v>197.28153800000001</v>
+      </c>
+      <c r="G22" s="1">
+        <v>0</v>
+      </c>
+      <c r="H22" s="1">
+        <v>0</v>
+      </c>
+      <c r="I22" s="1">
+        <v>0</v>
+      </c>
+      <c r="J22" s="1">
+        <v>757.83254300600004</v>
+      </c>
+      <c r="K22" s="1">
+        <v>0</v>
+      </c>
+      <c r="L22" s="1">
+        <v>0</v>
+      </c>
+      <c r="M22" s="1">
+        <v>6944.4553760979998</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B23" s="1">
+        <v>2179.4796605000001</v>
+      </c>
+      <c r="C23" s="1">
+        <v>0</v>
+      </c>
+      <c r="D23" s="1">
+        <v>3129.3846571949998</v>
+      </c>
+      <c r="E23" s="1">
+        <v>1892.3003827499999</v>
+      </c>
+      <c r="F23" s="1">
+        <v>3080.1014922999998</v>
+      </c>
+      <c r="G23" s="1">
+        <v>50</v>
+      </c>
+      <c r="H23" s="1">
+        <v>0</v>
+      </c>
+      <c r="I23" s="1">
+        <v>0</v>
+      </c>
+      <c r="J23" s="1">
+        <v>0</v>
+      </c>
+      <c r="K23" s="1">
+        <v>0</v>
+      </c>
+      <c r="L23" s="1">
+        <v>0</v>
+      </c>
+      <c r="M23" s="1">
+        <v>10331.266192744999</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B24" s="1">
+        <v>27295.087862439999</v>
+      </c>
+      <c r="C24" s="1">
+        <v>260066.87148798199</v>
+      </c>
+      <c r="D24" s="1">
+        <v>44327.277618879998</v>
+      </c>
+      <c r="E24" s="1">
+        <v>182184.51922130401</v>
+      </c>
+      <c r="F24" s="1">
+        <v>2987.1694754499999</v>
+      </c>
+      <c r="G24" s="1">
+        <v>19.954770419999999</v>
+      </c>
+      <c r="H24" s="1">
+        <v>3825.8007135399998</v>
+      </c>
+      <c r="I24" s="1">
+        <v>1.0181260400000001</v>
+      </c>
+      <c r="J24" s="1">
+        <v>92173.817717041005</v>
+      </c>
+      <c r="K24" s="1">
+        <v>113505.477580163</v>
+      </c>
+      <c r="L24" s="1">
+        <v>1.0181260400000001</v>
+      </c>
+      <c r="M24" s="1">
+        <v>726388.01269929996</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B25" s="1">
+        <v>0</v>
+      </c>
+      <c r="C25" s="1">
+        <v>292.82546189999999</v>
+      </c>
+      <c r="D25" s="1">
+        <v>914.69546200000002</v>
+      </c>
+      <c r="E25" s="1">
+        <v>2220.6123386999998</v>
+      </c>
+      <c r="F25" s="1">
+        <v>0</v>
+      </c>
+      <c r="G25" s="1">
+        <v>0</v>
+      </c>
+      <c r="H25" s="1">
+        <v>0</v>
+      </c>
+      <c r="I25" s="1">
+        <v>0</v>
+      </c>
+      <c r="J25" s="1">
+        <v>0</v>
+      </c>
+      <c r="K25" s="1">
+        <v>1829.390924</v>
+      </c>
+      <c r="L25" s="1">
+        <v>67.156725499999993</v>
+      </c>
+      <c r="M25" s="1">
+        <v>5324.6809120999997</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B26" s="1">
+        <v>0</v>
+      </c>
+      <c r="C26" s="1">
+        <v>0</v>
+      </c>
+      <c r="D26" s="1">
+        <v>0</v>
+      </c>
+      <c r="E26" s="1">
+        <v>0</v>
+      </c>
+      <c r="F26" s="1">
+        <v>0</v>
+      </c>
+      <c r="G26" s="1">
+        <v>0</v>
+      </c>
+      <c r="H26" s="1">
+        <v>0</v>
+      </c>
+      <c r="I26" s="1">
+        <v>0</v>
+      </c>
+      <c r="J26" s="1">
+        <v>0</v>
+      </c>
+      <c r="K26" s="1">
+        <v>0</v>
+      </c>
+      <c r="L26" s="1">
+        <v>0</v>
+      </c>
+      <c r="M26" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B27" s="1">
+        <v>319721.24756859202</v>
+      </c>
+      <c r="C27" s="1">
+        <v>253520.42029477601</v>
+      </c>
+      <c r="D27" s="1">
+        <v>119273.821239296</v>
+      </c>
+      <c r="E27" s="1">
+        <v>126810.561424834</v>
+      </c>
+      <c r="F27" s="1">
+        <v>301.32449825600003</v>
+      </c>
+      <c r="G27" s="1">
+        <v>1873.5174042880001</v>
+      </c>
+      <c r="H27" s="1">
+        <v>5000</v>
+      </c>
+      <c r="I27" s="1">
+        <v>0</v>
+      </c>
+      <c r="J27" s="1">
+        <v>44711.970224518001</v>
+      </c>
+      <c r="K27" s="1">
+        <v>19736.722723839001</v>
+      </c>
+      <c r="L27" s="1">
+        <v>0</v>
+      </c>
+      <c r="M27" s="1">
+        <v>890949.585378399</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B28" s="1">
+        <v>61986.632292116999</v>
+      </c>
+      <c r="C28" s="1">
+        <v>13142.78767344</v>
+      </c>
+      <c r="D28" s="1">
+        <v>244310.16393440001</v>
+      </c>
+      <c r="E28" s="1">
+        <v>135626.33644461699</v>
+      </c>
+      <c r="F28" s="1">
+        <v>0</v>
+      </c>
+      <c r="G28" s="1">
+        <v>5233.1586550000002</v>
+      </c>
+      <c r="H28" s="1">
+        <v>843.60075282800005</v>
+      </c>
+      <c r="I28" s="1">
+        <v>221.759624</v>
+      </c>
+      <c r="J28" s="1">
+        <v>220832.597522</v>
+      </c>
+      <c r="K28" s="1">
+        <v>171764.087127598</v>
+      </c>
+      <c r="L28" s="1">
+        <v>0</v>
+      </c>
+      <c r="M28" s="1">
+        <v>853961.12402600003</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A29" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B29" s="1">
+        <v>850908.82376460894</v>
+      </c>
+      <c r="C29" s="1">
+        <v>5559471.5354167912</v>
+      </c>
+      <c r="D29" s="1">
+        <v>713771.16626728803</v>
+      </c>
+      <c r="E29" s="1">
+        <v>512273.92350333103</v>
+      </c>
+      <c r="F29" s="1">
+        <v>12378.650353736</v>
+      </c>
+      <c r="G29" s="1">
+        <v>36210.553624489003</v>
+      </c>
+      <c r="H29" s="1">
+        <v>3444.7865601089998</v>
+      </c>
+      <c r="I29" s="1">
+        <v>158.66645531099999</v>
+      </c>
+      <c r="J29" s="1">
+        <v>1493837.0371688821</v>
+      </c>
+      <c r="K29" s="1">
+        <v>255373.76294141702</v>
+      </c>
+      <c r="L29" s="1">
+        <v>29896.679251843001</v>
+      </c>
+      <c r="M29" s="1">
+        <v>9467725.5853078067</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A30" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B30" s="1">
+        <v>14243.05666</v>
+      </c>
+      <c r="C30" s="1">
+        <v>15089.522214955001</v>
+      </c>
+      <c r="D30" s="1">
+        <v>23483.246368399999</v>
+      </c>
+      <c r="E30" s="1">
+        <v>13038.219612389999</v>
+      </c>
+      <c r="F30" s="1">
+        <v>13976.34577462</v>
+      </c>
+      <c r="G30" s="1">
+        <v>10306.418322846999</v>
+      </c>
+      <c r="H30" s="1">
+        <v>0</v>
+      </c>
+      <c r="I30" s="1">
+        <v>513.66982297999994</v>
+      </c>
+      <c r="J30" s="1">
+        <v>16049.238317038002</v>
+      </c>
+      <c r="K30" s="1">
+        <v>5635.2472207159999</v>
+      </c>
+      <c r="L30" s="1">
+        <v>10927.404489009001</v>
+      </c>
+      <c r="M30" s="1">
+        <v>123262.368802955</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A31" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B31" s="1"/>
+      <c r="C31" s="1"/>
+      <c r="D31" s="1"/>
+      <c r="E31" s="1"/>
+      <c r="F31" s="1"/>
+      <c r="G31" s="1"/>
+      <c r="H31" s="1"/>
+      <c r="I31" s="1"/>
+      <c r="J31" s="1"/>
+      <c r="K31" s="1"/>
+      <c r="L31" s="1"/>
+      <c r="M31" s="1"/>
+    </row>
+    <row r="32" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A32" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B32" s="1">
+        <v>223444.507904678</v>
+      </c>
+      <c r="C32" s="1">
+        <v>213984.71906647499</v>
+      </c>
+      <c r="D32" s="1">
+        <v>435696.95442566799</v>
+      </c>
+      <c r="E32" s="1">
+        <v>219117.32224098401</v>
+      </c>
+      <c r="F32" s="1">
+        <v>11207.990446902</v>
+      </c>
+      <c r="G32" s="1">
+        <v>34698.985027608003</v>
+      </c>
+      <c r="H32" s="1">
+        <v>3513.3112684090001</v>
+      </c>
+      <c r="I32" s="1">
+        <v>1131.167588902</v>
+      </c>
+      <c r="J32" s="1">
+        <v>988344.33808694093</v>
+      </c>
+      <c r="K32" s="1">
+        <v>82951.295327012005</v>
+      </c>
+      <c r="L32" s="1">
+        <v>29533.204298265999</v>
+      </c>
+      <c r="M32" s="1">
+        <v>2243623.7956818449</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A33" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B33" s="1">
+        <v>803460.90553142596</v>
+      </c>
+      <c r="C33" s="1">
+        <v>203147.46207119399</v>
+      </c>
+      <c r="D33" s="1">
+        <v>298452.92718484398</v>
+      </c>
+      <c r="E33" s="1">
+        <v>212336.86985483399</v>
+      </c>
+      <c r="F33" s="1">
+        <v>18578.065059355999</v>
+      </c>
+      <c r="G33" s="1">
+        <v>12016.319834762</v>
+      </c>
+      <c r="H33" s="1">
+        <v>4669.401466368</v>
+      </c>
+      <c r="I33" s="1">
+        <v>344.02416151599999</v>
+      </c>
+      <c r="J33" s="1">
+        <v>561298.87207379797</v>
+      </c>
+      <c r="K33" s="1">
+        <v>98907.377684956999</v>
+      </c>
+      <c r="L33" s="1">
+        <v>906.72603237099997</v>
+      </c>
+      <c r="M33" s="1">
+        <v>2214118.9509554259</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A34" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B34" s="1">
+        <v>593009.89752052503</v>
+      </c>
+      <c r="C34" s="1">
+        <v>6426397.6636594301</v>
+      </c>
+      <c r="D34" s="1">
+        <v>361144.62716668303</v>
+      </c>
+      <c r="E34" s="1">
+        <v>378138.251765761</v>
+      </c>
+      <c r="F34" s="1">
+        <v>15591.118842039999</v>
+      </c>
+      <c r="G34" s="1">
+        <v>9628.3943564860001</v>
+      </c>
+      <c r="H34" s="1">
+        <v>0</v>
+      </c>
+      <c r="I34" s="1">
+        <v>630.48356863399999</v>
+      </c>
+      <c r="J34" s="1">
+        <v>548681.20019573404</v>
+      </c>
+      <c r="K34" s="1">
+        <v>366795.622527664</v>
+      </c>
+      <c r="L34" s="1">
+        <v>9535.1259983090004</v>
+      </c>
+      <c r="M34" s="1">
+        <v>8709552.3856012654</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B35" s="1">
+        <v>8336071</v>
+      </c>
+      <c r="C35" s="1">
+        <v>6130145</v>
+      </c>
+      <c r="D35" s="1">
+        <v>9638294</v>
+      </c>
+      <c r="E35" s="1">
+        <v>1201877</v>
+      </c>
+      <c r="F35" s="1">
+        <v>57830</v>
+      </c>
+      <c r="G35" s="1">
+        <v>190416.757166</v>
+      </c>
+      <c r="H35" s="1">
+        <v>6500</v>
+      </c>
+      <c r="I35" s="1">
+        <v>2139</v>
+      </c>
+      <c r="J35" s="1">
+        <v>936123</v>
+      </c>
+      <c r="K35" s="1">
+        <v>381307</v>
+      </c>
+      <c r="L35" s="1">
+        <v>491651</v>
+      </c>
+      <c r="M35" s="1">
+        <v>27372353.757165998</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A36" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B36" s="1"/>
+      <c r="C36" s="1"/>
+      <c r="D36" s="1"/>
+      <c r="E36" s="1"/>
+      <c r="F36" s="1"/>
+      <c r="G36" s="1"/>
+      <c r="H36" s="1"/>
+      <c r="I36" s="1"/>
+      <c r="J36" s="1"/>
+      <c r="K36" s="1"/>
+      <c r="L36" s="1"/>
+      <c r="M36" s="1"/>
+    </row>
+    <row r="37" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A37" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B37" s="1">
+        <v>4485.7262742000003</v>
+      </c>
+      <c r="C37" s="1">
+        <v>33384.761783807997</v>
+      </c>
+      <c r="D37" s="1">
+        <v>29195.048689743002</v>
+      </c>
+      <c r="E37" s="1">
+        <v>7161.4630112060004</v>
+      </c>
+      <c r="F37" s="1">
+        <v>3400.9120332749999</v>
+      </c>
+      <c r="G37" s="1">
+        <v>1254.5897192</v>
+      </c>
+      <c r="H37" s="1">
+        <v>0</v>
+      </c>
+      <c r="I37" s="1">
+        <v>148.47279854999999</v>
+      </c>
+      <c r="J37" s="1">
+        <v>14003.826223954</v>
+      </c>
+      <c r="K37" s="1">
+        <v>1158.1092439199999</v>
+      </c>
+      <c r="L37" s="1">
+        <v>128.61627064999999</v>
+      </c>
+      <c r="M37" s="1">
+        <v>94321.526048505999</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A38" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B38" s="1">
+        <v>201430.84292921601</v>
+      </c>
+      <c r="C38" s="1">
+        <v>535271.12740429596</v>
+      </c>
+      <c r="D38" s="1">
+        <v>241294.83499982799</v>
+      </c>
+      <c r="E38" s="1">
+        <v>215302.09414512001</v>
+      </c>
+      <c r="F38" s="1">
+        <v>63391.957815752001</v>
+      </c>
+      <c r="G38" s="1">
+        <v>175840.44914948201</v>
+      </c>
+      <c r="H38" s="1">
+        <v>1000</v>
+      </c>
+      <c r="I38" s="1">
+        <v>2844.0915016660001</v>
+      </c>
+      <c r="J38" s="1">
+        <v>413302.213712728</v>
+      </c>
+      <c r="K38" s="1">
+        <v>62182.918649804</v>
+      </c>
+      <c r="L38" s="1">
+        <v>87921.837145519996</v>
+      </c>
+      <c r="M38" s="1">
+        <v>1999782.3674534119</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A39" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B39" s="1">
+        <v>12847.191403585</v>
+      </c>
+      <c r="C39" s="1">
+        <v>126167.43645331</v>
+      </c>
+      <c r="D39" s="1">
+        <v>135282.61598692101</v>
+      </c>
+      <c r="E39" s="1">
+        <v>143940.560343583</v>
+      </c>
+      <c r="F39" s="1">
+        <v>12353.813265500001</v>
+      </c>
+      <c r="G39" s="1">
+        <v>14698.061440285001</v>
+      </c>
+      <c r="H39" s="1">
+        <v>929.63639393100004</v>
+      </c>
+      <c r="I39" s="1">
+        <v>222.909835931</v>
+      </c>
+      <c r="J39" s="1">
+        <v>35293.779008789003</v>
+      </c>
+      <c r="K39" s="1">
+        <v>50124.725584364998</v>
+      </c>
+      <c r="L39" s="1">
+        <v>11648.482191431</v>
+      </c>
+      <c r="M39" s="1">
+        <v>543509.21190763102</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A40" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B40" s="1">
+        <v>9728677.2348252069</v>
+      </c>
+      <c r="C40" s="1">
+        <v>12273136.411153685</v>
+      </c>
+      <c r="D40" s="1">
+        <v>10194349.032230321</v>
+      </c>
+      <c r="E40" s="1">
+        <v>1631846.5102925249</v>
+      </c>
+      <c r="F40" s="1">
+        <v>23139.009160741</v>
+      </c>
+      <c r="G40" s="1">
+        <v>54787.568088553999</v>
+      </c>
+      <c r="H40" s="1">
+        <v>11509.815919045999</v>
+      </c>
+      <c r="I40" s="1">
+        <v>482.17152685100001</v>
+      </c>
+      <c r="J40" s="1">
+        <v>2545027.3130494431</v>
+      </c>
+      <c r="K40" s="1">
+        <v>807485.60867246496</v>
+      </c>
+      <c r="L40" s="1">
+        <v>429837.47525474499</v>
+      </c>
+      <c r="M40" s="1">
+        <v>37700278.150173582</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A41" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B41" s="1">
+        <v>8545.3155244209993</v>
+      </c>
+      <c r="C41" s="1">
+        <v>5715.1080019999999</v>
+      </c>
+      <c r="D41" s="1">
+        <v>133466.97687038101</v>
+      </c>
+      <c r="E41" s="1">
+        <v>13218.816069144999</v>
+      </c>
+      <c r="F41" s="1">
+        <v>921.48207303000004</v>
+      </c>
+      <c r="G41" s="1">
+        <v>179.787987335</v>
+      </c>
+      <c r="H41" s="1">
+        <v>1243.2604217999999</v>
+      </c>
+      <c r="I41" s="1">
+        <v>547.02965605400004</v>
+      </c>
+      <c r="J41" s="1">
+        <v>26820.278361559001</v>
+      </c>
+      <c r="K41" s="1">
+        <v>9009.9333890790003</v>
+      </c>
+      <c r="L41" s="1">
+        <v>2089.6454666</v>
+      </c>
+      <c r="M41" s="1">
+        <v>201757.63382140399</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B42" s="1"/>
+      <c r="C42" s="1"/>
+      <c r="D42" s="1"/>
+      <c r="E42" s="1"/>
+      <c r="F42" s="1"/>
+      <c r="G42" s="1"/>
+      <c r="H42" s="1"/>
+      <c r="I42" s="1"/>
+      <c r="J42" s="1"/>
+      <c r="K42" s="1"/>
+      <c r="L42" s="1"/>
+      <c r="M42" s="1"/>
+    </row>
+    <row r="43" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A43" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B43" s="1">
+        <v>1106.2005466000001</v>
+      </c>
+      <c r="C43" s="1">
+        <v>25580.380613125999</v>
+      </c>
+      <c r="D43" s="1">
+        <v>26603.520861551002</v>
+      </c>
+      <c r="E43" s="1">
+        <v>78881.713005094003</v>
+      </c>
+      <c r="F43" s="1">
+        <v>6696.6800795999998</v>
+      </c>
+      <c r="G43" s="1">
+        <v>166977.40616819999</v>
+      </c>
+      <c r="H43" s="1">
+        <v>1000</v>
+      </c>
+      <c r="I43" s="1">
+        <v>1.10670902</v>
+      </c>
+      <c r="J43" s="1">
+        <v>35085.240989331003</v>
+      </c>
+      <c r="K43" s="1">
+        <v>29316.288172488999</v>
+      </c>
+      <c r="L43" s="1">
+        <v>79015</v>
+      </c>
+      <c r="M43" s="1">
+        <v>450263.53714501101</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A44" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B44" s="1">
+        <v>688.73590119999994</v>
+      </c>
+      <c r="C44" s="1">
+        <v>1207.617309</v>
+      </c>
+      <c r="D44" s="1">
+        <v>3401.0911540780003</v>
+      </c>
+      <c r="E44" s="1">
+        <v>1236.5940088</v>
+      </c>
+      <c r="F44" s="1">
+        <v>860.42843977999996</v>
+      </c>
+      <c r="G44" s="1">
+        <v>3.5203466749999999</v>
+      </c>
+      <c r="H44" s="1">
+        <v>0</v>
+      </c>
+      <c r="I44" s="1">
+        <v>310.24027355999999</v>
+      </c>
+      <c r="J44" s="1">
+        <v>933.53324854999994</v>
+      </c>
+      <c r="K44" s="1">
+        <v>286.52598254999998</v>
+      </c>
+      <c r="L44" s="1">
+        <v>400</v>
+      </c>
+      <c r="M44" s="1">
+        <v>9328.2866641929995</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A45" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B45" s="1">
+        <v>8677857.0467005707</v>
+      </c>
+      <c r="C45" s="1">
+        <v>6845302.884325129</v>
+      </c>
+      <c r="D45" s="1">
+        <v>9554374.1412141062</v>
+      </c>
+      <c r="E45" s="1">
+        <v>957304.66391975898</v>
+      </c>
+      <c r="F45" s="1">
+        <v>62926.474234556001</v>
+      </c>
+      <c r="G45" s="1">
+        <v>26085.927092937</v>
+      </c>
+      <c r="H45" s="1">
+        <v>568.52470830000004</v>
+      </c>
+      <c r="I45" s="1">
+        <v>3038.2143081409999</v>
+      </c>
+      <c r="J45" s="1">
+        <v>1130823.9751691129</v>
+      </c>
+      <c r="K45" s="1">
+        <v>332513.79286686098</v>
+      </c>
+      <c r="L45" s="1">
+        <v>411318.797736554</v>
+      </c>
+      <c r="M45" s="1">
+        <v>28002114.442276027</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A46" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B46" s="1"/>
+      <c r="C46" s="1"/>
+      <c r="D46" s="1"/>
+      <c r="E46" s="1"/>
+      <c r="F46" s="1"/>
+      <c r="G46" s="1"/>
+      <c r="H46" s="1"/>
+      <c r="I46" s="1"/>
+      <c r="J46" s="1"/>
+      <c r="K46" s="1"/>
+      <c r="L46" s="1"/>
+      <c r="M46" s="1"/>
+    </row>
+    <row r="47" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A47" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B47" s="1">
+        <v>0</v>
+      </c>
+      <c r="C47" s="1">
+        <v>1559.53518222</v>
+      </c>
+      <c r="D47" s="1">
+        <v>2879.23715644</v>
+      </c>
+      <c r="E47" s="1">
+        <v>2272.9624123809999</v>
+      </c>
+      <c r="F47" s="1">
+        <v>113.9672092</v>
+      </c>
+      <c r="G47" s="1">
+        <v>0</v>
+      </c>
+      <c r="H47" s="1">
+        <v>0</v>
+      </c>
+      <c r="I47" s="1">
+        <v>0</v>
+      </c>
+      <c r="J47" s="1">
+        <v>0</v>
+      </c>
+      <c r="K47" s="1">
+        <v>871.54839582800003</v>
+      </c>
+      <c r="L47" s="1">
+        <v>0</v>
+      </c>
+      <c r="M47" s="1">
+        <v>7697.2503560690002</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A48" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B48" s="1">
+        <v>0</v>
+      </c>
+      <c r="C48" s="1">
+        <v>11838.956304880001</v>
+      </c>
+      <c r="D48" s="1">
+        <v>662.09779103999995</v>
+      </c>
+      <c r="E48" s="1">
+        <v>177.34762259999999</v>
+      </c>
+      <c r="F48" s="1">
+        <v>0</v>
+      </c>
+      <c r="G48" s="1">
+        <v>0</v>
+      </c>
+      <c r="H48" s="1">
+        <v>0</v>
+      </c>
+      <c r="I48" s="1">
+        <v>0</v>
+      </c>
+      <c r="J48" s="1">
+        <v>42210.87268285</v>
+      </c>
+      <c r="K48" s="1">
+        <v>177.34762259999999</v>
+      </c>
+      <c r="L48" s="1">
+        <v>0</v>
+      </c>
+      <c r="M48" s="1">
+        <v>55066.622023969998</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A49" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B49" s="1">
+        <v>98106.038946821005</v>
+      </c>
+      <c r="C49" s="1">
+        <v>0</v>
+      </c>
+      <c r="D49" s="1">
+        <v>26.178683317000001</v>
+      </c>
+      <c r="E49" s="1">
+        <v>2028.5933006150001</v>
+      </c>
+      <c r="F49" s="1">
+        <v>0</v>
+      </c>
+      <c r="G49" s="1">
+        <v>109.17291400000001</v>
+      </c>
+      <c r="H49" s="1">
+        <v>5000</v>
+      </c>
+      <c r="I49" s="1">
+        <v>0</v>
+      </c>
+      <c r="J49" s="1">
+        <v>30000</v>
+      </c>
+      <c r="K49" s="1">
+        <v>0.61117548600000005</v>
+      </c>
+      <c r="L49" s="1">
+        <v>0</v>
+      </c>
+      <c r="M49" s="1">
+        <v>135270.59502023901</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A50" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B50" s="1">
+        <v>221584.815908313</v>
+      </c>
+      <c r="C50" s="1">
+        <v>243843.15519853801</v>
+      </c>
+      <c r="D50" s="1">
+        <v>118039.979016638</v>
+      </c>
+      <c r="E50" s="1">
+        <v>114730.74380722499</v>
+      </c>
+      <c r="F50" s="1">
+        <v>301.32449825600003</v>
+      </c>
+      <c r="G50" s="1">
+        <v>0</v>
+      </c>
+      <c r="H50" s="1">
+        <v>0</v>
+      </c>
+      <c r="I50" s="1">
+        <v>0</v>
+      </c>
+      <c r="J50" s="1">
+        <v>10393.104126196</v>
+      </c>
+      <c r="K50" s="1">
+        <v>15858.918362552999</v>
+      </c>
+      <c r="L50" s="1">
+        <v>0</v>
+      </c>
+      <c r="M50" s="1">
+        <v>724752.04091771902</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A51" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B51" s="1"/>
+      <c r="C51" s="1"/>
+      <c r="D51" s="1"/>
+      <c r="E51" s="1"/>
+      <c r="F51" s="1"/>
+      <c r="G51" s="1"/>
+      <c r="H51" s="1"/>
+      <c r="I51" s="1"/>
+      <c r="J51" s="1"/>
+      <c r="K51" s="1"/>
+      <c r="L51" s="1"/>
+      <c r="M51" s="1"/>
+    </row>
+    <row r="52" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A52" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B52" s="1">
+        <v>129858.814628958</v>
+      </c>
+      <c r="C52" s="1">
+        <v>253520.42029477601</v>
+      </c>
+      <c r="D52" s="1">
+        <v>118037.86465942</v>
+      </c>
+      <c r="E52" s="1">
+        <v>120713.79415606101</v>
+      </c>
+      <c r="F52" s="1">
+        <v>301.32449825600003</v>
+      </c>
+      <c r="G52" s="1">
+        <v>1764.3444902880001</v>
+      </c>
+      <c r="H52" s="1">
+        <v>0</v>
+      </c>
+      <c r="I52" s="1">
+        <v>0</v>
+      </c>
+      <c r="J52" s="1">
+        <v>13911.904951</v>
+      </c>
+      <c r="K52" s="1">
+        <v>18409.572155553</v>
+      </c>
+      <c r="L52" s="1">
+        <v>0</v>
+      </c>
+      <c r="M52" s="1">
+        <v>656518.03983431205</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A53" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B53" s="1">
+        <v>91756.393992812998</v>
+      </c>
+      <c r="C53" s="1">
+        <v>0</v>
+      </c>
+      <c r="D53" s="1">
+        <v>2.1143572179999999</v>
+      </c>
+      <c r="E53" s="1">
+        <v>3496.0602621580001</v>
+      </c>
+      <c r="F53" s="1">
+        <v>0</v>
+      </c>
+      <c r="G53" s="1">
+        <v>0</v>
+      </c>
+      <c r="H53" s="1">
+        <v>0</v>
+      </c>
+      <c r="I53" s="1">
+        <v>0</v>
+      </c>
+      <c r="J53" s="1">
+        <v>0</v>
+      </c>
+      <c r="K53" s="1">
+        <v>0</v>
+      </c>
+      <c r="L53" s="1">
+        <v>0</v>
+      </c>
+      <c r="M53" s="1">
+        <v>95254.568612189003</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A54" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B54" s="1">
+        <v>3457.2351134999999</v>
+      </c>
+      <c r="C54" s="1">
+        <v>187555.85002720001</v>
+      </c>
+      <c r="D54" s="1">
+        <v>65176.767735369001</v>
+      </c>
+      <c r="E54" s="1">
+        <v>15240.151276637</v>
+      </c>
+      <c r="F54" s="1">
+        <v>1000</v>
+      </c>
+      <c r="G54" s="1">
+        <v>0</v>
+      </c>
+      <c r="H54" s="1">
+        <v>0</v>
+      </c>
+      <c r="I54" s="1">
+        <v>0</v>
+      </c>
+      <c r="J54" s="1">
+        <v>0</v>
+      </c>
+      <c r="K54" s="1">
+        <v>0</v>
+      </c>
+      <c r="L54" s="1">
+        <v>0</v>
+      </c>
+      <c r="M54" s="1">
+        <v>272430.00415270601</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A55" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B55" s="1">
+        <v>0</v>
+      </c>
+      <c r="C55" s="1">
+        <v>46.862360600000002</v>
+      </c>
+      <c r="D55" s="1">
+        <v>23.431180300000001</v>
+      </c>
+      <c r="E55" s="1">
+        <v>0</v>
+      </c>
+      <c r="F55" s="1">
+        <v>0</v>
+      </c>
+      <c r="G55" s="1">
+        <v>0</v>
+      </c>
+      <c r="H55" s="1">
+        <v>0</v>
+      </c>
+      <c r="I55" s="1">
+        <v>0</v>
+      </c>
+      <c r="J55" s="1">
+        <v>0</v>
+      </c>
+      <c r="K55" s="1">
+        <v>0</v>
+      </c>
+      <c r="L55" s="1">
+        <v>0</v>
+      </c>
+      <c r="M55" s="1">
+        <v>70.293540899999996</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A56" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B56" s="1">
+        <v>82.701987024000005</v>
+      </c>
+      <c r="C56" s="1">
+        <v>0</v>
+      </c>
+      <c r="D56" s="1">
+        <v>26431.945802687998</v>
+      </c>
+      <c r="E56" s="1">
+        <v>12496.520237408</v>
+      </c>
+      <c r="F56" s="1">
+        <v>1200</v>
+      </c>
+      <c r="G56" s="1">
+        <v>853.63660169599996</v>
+      </c>
+      <c r="H56" s="1">
+        <v>0</v>
+      </c>
+      <c r="I56" s="1">
+        <v>0</v>
+      </c>
+      <c r="J56" s="1">
+        <v>2300</v>
+      </c>
+      <c r="K56" s="1">
+        <v>2332.7091432000002</v>
+      </c>
+      <c r="L56" s="1">
+        <v>0</v>
+      </c>
+      <c r="M56" s="1">
+        <v>45697.513772015998</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A57" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B57" s="1">
+        <v>100419.03894682101</v>
+      </c>
+      <c r="C57" s="1">
+        <v>0</v>
+      </c>
+      <c r="D57" s="1">
+        <v>2451.2436521149998</v>
+      </c>
+      <c r="E57" s="1">
+        <v>4286.0202693649999</v>
+      </c>
+      <c r="F57" s="1">
+        <v>0</v>
+      </c>
+      <c r="G57" s="1">
+        <v>109.17291400000001</v>
+      </c>
+      <c r="H57" s="1">
+        <v>5000</v>
+      </c>
+      <c r="I57" s="1">
+        <v>0</v>
+      </c>
+      <c r="J57" s="1">
+        <v>31078.82705</v>
+      </c>
+      <c r="K57" s="1">
+        <v>377.41259158600002</v>
+      </c>
+      <c r="L57" s="1">
+        <v>433.78615250000001</v>
+      </c>
+      <c r="M57" s="1">
+        <v>144155.501576387</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A58" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B58" s="1">
+        <v>173087.10125610899</v>
+      </c>
+      <c r="C58" s="1">
+        <v>5257565.656144795</v>
+      </c>
+      <c r="D58" s="1">
+        <v>618213.95658013306</v>
+      </c>
+      <c r="E58" s="1">
+        <v>443179.69223286601</v>
+      </c>
+      <c r="F58" s="1">
+        <v>7168.2964872359998</v>
+      </c>
+      <c r="G58" s="1">
+        <v>31356.917022793001</v>
+      </c>
+      <c r="H58" s="1">
+        <v>3444.7865601089998</v>
+      </c>
+      <c r="I58" s="1">
+        <v>158.66645531099999</v>
+      </c>
+      <c r="J58" s="1">
+        <v>1490458.2101188819</v>
+      </c>
+      <c r="K58" s="1">
+        <v>252937.252382117</v>
+      </c>
+      <c r="L58" s="1">
+        <v>29462.893099343</v>
+      </c>
+      <c r="M58" s="1">
+        <v>8307033.4283396946</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A59" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B59" s="1">
+        <v>9955986.310956629</v>
+      </c>
+      <c r="C59" s="1">
+        <v>12973674.844797099</v>
+      </c>
+      <c r="D59" s="1">
+        <v>10733588.508777196</v>
+      </c>
+      <c r="E59" s="1">
+        <v>2011469.4438615791</v>
+      </c>
+      <c r="F59" s="1">
+        <v>103207.17434829799</v>
+      </c>
+      <c r="G59" s="1">
+        <v>246760.45638485599</v>
+      </c>
+      <c r="H59" s="1">
+        <v>14682.712734777</v>
+      </c>
+      <c r="I59" s="1">
+        <v>4244.6753190520003</v>
+      </c>
+      <c r="J59" s="1">
+        <v>3034447.4103564732</v>
+      </c>
+      <c r="K59" s="1">
+        <v>929961.29553963302</v>
+      </c>
+      <c r="L59" s="1">
+        <v>531626.05632894603</v>
+      </c>
+      <c r="M59" s="1">
+        <v>40539648.889404535</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:Q59"/>
+  <sheetViews>
+    <sheetView topLeftCell="A16" workbookViewId="0">
+      <selection activeCell="C14" sqref="C14"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="54.5703125" customWidth="1"/>
+    <col min="2" max="2" width="19" customWidth="1"/>
+    <col min="3" max="3" width="24.85546875" customWidth="1"/>
+    <col min="4" max="4" width="23.28515625" customWidth="1"/>
+    <col min="5" max="5" width="29.140625" customWidth="1"/>
+    <col min="6" max="6" width="26.140625" customWidth="1"/>
+    <col min="7" max="7" width="32" customWidth="1"/>
+    <col min="8" max="8" width="21.5703125" customWidth="1"/>
+    <col min="9" max="9" width="27.42578125" customWidth="1"/>
+    <col min="10" max="10" width="31" customWidth="1"/>
+    <col min="11" max="11" width="36.85546875" customWidth="1"/>
+    <col min="12" max="12" width="26.85546875" customWidth="1"/>
+    <col min="13" max="13" width="32.7109375" customWidth="1"/>
+    <col min="14" max="14" width="41.140625" customWidth="1"/>
+    <col min="15" max="15" width="47" customWidth="1"/>
+    <col min="16" max="16" width="21" customWidth="1"/>
+    <col min="17" max="17" width="26.85546875" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="N1" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="O1" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="P1" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="Q1" s="1" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="2" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
+      <c r="J2" s="1"/>
+      <c r="K2" s="1"/>
+      <c r="L2" s="1"/>
+      <c r="M2" s="1"/>
+      <c r="N2" s="1"/>
+      <c r="O2" s="1"/>
+      <c r="P2" s="1"/>
+      <c r="Q2" s="1"/>
+    </row>
+    <row r="3" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="1">
+        <v>265036.62945576321</v>
+      </c>
+      <c r="C3" s="1">
+        <v>34917.955015556799</v>
+      </c>
+      <c r="D3" s="1">
+        <v>0</v>
+      </c>
+      <c r="E3" s="1">
+        <v>1709.5718870049998</v>
+      </c>
+      <c r="F3" s="1">
+        <v>0</v>
+      </c>
+      <c r="G3" s="1">
+        <v>36.994759025</v>
+      </c>
+      <c r="H3" s="1">
+        <v>725678.64006414998</v>
+      </c>
+      <c r="I3" s="1">
+        <v>4442.9509439599997</v>
+      </c>
+      <c r="J3" s="1">
+        <v>472038.43560913572</v>
+      </c>
+      <c r="K3" s="1">
+        <v>152580.52365444219</v>
+      </c>
+      <c r="L3" s="1">
+        <v>17504.301925126001</v>
+      </c>
+      <c r="M3" s="1">
+        <v>1822.2045084178001</v>
+      </c>
+      <c r="N3" s="1">
+        <v>5805.7592510535997</v>
+      </c>
+      <c r="O3" s="1">
+        <v>872.86494840959995</v>
+      </c>
+      <c r="P3" s="1">
+        <v>48920.676806133597</v>
+      </c>
+      <c r="Q3" s="1">
+        <v>20748.0191064016</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" s="1"/>
+      <c r="C4" s="1"/>
+      <c r="D4" s="1"/>
+      <c r="E4" s="1"/>
+      <c r="F4" s="1"/>
+      <c r="G4" s="1"/>
+      <c r="H4" s="1"/>
+      <c r="I4" s="1"/>
+      <c r="J4" s="1"/>
+      <c r="K4" s="1"/>
+      <c r="L4" s="1"/>
+      <c r="M4" s="1"/>
+      <c r="N4" s="1"/>
+      <c r="O4" s="1"/>
+      <c r="P4" s="1"/>
+      <c r="Q4" s="1"/>
+    </row>
+    <row r="5" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" s="1">
+        <v>0</v>
+      </c>
+      <c r="C5" s="1">
+        <v>0</v>
+      </c>
+      <c r="D5" s="1">
+        <v>0</v>
+      </c>
+      <c r="E5" s="1">
+        <v>0</v>
+      </c>
+      <c r="F5" s="1">
+        <v>0</v>
+      </c>
+      <c r="G5" s="1">
+        <v>0</v>
+      </c>
+      <c r="H5" s="1">
+        <v>0</v>
+      </c>
+      <c r="I5" s="1">
+        <v>0</v>
+      </c>
+      <c r="J5" s="1">
+        <v>225727.24528037515</v>
+      </c>
+      <c r="K5" s="1">
+        <v>81274.896424353501</v>
+      </c>
+      <c r="L5" s="1">
+        <v>0</v>
+      </c>
+      <c r="M5" s="1">
+        <v>0</v>
+      </c>
+      <c r="N5" s="1">
+        <v>0</v>
+      </c>
+      <c r="O5" s="1">
+        <v>0</v>
+      </c>
+      <c r="P5" s="1">
+        <v>629.17848202499999</v>
+      </c>
+      <c r="Q5" s="1">
+        <v>2720.3439994999999</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" s="1">
+        <v>0</v>
+      </c>
+      <c r="C6" s="1">
+        <v>0</v>
+      </c>
+      <c r="D6" s="1">
+        <v>0</v>
+      </c>
+      <c r="E6" s="1">
+        <v>36.994759025</v>
+      </c>
+      <c r="F6" s="1">
+        <v>0</v>
+      </c>
+      <c r="G6" s="1">
+        <v>36.994759025</v>
+      </c>
+      <c r="H6" s="1">
+        <v>0</v>
+      </c>
+      <c r="I6" s="1">
+        <v>2928.0296453599999</v>
+      </c>
+      <c r="J6" s="1">
+        <v>1861.1104571999999</v>
+      </c>
+      <c r="K6" s="1">
+        <v>0</v>
+      </c>
+      <c r="L6" s="1">
+        <v>0</v>
+      </c>
+      <c r="M6" s="1">
+        <v>0</v>
+      </c>
+      <c r="N6" s="1">
+        <v>0</v>
+      </c>
+      <c r="O6" s="1">
+        <v>0</v>
+      </c>
+      <c r="P6" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q6" s="1">
+        <v>7644.1107536999998</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" s="1">
+        <v>0</v>
+      </c>
+      <c r="C7" s="1">
+        <v>0</v>
+      </c>
+      <c r="D7" s="1">
+        <v>0</v>
+      </c>
+      <c r="E7" s="1">
+        <v>0</v>
+      </c>
+      <c r="F7" s="1">
+        <v>0</v>
+      </c>
+      <c r="G7" s="1">
+        <v>0</v>
+      </c>
+      <c r="H7" s="1">
+        <v>0</v>
+      </c>
+      <c r="I7" s="1">
+        <v>0</v>
+      </c>
+      <c r="J7" s="1">
+        <v>0</v>
+      </c>
+      <c r="K7" s="1">
+        <v>4689.0204404319993</v>
+      </c>
+      <c r="L7" s="1">
+        <v>0</v>
+      </c>
+      <c r="M7" s="1">
+        <v>0</v>
+      </c>
+      <c r="N7" s="1">
+        <v>0</v>
+      </c>
+      <c r="O7" s="1">
+        <v>0</v>
+      </c>
+      <c r="P7" s="1">
+        <v>356.20853772999999</v>
+      </c>
+      <c r="Q7" s="1">
+        <v>565.92531928000005</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="1">
+        <v>0</v>
+      </c>
+      <c r="C8" s="1">
+        <v>0</v>
+      </c>
+      <c r="D8" s="1">
+        <v>0</v>
+      </c>
+      <c r="E8" s="1">
+        <v>0</v>
+      </c>
+      <c r="F8" s="1">
+        <v>0</v>
+      </c>
+      <c r="G8" s="1">
+        <v>0</v>
+      </c>
+      <c r="H8" s="1">
+        <v>0</v>
+      </c>
+      <c r="I8" s="1">
+        <v>0</v>
+      </c>
+      <c r="J8" s="1">
+        <v>142271.43192314799</v>
+      </c>
+      <c r="K8" s="1">
+        <v>21271.711697859999</v>
+      </c>
+      <c r="L8" s="1">
+        <v>0</v>
+      </c>
+      <c r="M8" s="1">
+        <v>0</v>
+      </c>
+      <c r="N8" s="1">
+        <v>2255.094493432</v>
+      </c>
+      <c r="O8" s="1">
+        <v>444.83429040959999</v>
+      </c>
+      <c r="P8" s="1">
+        <v>2255.094493432</v>
+      </c>
+      <c r="Q8" s="1">
+        <v>444.83429040959999</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" s="1">
+        <v>1252.1878152219999</v>
+      </c>
+      <c r="C9" s="1">
+        <v>26021.492796581799</v>
+      </c>
+      <c r="D9" s="1">
+        <v>0</v>
+      </c>
+      <c r="E9" s="1">
+        <v>0</v>
+      </c>
+      <c r="F9" s="1">
+        <v>0</v>
+      </c>
+      <c r="G9" s="1">
+        <v>0</v>
+      </c>
+      <c r="H9" s="1">
+        <v>713938</v>
+      </c>
+      <c r="I9" s="1">
+        <v>0</v>
+      </c>
+      <c r="J9" s="1">
+        <v>47107.953575375002</v>
+      </c>
+      <c r="K9" s="1">
+        <v>20474.824194000001</v>
+      </c>
+      <c r="L9" s="1">
+        <v>0</v>
+      </c>
+      <c r="M9" s="1">
+        <v>0</v>
+      </c>
+      <c r="N9" s="1">
+        <v>0</v>
+      </c>
+      <c r="O9" s="1">
+        <v>0</v>
+      </c>
+      <c r="P9" s="1">
+        <v>8426.2000000000007</v>
+      </c>
+      <c r="Q9" s="1">
+        <v>5888.2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B10" s="1">
+        <v>48.214668060800001</v>
+      </c>
+      <c r="C10" s="1">
+        <v>7456.4622189749998</v>
+      </c>
+      <c r="D10" s="1">
+        <v>0</v>
+      </c>
+      <c r="E10" s="1">
+        <v>0</v>
+      </c>
+      <c r="F10" s="1">
+        <v>0</v>
+      </c>
+      <c r="G10" s="1">
+        <v>0</v>
+      </c>
+      <c r="H10" s="1">
+        <v>0</v>
+      </c>
+      <c r="I10" s="1">
+        <v>0</v>
+      </c>
+      <c r="J10" s="1">
+        <v>757.0079571924</v>
+      </c>
+      <c r="K10" s="1">
+        <v>15.421691985000001</v>
+      </c>
+      <c r="L10" s="1">
+        <v>0</v>
+      </c>
+      <c r="M10" s="1">
+        <v>0</v>
+      </c>
+      <c r="N10" s="1">
+        <v>96.429336121600002</v>
+      </c>
+      <c r="O10" s="1">
+        <v>0</v>
+      </c>
+      <c r="P10" s="1">
+        <v>96.429336121600002</v>
+      </c>
+      <c r="Q10" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B11" s="1">
+        <v>0</v>
+      </c>
+      <c r="C11" s="1">
+        <v>0</v>
+      </c>
+      <c r="D11" s="1">
+        <v>0</v>
+      </c>
+      <c r="E11" s="1">
+        <v>0</v>
+      </c>
+      <c r="F11" s="1">
+        <v>0</v>
+      </c>
+      <c r="G11" s="1">
+        <v>0</v>
+      </c>
+      <c r="H11" s="1">
+        <v>0</v>
+      </c>
+      <c r="I11" s="1">
+        <v>0</v>
+      </c>
+      <c r="J11" s="1">
+        <v>0</v>
+      </c>
+      <c r="K11" s="1">
+        <v>0</v>
+      </c>
+      <c r="L11" s="1">
+        <v>0</v>
+      </c>
+      <c r="M11" s="1">
+        <v>0</v>
+      </c>
+      <c r="N11" s="1">
+        <v>264.6849795</v>
+      </c>
+      <c r="O11" s="1">
+        <v>0</v>
+      </c>
+      <c r="P11" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q11" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" s="1">
+        <v>0</v>
+      </c>
+      <c r="C12" s="1">
+        <v>0</v>
+      </c>
+      <c r="D12" s="1">
+        <v>0</v>
+      </c>
+      <c r="E12" s="1">
+        <v>1672.5771279799999</v>
+      </c>
+      <c r="F12" s="1">
+        <v>0</v>
+      </c>
+      <c r="G12" s="1">
+        <v>0</v>
+      </c>
+      <c r="H12" s="1">
+        <v>0</v>
+      </c>
+      <c r="I12" s="1">
+        <v>0</v>
+      </c>
+      <c r="J12" s="1">
+        <v>1674.4056828294001</v>
+      </c>
+      <c r="K12" s="1">
+        <v>8495.7888150644994</v>
+      </c>
+      <c r="L12" s="1">
+        <v>0</v>
+      </c>
+      <c r="M12" s="1">
+        <v>2.9523808067999999</v>
+      </c>
+      <c r="N12" s="1">
+        <v>0</v>
+      </c>
+      <c r="O12" s="1">
+        <v>0</v>
+      </c>
+      <c r="P12" s="1">
+        <v>1218.908972385</v>
+      </c>
+      <c r="Q12" s="1">
+        <v>1728.4945454399999</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B13" s="1">
+        <v>0</v>
+      </c>
+      <c r="C13" s="1">
+        <v>0</v>
+      </c>
+      <c r="D13" s="1">
+        <v>0</v>
+      </c>
+      <c r="E13" s="1">
+        <v>0</v>
+      </c>
+      <c r="F13" s="1">
+        <v>0</v>
+      </c>
+      <c r="G13" s="1">
+        <v>0</v>
+      </c>
+      <c r="H13" s="1">
+        <v>11740.64006415</v>
+      </c>
+      <c r="I13" s="1">
+        <v>1514.9212986</v>
+      </c>
+      <c r="J13" s="1">
+        <v>0</v>
+      </c>
+      <c r="K13" s="1">
+        <v>0</v>
+      </c>
+      <c r="L13" s="1">
+        <v>0</v>
+      </c>
+      <c r="M13" s="1">
+        <v>0</v>
+      </c>
+      <c r="N13" s="1">
+        <v>0</v>
+      </c>
+      <c r="O13" s="1">
+        <v>0</v>
+      </c>
+      <c r="P13" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q13" s="1">
+        <v>1154.69527644</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B14" s="1">
+        <v>0</v>
+      </c>
+      <c r="C14" s="1">
+        <v>0</v>
+      </c>
+      <c r="D14" s="1">
+        <v>0</v>
+      </c>
+      <c r="E14" s="1">
+        <v>0</v>
+      </c>
+      <c r="F14" s="1">
+        <v>0</v>
+      </c>
+      <c r="G14" s="1">
+        <v>0</v>
+      </c>
+      <c r="H14" s="1">
+        <v>0</v>
+      </c>
+      <c r="I14" s="1">
+        <v>0</v>
+      </c>
+      <c r="J14" s="1">
+        <v>0</v>
+      </c>
+      <c r="K14" s="1">
+        <v>0</v>
+      </c>
+      <c r="L14" s="1">
+        <v>0</v>
+      </c>
+      <c r="M14" s="1">
+        <v>0</v>
+      </c>
+      <c r="N14" s="1">
+        <v>0</v>
+      </c>
+      <c r="O14" s="1">
+        <v>0</v>
+      </c>
+      <c r="P14" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q14" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B15" s="1">
+        <v>263736.22697248042</v>
+      </c>
+      <c r="C15" s="1">
+        <v>1440</v>
+      </c>
+      <c r="D15" s="1">
+        <v>0</v>
+      </c>
+      <c r="E15" s="1">
+        <v>0</v>
+      </c>
+      <c r="F15" s="1">
+        <v>0</v>
+      </c>
+      <c r="G15" s="1">
+        <v>0</v>
+      </c>
+      <c r="H15" s="1">
+        <v>0</v>
+      </c>
+      <c r="I15" s="1">
+        <v>0</v>
+      </c>
+      <c r="J15" s="1">
+        <v>27723.0594336914</v>
+      </c>
+      <c r="K15" s="1">
+        <v>6785.0087258752001</v>
+      </c>
+      <c r="L15" s="1">
+        <v>17504.301925126001</v>
+      </c>
+      <c r="M15" s="1">
+        <v>1819.2521276110001</v>
+      </c>
+      <c r="N15" s="1">
+        <v>1678.854002</v>
+      </c>
+      <c r="O15" s="1">
+        <v>0</v>
+      </c>
+      <c r="P15" s="1">
+        <v>34629.947842900001</v>
+      </c>
+      <c r="Q15" s="1">
+        <v>119.36875089999999</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B16" s="1">
+        <v>0</v>
+      </c>
+      <c r="C16" s="1">
+        <v>0</v>
+      </c>
+      <c r="D16" s="1">
+        <v>0</v>
+      </c>
+      <c r="E16" s="1">
+        <v>0</v>
+      </c>
+      <c r="F16" s="1">
+        <v>0</v>
+      </c>
+      <c r="G16" s="1">
+        <v>0</v>
+      </c>
+      <c r="H16" s="1">
+        <v>0</v>
+      </c>
+      <c r="I16" s="1">
+        <v>0</v>
+      </c>
+      <c r="J16" s="1">
+        <v>2795.7793141760003</v>
+      </c>
+      <c r="K16" s="1">
+        <v>207.468709236</v>
+      </c>
+      <c r="L16" s="1">
+        <v>0</v>
+      </c>
+      <c r="M16" s="1">
+        <v>0</v>
+      </c>
+      <c r="N16" s="1">
+        <v>1510.6964399999999</v>
+      </c>
+      <c r="O16" s="1">
+        <v>428.03065800000002</v>
+      </c>
+      <c r="P16" s="1">
+        <v>906.41786400000001</v>
+      </c>
+      <c r="Q16" s="1">
+        <v>256.81839480000002</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B17" s="1">
+        <v>0</v>
+      </c>
+      <c r="C17" s="1">
+        <v>0</v>
+      </c>
+      <c r="D17" s="1">
+        <v>0</v>
+      </c>
+      <c r="E17" s="1">
+        <v>0</v>
+      </c>
+      <c r="F17" s="1">
+        <v>0</v>
+      </c>
+      <c r="G17" s="1">
+        <v>0</v>
+      </c>
+      <c r="H17" s="1">
+        <v>0</v>
+      </c>
+      <c r="I17" s="1">
+        <v>0</v>
+      </c>
+      <c r="J17" s="1">
+        <v>402.29127754000001</v>
+      </c>
+      <c r="K17" s="1">
+        <v>38.339168731999997</v>
+      </c>
+      <c r="L17" s="1">
+        <v>0</v>
+      </c>
+      <c r="M17" s="1">
+        <v>0</v>
+      </c>
+      <c r="N17" s="1">
+        <v>0</v>
+      </c>
+      <c r="O17" s="1">
+        <v>0</v>
+      </c>
+      <c r="P17" s="1">
+        <v>402.29127754000001</v>
+      </c>
+      <c r="Q17" s="1">
+        <v>38.339168731999997</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" s="1">
+        <v>0</v>
+      </c>
+      <c r="C18" s="1">
+        <v>0</v>
+      </c>
+      <c r="D18" s="1">
+        <v>0</v>
+      </c>
+      <c r="E18" s="1">
+        <v>0</v>
+      </c>
+      <c r="F18" s="1">
+        <v>0</v>
+      </c>
+      <c r="G18" s="1">
+        <v>0</v>
+      </c>
+      <c r="H18" s="1">
+        <v>0</v>
+      </c>
+      <c r="I18" s="1">
+        <v>0</v>
+      </c>
+      <c r="J18" s="1">
+        <v>1271.2614805237499</v>
+      </c>
+      <c r="K18" s="1">
+        <v>0</v>
+      </c>
+      <c r="L18" s="1">
+        <v>0</v>
+      </c>
+      <c r="M18" s="1">
+        <v>0</v>
+      </c>
+      <c r="N18" s="1">
+        <v>0</v>
+      </c>
+      <c r="O18" s="1">
+        <v>0</v>
+      </c>
+      <c r="P18" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q18" s="1">
+        <v>186.8886072</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="1">
+        <v>0</v>
+      </c>
+      <c r="C19" s="1">
+        <v>0</v>
+      </c>
+      <c r="D19" s="1">
+        <v>0</v>
+      </c>
+      <c r="E19" s="1">
+        <v>0</v>
+      </c>
+      <c r="F19" s="1">
+        <v>0</v>
+      </c>
+      <c r="G19" s="1">
+        <v>0</v>
+      </c>
+      <c r="H19" s="1">
+        <v>0</v>
+      </c>
+      <c r="I19" s="1">
+        <v>0</v>
+      </c>
+      <c r="J19" s="1">
+        <v>1063.4096935800001</v>
+      </c>
+      <c r="K19" s="1">
+        <v>3059.3478876839999</v>
+      </c>
+      <c r="L19" s="1">
+        <v>0</v>
+      </c>
+      <c r="M19" s="1">
+        <v>0</v>
+      </c>
+      <c r="N19" s="1">
+        <v>0</v>
+      </c>
+      <c r="O19" s="1">
+        <v>0</v>
+      </c>
+      <c r="P19" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q19" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" s="1">
+        <v>0</v>
+      </c>
+      <c r="C20" s="1">
+        <v>0</v>
+      </c>
+      <c r="D20" s="1">
+        <v>0</v>
+      </c>
+      <c r="E20" s="1">
+        <v>0</v>
+      </c>
+      <c r="F20" s="1">
+        <v>0</v>
+      </c>
+      <c r="G20" s="1">
+        <v>0</v>
+      </c>
+      <c r="H20" s="1">
+        <v>0</v>
+      </c>
+      <c r="I20" s="1">
+        <v>0</v>
+      </c>
+      <c r="J20" s="1">
+        <v>0</v>
+      </c>
+      <c r="K20" s="1">
+        <v>0</v>
+      </c>
+      <c r="L20" s="1">
+        <v>0</v>
+      </c>
+      <c r="M20" s="1">
+        <v>0</v>
+      </c>
+      <c r="N20" s="1">
+        <v>0</v>
+      </c>
+      <c r="O20" s="1">
+        <v>0</v>
+      </c>
+      <c r="P20" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q20" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="1">
+        <v>0</v>
+      </c>
+      <c r="C21" s="1">
+        <v>0</v>
+      </c>
+      <c r="D21" s="1">
+        <v>0</v>
+      </c>
+      <c r="E21" s="1">
+        <v>0</v>
+      </c>
+      <c r="F21" s="1">
+        <v>0</v>
+      </c>
+      <c r="G21" s="1">
+        <v>0</v>
+      </c>
+      <c r="H21" s="1">
+        <v>0</v>
+      </c>
+      <c r="I21" s="1">
+        <v>0</v>
+      </c>
+      <c r="J21" s="1">
+        <v>19383.4795335046</v>
+      </c>
+      <c r="K21" s="1">
+        <v>6268.6958992199998</v>
+      </c>
+      <c r="L21" s="1">
+        <v>0</v>
+      </c>
+      <c r="M21" s="1">
+        <v>0</v>
+      </c>
+      <c r="N21" s="1">
+        <v>0</v>
+      </c>
+      <c r="O21" s="1">
+        <v>0</v>
+      </c>
+      <c r="P21" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q21" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" s="1">
+        <v>0</v>
+      </c>
+      <c r="C22" s="1">
+        <v>0</v>
+      </c>
+      <c r="D22" s="1">
+        <v>0</v>
+      </c>
+      <c r="E22" s="1">
+        <v>0</v>
+      </c>
+      <c r="F22" s="1">
+        <v>0</v>
+      </c>
+      <c r="G22" s="1">
+        <v>0</v>
+      </c>
+      <c r="H22" s="1">
+        <v>0</v>
+      </c>
+      <c r="I22" s="1">
+        <v>0</v>
+      </c>
+      <c r="J22" s="1">
+        <v>0</v>
+      </c>
+      <c r="K22" s="1">
+        <v>0</v>
+      </c>
+      <c r="L22" s="1">
+        <v>0</v>
+      </c>
+      <c r="M22" s="1">
+        <v>0</v>
+      </c>
+      <c r="N22" s="1">
+        <v>0</v>
+      </c>
+      <c r="O22" s="1">
+        <v>0</v>
+      </c>
+      <c r="P22" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q22" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B23" s="1">
+        <v>0</v>
+      </c>
+      <c r="C23" s="1">
+        <v>119.652103584</v>
+      </c>
+      <c r="D23" s="1">
+        <v>0</v>
+      </c>
+      <c r="E23" s="1">
+        <v>0</v>
+      </c>
+      <c r="F23" s="1">
+        <v>0</v>
+      </c>
+      <c r="G23" s="1">
+        <v>0</v>
+      </c>
+      <c r="H23" s="1">
+        <v>0</v>
+      </c>
+      <c r="I23" s="1">
+        <v>159.536138112</v>
+      </c>
+      <c r="J23" s="1">
+        <v>0</v>
+      </c>
+      <c r="K23" s="1">
+        <v>0</v>
+      </c>
+      <c r="L23" s="1">
+        <v>0</v>
+      </c>
+      <c r="M23" s="1">
+        <v>0</v>
+      </c>
+      <c r="N23" s="1">
+        <v>0</v>
+      </c>
+      <c r="O23" s="1">
+        <v>119.652103584</v>
+      </c>
+      <c r="P23" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q23" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B24" s="1">
+        <v>399948.72030583723</v>
+      </c>
+      <c r="C24" s="1">
+        <v>6658.9864501599995</v>
+      </c>
+      <c r="D24" s="1">
+        <v>0</v>
+      </c>
+      <c r="E24" s="1">
+        <v>0</v>
+      </c>
+      <c r="F24" s="1">
+        <v>0</v>
+      </c>
+      <c r="G24" s="1">
+        <v>0</v>
+      </c>
+      <c r="H24" s="1">
+        <v>0</v>
+      </c>
+      <c r="I24" s="1">
+        <v>0</v>
+      </c>
+      <c r="J24" s="1">
+        <v>22307.4034305766</v>
+      </c>
+      <c r="K24" s="1">
+        <v>2386.8268700036001</v>
+      </c>
+      <c r="L24" s="1">
+        <v>0</v>
+      </c>
+      <c r="M24" s="1">
+        <v>0</v>
+      </c>
+      <c r="N24" s="1">
+        <v>0</v>
+      </c>
+      <c r="O24" s="1">
+        <v>0</v>
+      </c>
+      <c r="P24" s="1">
+        <v>2645.01741025</v>
+      </c>
+      <c r="Q24" s="1">
+        <v>4669.9293630000002</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B25" s="1">
+        <v>0</v>
+      </c>
+      <c r="C25" s="1">
+        <v>0</v>
+      </c>
+      <c r="D25" s="1">
+        <v>0</v>
+      </c>
+      <c r="E25" s="1">
+        <v>0</v>
+      </c>
+      <c r="F25" s="1">
+        <v>0</v>
+      </c>
+      <c r="G25" s="1">
+        <v>0</v>
+      </c>
+      <c r="H25" s="1">
+        <v>0</v>
+      </c>
+      <c r="I25" s="1">
+        <v>0</v>
+      </c>
+      <c r="J25" s="1">
+        <v>0</v>
+      </c>
+      <c r="K25" s="1">
+        <v>0</v>
+      </c>
+      <c r="L25" s="1">
+        <v>0</v>
+      </c>
+      <c r="M25" s="1">
+        <v>0</v>
+      </c>
+      <c r="N25" s="1">
+        <v>0</v>
+      </c>
+      <c r="O25" s="1">
+        <v>0</v>
+      </c>
+      <c r="P25" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q25" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B26" s="1">
+        <v>0</v>
+      </c>
+      <c r="C26" s="1">
+        <v>0</v>
+      </c>
+      <c r="D26" s="1">
+        <v>0</v>
+      </c>
+      <c r="E26" s="1">
+        <v>0</v>
+      </c>
+      <c r="F26" s="1">
+        <v>0</v>
+      </c>
+      <c r="G26" s="1">
+        <v>3620.4585563999999</v>
+      </c>
+      <c r="H26" s="1">
+        <v>0</v>
+      </c>
+      <c r="I26" s="1">
+        <v>3620.4585563999999</v>
+      </c>
+      <c r="J26" s="1">
+        <v>0</v>
+      </c>
+      <c r="K26" s="1">
+        <v>28963.668451199999</v>
+      </c>
+      <c r="L26" s="1">
+        <v>0</v>
+      </c>
+      <c r="M26" s="1">
+        <v>0</v>
+      </c>
+      <c r="N26" s="1">
+        <v>0</v>
+      </c>
+      <c r="O26" s="1">
+        <v>0</v>
+      </c>
+      <c r="P26" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q26" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B27" s="1">
+        <v>0</v>
+      </c>
+      <c r="C27" s="1">
+        <v>0</v>
+      </c>
+      <c r="D27" s="1">
+        <v>0</v>
+      </c>
+      <c r="E27" s="1">
+        <v>0</v>
+      </c>
+      <c r="F27" s="1">
+        <v>0</v>
+      </c>
+      <c r="G27" s="1">
+        <v>0</v>
+      </c>
+      <c r="H27" s="1">
+        <v>455.77512626075998</v>
+      </c>
+      <c r="I27" s="1">
+        <v>0</v>
+      </c>
+      <c r="J27" s="1">
+        <v>27608.248460954001</v>
+      </c>
+      <c r="K27" s="1">
+        <v>0</v>
+      </c>
+      <c r="L27" s="1">
+        <v>0</v>
+      </c>
+      <c r="M27" s="1">
+        <v>0</v>
+      </c>
+      <c r="N27" s="1">
+        <v>0</v>
+      </c>
+      <c r="O27" s="1">
+        <v>0</v>
+      </c>
+      <c r="P27" s="1">
+        <v>28426.764179999998</v>
+      </c>
+      <c r="Q27" s="1">
+        <v>9514.6748607475001</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B28" s="1">
+        <v>0</v>
+      </c>
+      <c r="C28" s="1">
+        <v>0</v>
+      </c>
+      <c r="D28" s="1">
+        <v>3175.6649145599999</v>
+      </c>
+      <c r="E28" s="1">
+        <v>1461.937144</v>
+      </c>
+      <c r="F28" s="1">
+        <v>1944</v>
+      </c>
+      <c r="G28" s="1">
+        <v>0</v>
+      </c>
+      <c r="H28" s="1">
+        <v>8358.4850011999988</v>
+      </c>
+      <c r="I28" s="1">
+        <v>380</v>
+      </c>
+      <c r="J28" s="1">
+        <v>20409.3187545</v>
+      </c>
+      <c r="K28" s="1">
+        <v>0</v>
+      </c>
+      <c r="L28" s="1">
+        <v>0</v>
+      </c>
+      <c r="M28" s="1">
+        <v>0</v>
+      </c>
+      <c r="N28" s="1">
+        <v>7775.1062515000003</v>
+      </c>
+      <c r="O28" s="1">
+        <v>0</v>
+      </c>
+      <c r="P28" s="1">
+        <v>2721.2425005999999</v>
+      </c>
+      <c r="Q28" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A29" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B29" s="1">
+        <v>1864460.0821040736</v>
+      </c>
+      <c r="C29" s="1">
+        <v>18814.968530827198</v>
+      </c>
+      <c r="D29" s="1">
+        <v>3542.2186578728201</v>
+      </c>
+      <c r="E29" s="1">
+        <v>256.898240434</v>
+      </c>
+      <c r="F29" s="1">
+        <v>3975.4937724668998</v>
+      </c>
+      <c r="G29" s="1">
+        <v>564.93300323749997</v>
+      </c>
+      <c r="H29" s="1">
+        <v>30771.748613826501</v>
+      </c>
+      <c r="I29" s="1">
+        <v>7129.8750010520007</v>
+      </c>
+      <c r="J29" s="1">
+        <v>897830.74667450273</v>
+      </c>
+      <c r="K29" s="1">
+        <v>60084.761749835263</v>
+      </c>
+      <c r="L29" s="1">
+        <v>5352.6795386464501</v>
+      </c>
+      <c r="M29" s="1">
+        <v>989.98347870500004</v>
+      </c>
+      <c r="N29" s="1">
+        <v>74769.0105016007</v>
+      </c>
+      <c r="O29" s="1">
+        <v>3552.6774834100001</v>
+      </c>
+      <c r="P29" s="1">
+        <v>83381.522408614415</v>
+      </c>
+      <c r="Q29" s="1">
+        <v>10165.194021304</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A30" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B30" s="1">
+        <v>0</v>
+      </c>
+      <c r="C30" s="1">
+        <v>0</v>
+      </c>
+      <c r="D30" s="1">
+        <v>397.69314947999999</v>
+      </c>
+      <c r="E30" s="1">
+        <v>2185.2685046249999</v>
+      </c>
+      <c r="F30" s="1">
+        <v>506.65852357799997</v>
+      </c>
+      <c r="G30" s="1">
+        <v>0</v>
+      </c>
+      <c r="H30" s="1">
+        <v>962.21728785000005</v>
+      </c>
+      <c r="I30" s="1">
+        <v>12559.979723455001</v>
+      </c>
+      <c r="J30" s="1">
+        <v>6287.6100415199999</v>
+      </c>
+      <c r="K30" s="1">
+        <v>149055.48352295</v>
+      </c>
+      <c r="L30" s="1">
+        <v>0</v>
+      </c>
+      <c r="M30" s="1">
+        <v>0</v>
+      </c>
+      <c r="N30" s="1">
+        <v>0</v>
+      </c>
+      <c r="O30" s="1">
+        <v>0</v>
+      </c>
+      <c r="P30" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q30" s="1">
+        <v>650.20304156999998</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A31" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B31" s="1"/>
+      <c r="C31" s="1"/>
+      <c r="D31" s="1"/>
+      <c r="E31" s="1"/>
+      <c r="F31" s="1"/>
+      <c r="G31" s="1"/>
+      <c r="H31" s="1"/>
+      <c r="I31" s="1"/>
+      <c r="J31" s="1"/>
+      <c r="K31" s="1"/>
+      <c r="L31" s="1"/>
+      <c r="M31" s="1"/>
+      <c r="N31" s="1"/>
+      <c r="O31" s="1"/>
+      <c r="P31" s="1"/>
+      <c r="Q31" s="1"/>
+    </row>
+    <row r="32" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A32" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B32" s="1">
+        <v>267563.92601010134</v>
+      </c>
+      <c r="C32" s="1">
+        <v>47713.923546384001</v>
+      </c>
+      <c r="D32" s="1">
+        <v>3170.4648975578198</v>
+      </c>
+      <c r="E32" s="1">
+        <v>2442.1667450589998</v>
+      </c>
+      <c r="F32" s="1">
+        <v>3228.174951988</v>
+      </c>
+      <c r="G32" s="1">
+        <v>3980.3915596375</v>
+      </c>
+      <c r="H32" s="1">
+        <v>39987.682681177263</v>
+      </c>
+      <c r="I32" s="1">
+        <v>14678.721195059999</v>
+      </c>
+      <c r="J32" s="1">
+        <v>168111.1219851342</v>
+      </c>
+      <c r="K32" s="1">
+        <v>80471.261308899251</v>
+      </c>
+      <c r="L32" s="1">
+        <v>19582.681463772449</v>
+      </c>
+      <c r="M32" s="1">
+        <v>2402.1879871228002</v>
+      </c>
+      <c r="N32" s="1">
+        <v>60680.065362656002</v>
+      </c>
+      <c r="O32" s="1">
+        <v>2381.9403653496001</v>
+      </c>
+      <c r="P32" s="1">
+        <v>77690.684679139013</v>
+      </c>
+      <c r="Q32" s="1">
+        <v>9359.4269608985996</v>
+      </c>
+    </row>
+    <row r="33" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A33" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B33" s="1">
+        <v>1011163.7591328714</v>
+      </c>
+      <c r="C33" s="1">
+        <v>4787.0979358839995</v>
+      </c>
+      <c r="D33" s="1">
+        <v>657.35806404000004</v>
+      </c>
+      <c r="E33" s="1">
+        <v>2791.509031005</v>
+      </c>
+      <c r="F33" s="1">
+        <v>641.47734405689994</v>
+      </c>
+      <c r="G33" s="1">
+        <v>36.994759025</v>
+      </c>
+      <c r="H33" s="1">
+        <v>9385.1834121100001</v>
+      </c>
+      <c r="I33" s="1">
+        <v>13234.079167919001</v>
+      </c>
+      <c r="J33" s="1">
+        <v>200255.42701835491</v>
+      </c>
+      <c r="K33" s="1">
+        <v>189529.72420898412</v>
+      </c>
+      <c r="L33" s="1">
+        <v>0</v>
+      </c>
+      <c r="M33" s="1">
+        <v>0</v>
+      </c>
+      <c r="N33" s="1">
+        <v>18896.6211262055</v>
+      </c>
+      <c r="O33" s="1">
+        <v>441.25417005400004</v>
+      </c>
+      <c r="P33" s="1">
+        <v>27497.7951103374</v>
+      </c>
+      <c r="Q33" s="1">
+        <v>12129.719210477</v>
+      </c>
+    </row>
+    <row r="34" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A34" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B34" s="1">
+        <v>1238180.8367227011</v>
+      </c>
+      <c r="C34" s="1">
+        <v>8010.5406178600006</v>
+      </c>
+      <c r="D34" s="1">
+        <v>3287.7537603149999</v>
+      </c>
+      <c r="E34" s="1">
+        <v>380</v>
+      </c>
+      <c r="F34" s="1">
+        <v>2556.5</v>
+      </c>
+      <c r="G34" s="1">
+        <v>205</v>
+      </c>
+      <c r="H34" s="1">
+        <v>2916</v>
+      </c>
+      <c r="I34" s="1">
+        <v>380</v>
+      </c>
+      <c r="J34" s="1">
+        <v>911180.92396769999</v>
+      </c>
+      <c r="K34" s="1">
+        <v>66124.858730547712</v>
+      </c>
+      <c r="L34" s="1">
+        <v>3274.3</v>
+      </c>
+      <c r="M34" s="1">
+        <v>410</v>
+      </c>
+      <c r="N34" s="1">
+        <v>8773.1895152928009</v>
+      </c>
+      <c r="O34" s="1">
+        <v>1722</v>
+      </c>
+      <c r="P34" s="1">
+        <v>40011.8935161216</v>
+      </c>
+      <c r="Q34" s="1">
+        <v>24258.8742216475</v>
+      </c>
+    </row>
+    <row r="35" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B35" s="1">
+        <v>12536.91</v>
+      </c>
+      <c r="C35" s="1">
+        <v>0</v>
+      </c>
+      <c r="D35" s="1">
+        <v>0</v>
+      </c>
+      <c r="E35" s="1">
+        <v>0</v>
+      </c>
+      <c r="F35" s="1">
+        <v>0</v>
+      </c>
+      <c r="G35" s="1">
+        <v>0</v>
+      </c>
+      <c r="H35" s="1">
+        <v>713938</v>
+      </c>
+      <c r="I35" s="1">
+        <v>0</v>
+      </c>
+      <c r="J35" s="1">
+        <v>166934.29</v>
+      </c>
+      <c r="K35" s="1">
+        <v>56945.42</v>
+      </c>
+      <c r="L35" s="1">
+        <v>0</v>
+      </c>
+      <c r="M35" s="1">
+        <v>0</v>
+      </c>
+      <c r="N35" s="1">
+        <v>0</v>
+      </c>
+      <c r="O35" s="1">
+        <v>0</v>
+      </c>
+      <c r="P35" s="1">
+        <v>20894.849999999999</v>
+      </c>
+      <c r="Q35" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A36" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B36" s="1"/>
+      <c r="C36" s="1"/>
+      <c r="D36" s="1"/>
+      <c r="E36" s="1"/>
+      <c r="F36" s="1"/>
+      <c r="G36" s="1"/>
+      <c r="H36" s="1"/>
+      <c r="I36" s="1"/>
+      <c r="J36" s="1"/>
+      <c r="K36" s="1"/>
+      <c r="L36" s="1"/>
+      <c r="M36" s="1"/>
+      <c r="N36" s="1"/>
+      <c r="O36" s="1"/>
+      <c r="P36" s="1"/>
+      <c r="Q36" s="1"/>
+    </row>
+    <row r="37" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A37" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B37" s="1">
+        <v>0</v>
+      </c>
+      <c r="C37" s="1">
+        <v>0</v>
+      </c>
+      <c r="D37" s="1">
+        <v>0</v>
+      </c>
+      <c r="E37" s="1">
+        <v>2222.2632636499998</v>
+      </c>
+      <c r="F37" s="1">
+        <v>0</v>
+      </c>
+      <c r="G37" s="1">
+        <v>36.994759025</v>
+      </c>
+      <c r="H37" s="1">
+        <v>0</v>
+      </c>
+      <c r="I37" s="1">
+        <v>68.890497455000002</v>
+      </c>
+      <c r="J37" s="1">
+        <v>18775.965671145499</v>
+      </c>
+      <c r="K37" s="1">
+        <v>709.70983366899998</v>
+      </c>
+      <c r="L37" s="1">
+        <v>15455.001925126</v>
+      </c>
+      <c r="M37" s="1">
+        <v>1819.2521276110001</v>
+      </c>
+      <c r="N37" s="1">
+        <v>0</v>
+      </c>
+      <c r="O37" s="1">
+        <v>0</v>
+      </c>
+      <c r="P37" s="1">
+        <v>1575.117510115</v>
+      </c>
+      <c r="Q37" s="1">
+        <v>2348.509022535</v>
+      </c>
+    </row>
+    <row r="38" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A38" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B38" s="1">
+        <v>15084.880261213799</v>
+      </c>
+      <c r="C38" s="1">
+        <v>510.11398597799996</v>
+      </c>
+      <c r="D38" s="1">
+        <v>0</v>
+      </c>
+      <c r="E38" s="1">
+        <v>0</v>
+      </c>
+      <c r="F38" s="1">
+        <v>134.81882047889999</v>
+      </c>
+      <c r="G38" s="1">
+        <v>0</v>
+      </c>
+      <c r="H38" s="1">
+        <v>15768.011011218501</v>
+      </c>
+      <c r="I38" s="1">
+        <v>4957.5142503119996</v>
+      </c>
+      <c r="J38" s="1">
+        <v>906370.59088995482</v>
+      </c>
+      <c r="K38" s="1">
+        <v>92023.15010930576</v>
+      </c>
+      <c r="L38" s="1">
+        <v>2049.3000000000002</v>
+      </c>
+      <c r="M38" s="1">
+        <v>0</v>
+      </c>
+      <c r="N38" s="1">
+        <v>3373.4971419125</v>
+      </c>
+      <c r="O38" s="1">
+        <v>749.63272447000008</v>
+      </c>
+      <c r="P38" s="1">
+        <v>27551.630789588799</v>
+      </c>
+      <c r="Q38" s="1">
+        <v>12284.459098109999</v>
+      </c>
+    </row>
+    <row r="39" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A39" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B39" s="1">
+        <v>4778.2336790460004</v>
+      </c>
+      <c r="C39" s="1">
+        <v>0</v>
+      </c>
+      <c r="D39" s="1">
+        <v>7.6393530959999998</v>
+      </c>
+      <c r="E39" s="1">
+        <v>1672.5771279799999</v>
+      </c>
+      <c r="F39" s="1">
+        <v>7.6393530959999998</v>
+      </c>
+      <c r="G39" s="1">
+        <v>0</v>
+      </c>
+      <c r="H39" s="1">
+        <v>7.6393530959999998</v>
+      </c>
+      <c r="I39" s="1">
+        <v>0</v>
+      </c>
+      <c r="J39" s="1">
+        <v>21181.168852651401</v>
+      </c>
+      <c r="K39" s="1">
+        <v>163613.62638269609</v>
+      </c>
+      <c r="L39" s="1">
+        <v>745.59487717100001</v>
+      </c>
+      <c r="M39" s="1">
+        <v>2.9523808067999999</v>
+      </c>
+      <c r="N39" s="1">
+        <v>1885.4415671687</v>
+      </c>
+      <c r="O39" s="1">
+        <v>101.92661916</v>
+      </c>
+      <c r="P39" s="1">
+        <v>2753.4348687897</v>
+      </c>
+      <c r="Q39" s="1">
+        <v>706.1911071720001</v>
+      </c>
+    </row>
+    <row r="40" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A40" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B40" s="1">
+        <v>2509534.1032573534</v>
+      </c>
+      <c r="C40" s="1">
+        <v>60001.44811415</v>
+      </c>
+      <c r="D40" s="1">
+        <v>7107.9373688168198</v>
+      </c>
+      <c r="E40" s="1">
+        <v>1718.8353844339999</v>
+      </c>
+      <c r="F40" s="1">
+        <v>6283.6941224700004</v>
+      </c>
+      <c r="G40" s="1">
+        <v>4185.3915596375</v>
+      </c>
+      <c r="H40" s="1">
+        <v>750451.21572897281</v>
+      </c>
+      <c r="I40" s="1">
+        <v>23266.395615212001</v>
+      </c>
+      <c r="J40" s="1">
+        <v>416534.5819130062</v>
+      </c>
+      <c r="K40" s="1">
+        <v>134596.5784132852</v>
+      </c>
+      <c r="L40" s="1">
+        <v>4607.08466147545</v>
+      </c>
+      <c r="M40" s="1">
+        <v>989.98347870500004</v>
+      </c>
+      <c r="N40" s="1">
+        <v>82994.507958951508</v>
+      </c>
+      <c r="O40" s="1">
+        <v>3693.6351917736001</v>
+      </c>
+      <c r="P40" s="1">
+        <v>133124.00246354291</v>
+      </c>
+      <c r="Q40" s="1">
+        <v>27932.700825121101</v>
+      </c>
+    </row>
+    <row r="41" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A41" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B41" s="1">
+        <v>48.214668060800001</v>
+      </c>
+      <c r="C41" s="1">
+        <v>0</v>
+      </c>
+      <c r="D41" s="1">
+        <v>0</v>
+      </c>
+      <c r="E41" s="1">
+        <v>0</v>
+      </c>
+      <c r="F41" s="1">
+        <v>0</v>
+      </c>
+      <c r="G41" s="1">
+        <v>0</v>
+      </c>
+      <c r="H41" s="1">
+        <v>0</v>
+      </c>
+      <c r="I41" s="1">
+        <v>0</v>
+      </c>
+      <c r="J41" s="1">
+        <v>83619.455644431102</v>
+      </c>
+      <c r="K41" s="1">
+        <v>2128.199509475</v>
+      </c>
+      <c r="L41" s="1">
+        <v>0</v>
+      </c>
+      <c r="M41" s="1">
+        <v>0</v>
+      </c>
+      <c r="N41" s="1">
+        <v>96.429336121600002</v>
+      </c>
+      <c r="O41" s="1">
+        <v>0</v>
+      </c>
+      <c r="P41" s="1">
+        <v>1091.0376735616001</v>
+      </c>
+      <c r="Q41" s="1">
+        <v>2476.1603400849999</v>
+      </c>
+    </row>
+    <row r="42" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B42" s="1"/>
+      <c r="C42" s="1"/>
+      <c r="D42" s="1"/>
+      <c r="E42" s="1"/>
+      <c r="F42" s="1"/>
+      <c r="G42" s="1"/>
+      <c r="H42" s="1"/>
+      <c r="I42" s="1"/>
+      <c r="J42" s="1"/>
+      <c r="K42" s="1"/>
+      <c r="L42" s="1"/>
+      <c r="M42" s="1"/>
+      <c r="N42" s="1"/>
+      <c r="O42" s="1"/>
+      <c r="P42" s="1"/>
+      <c r="Q42" s="1"/>
+    </row>
+    <row r="43" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A43" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B43" s="1">
+        <v>0</v>
+      </c>
+      <c r="C43" s="1">
+        <v>0</v>
+      </c>
+      <c r="D43" s="1">
+        <v>0</v>
+      </c>
+      <c r="E43" s="1">
+        <v>36.994759025</v>
+      </c>
+      <c r="F43" s="1">
+        <v>0</v>
+      </c>
+      <c r="G43" s="1">
+        <v>36.994759025</v>
+      </c>
+      <c r="H43" s="1">
+        <v>0</v>
+      </c>
+      <c r="I43" s="1">
+        <v>2928.0296453599999</v>
+      </c>
+      <c r="J43" s="1">
+        <v>227588.35573757516</v>
+      </c>
+      <c r="K43" s="1">
+        <v>85963.916864785497</v>
+      </c>
+      <c r="L43" s="1">
+        <v>0</v>
+      </c>
+      <c r="M43" s="1">
+        <v>0</v>
+      </c>
+      <c r="N43" s="1">
+        <v>0</v>
+      </c>
+      <c r="O43" s="1">
+        <v>0</v>
+      </c>
+      <c r="P43" s="1">
+        <v>985.38701975499998</v>
+      </c>
+      <c r="Q43" s="1">
+        <v>10930.38007248</v>
+      </c>
+    </row>
+    <row r="44" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A44" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B44" s="1">
+        <v>48.214668060800001</v>
+      </c>
+      <c r="C44" s="1">
+        <v>7456.4622189749998</v>
+      </c>
+      <c r="D44" s="1">
+        <v>0</v>
+      </c>
+      <c r="E44" s="1">
+        <v>1672.5771279799999</v>
+      </c>
+      <c r="F44" s="1">
+        <v>0</v>
+      </c>
+      <c r="G44" s="1">
+        <v>0</v>
+      </c>
+      <c r="H44" s="1">
+        <v>0</v>
+      </c>
+      <c r="I44" s="1">
+        <v>0</v>
+      </c>
+      <c r="J44" s="1">
+        <v>2431.4136400217999</v>
+      </c>
+      <c r="K44" s="1">
+        <v>8511.2105070494999</v>
+      </c>
+      <c r="L44" s="1">
+        <v>0</v>
+      </c>
+      <c r="M44" s="1">
+        <v>2.9523808067999999</v>
+      </c>
+      <c r="N44" s="1">
+        <v>361.11431562159999</v>
+      </c>
+      <c r="O44" s="1">
+        <v>0</v>
+      </c>
+      <c r="P44" s="1">
+        <v>1315.3383085066</v>
+      </c>
+      <c r="Q44" s="1">
+        <v>1728.4945454399999</v>
+      </c>
+    </row>
+    <row r="45" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A45" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B45" s="1">
+        <v>264988.41478770238</v>
+      </c>
+      <c r="C45" s="1">
+        <v>27461.492796581799</v>
+      </c>
+      <c r="D45" s="1">
+        <v>0</v>
+      </c>
+      <c r="E45" s="1">
+        <v>0</v>
+      </c>
+      <c r="F45" s="1">
+        <v>0</v>
+      </c>
+      <c r="G45" s="1">
+        <v>0</v>
+      </c>
+      <c r="H45" s="1">
+        <v>725678.64006414998</v>
+      </c>
+      <c r="I45" s="1">
+        <v>1514.9212986</v>
+      </c>
+      <c r="J45" s="1">
+        <v>242018.66623153875</v>
+      </c>
+      <c r="K45" s="1">
+        <v>58105.396282607202</v>
+      </c>
+      <c r="L45" s="1">
+        <v>17504.301925126001</v>
+      </c>
+      <c r="M45" s="1">
+        <v>1819.2521276110001</v>
+      </c>
+      <c r="N45" s="1">
+        <v>5444.6449354320002</v>
+      </c>
+      <c r="O45" s="1">
+        <v>872.86494840959995</v>
+      </c>
+      <c r="P45" s="1">
+        <v>46619.951477871997</v>
+      </c>
+      <c r="Q45" s="1">
+        <v>8089.1444884816001</v>
+      </c>
+    </row>
+    <row r="46" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A46" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B46" s="1"/>
+      <c r="C46" s="1"/>
+      <c r="D46" s="1"/>
+      <c r="E46" s="1"/>
+      <c r="F46" s="1"/>
+      <c r="G46" s="1"/>
+      <c r="H46" s="1"/>
+      <c r="I46" s="1"/>
+      <c r="J46" s="1"/>
+      <c r="K46" s="1"/>
+      <c r="L46" s="1"/>
+      <c r="M46" s="1"/>
+      <c r="N46" s="1"/>
+      <c r="O46" s="1"/>
+      <c r="P46" s="1"/>
+      <c r="Q46" s="1"/>
+    </row>
+    <row r="47" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A47" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B47" s="1">
+        <v>0</v>
+      </c>
+      <c r="C47" s="1">
+        <v>0</v>
+      </c>
+      <c r="D47" s="1">
+        <v>0</v>
+      </c>
+      <c r="E47" s="1">
+        <v>0</v>
+      </c>
+      <c r="F47" s="1">
+        <v>0</v>
+      </c>
+      <c r="G47" s="1">
+        <v>0</v>
+      </c>
+      <c r="H47" s="1">
+        <v>0</v>
+      </c>
+      <c r="I47" s="1">
+        <v>0</v>
+      </c>
+      <c r="J47" s="1">
+        <v>0</v>
+      </c>
+      <c r="K47" s="1">
+        <v>0</v>
+      </c>
+      <c r="L47" s="1">
+        <v>0</v>
+      </c>
+      <c r="M47" s="1">
+        <v>0</v>
+      </c>
+      <c r="N47" s="1">
+        <v>0</v>
+      </c>
+      <c r="O47" s="1">
+        <v>0</v>
+      </c>
+      <c r="P47" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q47" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A48" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B48" s="1">
+        <v>0</v>
+      </c>
+      <c r="C48" s="1">
+        <v>0</v>
+      </c>
+      <c r="D48" s="1">
+        <v>0</v>
+      </c>
+      <c r="E48" s="1">
+        <v>0</v>
+      </c>
+      <c r="F48" s="1">
+        <v>0</v>
+      </c>
+      <c r="G48" s="1">
+        <v>0</v>
+      </c>
+      <c r="H48" s="1">
+        <v>0</v>
+      </c>
+      <c r="I48" s="1">
+        <v>0</v>
+      </c>
+      <c r="J48" s="1">
+        <v>0</v>
+      </c>
+      <c r="K48" s="1">
+        <v>0</v>
+      </c>
+      <c r="L48" s="1">
+        <v>0</v>
+      </c>
+      <c r="M48" s="1">
+        <v>0</v>
+      </c>
+      <c r="N48" s="1">
+        <v>0</v>
+      </c>
+      <c r="O48" s="1">
+        <v>0</v>
+      </c>
+      <c r="P48" s="1">
+        <v>408.08084124999999</v>
+      </c>
+      <c r="Q48" s="1">
+        <v>302.57701400000002</v>
+      </c>
+    </row>
+    <row r="49" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A49" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B49" s="1">
+        <v>0</v>
+      </c>
+      <c r="C49" s="1">
+        <v>0</v>
+      </c>
+      <c r="D49" s="1">
+        <v>0</v>
+      </c>
+      <c r="E49" s="1">
+        <v>0</v>
+      </c>
+      <c r="F49" s="1">
+        <v>0</v>
+      </c>
+      <c r="G49" s="1">
+        <v>0</v>
+      </c>
+      <c r="H49" s="1">
+        <v>0</v>
+      </c>
+      <c r="I49" s="1">
+        <v>0</v>
+      </c>
+      <c r="J49" s="1">
+        <v>0</v>
+      </c>
+      <c r="K49" s="1">
+        <v>0</v>
+      </c>
+      <c r="L49" s="1">
+        <v>0</v>
+      </c>
+      <c r="M49" s="1">
+        <v>0</v>
+      </c>
+      <c r="N49" s="1">
+        <v>0</v>
+      </c>
+      <c r="O49" s="1">
+        <v>0</v>
+      </c>
+      <c r="P49" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q49" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A50" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B50" s="1">
+        <v>0</v>
+      </c>
+      <c r="C50" s="1">
+        <v>0</v>
+      </c>
+      <c r="D50" s="1">
+        <v>0</v>
+      </c>
+      <c r="E50" s="1">
+        <v>0</v>
+      </c>
+      <c r="F50" s="1">
+        <v>0</v>
+      </c>
+      <c r="G50" s="1">
+        <v>0</v>
+      </c>
+      <c r="H50" s="1">
+        <v>455.77512626075998</v>
+      </c>
+      <c r="I50" s="1">
+        <v>0</v>
+      </c>
+      <c r="J50" s="1">
+        <v>27608.248460954001</v>
+      </c>
+      <c r="K50" s="1">
+        <v>0</v>
+      </c>
+      <c r="L50" s="1">
+        <v>0</v>
+      </c>
+      <c r="M50" s="1">
+        <v>0</v>
+      </c>
+      <c r="N50" s="1">
+        <v>0</v>
+      </c>
+      <c r="O50" s="1">
+        <v>0</v>
+      </c>
+      <c r="P50" s="1">
+        <v>28426.764179999998</v>
+      </c>
+      <c r="Q50" s="1">
+        <v>9514.6748607475001</v>
+      </c>
+    </row>
+    <row r="51" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A51" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B51" s="1"/>
+      <c r="C51" s="1"/>
+      <c r="D51" s="1"/>
+      <c r="E51" s="1"/>
+      <c r="F51" s="1"/>
+      <c r="G51" s="1"/>
+      <c r="H51" s="1"/>
+      <c r="I51" s="1"/>
+      <c r="J51" s="1"/>
+      <c r="K51" s="1"/>
+      <c r="L51" s="1"/>
+      <c r="M51" s="1"/>
+      <c r="N51" s="1"/>
+      <c r="O51" s="1"/>
+      <c r="P51" s="1"/>
+      <c r="Q51" s="1"/>
+    </row>
+    <row r="52" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A52" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B52" s="1">
+        <v>0</v>
+      </c>
+      <c r="C52" s="1">
+        <v>0</v>
+      </c>
+      <c r="D52" s="1">
+        <v>0</v>
+      </c>
+      <c r="E52" s="1">
+        <v>0</v>
+      </c>
+      <c r="F52" s="1">
+        <v>0</v>
+      </c>
+      <c r="G52" s="1">
+        <v>0</v>
+      </c>
+      <c r="H52" s="1">
+        <v>455.77512626075998</v>
+      </c>
+      <c r="I52" s="1">
+        <v>0</v>
+      </c>
+      <c r="J52" s="1">
+        <v>27608.248460954001</v>
+      </c>
+      <c r="K52" s="1">
+        <v>0</v>
+      </c>
+      <c r="L52" s="1">
+        <v>0</v>
+      </c>
+      <c r="M52" s="1">
+        <v>0</v>
+      </c>
+      <c r="N52" s="1">
+        <v>0</v>
+      </c>
+      <c r="O52" s="1">
+        <v>0</v>
+      </c>
+      <c r="P52" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q52" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A53" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B53" s="1">
+        <v>0</v>
+      </c>
+      <c r="C53" s="1">
+        <v>0</v>
+      </c>
+      <c r="D53" s="1">
+        <v>0</v>
+      </c>
+      <c r="E53" s="1">
+        <v>0</v>
+      </c>
+      <c r="F53" s="1">
+        <v>0</v>
+      </c>
+      <c r="G53" s="1">
+        <v>0</v>
+      </c>
+      <c r="H53" s="1">
+        <v>0</v>
+      </c>
+      <c r="I53" s="1">
+        <v>0</v>
+      </c>
+      <c r="J53" s="1">
+        <v>0</v>
+      </c>
+      <c r="K53" s="1">
+        <v>0</v>
+      </c>
+      <c r="L53" s="1">
+        <v>0</v>
+      </c>
+      <c r="M53" s="1">
+        <v>0</v>
+      </c>
+      <c r="N53" s="1">
+        <v>0</v>
+      </c>
+      <c r="O53" s="1">
+        <v>0</v>
+      </c>
+      <c r="P53" s="1">
+        <v>28426.764179999998</v>
+      </c>
+      <c r="Q53" s="1">
+        <v>9514.6748607475001</v>
+      </c>
+    </row>
+    <row r="54" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A54" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B54" s="1">
+        <v>0</v>
+      </c>
+      <c r="C54" s="1">
+        <v>0</v>
+      </c>
+      <c r="D54" s="1">
+        <v>371.75376031500002</v>
+      </c>
+      <c r="E54" s="1">
+        <v>0</v>
+      </c>
+      <c r="F54" s="1">
+        <v>0</v>
+      </c>
+      <c r="G54" s="1">
+        <v>0</v>
+      </c>
+      <c r="H54" s="1">
+        <v>0</v>
+      </c>
+      <c r="I54" s="1">
+        <v>0</v>
+      </c>
+      <c r="J54" s="1">
+        <v>0</v>
+      </c>
+      <c r="K54" s="1">
+        <v>0</v>
+      </c>
+      <c r="L54" s="1">
+        <v>0</v>
+      </c>
+      <c r="M54" s="1">
+        <v>0</v>
+      </c>
+      <c r="N54" s="1">
+        <v>0</v>
+      </c>
+      <c r="O54" s="1">
+        <v>0</v>
+      </c>
+      <c r="P54" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q54" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A55" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B55" s="1">
+        <v>0</v>
+      </c>
+      <c r="C55" s="1">
+        <v>0</v>
+      </c>
+      <c r="D55" s="1">
+        <v>0</v>
+      </c>
+      <c r="E55" s="1">
+        <v>0</v>
+      </c>
+      <c r="F55" s="1">
+        <v>0</v>
+      </c>
+      <c r="G55" s="1">
+        <v>0</v>
+      </c>
+      <c r="H55" s="1">
+        <v>0</v>
+      </c>
+      <c r="I55" s="1">
+        <v>0</v>
+      </c>
+      <c r="J55" s="1">
+        <v>0</v>
+      </c>
+      <c r="K55" s="1">
+        <v>0</v>
+      </c>
+      <c r="L55" s="1">
+        <v>0</v>
+      </c>
+      <c r="M55" s="1">
+        <v>0</v>
+      </c>
+      <c r="N55" s="1">
+        <v>0</v>
+      </c>
+      <c r="O55" s="1">
+        <v>0</v>
+      </c>
+      <c r="P55" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q55" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A56" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B56" s="1">
+        <v>773.18228951909998</v>
+      </c>
+      <c r="C56" s="1">
+        <v>0</v>
+      </c>
+      <c r="D56" s="1">
+        <v>0</v>
+      </c>
+      <c r="E56" s="1">
+        <v>0</v>
+      </c>
+      <c r="F56" s="1">
+        <v>0</v>
+      </c>
+      <c r="G56" s="1">
+        <v>0</v>
+      </c>
+      <c r="H56" s="1">
+        <v>0</v>
+      </c>
+      <c r="I56" s="1">
+        <v>0</v>
+      </c>
+      <c r="J56" s="1">
+        <v>0</v>
+      </c>
+      <c r="K56" s="1">
+        <v>0</v>
+      </c>
+      <c r="L56" s="1">
+        <v>0</v>
+      </c>
+      <c r="M56" s="1">
+        <v>0</v>
+      </c>
+      <c r="N56" s="1">
+        <v>2295.0751996712002</v>
+      </c>
+      <c r="O56" s="1">
+        <v>0</v>
+      </c>
+      <c r="P56" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q56" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A57" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B57" s="1">
+        <v>0</v>
+      </c>
+      <c r="C57" s="1">
+        <v>0</v>
+      </c>
+      <c r="D57" s="1">
+        <v>0</v>
+      </c>
+      <c r="E57" s="1">
+        <v>0</v>
+      </c>
+      <c r="F57" s="1">
+        <v>747.31882047889997</v>
+      </c>
+      <c r="G57" s="1">
+        <v>205</v>
+      </c>
+      <c r="H57" s="1">
+        <v>0</v>
+      </c>
+      <c r="I57" s="1">
+        <v>0</v>
+      </c>
+      <c r="J57" s="1">
+        <v>2205</v>
+      </c>
+      <c r="K57" s="1">
+        <v>2733.4163014999999</v>
+      </c>
+      <c r="L57" s="1">
+        <v>1225</v>
+      </c>
+      <c r="M57" s="1">
+        <v>410</v>
+      </c>
+      <c r="N57" s="1">
+        <v>5145</v>
+      </c>
+      <c r="O57" s="1">
+        <v>1722</v>
+      </c>
+      <c r="P57" s="1">
+        <v>6702.5200756789</v>
+      </c>
+      <c r="Q57" s="1">
+        <v>1901.3003137999999</v>
+      </c>
+    </row>
+    <row r="58" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A58" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B58" s="1">
+        <v>1863686.8998145545</v>
+      </c>
+      <c r="C58" s="1">
+        <v>18814.968530827198</v>
+      </c>
+      <c r="D58" s="1">
+        <v>3170.4648975578198</v>
+      </c>
+      <c r="E58" s="1">
+        <v>256.898240434</v>
+      </c>
+      <c r="F58" s="1">
+        <v>3228.174951988</v>
+      </c>
+      <c r="G58" s="1">
+        <v>359.93300323749997</v>
+      </c>
+      <c r="H58" s="1">
+        <v>30771.748613826501</v>
+      </c>
+      <c r="I58" s="1">
+        <v>7129.8750010520007</v>
+      </c>
+      <c r="J58" s="1">
+        <v>882523.98031722277</v>
+      </c>
+      <c r="K58" s="1">
+        <v>49528.652955285259</v>
+      </c>
+      <c r="L58" s="1">
+        <v>4127.6795386464501</v>
+      </c>
+      <c r="M58" s="1">
+        <v>579.98347870500004</v>
+      </c>
+      <c r="N58" s="1">
+        <v>67328.935301929509</v>
+      </c>
+      <c r="O58" s="1">
+        <v>1830.6774834099999</v>
+      </c>
+      <c r="P58" s="1">
+        <v>76679.002332935517</v>
+      </c>
+      <c r="Q58" s="1">
+        <v>8263.8937075039994</v>
+      </c>
+    </row>
+    <row r="59" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A59" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B59" s="1">
+        <v>2529445.431865674</v>
+      </c>
+      <c r="C59" s="1">
+        <v>60511.562100128001</v>
+      </c>
+      <c r="D59" s="1">
+        <v>7115.5767219128202</v>
+      </c>
+      <c r="E59" s="1">
+        <v>5613.6757760639994</v>
+      </c>
+      <c r="F59" s="1">
+        <v>6426.1522960449001</v>
+      </c>
+      <c r="G59" s="1">
+        <v>4222.3863186624994</v>
+      </c>
+      <c r="H59" s="1">
+        <v>766226.86609328724</v>
+      </c>
+      <c r="I59" s="1">
+        <v>28292.800362979</v>
+      </c>
+      <c r="J59" s="1">
+        <v>1446481.7629711891</v>
+      </c>
+      <c r="K59" s="1">
+        <v>393071.26424843108</v>
+      </c>
+      <c r="L59" s="1">
+        <v>22856.981463772448</v>
+      </c>
+      <c r="M59" s="1">
+        <v>2812.1879871228002</v>
+      </c>
+      <c r="N59" s="1">
+        <v>88349.876004154299</v>
+      </c>
+      <c r="O59" s="1">
+        <v>4545.1945354035997</v>
+      </c>
+      <c r="P59" s="1">
+        <v>166095.22330559802</v>
+      </c>
+      <c r="Q59" s="1">
+        <v>45748.0203930231</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:Q59"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C10" sqref="C10"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="33.5703125" customWidth="1"/>
+    <col min="2" max="2" width="47.42578125" customWidth="1"/>
+    <col min="3" max="3" width="48.7109375" customWidth="1"/>
+    <col min="4" max="4" width="54.140625" customWidth="1"/>
+    <col min="5" max="5" width="32.140625" customWidth="1"/>
+    <col min="6" max="6" width="59" customWidth="1"/>
+    <col min="7" max="7" width="26.42578125" customWidth="1"/>
+    <col min="8" max="8" width="61" customWidth="1"/>
+    <col min="9" max="9" width="60.28515625" customWidth="1"/>
+    <col min="10" max="10" width="62.7109375" customWidth="1"/>
+    <col min="11" max="11" width="60.42578125" customWidth="1"/>
+    <col min="12" max="12" width="38.42578125" customWidth="1"/>
+    <col min="13" max="13" width="65.28515625" customWidth="1"/>
+    <col min="14" max="14" width="32.7109375" customWidth="1"/>
+    <col min="15" max="15" width="67.28515625" customWidth="1"/>
+    <col min="16" max="16" width="66.5703125" customWidth="1"/>
+    <col min="17" max="17" width="69" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="N1" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="O1" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="P1" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="Q1" s="1" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="2" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
+      <c r="J2" s="1"/>
+      <c r="K2" s="1"/>
+      <c r="L2" s="1"/>
+      <c r="M2" s="1"/>
+      <c r="N2" s="1"/>
+      <c r="O2" s="1"/>
+      <c r="P2" s="1"/>
+      <c r="Q2" s="1"/>
+    </row>
+    <row r="3" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="1">
+        <v>5632283.2719283188</v>
+      </c>
+      <c r="C3" s="1">
+        <v>1110142.04601148</v>
+      </c>
+      <c r="D3" s="1">
+        <v>3674804.5949750305</v>
+      </c>
+      <c r="E3" s="1">
+        <v>1115534.8239251196</v>
+      </c>
+      <c r="F3" s="1">
+        <v>502531.70812253992</v>
+      </c>
+      <c r="G3" s="1">
+        <v>125934.58162524404</v>
+      </c>
+      <c r="H3" s="1">
+        <v>134291.21803929776</v>
+      </c>
+      <c r="I3" s="1">
+        <v>7904.9088257810999</v>
+      </c>
+      <c r="J3" s="1">
+        <v>71281.43641530622</v>
+      </c>
+      <c r="K3" s="1">
+        <v>390552.54838587437</v>
+      </c>
+      <c r="L3" s="1">
+        <v>348221.33960721799</v>
+      </c>
+      <c r="M3" s="1">
+        <v>199578.9621270893</v>
+      </c>
+      <c r="N3" s="1">
+        <v>46308.820493002298</v>
+      </c>
+      <c r="O3" s="1">
+        <v>68646.920062653444</v>
+      </c>
+      <c r="P3" s="1">
+        <v>6128.1770334986004</v>
+      </c>
+      <c r="Q3" s="1">
+        <v>50705.278302143983</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" s="1"/>
+      <c r="C4" s="1"/>
+      <c r="D4" s="1"/>
+      <c r="E4" s="1"/>
+      <c r="F4" s="1"/>
+      <c r="G4" s="1"/>
+      <c r="H4" s="1"/>
+      <c r="I4" s="1"/>
+      <c r="J4" s="1"/>
+      <c r="K4" s="1"/>
+      <c r="L4" s="1"/>
+      <c r="M4" s="1"/>
+      <c r="N4" s="1"/>
+      <c r="O4" s="1"/>
+      <c r="P4" s="1"/>
+      <c r="Q4" s="1"/>
+    </row>
+    <row r="5" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" s="1">
+        <v>172164.36317174099</v>
+      </c>
+      <c r="C5" s="1">
+        <v>53366.924303801999</v>
+      </c>
+      <c r="D5" s="1">
+        <v>8976.5956412899995</v>
+      </c>
+      <c r="E5" s="1">
+        <v>6318.2201843100001</v>
+      </c>
+      <c r="F5" s="1">
+        <v>142584.636516295</v>
+      </c>
+      <c r="G5" s="1">
+        <v>4438.2978206449998</v>
+      </c>
+      <c r="H5" s="1">
+        <v>3620.2304440409998</v>
+      </c>
+      <c r="I5" s="1">
+        <v>3956.59564129</v>
+      </c>
+      <c r="J5" s="1">
+        <v>2269.78692387</v>
+      </c>
+      <c r="K5" s="1">
+        <v>4954.5864812874997</v>
+      </c>
+      <c r="L5" s="1">
+        <v>8112.0757489275002</v>
+      </c>
+      <c r="M5" s="1">
+        <v>29993.445959299501</v>
+      </c>
+      <c r="N5" s="1">
+        <v>2456.3996367999998</v>
+      </c>
+      <c r="O5" s="1">
+        <v>2900.6315414874998</v>
+      </c>
+      <c r="P5" s="1">
+        <v>3913.8996367999998</v>
+      </c>
+      <c r="Q5" s="1">
+        <v>1035.8852992</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" s="1">
+        <v>865122.41382866702</v>
+      </c>
+      <c r="C6" s="1">
+        <v>20956.691120389998</v>
+      </c>
+      <c r="D6" s="1">
+        <v>813985.4892869998</v>
+      </c>
+      <c r="E6" s="1">
+        <v>6268.8591004865993</v>
+      </c>
+      <c r="F6" s="1">
+        <v>2858.2166705999998</v>
+      </c>
+      <c r="G6" s="1">
+        <v>4989.1063525115997</v>
+      </c>
+      <c r="H6" s="1">
+        <v>36896.607167443995</v>
+      </c>
+      <c r="I6" s="1">
+        <v>0</v>
+      </c>
+      <c r="J6" s="1">
+        <v>124.135250625</v>
+      </c>
+      <c r="K6" s="1">
+        <v>3356.6480269325002</v>
+      </c>
+      <c r="L6" s="1">
+        <v>1523.3792333475001</v>
+      </c>
+      <c r="M6" s="1">
+        <v>93.253757899999997</v>
+      </c>
+      <c r="N6" s="1">
+        <v>64.214943500000004</v>
+      </c>
+      <c r="O6" s="1">
+        <v>14544.629808772499</v>
+      </c>
+      <c r="P6" s="1">
+        <v>832.40125903749993</v>
+      </c>
+      <c r="Q6" s="1">
+        <v>542.16409090000002</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" s="1">
+        <v>1502.2908648999999</v>
+      </c>
+      <c r="C7" s="1">
+        <v>7111.1639786770002</v>
+      </c>
+      <c r="D7" s="1">
+        <v>1136.5296075599999</v>
+      </c>
+      <c r="E7" s="1">
+        <v>207.44258372499999</v>
+      </c>
+      <c r="F7" s="1">
+        <v>0</v>
+      </c>
+      <c r="G7" s="1">
+        <v>68.239860456999992</v>
+      </c>
+      <c r="H7" s="1">
+        <v>45.039406579000001</v>
+      </c>
+      <c r="I7" s="1">
+        <v>0</v>
+      </c>
+      <c r="J7" s="1">
+        <v>45.039406579000001</v>
+      </c>
+      <c r="K7" s="1">
+        <v>1090.6117049852501</v>
+      </c>
+      <c r="L7" s="1">
+        <v>5140.9546496040002</v>
+      </c>
+      <c r="M7" s="1">
+        <v>0</v>
+      </c>
+      <c r="N7" s="1">
+        <v>3.3439179640000001</v>
+      </c>
+      <c r="O7" s="1">
+        <v>655.88203288525006</v>
+      </c>
+      <c r="P7" s="1">
+        <v>82.297159882499997</v>
+      </c>
+      <c r="Q7" s="1">
+        <v>138.07451335600001</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="1">
+        <v>408214.38699693303</v>
+      </c>
+      <c r="C8" s="1">
+        <v>163572.311714924</v>
+      </c>
+      <c r="D8" s="1">
+        <v>50266.883631905148</v>
+      </c>
+      <c r="E8" s="1">
+        <v>3725.5467077947001</v>
+      </c>
+      <c r="F8" s="1">
+        <v>300518.50588859996</v>
+      </c>
+      <c r="G8" s="1">
+        <v>35691.41531695515</v>
+      </c>
+      <c r="H8" s="1">
+        <v>14060.106702295199</v>
+      </c>
+      <c r="I8" s="1">
+        <v>2204.33</v>
+      </c>
+      <c r="J8" s="1">
+        <v>1747.5987493828</v>
+      </c>
+      <c r="K8" s="1">
+        <v>0</v>
+      </c>
+      <c r="L8" s="1">
+        <v>4201.1289921240004</v>
+      </c>
+      <c r="M8" s="1">
+        <v>153837</v>
+      </c>
+      <c r="N8" s="1">
+        <v>122.1662133</v>
+      </c>
+      <c r="O8" s="1">
+        <v>5147.9950541300004</v>
+      </c>
+      <c r="P8" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q8" s="1">
+        <v>264.02145537000001</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" s="1">
+        <v>0</v>
+      </c>
+      <c r="C9" s="1">
+        <v>5439.0810465000004</v>
+      </c>
+      <c r="D9" s="1">
+        <v>0</v>
+      </c>
+      <c r="E9" s="1">
+        <v>0</v>
+      </c>
+      <c r="F9" s="1">
+        <v>0</v>
+      </c>
+      <c r="G9" s="1">
+        <v>0</v>
+      </c>
+      <c r="H9" s="1">
+        <v>0</v>
+      </c>
+      <c r="I9" s="1">
+        <v>0</v>
+      </c>
+      <c r="J9" s="1">
+        <v>0</v>
+      </c>
+      <c r="K9" s="1">
+        <v>265.63951980000002</v>
+      </c>
+      <c r="L9" s="1">
+        <v>5173.4415267000004</v>
+      </c>
+      <c r="M9" s="1">
+        <v>0</v>
+      </c>
+      <c r="N9" s="1">
+        <v>0</v>
+      </c>
+      <c r="O9" s="1">
+        <v>0</v>
+      </c>
+      <c r="P9" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q9" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B10" s="1">
+        <v>8381.2374639219997</v>
+      </c>
+      <c r="C10" s="1">
+        <v>11581.923518662001</v>
+      </c>
+      <c r="D10" s="1">
+        <v>4193.9022581200006</v>
+      </c>
+      <c r="E10" s="1">
+        <v>204.21700379999999</v>
+      </c>
+      <c r="F10" s="1">
+        <v>2046.585464</v>
+      </c>
+      <c r="G10" s="1">
+        <v>121.5229328418</v>
+      </c>
+      <c r="H10" s="1">
+        <v>1774.5021608796001</v>
+      </c>
+      <c r="I10" s="1">
+        <v>0</v>
+      </c>
+      <c r="J10" s="1">
+        <v>40.507644280599997</v>
+      </c>
+      <c r="K10" s="1">
+        <v>3432.1227263000001</v>
+      </c>
+      <c r="L10" s="1">
+        <v>2220.7541105999999</v>
+      </c>
+      <c r="M10" s="1">
+        <v>0</v>
+      </c>
+      <c r="N10" s="1">
+        <v>52.125318909299999</v>
+      </c>
+      <c r="O10" s="1">
+        <v>5859.5462565496</v>
+      </c>
+      <c r="P10" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q10" s="1">
+        <v>17.375106303100001</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B11" s="1">
+        <v>48055.402073001998</v>
+      </c>
+      <c r="C11" s="1">
+        <v>13955.764665548</v>
+      </c>
+      <c r="D11" s="1">
+        <v>33593.182137584001</v>
+      </c>
+      <c r="E11" s="1">
+        <v>2355.4421695619999</v>
+      </c>
+      <c r="F11" s="1">
+        <v>0</v>
+      </c>
+      <c r="G11" s="1">
+        <v>64.516369879999999</v>
+      </c>
+      <c r="H11" s="1">
+        <v>9555.4905903399995</v>
+      </c>
+      <c r="I11" s="1">
+        <v>0</v>
+      </c>
+      <c r="J11" s="1">
+        <v>2486.7708056360002</v>
+      </c>
+      <c r="K11" s="1">
+        <v>9403.0196715729999</v>
+      </c>
+      <c r="L11" s="1">
+        <v>1125.99100995</v>
+      </c>
+      <c r="M11" s="1">
+        <v>0</v>
+      </c>
+      <c r="N11" s="1">
+        <v>64.516369879999999</v>
+      </c>
+      <c r="O11" s="1">
+        <v>1777.973501745</v>
+      </c>
+      <c r="P11" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q11" s="1">
+        <v>1584.2641123999999</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" s="1">
+        <v>205835.61923459399</v>
+      </c>
+      <c r="C12" s="1">
+        <v>197218.20536517698</v>
+      </c>
+      <c r="D12" s="1">
+        <v>158993.053567884</v>
+      </c>
+      <c r="E12" s="1">
+        <v>40824.598020060002</v>
+      </c>
+      <c r="F12" s="1">
+        <v>0</v>
+      </c>
+      <c r="G12" s="1">
+        <v>3901.4607140999997</v>
+      </c>
+      <c r="H12" s="1">
+        <v>2041.98240885</v>
+      </c>
+      <c r="I12" s="1">
+        <v>30.662427719999997</v>
+      </c>
+      <c r="J12" s="1">
+        <v>43.862095980000007</v>
+      </c>
+      <c r="K12" s="1">
+        <v>75011.732072130399</v>
+      </c>
+      <c r="L12" s="1">
+        <v>80400.347272576604</v>
+      </c>
+      <c r="M12" s="1">
+        <v>0</v>
+      </c>
+      <c r="N12" s="1">
+        <v>10140.77467402</v>
+      </c>
+      <c r="O12" s="1">
+        <v>25301.280402969998</v>
+      </c>
+      <c r="P12" s="1">
+        <v>66.096563737499991</v>
+      </c>
+      <c r="Q12" s="1">
+        <v>6297.9743797424999</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B13" s="1">
+        <v>189183.07185282602</v>
+      </c>
+      <c r="C13" s="1">
+        <v>170344.92618049</v>
+      </c>
+      <c r="D13" s="1">
+        <v>90976.90685467</v>
+      </c>
+      <c r="E13" s="1">
+        <v>37348.453672989999</v>
+      </c>
+      <c r="F13" s="1">
+        <v>0</v>
+      </c>
+      <c r="G13" s="1">
+        <v>46545.521510596001</v>
+      </c>
+      <c r="H13" s="1">
+        <v>10524.88656807</v>
+      </c>
+      <c r="I13" s="1">
+        <v>0</v>
+      </c>
+      <c r="J13" s="1">
+        <v>3787.3032465000001</v>
+      </c>
+      <c r="K13" s="1">
+        <v>139732.66067906001</v>
+      </c>
+      <c r="L13" s="1">
+        <v>21045.027382759999</v>
+      </c>
+      <c r="M13" s="1">
+        <v>0</v>
+      </c>
+      <c r="N13" s="1">
+        <v>4113.4507915200002</v>
+      </c>
+      <c r="O13" s="1">
+        <v>427.66491719999999</v>
+      </c>
+      <c r="P13" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q13" s="1">
+        <v>5026.1224099499996</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B14" s="1">
+        <v>219.0856819</v>
+      </c>
+      <c r="C14" s="1">
+        <v>920.44597254500002</v>
+      </c>
+      <c r="D14" s="1">
+        <v>105.1184727</v>
+      </c>
+      <c r="E14" s="1">
+        <v>113.9672092</v>
+      </c>
+      <c r="F14" s="1">
+        <v>0</v>
+      </c>
+      <c r="G14" s="1">
+        <v>0</v>
+      </c>
+      <c r="H14" s="1">
+        <v>0</v>
+      </c>
+      <c r="I14" s="1">
+        <v>0</v>
+      </c>
+      <c r="J14" s="1">
+        <v>0</v>
+      </c>
+      <c r="K14" s="1">
+        <v>10.511847270000001</v>
+      </c>
+      <c r="L14" s="1">
+        <v>56.9836046</v>
+      </c>
+      <c r="M14" s="1">
+        <v>0</v>
+      </c>
+      <c r="N14" s="1">
+        <v>852.95052067500001</v>
+      </c>
+      <c r="O14" s="1">
+        <v>0</v>
+      </c>
+      <c r="P14" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q14" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B15" s="1">
+        <v>306413.99065698398</v>
+      </c>
+      <c r="C15" s="1">
+        <v>74642.488117722009</v>
+      </c>
+      <c r="D15" s="1">
+        <v>72246.622526825493</v>
+      </c>
+      <c r="E15" s="1">
+        <v>131874.4140636815</v>
+      </c>
+      <c r="F15" s="1">
+        <v>8061.0400324998009</v>
+      </c>
+      <c r="G15" s="1">
+        <v>6865.2314535825008</v>
+      </c>
+      <c r="H15" s="1">
+        <v>27942.942866183599</v>
+      </c>
+      <c r="I15" s="1">
+        <v>177.37424612109999</v>
+      </c>
+      <c r="J15" s="1">
+        <v>59246.36546809</v>
+      </c>
+      <c r="K15" s="1">
+        <v>4582.2080510999995</v>
+      </c>
+      <c r="L15" s="1">
+        <v>17926.687048069001</v>
+      </c>
+      <c r="M15" s="1">
+        <v>3192.7364301798002</v>
+      </c>
+      <c r="N15" s="1">
+        <v>9294.946458389999</v>
+      </c>
+      <c r="O15" s="1">
+        <v>5780.6361778710998</v>
+      </c>
+      <c r="P15" s="1">
+        <v>177.37424612109999</v>
+      </c>
+      <c r="Q15" s="1">
+        <v>33687.899705991003</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B16" s="1">
+        <v>4311.2189251999998</v>
+      </c>
+      <c r="C16" s="1">
+        <v>51.356175049999997</v>
+      </c>
+      <c r="D16" s="1">
+        <v>143.49729013999999</v>
+      </c>
+      <c r="E16" s="1">
+        <v>1106.2942250000001</v>
+      </c>
+      <c r="F16" s="1">
+        <v>0</v>
+      </c>
+      <c r="G16" s="1">
+        <v>3060.4274100600001</v>
+      </c>
+      <c r="H16" s="1">
+        <v>1</v>
+      </c>
+      <c r="I16" s="1">
+        <v>0</v>
+      </c>
+      <c r="J16" s="1">
+        <v>0</v>
+      </c>
+      <c r="K16" s="1">
+        <v>35.249322534999997</v>
+      </c>
+      <c r="L16" s="1">
+        <v>0</v>
+      </c>
+      <c r="M16" s="1">
+        <v>0</v>
+      </c>
+      <c r="N16" s="1">
+        <v>15.106852515</v>
+      </c>
+      <c r="O16" s="1">
+        <v>1</v>
+      </c>
+      <c r="P16" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q16" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B17" s="1">
+        <v>17708.860519794998</v>
+      </c>
+      <c r="C17" s="1">
+        <v>15142.440344621</v>
+      </c>
+      <c r="D17" s="1">
+        <v>5030.339057618</v>
+      </c>
+      <c r="E17" s="1">
+        <v>8940.5126863969999</v>
+      </c>
+      <c r="F17" s="1">
+        <v>0</v>
+      </c>
+      <c r="G17" s="1">
+        <v>3145.33989802</v>
+      </c>
+      <c r="H17" s="1">
+        <v>243.66056062000001</v>
+      </c>
+      <c r="I17" s="1">
+        <v>0</v>
+      </c>
+      <c r="J17" s="1">
+        <v>349.00831713999997</v>
+      </c>
+      <c r="K17" s="1">
+        <v>6088.6488880500001</v>
+      </c>
+      <c r="L17" s="1">
+        <v>9053.7914565709998</v>
+      </c>
+      <c r="M17" s="1">
+        <v>0</v>
+      </c>
+      <c r="N17" s="1">
+        <v>0</v>
+      </c>
+      <c r="O17" s="1">
+        <v>0</v>
+      </c>
+      <c r="P17" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q17" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" s="1">
+        <v>3248045.9527169499</v>
+      </c>
+      <c r="C18" s="1">
+        <v>303219.18757497397</v>
+      </c>
+      <c r="D18" s="1">
+        <v>2409815.407481655</v>
+      </c>
+      <c r="E18" s="1">
+        <v>816321.34697404504</v>
+      </c>
+      <c r="F18" s="1">
+        <v>0</v>
+      </c>
+      <c r="G18" s="1">
+        <v>50</v>
+      </c>
+      <c r="H18" s="1">
+        <v>21859.19826125</v>
+      </c>
+      <c r="I18" s="1">
+        <v>0</v>
+      </c>
+      <c r="J18" s="1">
+        <v>0</v>
+      </c>
+      <c r="K18" s="1">
+        <v>115058.98488922619</v>
+      </c>
+      <c r="L18" s="1">
+        <v>182810.22941037279</v>
+      </c>
+      <c r="M18" s="1">
+        <v>0</v>
+      </c>
+      <c r="N18" s="1">
+        <v>0</v>
+      </c>
+      <c r="O18" s="1">
+        <v>5349.9732753750004</v>
+      </c>
+      <c r="P18" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q18" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="1">
+        <v>131260.15060405599</v>
+      </c>
+      <c r="C19" s="1">
+        <v>52193.064013834002</v>
+      </c>
+      <c r="D19" s="1">
+        <v>21391.689326329499</v>
+      </c>
+      <c r="E19" s="1">
+        <v>58218.298655908176</v>
+      </c>
+      <c r="F19" s="1">
+        <v>38105.467282042497</v>
+      </c>
+      <c r="G19" s="1">
+        <v>12412.611519885</v>
+      </c>
+      <c r="H19" s="1">
+        <v>0</v>
+      </c>
+      <c r="I19" s="1">
+        <v>0</v>
+      </c>
+      <c r="J19" s="1">
+        <v>1132.08381989082</v>
+      </c>
+      <c r="K19" s="1">
+        <v>24946.762652084501</v>
+      </c>
+      <c r="L19" s="1">
+        <v>8095.8365856206201</v>
+      </c>
+      <c r="M19" s="1">
+        <v>5726.0521962000003</v>
+      </c>
+      <c r="N19" s="1">
+        <v>12667.342784625</v>
+      </c>
+      <c r="O19" s="1">
+        <v>739.31848926750001</v>
+      </c>
+      <c r="P19" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q19" s="1">
+        <v>17.751306036380001</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" s="1">
+        <v>3228.7875983700001</v>
+      </c>
+      <c r="C20" s="1">
+        <v>4232.4155906599999</v>
+      </c>
+      <c r="D20" s="1">
+        <v>2960.3095327199999</v>
+      </c>
+      <c r="E20" s="1">
+        <v>126.87170085</v>
+      </c>
+      <c r="F20" s="1">
+        <v>126.87170085</v>
+      </c>
+      <c r="G20" s="1">
+        <v>0</v>
+      </c>
+      <c r="H20" s="1">
+        <v>14.73466395</v>
+      </c>
+      <c r="I20" s="1">
+        <v>0</v>
+      </c>
+      <c r="J20" s="1">
+        <v>0</v>
+      </c>
+      <c r="K20" s="1">
+        <v>0</v>
+      </c>
+      <c r="L20" s="1">
+        <v>105.726417375</v>
+      </c>
+      <c r="M20" s="1">
+        <v>2002.6045675349999</v>
+      </c>
+      <c r="N20" s="1">
+        <v>1062.0423028749999</v>
+      </c>
+      <c r="O20" s="1">
+        <v>0</v>
+      </c>
+      <c r="P20" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q20" s="1">
+        <v>1062.0423028749999</v>
+      </c>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="1">
+        <v>11763.034497129</v>
+      </c>
+      <c r="C21" s="1">
+        <v>4733.8692159749999</v>
+      </c>
+      <c r="D21" s="1">
+        <v>53.848123991999998</v>
+      </c>
+      <c r="E21" s="1">
+        <v>63.822870171999995</v>
+      </c>
+      <c r="F21" s="1">
+        <v>8230.3845676526489</v>
+      </c>
+      <c r="G21" s="1">
+        <v>0</v>
+      </c>
+      <c r="H21" s="1">
+        <v>3406.0042479803501</v>
+      </c>
+      <c r="I21" s="1">
+        <v>0</v>
+      </c>
+      <c r="J21" s="1">
+        <v>8.9746873320000002</v>
+      </c>
+      <c r="K21" s="1">
+        <v>0</v>
+      </c>
+      <c r="L21" s="1">
+        <v>0</v>
+      </c>
+      <c r="M21" s="1">
+        <v>4733.8692159749999</v>
+      </c>
+      <c r="N21" s="1">
+        <v>0</v>
+      </c>
+      <c r="O21" s="1">
+        <v>0</v>
+      </c>
+      <c r="P21" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q21" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" s="1">
+        <v>10873.405241349999</v>
+      </c>
+      <c r="C22" s="1">
+        <v>11459.787111928999</v>
+      </c>
+      <c r="D22" s="1">
+        <v>935.22017703749998</v>
+      </c>
+      <c r="E22" s="1">
+        <v>1516.5160971375001</v>
+      </c>
+      <c r="F22" s="1">
+        <v>0</v>
+      </c>
+      <c r="G22" s="1">
+        <v>4580.8904657100002</v>
+      </c>
+      <c r="H22" s="1">
+        <v>2304.8319908149997</v>
+      </c>
+      <c r="I22" s="1">
+        <v>1535.9465106499999</v>
+      </c>
+      <c r="J22" s="1">
+        <v>0</v>
+      </c>
+      <c r="K22" s="1">
+        <v>2583.1618535399998</v>
+      </c>
+      <c r="L22" s="1">
+        <v>1228.98515802</v>
+      </c>
+      <c r="M22" s="1">
+        <v>0</v>
+      </c>
+      <c r="N22" s="1">
+        <v>5399.439708029</v>
+      </c>
+      <c r="O22" s="1">
+        <v>160.38860439999999</v>
+      </c>
+      <c r="P22" s="1">
+        <v>1056.1081679199999</v>
+      </c>
+      <c r="Q22" s="1">
+        <v>1031.70362002</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B23" s="1">
+        <v>16412.211277999999</v>
+      </c>
+      <c r="C23" s="1">
+        <v>28811.274439905999</v>
+      </c>
+      <c r="D23" s="1">
+        <v>7383.1297084284997</v>
+      </c>
+      <c r="E23" s="1">
+        <v>2682.9015091910001</v>
+      </c>
+      <c r="F23" s="1">
+        <v>0</v>
+      </c>
+      <c r="G23" s="1">
+        <v>551.04633009999998</v>
+      </c>
+      <c r="H23" s="1">
+        <v>2792.3430344304998</v>
+      </c>
+      <c r="I23" s="1">
+        <v>0</v>
+      </c>
+      <c r="J23" s="1">
+        <v>3002.7906958499998</v>
+      </c>
+      <c r="K23" s="1">
+        <v>24292.054181836</v>
+      </c>
+      <c r="L23" s="1">
+        <v>1697.183245965</v>
+      </c>
+      <c r="M23" s="1">
+        <v>0</v>
+      </c>
+      <c r="N23" s="1">
+        <v>276.04633009999998</v>
+      </c>
+      <c r="O23" s="1">
+        <v>333.19998615500003</v>
+      </c>
+      <c r="P23" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q23" s="1">
+        <v>2212.7906958499998</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B24" s="1">
+        <v>147983.70075280801</v>
+      </c>
+      <c r="C24" s="1">
+        <v>37257.347928525</v>
+      </c>
+      <c r="D24" s="1">
+        <v>8145.1238779619998</v>
+      </c>
+      <c r="E24" s="1">
+        <v>66815.410496950004</v>
+      </c>
+      <c r="F24" s="1">
+        <v>18706.868576589</v>
+      </c>
+      <c r="G24" s="1">
+        <v>16709.664809398</v>
+      </c>
+      <c r="H24" s="1">
+        <v>36302.667070122996</v>
+      </c>
+      <c r="I24" s="1">
+        <v>998.63286685799994</v>
+      </c>
+      <c r="J24" s="1">
+        <v>305.33305492800002</v>
+      </c>
+      <c r="K24" s="1">
+        <v>3195.1285196680001</v>
+      </c>
+      <c r="L24" s="1">
+        <v>19494.915708486998</v>
+      </c>
+      <c r="M24" s="1">
+        <v>1427.8086293240001</v>
+      </c>
+      <c r="N24" s="1">
+        <v>9079.7303782140007</v>
+      </c>
+      <c r="O24" s="1">
+        <v>2319.319070212</v>
+      </c>
+      <c r="P24" s="1">
+        <v>523.34985737300008</v>
+      </c>
+      <c r="Q24" s="1">
+        <v>1217.0957652470001</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B25" s="1">
+        <v>74171.209033200008</v>
+      </c>
+      <c r="C25" s="1">
+        <v>5778.08240458</v>
+      </c>
+      <c r="D25" s="1">
+        <v>2000</v>
+      </c>
+      <c r="E25" s="1">
+        <v>663.50844794</v>
+      </c>
+      <c r="F25" s="1">
+        <v>0</v>
+      </c>
+      <c r="G25" s="1">
+        <v>71175.94636129</v>
+      </c>
+      <c r="H25" s="1">
+        <v>0</v>
+      </c>
+      <c r="I25" s="1">
+        <v>174.60748630000001</v>
+      </c>
+      <c r="J25" s="1">
+        <v>157.14673766999999</v>
+      </c>
+      <c r="K25" s="1">
+        <v>0</v>
+      </c>
+      <c r="L25" s="1">
+        <v>4945.5959203911007</v>
+      </c>
+      <c r="M25" s="1">
+        <v>0</v>
+      </c>
+      <c r="N25" s="1">
+        <v>676.94479225834993</v>
+      </c>
+      <c r="O25" s="1">
+        <v>0</v>
+      </c>
+      <c r="P25" s="1">
+        <v>81.864048384499995</v>
+      </c>
+      <c r="Q25" s="1">
+        <v>73.677643546050007</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B26" s="1">
+        <v>1299.7859309999999</v>
+      </c>
+      <c r="C26" s="1">
+        <v>14481.12671855</v>
+      </c>
+      <c r="D26" s="1">
+        <v>0</v>
+      </c>
+      <c r="E26" s="1">
+        <v>0</v>
+      </c>
+      <c r="F26" s="1">
+        <v>1169.8073379</v>
+      </c>
+      <c r="G26" s="1">
+        <v>0</v>
+      </c>
+      <c r="H26" s="1">
+        <v>129.97859310000001</v>
+      </c>
+      <c r="I26" s="1">
+        <v>0</v>
+      </c>
+      <c r="J26" s="1">
+        <v>0</v>
+      </c>
+      <c r="K26" s="1">
+        <v>2695.1949460875003</v>
+      </c>
+      <c r="L26" s="1">
+        <v>4461.3834440350001</v>
+      </c>
+      <c r="M26" s="1">
+        <v>4222.1773266675</v>
+      </c>
+      <c r="N26" s="1">
+        <v>1293.0209130000001</v>
+      </c>
+      <c r="O26" s="1">
+        <v>716.16742315500005</v>
+      </c>
+      <c r="P26" s="1">
+        <v>690.171704535</v>
+      </c>
+      <c r="Q26" s="1">
+        <v>403.01096107000001</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B27" s="1">
+        <v>31952.099093356999</v>
+      </c>
+      <c r="C27" s="1">
+        <v>270901.198339995</v>
+      </c>
+      <c r="D27" s="1">
+        <v>14227.620020774399</v>
+      </c>
+      <c r="E27" s="1">
+        <v>5323.4704514426003</v>
+      </c>
+      <c r="F27" s="1">
+        <v>830.02614463999998</v>
+      </c>
+      <c r="G27" s="1">
+        <v>11570.982476500001</v>
+      </c>
+      <c r="H27" s="1">
+        <v>0</v>
+      </c>
+      <c r="I27" s="1">
+        <v>0</v>
+      </c>
+      <c r="J27" s="1">
+        <v>0</v>
+      </c>
+      <c r="K27" s="1">
+        <v>6729.0786858500005</v>
+      </c>
+      <c r="L27" s="1">
+        <v>254563.038776795</v>
+      </c>
+      <c r="M27" s="1">
+        <v>30.020164475000001</v>
+      </c>
+      <c r="N27" s="1">
+        <v>9574.7721179500004</v>
+      </c>
+      <c r="O27" s="1">
+        <v>0</v>
+      </c>
+      <c r="P27" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q27" s="1">
+        <v>4.2885949249999999</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B28" s="1">
+        <v>23424.876982220001</v>
+      </c>
+      <c r="C28" s="1">
+        <v>20980.422345120001</v>
+      </c>
+      <c r="D28" s="1">
+        <v>1930.4889820419999</v>
+      </c>
+      <c r="E28" s="1">
+        <v>2002.5497172099999</v>
+      </c>
+      <c r="F28" s="1">
+        <v>6279.7903859999997</v>
+      </c>
+      <c r="G28" s="1">
+        <v>2317.1083244379997</v>
+      </c>
+      <c r="H28" s="1">
+        <v>5040.3841750419997</v>
+      </c>
+      <c r="I28" s="1">
+        <v>3194.9213947500002</v>
+      </c>
+      <c r="J28" s="1">
+        <v>2659.6340027380002</v>
+      </c>
+      <c r="K28" s="1">
+        <v>1192.7335795849999</v>
+      </c>
+      <c r="L28" s="1">
+        <v>17288.376416292998</v>
+      </c>
+      <c r="M28" s="1">
+        <v>0</v>
+      </c>
+      <c r="N28" s="1">
+        <v>287.05988399200004</v>
+      </c>
+      <c r="O28" s="1">
+        <v>100</v>
+      </c>
+      <c r="P28" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q28" s="1">
+        <v>2112.2524652500001</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A29" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B29" s="1">
+        <v>3136745.2162343417</v>
+      </c>
+      <c r="C29" s="1">
+        <v>797170.37427060795</v>
+      </c>
+      <c r="D29" s="1">
+        <v>1434187.6885221957</v>
+      </c>
+      <c r="E29" s="1">
+        <v>312057.40751887253</v>
+      </c>
+      <c r="F29" s="1">
+        <v>928922.17015047057</v>
+      </c>
+      <c r="G29" s="1">
+        <v>173359.89758383826</v>
+      </c>
+      <c r="H29" s="1">
+        <v>166355.03069558626</v>
+      </c>
+      <c r="I29" s="1">
+        <v>107690.4198672952</v>
+      </c>
+      <c r="J29" s="1">
+        <v>14172.601896083699</v>
+      </c>
+      <c r="K29" s="1">
+        <v>282353.01414958667</v>
+      </c>
+      <c r="L29" s="1">
+        <v>172860.73820634579</v>
+      </c>
+      <c r="M29" s="1">
+        <v>93713.383480824501</v>
+      </c>
+      <c r="N29" s="1">
+        <v>119005.25205395644</v>
+      </c>
+      <c r="O29" s="1">
+        <v>88099.806919298149</v>
+      </c>
+      <c r="P29" s="1">
+        <v>26765.513660195702</v>
+      </c>
+      <c r="Q29" s="1">
+        <v>14372.6658004007</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A30" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B30" s="1">
+        <v>265357.399975523</v>
+      </c>
+      <c r="C30" s="1">
+        <v>223768.807702547</v>
+      </c>
+      <c r="D30" s="1">
+        <v>208921.50943249749</v>
+      </c>
+      <c r="E30" s="1">
+        <v>13767.978997447501</v>
+      </c>
+      <c r="F30" s="1">
+        <v>22583.433490850002</v>
+      </c>
+      <c r="G30" s="1">
+        <v>1008.673333445</v>
+      </c>
+      <c r="H30" s="1">
+        <v>6387.5824537500002</v>
+      </c>
+      <c r="I30" s="1">
+        <v>5866.8650570999998</v>
+      </c>
+      <c r="J30" s="1">
+        <v>6821.3572104330005</v>
+      </c>
+      <c r="K30" s="1">
+        <v>149739.47762130649</v>
+      </c>
+      <c r="L30" s="1">
+        <v>32998.160655017498</v>
+      </c>
+      <c r="M30" s="1">
+        <v>16307.395759265501</v>
+      </c>
+      <c r="N30" s="1">
+        <v>1274.3132566634999</v>
+      </c>
+      <c r="O30" s="1">
+        <v>3177.9012596143002</v>
+      </c>
+      <c r="P30" s="1">
+        <v>3463.9354563801999</v>
+      </c>
+      <c r="Q30" s="1">
+        <v>16807.623694299502</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A31" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B31" s="1"/>
+      <c r="C31" s="1"/>
+      <c r="D31" s="1"/>
+      <c r="E31" s="1"/>
+      <c r="F31" s="1"/>
+      <c r="G31" s="1"/>
+      <c r="H31" s="1"/>
+      <c r="I31" s="1"/>
+      <c r="J31" s="1"/>
+      <c r="K31" s="1"/>
+      <c r="L31" s="1"/>
+      <c r="M31" s="1"/>
+      <c r="N31" s="1"/>
+      <c r="O31" s="1"/>
+      <c r="P31" s="1"/>
+      <c r="Q31" s="1"/>
+    </row>
+    <row r="32" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A32" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B32" s="1">
+        <v>1528068.9837425901</v>
+      </c>
+      <c r="C32" s="1">
+        <v>736626.41963802103</v>
+      </c>
+      <c r="D32" s="1">
+        <v>1076140.1484717778</v>
+      </c>
+      <c r="E32" s="1">
+        <v>118680.8960271488</v>
+      </c>
+      <c r="F32" s="1">
+        <v>141666.92316110979</v>
+      </c>
+      <c r="G32" s="1">
+        <v>67008.144673899646</v>
+      </c>
+      <c r="H32" s="1">
+        <v>54398.19711727315</v>
+      </c>
+      <c r="I32" s="1">
+        <v>21674.1206175027</v>
+      </c>
+      <c r="J32" s="1">
+        <v>48500.553673878101</v>
+      </c>
+      <c r="K32" s="1">
+        <v>185547.91411400679</v>
+      </c>
+      <c r="L32" s="1">
+        <v>368299.62639261922</v>
+      </c>
+      <c r="M32" s="1">
+        <v>45779.201664296801</v>
+      </c>
+      <c r="N32" s="1">
+        <v>45520.41334161815</v>
+      </c>
+      <c r="O32" s="1">
+        <v>30779.52352573305</v>
+      </c>
+      <c r="P32" s="1">
+        <v>10237.0481946936</v>
+      </c>
+      <c r="Q32" s="1">
+        <v>50462.6924050534</v>
+      </c>
+    </row>
+    <row r="33" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A33" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B33" s="1">
+        <v>1238132.5188754259</v>
+      </c>
+      <c r="C33" s="1">
+        <v>519618.47212339303</v>
+      </c>
+      <c r="D33" s="1">
+        <v>664311.29054380255</v>
+      </c>
+      <c r="E33" s="1">
+        <v>153105.85783917489</v>
+      </c>
+      <c r="F33" s="1">
+        <v>74613.790454399496</v>
+      </c>
+      <c r="G33" s="1">
+        <v>201153.18781517306</v>
+      </c>
+      <c r="H33" s="1">
+        <v>121628.16629790381</v>
+      </c>
+      <c r="I33" s="1">
+        <v>10438.9147491684</v>
+      </c>
+      <c r="J33" s="1">
+        <v>12881.311175803819</v>
+      </c>
+      <c r="K33" s="1">
+        <v>256720.85701578099</v>
+      </c>
+      <c r="L33" s="1">
+        <v>125528.44649835651</v>
+      </c>
+      <c r="M33" s="1">
+        <v>19480.414451019002</v>
+      </c>
+      <c r="N33" s="1">
+        <v>39568.441963201098</v>
+      </c>
+      <c r="O33" s="1">
+        <v>51486.446745205198</v>
+      </c>
+      <c r="P33" s="1">
+        <v>1605.4755602463999</v>
+      </c>
+      <c r="Q33" s="1">
+        <v>25228.389889583781</v>
+      </c>
+    </row>
+    <row r="34" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A34" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B34" s="1">
+        <v>1728130.3039215528</v>
+      </c>
+      <c r="C34" s="1">
+        <v>341710.03123389703</v>
+      </c>
+      <c r="D34" s="1">
+        <v>305706.29326735012</v>
+      </c>
+      <c r="E34" s="1">
+        <v>340465.54719784943</v>
+      </c>
+      <c r="F34" s="1">
+        <v>835799.02916028025</v>
+      </c>
+      <c r="G34" s="1">
+        <v>39753.5683551806</v>
+      </c>
+      <c r="H34" s="1">
+        <v>99934.44064615255</v>
+      </c>
+      <c r="I34" s="1">
+        <v>76752.9901314132</v>
+      </c>
+      <c r="J34" s="1">
+        <v>29718.435163327002</v>
+      </c>
+      <c r="K34" s="1">
+        <v>108792.90894000625</v>
+      </c>
+      <c r="L34" s="1">
+        <v>115458.4590895717</v>
+      </c>
+      <c r="M34" s="1">
+        <v>58760.624206330001</v>
+      </c>
+      <c r="N34" s="1">
+        <v>13587.10491431735</v>
+      </c>
+      <c r="O34" s="1">
+        <v>32359.344450149649</v>
+      </c>
+      <c r="P34" s="1">
+        <v>10230.488005427</v>
+      </c>
+      <c r="Q34" s="1">
+        <v>2521.1016280950498</v>
+      </c>
+    </row>
+    <row r="35" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B35" s="1">
+        <v>4835297.9646691997</v>
+      </c>
+      <c r="C35" s="1">
+        <v>911335.75716599997</v>
+      </c>
+      <c r="D35" s="1">
+        <v>3305442.4232359999</v>
+      </c>
+      <c r="E35" s="1">
+        <v>906595.75</v>
+      </c>
+      <c r="F35" s="1">
+        <v>428944.06143319997</v>
+      </c>
+      <c r="G35" s="1">
+        <v>94713</v>
+      </c>
+      <c r="H35" s="1">
+        <v>75338.399999999994</v>
+      </c>
+      <c r="I35" s="1">
+        <v>16964.330000000002</v>
+      </c>
+      <c r="J35" s="1">
+        <v>7300</v>
+      </c>
+      <c r="K35" s="1">
+        <v>309687.55</v>
+      </c>
+      <c r="L35" s="1">
+        <v>247244.2</v>
+      </c>
+      <c r="M35" s="1">
+        <v>191259.507166</v>
+      </c>
+      <c r="N35" s="1">
+        <v>89100</v>
+      </c>
+      <c r="O35" s="1">
+        <v>48768</v>
+      </c>
+      <c r="P35" s="1">
+        <v>15580</v>
+      </c>
+      <c r="Q35" s="1">
+        <v>9696.5</v>
+      </c>
+    </row>
+    <row r="36" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A36" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B36" s="1"/>
+      <c r="C36" s="1"/>
+      <c r="D36" s="1"/>
+      <c r="E36" s="1"/>
+      <c r="F36" s="1"/>
+      <c r="G36" s="1"/>
+      <c r="H36" s="1"/>
+      <c r="I36" s="1"/>
+      <c r="J36" s="1"/>
+      <c r="K36" s="1"/>
+      <c r="L36" s="1"/>
+      <c r="M36" s="1"/>
+      <c r="N36" s="1"/>
+      <c r="O36" s="1"/>
+      <c r="P36" s="1"/>
+      <c r="Q36" s="1"/>
+    </row>
+    <row r="37" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A37" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B37" s="1">
+        <v>175688.60132707699</v>
+      </c>
+      <c r="C37" s="1">
+        <v>161983.10740345001</v>
+      </c>
+      <c r="D37" s="1">
+        <v>106106.4540145612</v>
+      </c>
+      <c r="E37" s="1">
+        <v>7356.4901712073997</v>
+      </c>
+      <c r="F37" s="1">
+        <v>1548.6685131699999</v>
+      </c>
+      <c r="G37" s="1">
+        <v>41807.687859927501</v>
+      </c>
+      <c r="H37" s="1">
+        <v>15439.2171994767</v>
+      </c>
+      <c r="I37" s="1">
+        <v>519.21637950620004</v>
+      </c>
+      <c r="J37" s="1">
+        <v>2910.8671892279999</v>
+      </c>
+      <c r="K37" s="1">
+        <v>129625.0289825465</v>
+      </c>
+      <c r="L37" s="1">
+        <v>7454.4914171194996</v>
+      </c>
+      <c r="M37" s="1">
+        <v>776.67451811500007</v>
+      </c>
+      <c r="N37" s="1">
+        <v>12491.912620676001</v>
+      </c>
+      <c r="O37" s="1">
+        <v>8679.6324499215007</v>
+      </c>
+      <c r="P37" s="1">
+        <v>1157.6665497775</v>
+      </c>
+      <c r="Q37" s="1">
+        <v>1797.7008652940001</v>
+      </c>
+    </row>
+    <row r="38" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A38" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B38" s="1">
+        <v>4513836.3264170364</v>
+      </c>
+      <c r="C38" s="1">
+        <v>908493.23780831997</v>
+      </c>
+      <c r="D38" s="1">
+        <v>2820437.1246516444</v>
+      </c>
+      <c r="E38" s="1">
+        <v>658991.7297750233</v>
+      </c>
+      <c r="F38" s="1">
+        <v>915210.24890729925</v>
+      </c>
+      <c r="G38" s="1">
+        <v>18426.605118445001</v>
+      </c>
+      <c r="H38" s="1">
+        <v>75855.633537577349</v>
+      </c>
+      <c r="I38" s="1">
+        <v>10581.43198489</v>
+      </c>
+      <c r="J38" s="1">
+        <v>14333.552442156821</v>
+      </c>
+      <c r="K38" s="1">
+        <v>277591.26361148071</v>
+      </c>
+      <c r="L38" s="1">
+        <v>446773.55375552591</v>
+      </c>
+      <c r="M38" s="1">
+        <v>95396.588279889504</v>
+      </c>
+      <c r="N38" s="1">
+        <v>22843.725776439998</v>
+      </c>
+      <c r="O38" s="1">
+        <v>41422.430225534801</v>
+      </c>
+      <c r="P38" s="1">
+        <v>6331.7273117616996</v>
+      </c>
+      <c r="Q38" s="1">
+        <v>18133.948847687381</v>
+      </c>
+    </row>
+    <row r="39" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A39" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B39" s="1">
+        <v>1895961.6928299731</v>
+      </c>
+      <c r="C39" s="1">
+        <v>329124.860935751</v>
+      </c>
+      <c r="D39" s="1">
+        <v>1221239.239990569</v>
+      </c>
+      <c r="E39" s="1">
+        <v>481810.6506704496</v>
+      </c>
+      <c r="F39" s="1">
+        <v>7705.4774481040004</v>
+      </c>
+      <c r="G39" s="1">
+        <v>83973.439671173401</v>
+      </c>
+      <c r="H39" s="1">
+        <v>93977.050442271604</v>
+      </c>
+      <c r="I39" s="1">
+        <v>5514.1887193140001</v>
+      </c>
+      <c r="J39" s="1">
+        <v>1741.6458880916</v>
+      </c>
+      <c r="K39" s="1">
+        <v>121958.17036104985</v>
+      </c>
+      <c r="L39" s="1">
+        <v>165966.46708264959</v>
+      </c>
+      <c r="M39" s="1">
+        <v>3969.8854206474998</v>
+      </c>
+      <c r="N39" s="1">
+        <v>7034.4163879142998</v>
+      </c>
+      <c r="O39" s="1">
+        <v>23937.619745934149</v>
+      </c>
+      <c r="P39" s="1">
+        <v>2519.7032946625</v>
+      </c>
+      <c r="Q39" s="1">
+        <v>3738.5986428931001</v>
+      </c>
+    </row>
+    <row r="40" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A40" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B40" s="1">
+        <v>2521478.9549769028</v>
+      </c>
+      <c r="C40" s="1">
+        <v>1063034.0825054951</v>
+      </c>
+      <c r="D40" s="1">
+        <v>1127489.4061539215</v>
+      </c>
+      <c r="E40" s="1">
+        <v>367207.30025058333</v>
+      </c>
+      <c r="F40" s="1">
+        <v>435386.99341466778</v>
+      </c>
+      <c r="G40" s="1">
+        <v>242369.8510337474</v>
+      </c>
+      <c r="H40" s="1">
+        <v>163159.90539427634</v>
+      </c>
+      <c r="I40" s="1">
+        <v>109212.96055965409</v>
+      </c>
+      <c r="J40" s="1">
+        <v>76652.538170052503</v>
+      </c>
+      <c r="K40" s="1">
+        <v>318931.60054484347</v>
+      </c>
+      <c r="L40" s="1">
+        <v>226037.5018420264</v>
+      </c>
+      <c r="M40" s="1">
+        <v>213859.73377936831</v>
+      </c>
+      <c r="N40" s="1">
+        <v>140883.36830474279</v>
+      </c>
+      <c r="O40" s="1">
+        <v>86548.904148861446</v>
+      </c>
+      <c r="P40" s="1">
+        <v>27063.8168352418</v>
+      </c>
+      <c r="Q40" s="1">
+        <v>49709.157050410751</v>
+      </c>
+    </row>
+    <row r="41" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A41" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B41" s="1">
+        <v>222664.19565777999</v>
+      </c>
+      <c r="C41" s="1">
+        <v>46655.391508295004</v>
+      </c>
+      <c r="D41" s="1">
+        <v>76327.930708234504</v>
+      </c>
+      <c r="E41" s="1">
+        <v>3481.8801969094998</v>
+      </c>
+      <c r="F41" s="1">
+        <v>121172.4159257485</v>
+      </c>
+      <c r="G41" s="1">
+        <v>16050.317160959999</v>
+      </c>
+      <c r="H41" s="1">
+        <v>2867.3974877275</v>
+      </c>
+      <c r="I41" s="1">
+        <v>2.5578547199999999</v>
+      </c>
+      <c r="J41" s="1">
+        <v>2761.69632348</v>
+      </c>
+      <c r="K41" s="1">
+        <v>12643.1665698735</v>
+      </c>
+      <c r="L41" s="1">
+        <v>10298.717883226</v>
+      </c>
+      <c r="M41" s="1">
+        <v>1276.8654896255</v>
+      </c>
+      <c r="N41" s="1">
+        <v>4522.5371293634998</v>
+      </c>
+      <c r="O41" s="1">
+        <v>2804.7281508360002</v>
+      </c>
+      <c r="P41" s="1">
+        <v>580.09776892349998</v>
+      </c>
+      <c r="Q41" s="1">
+        <v>14529.278516447001</v>
+      </c>
+    </row>
+    <row r="42" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B42" s="1"/>
+      <c r="C42" s="1"/>
+      <c r="D42" s="1"/>
+      <c r="E42" s="1"/>
+      <c r="F42" s="1"/>
+      <c r="G42" s="1"/>
+      <c r="H42" s="1"/>
+      <c r="I42" s="1"/>
+      <c r="J42" s="1"/>
+      <c r="K42" s="1"/>
+      <c r="L42" s="1"/>
+      <c r="M42" s="1"/>
+      <c r="N42" s="1"/>
+      <c r="O42" s="1"/>
+      <c r="P42" s="1"/>
+      <c r="Q42" s="1"/>
+    </row>
+    <row r="43" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A43" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B43" s="1">
+        <v>1042648.996595908</v>
+      </c>
+      <c r="C43" s="1">
+        <v>81862.539317898001</v>
+      </c>
+      <c r="D43" s="1">
+        <v>824098.61453584977</v>
+      </c>
+      <c r="E43" s="1">
+        <v>13169.3567907216</v>
+      </c>
+      <c r="F43" s="1">
+        <v>145442.85318689499</v>
+      </c>
+      <c r="G43" s="1">
+        <v>9495.6440336136002</v>
+      </c>
+      <c r="H43" s="1">
+        <v>42547.631137664001</v>
+      </c>
+      <c r="I43" s="1">
+        <v>5455.9353300900002</v>
+      </c>
+      <c r="J43" s="1">
+        <v>2438.9615810740002</v>
+      </c>
+      <c r="K43" s="1">
+        <v>9401.84621320525</v>
+      </c>
+      <c r="L43" s="1">
+        <v>14973.691169879001</v>
+      </c>
+      <c r="M43" s="1">
+        <v>30086.699717199499</v>
+      </c>
+      <c r="N43" s="1">
+        <v>2642.8573666930001</v>
+      </c>
+      <c r="O43" s="1">
+        <v>18212.722891745248</v>
+      </c>
+      <c r="P43" s="1">
+        <v>4828.59805572</v>
+      </c>
+      <c r="Q43" s="1">
+        <v>1716.1239034560001</v>
+      </c>
+    </row>
+    <row r="44" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A44" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B44" s="1">
+        <v>262638.32699001802</v>
+      </c>
+      <c r="C44" s="1">
+        <v>222999.93902838699</v>
+      </c>
+      <c r="D44" s="1">
+        <v>196853.351607288</v>
+      </c>
+      <c r="E44" s="1">
+        <v>43384.257193422003</v>
+      </c>
+      <c r="F44" s="1">
+        <v>2046.585464</v>
+      </c>
+      <c r="G44" s="1">
+        <v>4270.5341260717996</v>
+      </c>
+      <c r="H44" s="1">
+        <v>13445.188803769601</v>
+      </c>
+      <c r="I44" s="1">
+        <v>67.269249569999999</v>
+      </c>
+      <c r="J44" s="1">
+        <v>2571.1405458966001</v>
+      </c>
+      <c r="K44" s="1">
+        <v>87895.683565803396</v>
+      </c>
+      <c r="L44" s="1">
+        <v>83747.092393126601</v>
+      </c>
+      <c r="M44" s="1">
+        <v>0</v>
+      </c>
+      <c r="N44" s="1">
+        <v>10379.439102309301</v>
+      </c>
+      <c r="O44" s="1">
+        <v>32987.6092570646</v>
+      </c>
+      <c r="P44" s="1">
+        <v>90.501111637500003</v>
+      </c>
+      <c r="Q44" s="1">
+        <v>7899.6135984456005</v>
+      </c>
+    </row>
+    <row r="45" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A45" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B45" s="1">
+        <v>4326995.9483423932</v>
+      </c>
+      <c r="C45" s="1">
+        <v>805279.56766519498</v>
+      </c>
+      <c r="D45" s="1">
+        <v>2653852.6288318927</v>
+      </c>
+      <c r="E45" s="1">
+        <v>1058981.209940976</v>
+      </c>
+      <c r="F45" s="1">
+        <v>355042.26947164495</v>
+      </c>
+      <c r="G45" s="1">
+        <v>112168.40346555864</v>
+      </c>
+      <c r="H45" s="1">
+        <v>78298.398097864148</v>
+      </c>
+      <c r="I45" s="1">
+        <v>2381.7042461210999</v>
+      </c>
+      <c r="J45" s="1">
+        <v>66271.334288335624</v>
+      </c>
+      <c r="K45" s="1">
+        <v>293255.01860686572</v>
+      </c>
+      <c r="L45" s="1">
+        <v>249500.55604421243</v>
+      </c>
+      <c r="M45" s="1">
+        <v>169492.26240988981</v>
+      </c>
+      <c r="N45" s="1">
+        <v>33286.524023999998</v>
+      </c>
+      <c r="O45" s="1">
+        <v>17446.587913843599</v>
+      </c>
+      <c r="P45" s="1">
+        <v>1209.0778661411</v>
+      </c>
+      <c r="Q45" s="1">
+        <v>41089.540800242379</v>
+      </c>
+    </row>
+    <row r="46" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A46" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B46" s="1"/>
+      <c r="C46" s="1"/>
+      <c r="D46" s="1"/>
+      <c r="E46" s="1"/>
+      <c r="F46" s="1"/>
+      <c r="G46" s="1"/>
+      <c r="H46" s="1"/>
+      <c r="I46" s="1"/>
+      <c r="J46" s="1"/>
+      <c r="K46" s="1"/>
+      <c r="L46" s="1"/>
+      <c r="M46" s="1"/>
+      <c r="N46" s="1"/>
+      <c r="O46" s="1"/>
+      <c r="P46" s="1"/>
+      <c r="Q46" s="1"/>
+    </row>
+    <row r="47" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A47" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B47" s="1">
+        <v>23113.391947325999</v>
+      </c>
+      <c r="C47" s="1">
+        <v>1827.647519545</v>
+      </c>
+      <c r="D47" s="1">
+        <v>105.1184727</v>
+      </c>
+      <c r="E47" s="1">
+        <v>4649.9749442000002</v>
+      </c>
+      <c r="F47" s="1">
+        <v>0</v>
+      </c>
+      <c r="G47" s="1">
+        <v>7833.411962356</v>
+      </c>
+      <c r="H47" s="1">
+        <v>10524.88656807</v>
+      </c>
+      <c r="I47" s="1">
+        <v>0</v>
+      </c>
+      <c r="J47" s="1">
+        <v>0</v>
+      </c>
+      <c r="K47" s="1">
+        <v>10.511847270000001</v>
+      </c>
+      <c r="L47" s="1">
+        <v>964.18515160000004</v>
+      </c>
+      <c r="M47" s="1">
+        <v>0</v>
+      </c>
+      <c r="N47" s="1">
+        <v>852.95052067500001</v>
+      </c>
+      <c r="O47" s="1">
+        <v>0</v>
+      </c>
+      <c r="P47" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q47" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A48" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B48" s="1">
+        <v>11854.707360328001</v>
+      </c>
+      <c r="C48" s="1">
+        <v>0</v>
+      </c>
+      <c r="D48" s="1">
+        <v>0</v>
+      </c>
+      <c r="E48" s="1">
+        <v>11503.971707828001</v>
+      </c>
+      <c r="F48" s="1">
+        <v>0</v>
+      </c>
+      <c r="G48" s="1">
+        <v>350.73565250000001</v>
+      </c>
+      <c r="H48" s="1">
+        <v>0</v>
+      </c>
+      <c r="I48" s="1">
+        <v>0</v>
+      </c>
+      <c r="J48" s="1">
+        <v>0</v>
+      </c>
+      <c r="K48" s="1">
+        <v>0</v>
+      </c>
+      <c r="L48" s="1">
+        <v>0</v>
+      </c>
+      <c r="M48" s="1">
+        <v>0</v>
+      </c>
+      <c r="N48" s="1">
+        <v>0</v>
+      </c>
+      <c r="O48" s="1">
+        <v>0</v>
+      </c>
+      <c r="P48" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q48" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A49" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B49" s="1">
+        <v>13250</v>
+      </c>
+      <c r="C49" s="1">
+        <v>10200</v>
+      </c>
+      <c r="D49" s="1">
+        <v>3975</v>
+      </c>
+      <c r="E49" s="1">
+        <v>3975</v>
+      </c>
+      <c r="F49" s="1">
+        <v>0</v>
+      </c>
+      <c r="G49" s="1">
+        <v>5300</v>
+      </c>
+      <c r="H49" s="1">
+        <v>0</v>
+      </c>
+      <c r="I49" s="1">
+        <v>0</v>
+      </c>
+      <c r="J49" s="1">
+        <v>0</v>
+      </c>
+      <c r="K49" s="1">
+        <v>4000</v>
+      </c>
+      <c r="L49" s="1">
+        <v>4200</v>
+      </c>
+      <c r="M49" s="1">
+        <v>0</v>
+      </c>
+      <c r="N49" s="1">
+        <v>2000</v>
+      </c>
+      <c r="O49" s="1">
+        <v>0</v>
+      </c>
+      <c r="P49" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q49" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A50" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B50" s="1">
+        <v>17319.216677757002</v>
+      </c>
+      <c r="C50" s="1">
+        <v>260701.19833999503</v>
+      </c>
+      <c r="D50" s="1">
+        <v>9561.1788129744</v>
+      </c>
+      <c r="E50" s="1">
+        <v>657.02924364260002</v>
+      </c>
+      <c r="F50" s="1">
+        <v>830.02614463999998</v>
+      </c>
+      <c r="G50" s="1">
+        <v>6270.9824765000003</v>
+      </c>
+      <c r="H50" s="1">
+        <v>0</v>
+      </c>
+      <c r="I50" s="1">
+        <v>0</v>
+      </c>
+      <c r="J50" s="1">
+        <v>0</v>
+      </c>
+      <c r="K50" s="1">
+        <v>2729.0786858500001</v>
+      </c>
+      <c r="L50" s="1">
+        <v>250363.038776795</v>
+      </c>
+      <c r="M50" s="1">
+        <v>30.020164475000001</v>
+      </c>
+      <c r="N50" s="1">
+        <v>7574.7721179500004</v>
+      </c>
+      <c r="O50" s="1">
+        <v>0</v>
+      </c>
+      <c r="P50" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q50" s="1">
+        <v>4.2885949249999999</v>
+      </c>
+    </row>
+    <row r="51" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A51" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B51" s="1"/>
+      <c r="C51" s="1"/>
+      <c r="D51" s="1"/>
+      <c r="E51" s="1"/>
+      <c r="F51" s="1"/>
+      <c r="G51" s="1"/>
+      <c r="H51" s="1"/>
+      <c r="I51" s="1"/>
+      <c r="J51" s="1"/>
+      <c r="K51" s="1"/>
+      <c r="L51" s="1"/>
+      <c r="M51" s="1"/>
+      <c r="N51" s="1"/>
+      <c r="O51" s="1"/>
+      <c r="P51" s="1"/>
+      <c r="Q51" s="1"/>
+    </row>
+    <row r="52" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A52" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B52" s="1">
+        <v>18702.099093356999</v>
+      </c>
+      <c r="C52" s="1">
+        <v>260701.19833999503</v>
+      </c>
+      <c r="D52" s="1">
+        <v>10252.620020774399</v>
+      </c>
+      <c r="E52" s="1">
+        <v>1348.4704514426001</v>
+      </c>
+      <c r="F52" s="1">
+        <v>830.02614463999998</v>
+      </c>
+      <c r="G52" s="1">
+        <v>6270.9824765000003</v>
+      </c>
+      <c r="H52" s="1">
+        <v>0</v>
+      </c>
+      <c r="I52" s="1">
+        <v>0</v>
+      </c>
+      <c r="J52" s="1">
+        <v>0</v>
+      </c>
+      <c r="K52" s="1">
+        <v>2729.0786858500001</v>
+      </c>
+      <c r="L52" s="1">
+        <v>250363.038776795</v>
+      </c>
+      <c r="M52" s="1">
+        <v>30.020164475000001</v>
+      </c>
+      <c r="N52" s="1">
+        <v>7574.7721179500004</v>
+      </c>
+      <c r="O52" s="1">
+        <v>0</v>
+      </c>
+      <c r="P52" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q52" s="1">
+        <v>4.2885949249999999</v>
+      </c>
+    </row>
+    <row r="53" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A53" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B53" s="1">
+        <v>0</v>
+      </c>
+      <c r="C53" s="1">
+        <v>0</v>
+      </c>
+      <c r="D53" s="1">
+        <v>0</v>
+      </c>
+      <c r="E53" s="1">
+        <v>0</v>
+      </c>
+      <c r="F53" s="1">
+        <v>0</v>
+      </c>
+      <c r="G53" s="1">
+        <v>0</v>
+      </c>
+      <c r="H53" s="1">
+        <v>0</v>
+      </c>
+      <c r="I53" s="1">
+        <v>0</v>
+      </c>
+      <c r="J53" s="1">
+        <v>0</v>
+      </c>
+      <c r="K53" s="1">
+        <v>0</v>
+      </c>
+      <c r="L53" s="1">
+        <v>0</v>
+      </c>
+      <c r="M53" s="1">
+        <v>0</v>
+      </c>
+      <c r="N53" s="1">
+        <v>0</v>
+      </c>
+      <c r="O53" s="1">
+        <v>0</v>
+      </c>
+      <c r="P53" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q53" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A54" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B54" s="1">
+        <v>429106.90837678697</v>
+      </c>
+      <c r="C54" s="1">
+        <v>423185.49496969598</v>
+      </c>
+      <c r="D54" s="1">
+        <v>309230.20491193997</v>
+      </c>
+      <c r="E54" s="1">
+        <v>37888.737932738499</v>
+      </c>
+      <c r="F54" s="1">
+        <v>9154.2000000000007</v>
+      </c>
+      <c r="G54" s="1">
+        <v>41618.9037227956</v>
+      </c>
+      <c r="H54" s="1">
+        <v>22039.796305417003</v>
+      </c>
+      <c r="I54" s="1">
+        <v>5235.1212784503996</v>
+      </c>
+      <c r="J54" s="1">
+        <v>3939.9442254455998</v>
+      </c>
+      <c r="K54" s="1">
+        <v>176222.7436698112</v>
+      </c>
+      <c r="L54" s="1">
+        <v>110843.1962855176</v>
+      </c>
+      <c r="M54" s="1">
+        <v>15718.75</v>
+      </c>
+      <c r="N54" s="1">
+        <v>68314.056813324802</v>
+      </c>
+      <c r="O54" s="1">
+        <v>37578.115527334397</v>
+      </c>
+      <c r="P54" s="1">
+        <v>8161.0261979832003</v>
+      </c>
+      <c r="Q54" s="1">
+        <v>6347.6064757248005</v>
+      </c>
+    </row>
+    <row r="55" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A55" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B55" s="1">
+        <v>261448.64804244597</v>
+      </c>
+      <c r="C55" s="1">
+        <v>52679.598216880004</v>
+      </c>
+      <c r="D55" s="1">
+        <v>180125.36863949581</v>
+      </c>
+      <c r="E55" s="1">
+        <v>55135.116740965801</v>
+      </c>
+      <c r="F55" s="1">
+        <v>0</v>
+      </c>
+      <c r="G55" s="1">
+        <v>25224.016455000001</v>
+      </c>
+      <c r="H55" s="1">
+        <v>482.0731034922</v>
+      </c>
+      <c r="I55" s="1">
+        <v>214.2547126632</v>
+      </c>
+      <c r="J55" s="1">
+        <v>267.81839082900001</v>
+      </c>
+      <c r="K55" s="1">
+        <v>32393.125807465</v>
+      </c>
+      <c r="L55" s="1">
+        <v>14469.684071045</v>
+      </c>
+      <c r="M55" s="1">
+        <v>0</v>
+      </c>
+      <c r="N55" s="1">
+        <v>4686.9812733999997</v>
+      </c>
+      <c r="O55" s="1">
+        <v>115.984342485</v>
+      </c>
+      <c r="P55" s="1">
+        <v>51.548596660000001</v>
+      </c>
+      <c r="Q55" s="1">
+        <v>962.27412582500006</v>
+      </c>
+    </row>
+    <row r="56" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A56" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B56" s="1">
+        <v>188341.49351880001</v>
+      </c>
+      <c r="C56" s="1">
+        <v>1000</v>
+      </c>
+      <c r="D56" s="1">
+        <v>75468.298703759996</v>
+      </c>
+      <c r="E56" s="1">
+        <v>14839.045463160001</v>
+      </c>
+      <c r="F56" s="1">
+        <v>12600</v>
+      </c>
+      <c r="G56" s="1">
+        <v>13017.074675940001</v>
+      </c>
+      <c r="H56" s="1">
+        <v>13017.074675940001</v>
+      </c>
+      <c r="I56" s="1">
+        <v>59400</v>
+      </c>
+      <c r="J56" s="1">
+        <v>0</v>
+      </c>
+      <c r="K56" s="1">
+        <v>410</v>
+      </c>
+      <c r="L56" s="1">
+        <v>30</v>
+      </c>
+      <c r="M56" s="1">
+        <v>30</v>
+      </c>
+      <c r="N56" s="1">
+        <v>20</v>
+      </c>
+      <c r="O56" s="1">
+        <v>20</v>
+      </c>
+      <c r="P56" s="1">
+        <v>490</v>
+      </c>
+      <c r="Q56" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A57" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B57" s="1">
+        <v>19880.375468350001</v>
+      </c>
+      <c r="C57" s="1">
+        <v>23162.9494061</v>
+      </c>
+      <c r="D57" s="1">
+        <v>4626.1404248299996</v>
+      </c>
+      <c r="E57" s="1">
+        <v>4466.3455299199995</v>
+      </c>
+      <c r="F57" s="1">
+        <v>1808.9191530000001</v>
+      </c>
+      <c r="G57" s="1">
+        <v>5300</v>
+      </c>
+      <c r="H57" s="1">
+        <v>1705.3514918000001</v>
+      </c>
+      <c r="I57" s="1">
+        <v>976.78383059999999</v>
+      </c>
+      <c r="J57" s="1">
+        <v>996.83503819999999</v>
+      </c>
+      <c r="K57" s="1">
+        <v>4015.38014161</v>
+      </c>
+      <c r="L57" s="1">
+        <v>4367.1151766399998</v>
+      </c>
+      <c r="M57" s="1">
+        <v>1470.5453560000001</v>
+      </c>
+      <c r="N57" s="1">
+        <v>7553.2808930000001</v>
+      </c>
+      <c r="O57" s="1">
+        <v>4536.6627826000004</v>
+      </c>
+      <c r="P57" s="1">
+        <v>120.59461020000001</v>
+      </c>
+      <c r="Q57" s="1">
+        <v>1099.3704460500001</v>
+      </c>
+    </row>
+    <row r="58" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A58" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B58" s="1">
+        <v>2004045.614823123</v>
+      </c>
+      <c r="C58" s="1">
+        <v>204729.74927975298</v>
+      </c>
+      <c r="D58" s="1">
+        <v>830645.09477999189</v>
+      </c>
+      <c r="E58" s="1">
+        <v>57400.469728040203</v>
+      </c>
+      <c r="F58" s="1">
+        <v>875791.50045519054</v>
+      </c>
+      <c r="G58" s="1">
+        <v>90083.968853366649</v>
+      </c>
+      <c r="H58" s="1">
+        <v>107062.31671934306</v>
+      </c>
+      <c r="I58" s="1">
+        <v>36479.260045581599</v>
+      </c>
+      <c r="J58" s="1">
+        <v>6583.0042416091001</v>
+      </c>
+      <c r="K58" s="1">
+        <v>63166.038571886798</v>
+      </c>
+      <c r="L58" s="1">
+        <v>9307.5693585532008</v>
+      </c>
+      <c r="M58" s="1">
+        <v>52275.628296724499</v>
+      </c>
+      <c r="N58" s="1">
+        <v>33409.192043081646</v>
+      </c>
+      <c r="O58" s="1">
+        <v>33041.516544193451</v>
+      </c>
+      <c r="P58" s="1">
+        <v>8708.2118174525003</v>
+      </c>
+      <c r="Q58" s="1">
+        <v>4821.5926478608999</v>
+      </c>
+    </row>
+    <row r="59" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A59" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B59" s="1">
+        <v>9329629.7712087687</v>
+      </c>
+      <c r="C59" s="1">
+        <v>2509290.6801613108</v>
+      </c>
+      <c r="D59" s="1">
+        <v>5351600.1555189304</v>
+      </c>
+      <c r="E59" s="1">
+        <v>1518848.0510641732</v>
+      </c>
+      <c r="F59" s="1">
+        <v>1481023.8042089895</v>
+      </c>
+      <c r="G59" s="1">
+        <v>402627.90084425331</v>
+      </c>
+      <c r="H59" s="1">
+        <v>351299.20406132948</v>
+      </c>
+      <c r="I59" s="1">
+        <v>125830.3554980843</v>
+      </c>
+      <c r="J59" s="1">
+        <v>98400.30001300892</v>
+      </c>
+      <c r="K59" s="1">
+        <v>860749.23006979399</v>
+      </c>
+      <c r="L59" s="1">
+        <v>856530.73198054743</v>
+      </c>
+      <c r="M59" s="1">
+        <v>315279.74748764577</v>
+      </c>
+      <c r="N59" s="1">
+        <v>187775.96021913661</v>
+      </c>
+      <c r="O59" s="1">
+        <v>163393.3147210879</v>
+      </c>
+      <c r="P59" s="1">
+        <v>37653.011760367001</v>
+      </c>
+      <c r="Q59" s="1">
+        <v>87908.683922732234</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:M59"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C23" sqref="C23"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="49.7109375" customWidth="1"/>
+    <col min="2" max="2" width="42" customWidth="1"/>
+    <col min="3" max="3" width="43.28515625" customWidth="1"/>
+    <col min="4" max="4" width="42.5703125" customWidth="1"/>
+    <col min="5" max="5" width="41.28515625" customWidth="1"/>
+    <col min="6" max="6" width="40" customWidth="1"/>
+    <col min="7" max="7" width="28" customWidth="1"/>
+    <col min="8" max="8" width="40.5703125" customWidth="1"/>
+    <col min="9" max="9" width="48.85546875" customWidth="1"/>
+    <col min="10" max="10" width="47.5703125" customWidth="1"/>
+    <col min="11" max="11" width="46.28515625" customWidth="1"/>
+    <col min="12" max="12" width="34.28515625" customWidth="1"/>
+    <col min="13" max="13" width="46.85546875" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="2" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
+      <c r="J2" s="1"/>
+      <c r="K2" s="1"/>
+      <c r="L2" s="1"/>
+      <c r="M2" s="1"/>
+    </row>
+    <row r="3" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="1">
+        <v>819361.15030255006</v>
+      </c>
+      <c r="C3" s="1">
+        <v>898196.05439950305</v>
+      </c>
+      <c r="D3" s="1">
+        <v>128843.0050005185</v>
+      </c>
+      <c r="E3" s="1">
+        <v>66244.494502092755</v>
+      </c>
+      <c r="F3" s="1">
+        <v>139454.83957898099</v>
+      </c>
+      <c r="G3" s="1">
+        <v>8783.1912825799991</v>
+      </c>
+      <c r="H3" s="1">
+        <v>476035.61993837776</v>
+      </c>
+      <c r="I3" s="1">
+        <v>89989.486726298506</v>
+      </c>
+      <c r="J3" s="1">
+        <v>58340.659750543353</v>
+      </c>
+      <c r="K3" s="1">
+        <v>96747.260923941096</v>
+      </c>
+      <c r="L3" s="1">
+        <v>789.55856613999993</v>
+      </c>
+      <c r="M3" s="1">
+        <v>652329.08843258</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" s="1"/>
+      <c r="C4" s="1"/>
+      <c r="D4" s="1"/>
+      <c r="E4" s="1"/>
+      <c r="F4" s="1"/>
+      <c r="G4" s="1"/>
+      <c r="H4" s="1"/>
+      <c r="I4" s="1"/>
+      <c r="J4" s="1"/>
+      <c r="K4" s="1"/>
+      <c r="L4" s="1"/>
+      <c r="M4" s="1"/>
+    </row>
+    <row r="5" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" s="1">
+        <v>27828.131079039002</v>
+      </c>
+      <c r="C5" s="1">
+        <v>111854.958936012</v>
+      </c>
+      <c r="D5" s="1">
+        <v>6191.4891032249998</v>
+      </c>
+      <c r="E5" s="1">
+        <v>3326.0168897758499</v>
+      </c>
+      <c r="F5" s="1">
+        <v>11165.3227558</v>
+      </c>
+      <c r="G5" s="1">
+        <v>153.19128258000001</v>
+      </c>
+      <c r="H5" s="1">
+        <v>6992.1110476581507</v>
+      </c>
+      <c r="I5" s="1">
+        <v>13773.971324800001</v>
+      </c>
+      <c r="J5" s="1">
+        <v>12534.2366716018</v>
+      </c>
+      <c r="K5" s="1">
+        <v>72623.971324800004</v>
+      </c>
+      <c r="L5" s="1">
+        <v>123.9713248</v>
+      </c>
+      <c r="M5" s="1">
+        <v>12798.8082900102</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" s="1">
+        <v>5786.6121924999998</v>
+      </c>
+      <c r="C6" s="1">
+        <v>9034.1775142299994</v>
+      </c>
+      <c r="D6" s="1">
+        <v>2121.8787327999999</v>
+      </c>
+      <c r="E6" s="1">
+        <v>2121.8787327999999</v>
+      </c>
+      <c r="F6" s="1">
+        <v>530.46968319999996</v>
+      </c>
+      <c r="G6" s="1">
+        <v>0</v>
+      </c>
+      <c r="H6" s="1">
+        <v>1012.3850437</v>
+      </c>
+      <c r="I6" s="1">
+        <v>2199.45907145</v>
+      </c>
+      <c r="J6" s="1">
+        <v>1452.0236066</v>
+      </c>
+      <c r="K6" s="1">
+        <v>724.27737877499999</v>
+      </c>
+      <c r="L6" s="1">
+        <v>0</v>
+      </c>
+      <c r="M6" s="1">
+        <v>4658.4174574050003</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" s="1">
+        <v>1597.7033758999999</v>
+      </c>
+      <c r="C7" s="1">
+        <v>4235.5172201599999</v>
+      </c>
+      <c r="D7" s="1">
+        <v>0</v>
+      </c>
+      <c r="E7" s="1">
+        <v>1247.5588303</v>
+      </c>
+      <c r="F7" s="1">
+        <v>87.536136400000004</v>
+      </c>
+      <c r="G7" s="1">
+        <v>0</v>
+      </c>
+      <c r="H7" s="1">
+        <v>262.60840919999998</v>
+      </c>
+      <c r="I7" s="1">
+        <v>37.155179610000005</v>
+      </c>
+      <c r="J7" s="1">
+        <v>3413.9980479000001</v>
+      </c>
+      <c r="K7" s="1">
+        <v>285.25833312999998</v>
+      </c>
+      <c r="L7" s="1">
+        <v>0</v>
+      </c>
+      <c r="M7" s="1">
+        <v>499.10565952000002</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="1">
+        <v>8635.3788432000001</v>
+      </c>
+      <c r="C8" s="1">
+        <v>2244.6991948600003</v>
+      </c>
+      <c r="D8" s="1">
+        <v>960</v>
+      </c>
+      <c r="E8" s="1">
+        <v>1067.2793955</v>
+      </c>
+      <c r="F8" s="1">
+        <v>5488.0994477000004</v>
+      </c>
+      <c r="G8" s="1">
+        <v>0</v>
+      </c>
+      <c r="H8" s="1">
+        <v>1120</v>
+      </c>
+      <c r="I8" s="1">
+        <v>4.7197272192000002</v>
+      </c>
+      <c r="J8" s="1">
+        <v>1943.2025790096002</v>
+      </c>
+      <c r="K8" s="1">
+        <v>0</v>
+      </c>
+      <c r="L8" s="1">
+        <v>0</v>
+      </c>
+      <c r="M8" s="1">
+        <v>296.77688863119999</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" s="1">
+        <v>0</v>
+      </c>
+      <c r="C9" s="1">
+        <v>177.0930132</v>
+      </c>
+      <c r="D9" s="1">
+        <v>0</v>
+      </c>
+      <c r="E9" s="1">
+        <v>0</v>
+      </c>
+      <c r="F9" s="1">
+        <v>0</v>
+      </c>
+      <c r="G9" s="1">
+        <v>0</v>
+      </c>
+      <c r="H9" s="1">
+        <v>0</v>
+      </c>
+      <c r="I9" s="1">
+        <v>0</v>
+      </c>
+      <c r="J9" s="1">
+        <v>0</v>
+      </c>
+      <c r="K9" s="1">
+        <v>0</v>
+      </c>
+      <c r="L9" s="1">
+        <v>0</v>
+      </c>
+      <c r="M9" s="1">
+        <v>177.0930132</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B10" s="1">
+        <v>1651.4345035000001</v>
+      </c>
+      <c r="C10" s="1">
+        <v>5457.7398227459998</v>
+      </c>
+      <c r="D10" s="1">
+        <v>0</v>
+      </c>
+      <c r="E10" s="1">
+        <v>408.43400759999997</v>
+      </c>
+      <c r="F10" s="1">
+        <v>102.10850189999999</v>
+      </c>
+      <c r="G10" s="1">
+        <v>0</v>
+      </c>
+      <c r="H10" s="1">
+        <v>1140.8919940000001</v>
+      </c>
+      <c r="I10" s="1">
+        <v>1291.3324496623002</v>
+      </c>
+      <c r="J10" s="1">
+        <v>1700.6172605738</v>
+      </c>
+      <c r="K10" s="1">
+        <v>752.5803542246</v>
+      </c>
+      <c r="L10" s="1">
+        <v>0</v>
+      </c>
+      <c r="M10" s="1">
+        <v>1713.2097582853</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B11" s="1">
+        <v>731.80447670000001</v>
+      </c>
+      <c r="C11" s="1">
+        <v>1704.2308227999999</v>
+      </c>
+      <c r="D11" s="1">
+        <v>399.49480441000003</v>
+      </c>
+      <c r="E11" s="1">
+        <v>109.17113995000001</v>
+      </c>
+      <c r="F11" s="1">
+        <v>12.39658513</v>
+      </c>
+      <c r="G11" s="1">
+        <v>0</v>
+      </c>
+      <c r="H11" s="1">
+        <v>210.74194721000001</v>
+      </c>
+      <c r="I11" s="1">
+        <v>313.21320438999999</v>
+      </c>
+      <c r="J11" s="1">
+        <v>24.79317026</v>
+      </c>
+      <c r="K11" s="1">
+        <v>24.79317026</v>
+      </c>
+      <c r="L11" s="1">
+        <v>0</v>
+      </c>
+      <c r="M11" s="1">
+        <v>1341.43127789</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" s="1">
+        <v>25420.370354499999</v>
+      </c>
+      <c r="C12" s="1">
+        <v>34413.103191030001</v>
+      </c>
+      <c r="D12" s="1">
+        <v>56.209145999999997</v>
+      </c>
+      <c r="E12" s="1">
+        <v>23629.018863900001</v>
+      </c>
+      <c r="F12" s="1">
+        <v>1479.1996926999998</v>
+      </c>
+      <c r="G12" s="1">
+        <v>0</v>
+      </c>
+      <c r="H12" s="1">
+        <v>255.94265189999999</v>
+      </c>
+      <c r="I12" s="1">
+        <v>1907.8770248999999</v>
+      </c>
+      <c r="J12" s="1">
+        <v>20871.643566350001</v>
+      </c>
+      <c r="K12" s="1">
+        <v>2683.7641109000001</v>
+      </c>
+      <c r="L12" s="1">
+        <v>607.87185179999994</v>
+      </c>
+      <c r="M12" s="1">
+        <v>8341.9466370800001</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B13" s="1">
+        <v>32887.761313064999</v>
+      </c>
+      <c r="C13" s="1">
+        <v>15588.089230449999</v>
+      </c>
+      <c r="D13" s="1">
+        <v>771.93390976499995</v>
+      </c>
+      <c r="E13" s="1">
+        <v>0</v>
+      </c>
+      <c r="F13" s="1">
+        <v>3099.6087391749998</v>
+      </c>
+      <c r="G13" s="1">
+        <v>0</v>
+      </c>
+      <c r="H13" s="1">
+        <v>29016.218664125001</v>
+      </c>
+      <c r="I13" s="1">
+        <v>1385.8481047</v>
+      </c>
+      <c r="J13" s="1">
+        <v>0</v>
+      </c>
+      <c r="K13" s="1">
+        <v>1344.1063913999999</v>
+      </c>
+      <c r="L13" s="1">
+        <v>0</v>
+      </c>
+      <c r="M13" s="1">
+        <v>12858.13473435</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B14" s="1">
+        <v>6847.1354628080007</v>
+      </c>
+      <c r="C14" s="1">
+        <v>6015.7894008129997</v>
+      </c>
+      <c r="D14" s="1">
+        <v>6585.174699958</v>
+      </c>
+      <c r="E14" s="1">
+        <v>0</v>
+      </c>
+      <c r="F14" s="1">
+        <v>94.366676699999999</v>
+      </c>
+      <c r="G14" s="1">
+        <v>0</v>
+      </c>
+      <c r="H14" s="1">
+        <v>167.59408615000001</v>
+      </c>
+      <c r="I14" s="1">
+        <v>4519.6895560630001</v>
+      </c>
+      <c r="J14" s="1">
+        <v>37.746670680000001</v>
+      </c>
+      <c r="K14" s="1">
+        <v>852.95052067500001</v>
+      </c>
+      <c r="L14" s="1">
+        <v>0</v>
+      </c>
+      <c r="M14" s="1">
+        <v>605.40265339500002</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B15" s="1">
+        <v>180545.48803537199</v>
+      </c>
+      <c r="C15" s="1">
+        <v>43449.558393322004</v>
+      </c>
+      <c r="D15" s="1">
+        <v>51036.220692460003</v>
+      </c>
+      <c r="E15" s="1">
+        <v>26193.945470669903</v>
+      </c>
+      <c r="F15" s="1">
+        <v>60054.301401841003</v>
+      </c>
+      <c r="G15" s="1">
+        <v>6000</v>
+      </c>
+      <c r="H15" s="1">
+        <v>37261.020470401098</v>
+      </c>
+      <c r="I15" s="1">
+        <v>3366.9861624</v>
+      </c>
+      <c r="J15" s="1">
+        <v>2950.4178661299002</v>
+      </c>
+      <c r="K15" s="1">
+        <v>4281.9465928110003</v>
+      </c>
+      <c r="L15" s="1">
+        <v>0</v>
+      </c>
+      <c r="M15" s="1">
+        <v>32850.207771981099</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B16" s="1">
+        <v>80504.863020916004</v>
+      </c>
+      <c r="C16" s="1">
+        <v>1210.0158251610001</v>
+      </c>
+      <c r="D16" s="1">
+        <v>3325.0566317504999</v>
+      </c>
+      <c r="E16" s="1">
+        <v>82.784566874999996</v>
+      </c>
+      <c r="F16" s="1">
+        <v>9085.6523129609996</v>
+      </c>
+      <c r="G16" s="1">
+        <v>0</v>
+      </c>
+      <c r="H16" s="1">
+        <v>68011.369509329495</v>
+      </c>
+      <c r="I16" s="1">
+        <v>176.85885687525001</v>
+      </c>
+      <c r="J16" s="1">
+        <v>11.03794225</v>
+      </c>
+      <c r="K16" s="1">
+        <v>986.73917140849994</v>
+      </c>
+      <c r="L16" s="1">
+        <v>0</v>
+      </c>
+      <c r="M16" s="1">
+        <v>35.379854627249998</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B17" s="1">
+        <v>4423.8025809910005</v>
+      </c>
+      <c r="C17" s="1">
+        <v>9724.6938561000006</v>
+      </c>
+      <c r="D17" s="1">
+        <v>529.40965890000007</v>
+      </c>
+      <c r="E17" s="1">
+        <v>53.998829200000003</v>
+      </c>
+      <c r="F17" s="1">
+        <v>944.46356990000004</v>
+      </c>
+      <c r="G17" s="1">
+        <v>0</v>
+      </c>
+      <c r="H17" s="1">
+        <v>2895.9305229910001</v>
+      </c>
+      <c r="I17" s="1">
+        <v>1395.1484474000001</v>
+      </c>
+      <c r="J17" s="1">
+        <v>728.22468520000007</v>
+      </c>
+      <c r="K17" s="1">
+        <v>540.11970839999992</v>
+      </c>
+      <c r="L17" s="1">
+        <v>0</v>
+      </c>
+      <c r="M17" s="1">
+        <v>7061.2010151000004</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" s="1">
+        <v>416476.355477</v>
+      </c>
+      <c r="C18" s="1">
+        <v>630835.20618624997</v>
+      </c>
+      <c r="D18" s="1">
+        <v>56416.25</v>
+      </c>
+      <c r="E18" s="1">
+        <v>0</v>
+      </c>
+      <c r="F18" s="1">
+        <v>38006.25</v>
+      </c>
+      <c r="G18" s="1">
+        <v>2630</v>
+      </c>
+      <c r="H18" s="1">
+        <v>319423.855477</v>
+      </c>
+      <c r="I18" s="1">
+        <v>59142.5</v>
+      </c>
+      <c r="J18" s="1">
+        <v>0</v>
+      </c>
+      <c r="K18" s="1">
+        <v>10422.5</v>
+      </c>
+      <c r="L18" s="1">
+        <v>0</v>
+      </c>
+      <c r="M18" s="1">
+        <v>561270.20618624997</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="1">
+        <v>16171.206371109</v>
+      </c>
+      <c r="C19" s="1">
+        <v>5692.8993857699998</v>
+      </c>
+      <c r="D19" s="1">
+        <v>0</v>
+      </c>
+      <c r="E19" s="1">
+        <v>1257.0098014719999</v>
+      </c>
+      <c r="F19" s="1">
+        <v>8859.5636463739993</v>
+      </c>
+      <c r="G19" s="1">
+        <v>0</v>
+      </c>
+      <c r="H19" s="1">
+        <v>6054.6329232629996</v>
+      </c>
+      <c r="I19" s="1">
+        <v>0</v>
+      </c>
+      <c r="J19" s="1">
+        <v>953.55363519699995</v>
+      </c>
+      <c r="K19" s="1">
+        <v>1176.213920317</v>
+      </c>
+      <c r="L19" s="1">
+        <v>0</v>
+      </c>
+      <c r="M19" s="1">
+        <v>3563.1318302559998</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" s="1">
+        <v>634.35850425000001</v>
+      </c>
+      <c r="C20" s="1">
+        <v>636.26975589999995</v>
+      </c>
+      <c r="D20" s="1">
+        <v>0</v>
+      </c>
+      <c r="E20" s="1">
+        <v>0</v>
+      </c>
+      <c r="F20" s="1">
+        <v>0</v>
+      </c>
+      <c r="G20" s="1">
+        <v>0</v>
+      </c>
+      <c r="H20" s="1">
+        <v>634.35850425000001</v>
+      </c>
+      <c r="I20" s="1">
+        <v>0</v>
+      </c>
+      <c r="J20" s="1">
+        <v>424.81692114999998</v>
+      </c>
+      <c r="K20" s="1">
+        <v>0</v>
+      </c>
+      <c r="L20" s="1">
+        <v>0</v>
+      </c>
+      <c r="M20" s="1">
+        <v>211.45283474999999</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="1">
+        <v>2159.3501379999998</v>
+      </c>
+      <c r="C21" s="1">
+        <v>4756.862567274</v>
+      </c>
+      <c r="D21" s="1">
+        <v>327.86488175</v>
+      </c>
+      <c r="E21" s="1">
+        <v>954.88600789999998</v>
+      </c>
+      <c r="F21" s="1">
+        <v>149.5781222</v>
+      </c>
+      <c r="G21" s="1">
+        <v>0</v>
+      </c>
+      <c r="H21" s="1">
+        <v>727.02112614999999</v>
+      </c>
+      <c r="I21" s="1">
+        <v>404.81873446999998</v>
+      </c>
+      <c r="J21" s="1">
+        <v>655.72976349999999</v>
+      </c>
+      <c r="K21" s="1">
+        <v>0</v>
+      </c>
+      <c r="L21" s="1">
+        <v>57.715389539999997</v>
+      </c>
+      <c r="M21" s="1">
+        <v>3638.5986797639998</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" s="1">
+        <v>7059.3945736999995</v>
+      </c>
+      <c r="C22" s="1">
+        <v>11165.150083425</v>
+      </c>
+      <c r="D22" s="1">
+        <v>122.0227395</v>
+      </c>
+      <c r="E22" s="1">
+        <v>5792.5119661499994</v>
+      </c>
+      <c r="F22" s="1">
+        <v>295.92230699999999</v>
+      </c>
+      <c r="G22" s="1">
+        <v>0</v>
+      </c>
+      <c r="H22" s="1">
+        <v>848.93756105</v>
+      </c>
+      <c r="I22" s="1">
+        <v>69.908882358750006</v>
+      </c>
+      <c r="J22" s="1">
+        <v>10638.61736414125</v>
+      </c>
+      <c r="K22" s="1">
+        <v>48.039946839999999</v>
+      </c>
+      <c r="L22" s="1">
+        <v>0</v>
+      </c>
+      <c r="M22" s="1">
+        <v>408.58389008500001</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B23" s="1">
+        <v>8171.0498645500002</v>
+      </c>
+      <c r="C23" s="1">
+        <v>4289.8437247849997</v>
+      </c>
+      <c r="D23" s="1">
+        <v>575.57598599999994</v>
+      </c>
+      <c r="E23" s="1">
+        <v>750.57598599999994</v>
+      </c>
+      <c r="F23" s="1">
+        <v>1011.0759859999999</v>
+      </c>
+      <c r="G23" s="1">
+        <v>0</v>
+      </c>
+      <c r="H23" s="1">
+        <v>5833.8219065499998</v>
+      </c>
+      <c r="I23" s="1">
+        <v>340.26698579999999</v>
+      </c>
+      <c r="J23" s="1">
+        <v>415.26698579999999</v>
+      </c>
+      <c r="K23" s="1">
+        <v>467.78799299999997</v>
+      </c>
+      <c r="L23" s="1">
+        <v>0</v>
+      </c>
+      <c r="M23" s="1">
+        <v>3066.5217601849999</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B24" s="1">
+        <v>50492.402037241001</v>
+      </c>
+      <c r="C24" s="1">
+        <v>257022.946379359</v>
+      </c>
+      <c r="D24" s="1">
+        <v>9283.1455207455001</v>
+      </c>
+      <c r="E24" s="1">
+        <v>3097.5919997415999</v>
+      </c>
+      <c r="F24" s="1">
+        <v>8019.6161630265997</v>
+      </c>
+      <c r="G24" s="1">
+        <v>0.203625208</v>
+      </c>
+      <c r="H24" s="1">
+        <v>30091.8447285193</v>
+      </c>
+      <c r="I24" s="1">
+        <v>51776.841419955301</v>
+      </c>
+      <c r="J24" s="1">
+        <v>2794.4737859380002</v>
+      </c>
+      <c r="K24" s="1">
+        <v>56872.610448918</v>
+      </c>
+      <c r="L24" s="1">
+        <v>0.203625208</v>
+      </c>
+      <c r="M24" s="1">
+        <v>145578.81709933971</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B25" s="1">
+        <v>78560.658824000013</v>
+      </c>
+      <c r="C25" s="1">
+        <v>13173.014178404999</v>
+      </c>
+      <c r="D25" s="1">
+        <v>8135.5246538000001</v>
+      </c>
+      <c r="E25" s="1">
+        <v>0</v>
+      </c>
+      <c r="F25" s="1">
+        <v>70425.134170200006</v>
+      </c>
+      <c r="G25" s="1">
+        <v>0</v>
+      </c>
+      <c r="H25" s="1">
+        <v>0</v>
+      </c>
+      <c r="I25" s="1">
+        <v>1487.15868976</v>
+      </c>
+      <c r="J25" s="1">
+        <v>1585.9071749309999</v>
+      </c>
+      <c r="K25" s="1">
+        <v>624.04434847499999</v>
+      </c>
+      <c r="L25" s="1">
+        <v>0</v>
+      </c>
+      <c r="M25" s="1">
+        <v>9475.9039652390002</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B26" s="1">
+        <v>0</v>
+      </c>
+      <c r="C26" s="1">
+        <v>15006.232756174999</v>
+      </c>
+      <c r="D26" s="1">
+        <v>0</v>
+      </c>
+      <c r="E26" s="1">
+        <v>0</v>
+      </c>
+      <c r="F26" s="1">
+        <v>0</v>
+      </c>
+      <c r="G26" s="1">
+        <v>0</v>
+      </c>
+      <c r="H26" s="1">
+        <v>0</v>
+      </c>
+      <c r="I26" s="1">
+        <v>2151.9521620437499</v>
+      </c>
+      <c r="J26" s="1">
+        <v>43.661248035</v>
+      </c>
+      <c r="K26" s="1">
+        <v>1293.0209130000001</v>
+      </c>
+      <c r="L26" s="1">
+        <v>0</v>
+      </c>
+      <c r="M26" s="1">
+        <v>11517.598433096251</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B27" s="1">
+        <v>1179513.102408397</v>
+      </c>
+      <c r="C27" s="1">
+        <v>1063971.976451244</v>
+      </c>
+      <c r="D27" s="1">
+        <v>155217.68753755046</v>
+      </c>
+      <c r="E27" s="1">
+        <v>4093.8594009500898</v>
+      </c>
+      <c r="F27" s="1">
+        <v>134194.98809416476</v>
+      </c>
+      <c r="G27" s="1">
+        <v>1350</v>
+      </c>
+      <c r="H27" s="1">
+        <v>884656.56737573165</v>
+      </c>
+      <c r="I27" s="1">
+        <v>132252.66730599024</v>
+      </c>
+      <c r="J27" s="1">
+        <v>6113.4804739863703</v>
+      </c>
+      <c r="K27" s="1">
+        <v>155255.76350823135</v>
+      </c>
+      <c r="L27" s="1">
+        <v>1000</v>
+      </c>
+      <c r="M27" s="1">
+        <v>769350.06516303611</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B28" s="1">
+        <v>2346909.1980012199</v>
+      </c>
+      <c r="C28" s="1">
+        <v>171841.60045239399</v>
+      </c>
+      <c r="D28" s="1">
+        <v>231064.9958738389</v>
+      </c>
+      <c r="E28" s="1">
+        <v>174746.91656400001</v>
+      </c>
+      <c r="F28" s="1">
+        <v>248677.60393397449</v>
+      </c>
+      <c r="G28" s="1">
+        <v>5233.1586550000002</v>
+      </c>
+      <c r="H28" s="1">
+        <v>1687186.5229744066</v>
+      </c>
+      <c r="I28" s="1">
+        <v>8500.1669453920003</v>
+      </c>
+      <c r="J28" s="1">
+        <v>16769.814140999999</v>
+      </c>
+      <c r="K28" s="1">
+        <v>20608.522853495499</v>
+      </c>
+      <c r="L28" s="1">
+        <v>0</v>
+      </c>
+      <c r="M28" s="1">
+        <v>125963.0965125065</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A29" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B29" s="1">
+        <v>568876.85767338797</v>
+      </c>
+      <c r="C29" s="1">
+        <v>192003.794972982</v>
+      </c>
+      <c r="D29" s="1">
+        <v>55831.352992504297</v>
+      </c>
+      <c r="E29" s="1">
+        <v>133922.19396423781</v>
+      </c>
+      <c r="F29" s="1">
+        <v>169347.48567084118</v>
+      </c>
+      <c r="G29" s="1">
+        <v>9516.1328867440006</v>
+      </c>
+      <c r="H29" s="1">
+        <v>200259.69215906071</v>
+      </c>
+      <c r="I29" s="1">
+        <v>20068.925354111601</v>
+      </c>
+      <c r="J29" s="1">
+        <v>34098.605322137002</v>
+      </c>
+      <c r="K29" s="1">
+        <v>61976.209644277202</v>
+      </c>
+      <c r="L29" s="1">
+        <v>730.57238877500004</v>
+      </c>
+      <c r="M29" s="1">
+        <v>75129.482263681202</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A30" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B30" s="1">
+        <v>89905.724513516994</v>
+      </c>
+      <c r="C30" s="1">
+        <v>165647.51688606199</v>
+      </c>
+      <c r="D30" s="1">
+        <v>11325.839121072251</v>
+      </c>
+      <c r="E30" s="1">
+        <v>9859.5705800362502</v>
+      </c>
+      <c r="F30" s="1">
+        <v>24235.825736272251</v>
+      </c>
+      <c r="G30" s="1">
+        <v>0</v>
+      </c>
+      <c r="H30" s="1">
+        <v>44484.489076136248</v>
+      </c>
+      <c r="I30" s="1">
+        <v>21084.924058383502</v>
+      </c>
+      <c r="J30" s="1">
+        <v>78460.896584119997</v>
+      </c>
+      <c r="K30" s="1">
+        <v>31544.501730635999</v>
+      </c>
+      <c r="L30" s="1">
+        <v>26.182266009999999</v>
+      </c>
+      <c r="M30" s="1">
+        <v>34531.012246912498</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A31" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B31" s="1"/>
+      <c r="C31" s="1"/>
+      <c r="D31" s="1"/>
+      <c r="E31" s="1"/>
+      <c r="F31" s="1"/>
+      <c r="G31" s="1"/>
+      <c r="H31" s="1"/>
+      <c r="I31" s="1"/>
+      <c r="J31" s="1"/>
+      <c r="K31" s="1"/>
+      <c r="L31" s="1"/>
+      <c r="M31" s="1"/>
+    </row>
+    <row r="32" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A32" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B32" s="1">
+        <v>382593.43060451298</v>
+      </c>
+      <c r="C32" s="1">
+        <v>974147.70319651603</v>
+      </c>
+      <c r="D32" s="1">
+        <v>24330.7878577874</v>
+      </c>
+      <c r="E32" s="1">
+        <v>62631.7557552324</v>
+      </c>
+      <c r="F32" s="1">
+        <v>99650.782123902201</v>
+      </c>
+      <c r="G32" s="1">
+        <v>4564.2902587440003</v>
+      </c>
+      <c r="H32" s="1">
+        <v>191415.81460884699</v>
+      </c>
+      <c r="I32" s="1">
+        <v>114112.95708073779</v>
+      </c>
+      <c r="J32" s="1">
+        <v>40999.13072927075</v>
+      </c>
+      <c r="K32" s="1">
+        <v>179287.9153487627</v>
+      </c>
+      <c r="L32" s="1">
+        <v>163.49992887499999</v>
+      </c>
+      <c r="M32" s="1">
+        <v>639584.20010886982</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A33" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B33" s="1">
+        <v>1508239.9146138129</v>
+      </c>
+      <c r="C33" s="1">
+        <v>390445.86666898098</v>
+      </c>
+      <c r="D33" s="1">
+        <v>185778.06249411081</v>
+      </c>
+      <c r="E33" s="1">
+        <v>108645.16314287379</v>
+      </c>
+      <c r="F33" s="1">
+        <v>212625.94038098201</v>
+      </c>
+      <c r="G33" s="1">
+        <v>7198.3961907880002</v>
+      </c>
+      <c r="H33" s="1">
+        <v>993992.35240505834</v>
+      </c>
+      <c r="I33" s="1">
+        <v>58192.230400389089</v>
+      </c>
+      <c r="J33" s="1">
+        <v>87871.890650613976</v>
+      </c>
+      <c r="K33" s="1">
+        <v>46620.067404074951</v>
+      </c>
+      <c r="L33" s="1">
+        <v>1009.045592458</v>
+      </c>
+      <c r="M33" s="1">
+        <v>196752.63262144499</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A34" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B34" s="1">
+        <v>1459959.7984065369</v>
+      </c>
+      <c r="C34" s="1">
+        <v>486092.41033541202</v>
+      </c>
+      <c r="D34" s="1">
+        <v>165138.9763341317</v>
+      </c>
+      <c r="E34" s="1">
+        <v>123059.8840989523</v>
+      </c>
+      <c r="F34" s="1">
+        <v>249361.49682857608</v>
+      </c>
+      <c r="G34" s="1">
+        <v>10350</v>
+      </c>
+      <c r="H34" s="1">
+        <v>912049.44114487688</v>
+      </c>
+      <c r="I34" s="1">
+        <v>54266.802166608002</v>
+      </c>
+      <c r="J34" s="1">
+        <v>24259.744086605999</v>
+      </c>
+      <c r="K34" s="1">
+        <v>68462.3396111365</v>
+      </c>
+      <c r="L34" s="1">
+        <v>1123.9713248</v>
+      </c>
+      <c r="M34" s="1">
+        <v>337979.55314626149</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B35" s="1">
+        <v>1790997</v>
+      </c>
+      <c r="C35" s="1">
+        <v>930467</v>
+      </c>
+      <c r="D35" s="1">
+        <v>225029.3</v>
+      </c>
+      <c r="E35" s="1">
+        <v>98378.400000000009</v>
+      </c>
+      <c r="F35" s="1">
+        <v>233728.35</v>
+      </c>
+      <c r="G35" s="1">
+        <v>2770</v>
+      </c>
+      <c r="H35" s="1">
+        <v>1231090.95</v>
+      </c>
+      <c r="I35" s="1">
+        <v>101080.4</v>
+      </c>
+      <c r="J35" s="1">
+        <v>45492</v>
+      </c>
+      <c r="K35" s="1">
+        <v>131019.4</v>
+      </c>
+      <c r="L35" s="1">
+        <v>250</v>
+      </c>
+      <c r="M35" s="1">
+        <v>652625.19999999995</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A36" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B36" s="1"/>
+      <c r="C36" s="1"/>
+      <c r="D36" s="1"/>
+      <c r="E36" s="1"/>
+      <c r="F36" s="1"/>
+      <c r="G36" s="1"/>
+      <c r="H36" s="1"/>
+      <c r="I36" s="1"/>
+      <c r="J36" s="1"/>
+      <c r="K36" s="1"/>
+      <c r="L36" s="1"/>
+      <c r="M36" s="1"/>
+    </row>
+    <row r="37" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A37" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B37" s="1">
+        <v>113796.93937738601</v>
+      </c>
+      <c r="C37" s="1">
+        <v>36395.986878449999</v>
+      </c>
+      <c r="D37" s="1">
+        <v>11528.582262310001</v>
+      </c>
+      <c r="E37" s="1">
+        <v>18692.985262139999</v>
+      </c>
+      <c r="F37" s="1">
+        <v>10376.2704325778</v>
+      </c>
+      <c r="G37" s="1">
+        <v>0</v>
+      </c>
+      <c r="H37" s="1">
+        <v>73199.101420358202</v>
+      </c>
+      <c r="I37" s="1">
+        <v>5636.7137825150003</v>
+      </c>
+      <c r="J37" s="1">
+        <v>17204.858407267002</v>
+      </c>
+      <c r="K37" s="1">
+        <v>1893.4264346069999</v>
+      </c>
+      <c r="L37" s="1">
+        <v>57.715389539999997</v>
+      </c>
+      <c r="M37" s="1">
+        <v>11603.272864521001</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A38" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B38" s="1">
+        <v>734516.38272442005</v>
+      </c>
+      <c r="C38" s="1">
+        <v>1510115.311366461</v>
+      </c>
+      <c r="D38" s="1">
+        <v>113309.8412753505</v>
+      </c>
+      <c r="E38" s="1">
+        <v>30137.203430545298</v>
+      </c>
+      <c r="F38" s="1">
+        <v>109355.931787382</v>
+      </c>
+      <c r="G38" s="1">
+        <v>4441.8426280000003</v>
+      </c>
+      <c r="H38" s="1">
+        <v>477271.56360314216</v>
+      </c>
+      <c r="I38" s="1">
+        <v>103929.70541056</v>
+      </c>
+      <c r="J38" s="1">
+        <v>37633.483458042254</v>
+      </c>
+      <c r="K38" s="1">
+        <v>147186.3481358095</v>
+      </c>
+      <c r="L38" s="1">
+        <v>441.0437847</v>
+      </c>
+      <c r="M38" s="1">
+        <v>1220924.7305773492</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A39" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B39" s="1">
+        <v>963686.24328812095</v>
+      </c>
+      <c r="C39" s="1">
+        <v>249752.08409023998</v>
+      </c>
+      <c r="D39" s="1">
+        <v>106556.0217700269</v>
+      </c>
+      <c r="E39" s="1">
+        <v>121520.17319151601</v>
+      </c>
+      <c r="F39" s="1">
+        <v>100613.41043376419</v>
+      </c>
+      <c r="G39" s="1">
+        <v>155.10112085400002</v>
+      </c>
+      <c r="H39" s="1">
+        <v>634841.53677195997</v>
+      </c>
+      <c r="I39" s="1">
+        <v>51540.937068680199</v>
+      </c>
+      <c r="J39" s="1">
+        <v>13473.3523763588</v>
+      </c>
+      <c r="K39" s="1">
+        <v>55747.1098440348</v>
+      </c>
+      <c r="L39" s="1">
+        <v>0</v>
+      </c>
+      <c r="M39" s="1">
+        <v>128990.68480116619</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A40" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B40" s="1">
+        <v>2702545.8240612601</v>
+      </c>
+      <c r="C40" s="1">
+        <v>956041.46166461403</v>
+      </c>
+      <c r="D40" s="1">
+        <v>337441.98335634253</v>
+      </c>
+      <c r="E40" s="1">
+        <v>209295.08379985721</v>
+      </c>
+      <c r="F40" s="1">
+        <v>524789.40526743629</v>
+      </c>
+      <c r="G40" s="1">
+        <v>19957.414044178</v>
+      </c>
+      <c r="H40" s="1">
+        <v>1611061.9375934459</v>
+      </c>
+      <c r="I40" s="1">
+        <v>160716.98897906719</v>
+      </c>
+      <c r="J40" s="1">
+        <v>126639.50637622067</v>
+      </c>
+      <c r="K40" s="1">
+        <v>215756.10945134735</v>
+      </c>
+      <c r="L40" s="1">
+        <v>1413.703554083</v>
+      </c>
+      <c r="M40" s="1">
+        <v>451515.15330389579</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A41" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B41" s="1">
+        <v>627244.75417367602</v>
+      </c>
+      <c r="C41" s="1">
+        <v>28848.136201144</v>
+      </c>
+      <c r="D41" s="1">
+        <v>31440.698022</v>
+      </c>
+      <c r="E41" s="1">
+        <v>13069.757313</v>
+      </c>
+      <c r="F41" s="1">
+        <v>50231.551412300003</v>
+      </c>
+      <c r="G41" s="1">
+        <v>328.32865650000002</v>
+      </c>
+      <c r="H41" s="1">
+        <v>532174.41876987601</v>
+      </c>
+      <c r="I41" s="1">
+        <v>5828.0444069125006</v>
+      </c>
+      <c r="J41" s="1">
+        <v>3671.564848602</v>
+      </c>
+      <c r="K41" s="1">
+        <v>4806.7284981755001</v>
+      </c>
+      <c r="L41" s="1">
+        <v>634.05411780999998</v>
+      </c>
+      <c r="M41" s="1">
+        <v>13907.744329644</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B42" s="1"/>
+      <c r="C42" s="1"/>
+      <c r="D42" s="1"/>
+      <c r="E42" s="1"/>
+      <c r="F42" s="1"/>
+      <c r="G42" s="1"/>
+      <c r="H42" s="1"/>
+      <c r="I42" s="1"/>
+      <c r="J42" s="1"/>
+      <c r="K42" s="1"/>
+      <c r="L42" s="1"/>
+      <c r="M42" s="1"/>
+    </row>
+    <row r="43" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A43" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B43" s="1">
+        <v>35564.158708739</v>
+      </c>
+      <c r="C43" s="1">
+        <v>125184.703603952</v>
+      </c>
+      <c r="D43" s="1">
+        <v>8313.3678360249996</v>
+      </c>
+      <c r="E43" s="1">
+        <v>6695.4544528758497</v>
+      </c>
+      <c r="F43" s="1">
+        <v>12079.2508824</v>
+      </c>
+      <c r="G43" s="1">
+        <v>153.19128258000001</v>
+      </c>
+      <c r="H43" s="1">
+        <v>8322.8942548581508</v>
+      </c>
+      <c r="I43" s="1">
+        <v>16010.585575859999</v>
+      </c>
+      <c r="J43" s="1">
+        <v>17400.258326101801</v>
+      </c>
+      <c r="K43" s="1">
+        <v>73681.546983545006</v>
+      </c>
+      <c r="L43" s="1">
+        <v>123.9713248</v>
+      </c>
+      <c r="M43" s="1">
+        <v>17968.341393645202</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A44" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B44" s="1">
+        <v>29023.8367297</v>
+      </c>
+      <c r="C44" s="1">
+        <v>42185.187534076002</v>
+      </c>
+      <c r="D44" s="1">
+        <v>577.72668991</v>
+      </c>
+      <c r="E44" s="1">
+        <v>24451.680860199998</v>
+      </c>
+      <c r="F44" s="1">
+        <v>1593.7047797299999</v>
+      </c>
+      <c r="G44" s="1">
+        <v>0</v>
+      </c>
+      <c r="H44" s="1">
+        <v>2400.7243998600002</v>
+      </c>
+      <c r="I44" s="1">
+        <v>3573.4340487023001</v>
+      </c>
+      <c r="J44" s="1">
+        <v>22749.5824215588</v>
+      </c>
+      <c r="K44" s="1">
+        <v>3461.1376353845999</v>
+      </c>
+      <c r="L44" s="1">
+        <v>607.87185179999994</v>
+      </c>
+      <c r="M44" s="1">
+        <v>11793.1615766303</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A45" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B45" s="1">
+        <v>754773.15486411098</v>
+      </c>
+      <c r="C45" s="1">
+        <v>730826.16326147504</v>
+      </c>
+      <c r="D45" s="1">
+        <v>119951.91047458351</v>
+      </c>
+      <c r="E45" s="1">
+        <v>35097.359189016905</v>
+      </c>
+      <c r="F45" s="1">
+        <v>125781.883916851</v>
+      </c>
+      <c r="G45" s="1">
+        <v>8630</v>
+      </c>
+      <c r="H45" s="1">
+        <v>465312.0012836596</v>
+      </c>
+      <c r="I45" s="1">
+        <v>70405.467101736198</v>
+      </c>
+      <c r="J45" s="1">
+        <v>18190.819002882752</v>
+      </c>
+      <c r="K45" s="1">
+        <v>19604.576305011498</v>
+      </c>
+      <c r="L45" s="1">
+        <v>57.715389539999997</v>
+      </c>
+      <c r="M45" s="1">
+        <v>622567.58546230453</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A46" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B46" s="1"/>
+      <c r="C46" s="1"/>
+      <c r="D46" s="1"/>
+      <c r="E46" s="1"/>
+      <c r="F46" s="1"/>
+      <c r="G46" s="1"/>
+      <c r="H46" s="1"/>
+      <c r="I46" s="1"/>
+      <c r="J46" s="1"/>
+      <c r="K46" s="1"/>
+      <c r="L46" s="1"/>
+      <c r="M46" s="1"/>
+    </row>
+    <row r="47" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A47" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B47" s="1">
+        <v>24078.140801223002</v>
+      </c>
+      <c r="C47" s="1">
+        <v>13292.095270563001</v>
+      </c>
+      <c r="D47" s="1">
+        <v>7030.2909211230008</v>
+      </c>
+      <c r="E47" s="1">
+        <v>0</v>
+      </c>
+      <c r="F47" s="1">
+        <v>1772.9555884249999</v>
+      </c>
+      <c r="G47" s="1">
+        <v>0</v>
+      </c>
+      <c r="H47" s="1">
+        <v>15274.894291675</v>
+      </c>
+      <c r="I47" s="1">
+        <v>4519.6895560630001</v>
+      </c>
+      <c r="J47" s="1">
+        <v>37.746670680000001</v>
+      </c>
+      <c r="K47" s="1">
+        <v>1441.1036081749999</v>
+      </c>
+      <c r="L47" s="1">
+        <v>0</v>
+      </c>
+      <c r="M47" s="1">
+        <v>7293.5554356449993</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A48" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B48" s="1">
+        <v>28220.818136725</v>
+      </c>
+      <c r="C48" s="1">
+        <v>34175.118455384996</v>
+      </c>
+      <c r="D48" s="1">
+        <v>7783.3890257374997</v>
+      </c>
+      <c r="E48" s="1">
+        <v>0</v>
+      </c>
+      <c r="F48" s="1">
+        <v>2768.4404206250001</v>
+      </c>
+      <c r="G48" s="1">
+        <v>0</v>
+      </c>
+      <c r="H48" s="1">
+        <v>17668.988690362501</v>
+      </c>
+      <c r="I48" s="1">
+        <v>14160.9128631925</v>
+      </c>
+      <c r="J48" s="1">
+        <v>0</v>
+      </c>
+      <c r="K48" s="1">
+        <v>151.28850700000001</v>
+      </c>
+      <c r="L48" s="1">
+        <v>0</v>
+      </c>
+      <c r="M48" s="1">
+        <v>19862.917085192501</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A49" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B49" s="1">
+        <v>87043.557368403999</v>
+      </c>
+      <c r="C49" s="1">
+        <v>157011.72914000001</v>
+      </c>
+      <c r="D49" s="1">
+        <v>5875.5634865000002</v>
+      </c>
+      <c r="E49" s="1">
+        <v>3757.5</v>
+      </c>
+      <c r="F49" s="1">
+        <v>13874.3544955</v>
+      </c>
+      <c r="G49" s="1">
+        <v>0</v>
+      </c>
+      <c r="H49" s="1">
+        <v>63536.139386404</v>
+      </c>
+      <c r="I49" s="1">
+        <v>9300</v>
+      </c>
+      <c r="J49" s="1">
+        <v>5300</v>
+      </c>
+      <c r="K49" s="1">
+        <v>23312</v>
+      </c>
+      <c r="L49" s="1">
+        <v>0</v>
+      </c>
+      <c r="M49" s="1">
+        <v>119099.72914</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A50" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B50" s="1">
+        <v>876432.57117808994</v>
+      </c>
+      <c r="C50" s="1">
+        <v>894430.43511355401</v>
+      </c>
+      <c r="D50" s="1">
+        <v>145827.95740161667</v>
+      </c>
+      <c r="E50" s="1">
+        <v>336.35940095008999</v>
+      </c>
+      <c r="F50" s="1">
+        <v>106992.19156648316</v>
+      </c>
+      <c r="G50" s="1">
+        <v>1350</v>
+      </c>
+      <c r="H50" s="1">
+        <v>621926.06280904007</v>
+      </c>
+      <c r="I50" s="1">
+        <v>122951.54099124623</v>
+      </c>
+      <c r="J50" s="1">
+        <v>545.11302748637002</v>
+      </c>
+      <c r="K50" s="1">
+        <v>131042.27663242484</v>
+      </c>
+      <c r="L50" s="1">
+        <v>1000</v>
+      </c>
+      <c r="M50" s="1">
+        <v>638891.50446239661</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A51" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B51" s="1"/>
+      <c r="C51" s="1"/>
+      <c r="D51" s="1"/>
+      <c r="E51" s="1"/>
+      <c r="F51" s="1"/>
+      <c r="G51" s="1"/>
+      <c r="H51" s="1"/>
+      <c r="I51" s="1"/>
+      <c r="J51" s="1"/>
+      <c r="K51" s="1"/>
+      <c r="L51" s="1"/>
+      <c r="M51" s="1"/>
+    </row>
+    <row r="52" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A52" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B52" s="1">
+        <v>919769.18331549305</v>
+      </c>
+      <c r="C52" s="1">
+        <v>770754.14070850401</v>
+      </c>
+      <c r="D52" s="1">
+        <v>96238.580238542476</v>
+      </c>
+      <c r="E52" s="1">
+        <v>336.35940095008999</v>
+      </c>
+      <c r="F52" s="1">
+        <v>94312.451847217759</v>
+      </c>
+      <c r="G52" s="1">
+        <v>0</v>
+      </c>
+      <c r="H52" s="1">
+        <v>728881.79182878265</v>
+      </c>
+      <c r="I52" s="1">
+        <v>81637.992445242737</v>
+      </c>
+      <c r="J52" s="1">
+        <v>545.11302748637002</v>
+      </c>
+      <c r="K52" s="1">
+        <v>115743.40294716884</v>
+      </c>
+      <c r="L52" s="1">
+        <v>0</v>
+      </c>
+      <c r="M52" s="1">
+        <v>572827.63228860602</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A53" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B53" s="1">
+        <v>155021.13323524001</v>
+      </c>
+      <c r="C53" s="1">
+        <v>123687.55755249001</v>
+      </c>
+      <c r="D53" s="1">
+        <v>50661.053155514994</v>
+      </c>
+      <c r="E53" s="1">
+        <v>0</v>
+      </c>
+      <c r="F53" s="1">
+        <v>21518.576756999999</v>
+      </c>
+      <c r="G53" s="1">
+        <v>1350</v>
+      </c>
+      <c r="H53" s="1">
+        <v>81491.50332272501</v>
+      </c>
+      <c r="I53" s="1">
+        <v>41314.674860747502</v>
+      </c>
+      <c r="J53" s="1">
+        <v>0</v>
+      </c>
+      <c r="K53" s="1">
+        <v>15300</v>
+      </c>
+      <c r="L53" s="1">
+        <v>1000</v>
+      </c>
+      <c r="M53" s="1">
+        <v>66072.882691742503</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A54" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B54" s="1">
+        <v>24298.249552419999</v>
+      </c>
+      <c r="C54" s="1">
+        <v>87606.212125749997</v>
+      </c>
+      <c r="D54" s="1">
+        <v>5518.8427255500001</v>
+      </c>
+      <c r="E54" s="1">
+        <v>663.547775</v>
+      </c>
+      <c r="F54" s="1">
+        <v>9902.0269637999991</v>
+      </c>
+      <c r="G54" s="1">
+        <v>140</v>
+      </c>
+      <c r="H54" s="1">
+        <v>8073.8320880700003</v>
+      </c>
+      <c r="I54" s="1">
+        <v>14108.522725549999</v>
+      </c>
+      <c r="J54" s="1">
+        <v>2208.03216625</v>
+      </c>
+      <c r="K54" s="1">
+        <v>22100</v>
+      </c>
+      <c r="L54" s="1">
+        <v>250</v>
+      </c>
+      <c r="M54" s="1">
+        <v>48939.657233949998</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A55" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B55" s="1">
+        <v>923.14996099999996</v>
+      </c>
+      <c r="C55" s="1">
+        <v>2291.0043780000001</v>
+      </c>
+      <c r="D55" s="1">
+        <v>0</v>
+      </c>
+      <c r="E55" s="1">
+        <v>0</v>
+      </c>
+      <c r="F55" s="1">
+        <v>923.14996099999996</v>
+      </c>
+      <c r="G55" s="1">
+        <v>0</v>
+      </c>
+      <c r="H55" s="1">
+        <v>0</v>
+      </c>
+      <c r="I55" s="1">
+        <v>14.963972999999999</v>
+      </c>
+      <c r="J55" s="1">
+        <v>0</v>
+      </c>
+      <c r="K55" s="1">
+        <v>0</v>
+      </c>
+      <c r="L55" s="1">
+        <v>0</v>
+      </c>
+      <c r="M55" s="1">
+        <v>2276.0404050000002</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A56" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B56" s="1">
+        <v>58226.158487856002</v>
+      </c>
+      <c r="C56" s="1">
+        <v>1000</v>
+      </c>
+      <c r="D56" s="1">
+        <v>7990.3426390703999</v>
+      </c>
+      <c r="E56" s="1">
+        <v>2847</v>
+      </c>
+      <c r="F56" s="1">
+        <v>35872.199999999997</v>
+      </c>
+      <c r="G56" s="1">
+        <v>0</v>
+      </c>
+      <c r="H56" s="1">
+        <v>11516.615848785599</v>
+      </c>
+      <c r="I56" s="1">
+        <v>120</v>
+      </c>
+      <c r="J56" s="1">
+        <v>50</v>
+      </c>
+      <c r="K56" s="1">
+        <v>630</v>
+      </c>
+      <c r="L56" s="1">
+        <v>0</v>
+      </c>
+      <c r="M56" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A57" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B57" s="1">
+        <v>105607.072163434</v>
+      </c>
+      <c r="C57" s="1">
+        <v>161217.90007609999</v>
+      </c>
+      <c r="D57" s="1">
+        <v>6787.1173774999997</v>
+      </c>
+      <c r="E57" s="1">
+        <v>5117.6724848000003</v>
+      </c>
+      <c r="F57" s="1">
+        <v>19513.574806730001</v>
+      </c>
+      <c r="G57" s="1">
+        <v>3000</v>
+      </c>
+      <c r="H57" s="1">
+        <v>71188.707494403992</v>
+      </c>
+      <c r="I57" s="1">
+        <v>9300</v>
+      </c>
+      <c r="J57" s="1">
+        <v>6813.2389057150003</v>
+      </c>
+      <c r="K57" s="1">
+        <v>24962.462292385</v>
+      </c>
+      <c r="L57" s="1">
+        <v>0</v>
+      </c>
+      <c r="M57" s="1">
+        <v>120142.198878</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A58" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B58" s="1">
+        <v>412888.99802208203</v>
+      </c>
+      <c r="C58" s="1">
+        <v>55884.765916591001</v>
+      </c>
+      <c r="D58" s="1">
+        <v>36680.257124383897</v>
+      </c>
+      <c r="E58" s="1">
+        <v>106015.14090443781</v>
+      </c>
+      <c r="F58" s="1">
+        <v>93116.341667311193</v>
+      </c>
+      <c r="G58" s="1">
+        <v>6376.1328867440006</v>
+      </c>
+      <c r="H58" s="1">
+        <v>170701.12543920509</v>
+      </c>
+      <c r="I58" s="1">
+        <v>4088.0299158516</v>
+      </c>
+      <c r="J58" s="1">
+        <v>9784.7976751500009</v>
+      </c>
+      <c r="K58" s="1">
+        <v>27304.096107004199</v>
+      </c>
+      <c r="L58" s="1">
+        <v>480.57238877500004</v>
+      </c>
+      <c r="M58" s="1">
+        <v>14227.2698298102</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A59" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B59" s="1">
+        <v>5141790.1436248627</v>
+      </c>
+      <c r="C59" s="1">
+        <v>2781152.9802009091</v>
+      </c>
+      <c r="D59" s="1">
+        <v>600277.12668602995</v>
+      </c>
+      <c r="E59" s="1">
+        <v>392715.20299705851</v>
+      </c>
+      <c r="F59" s="1">
+        <v>795366.5693334603</v>
+      </c>
+      <c r="G59" s="1">
+        <v>24882.686449532001</v>
+      </c>
+      <c r="H59" s="1">
+        <v>3328548.5581587823</v>
+      </c>
+      <c r="I59" s="1">
+        <v>327652.38964773488</v>
+      </c>
+      <c r="J59" s="1">
+        <v>198622.76546649073</v>
+      </c>
+      <c r="K59" s="1">
+        <v>425389.72236397414</v>
+      </c>
+      <c r="L59" s="1">
+        <v>2546.5168461329999</v>
+      </c>
+      <c r="M59" s="1">
+        <v>1826941.5858765764</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:Q59"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C10" sqref="C10"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="39.85546875" customWidth="1"/>
+    <col min="2" max="2" width="57" customWidth="1"/>
+    <col min="3" max="3" width="54.5703125" customWidth="1"/>
+    <col min="4" max="4" width="73.42578125" customWidth="1"/>
+    <col min="5" max="5" width="41.42578125" customWidth="1"/>
+    <col min="6" max="6" width="41.5703125" customWidth="1"/>
+    <col min="7" max="7" width="73.42578125" customWidth="1"/>
+    <col min="8" max="8" width="57.85546875" customWidth="1"/>
+    <col min="9" max="9" width="55.42578125" customWidth="1"/>
+    <col min="10" max="10" width="73.42578125" customWidth="1"/>
+    <col min="11" max="11" width="42.85546875" customWidth="1"/>
+    <col min="12" max="12" width="73.42578125" customWidth="1"/>
+    <col min="13" max="13" width="60.5703125" customWidth="1"/>
+    <col min="14" max="14" width="73.42578125" customWidth="1"/>
+    <col min="15" max="15" width="45.140625" customWidth="1"/>
+    <col min="16" max="16" width="73.42578125" customWidth="1"/>
+    <col min="17" max="17" width="19.42578125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="N1" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="O1" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="P1" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q1" s="1" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="2" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
+      <c r="J2" s="1"/>
+      <c r="K2" s="1"/>
+      <c r="L2" s="1"/>
+      <c r="M2" s="1"/>
+      <c r="N2" s="1"/>
+      <c r="O2" s="1"/>
+      <c r="P2" s="1"/>
+      <c r="Q2" s="1"/>
+    </row>
+    <row r="3" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="1">
+        <v>154.594100897</v>
+      </c>
+      <c r="C3" s="1">
+        <v>141.76716839099998</v>
+      </c>
+      <c r="D3" s="1">
+        <v>38.244134895999998</v>
+      </c>
+      <c r="E3" s="1">
+        <v>615.92759497199995</v>
+      </c>
+      <c r="F3" s="1">
+        <v>602.78794427599996</v>
+      </c>
+      <c r="G3" s="1">
+        <v>195.67514260499999</v>
+      </c>
+      <c r="H3" s="1">
+        <v>706.11209078100001</v>
+      </c>
+      <c r="I3" s="1">
+        <v>110.797669842</v>
+      </c>
+      <c r="J3" s="1">
+        <v>42.824106047999997</v>
+      </c>
+      <c r="K3" s="1">
+        <v>248.31634744000002</v>
+      </c>
+      <c r="L3" s="1">
+        <v>99.670597841000003</v>
+      </c>
+      <c r="M3" s="1">
+        <v>158.03656525</v>
+      </c>
+      <c r="N3" s="1">
+        <v>87.766959818000004</v>
+      </c>
+      <c r="O3" s="1">
+        <v>234.37274280599999</v>
+      </c>
+      <c r="P3" s="1">
+        <v>51.789064668999998</v>
+      </c>
+      <c r="Q3" s="1">
+        <v>3116.0551657310002</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" s="1"/>
+      <c r="C4" s="1"/>
+      <c r="D4" s="1"/>
+      <c r="E4" s="1"/>
+      <c r="F4" s="1"/>
+      <c r="G4" s="1"/>
+      <c r="H4" s="1"/>
+      <c r="I4" s="1"/>
+      <c r="J4" s="1"/>
+      <c r="K4" s="1"/>
+      <c r="L4" s="1"/>
+      <c r="M4" s="1"/>
+      <c r="N4" s="1"/>
+      <c r="O4" s="1"/>
+      <c r="P4" s="1"/>
+      <c r="Q4" s="1"/>
+    </row>
+    <row r="5" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" s="1">
+        <v>3.1683249149999999</v>
+      </c>
+      <c r="C5" s="1">
+        <v>2.0616158950000001</v>
+      </c>
+      <c r="D5" s="1">
+        <v>0</v>
+      </c>
+      <c r="E5" s="1">
+        <v>130.892614339</v>
+      </c>
+      <c r="F5" s="1">
+        <v>129.90036926299999</v>
+      </c>
+      <c r="G5" s="1">
+        <v>12.464077566</v>
+      </c>
+      <c r="H5" s="1">
+        <v>82.139898762000001</v>
+      </c>
+      <c r="I5" s="1">
+        <v>0</v>
+      </c>
+      <c r="J5" s="1">
+        <v>0</v>
+      </c>
+      <c r="K5" s="1">
+        <v>13.946562471</v>
+      </c>
+      <c r="L5" s="1">
+        <v>5.1750215119999998</v>
+      </c>
+      <c r="M5" s="1">
+        <v>2.1616678569999999</v>
+      </c>
+      <c r="N5" s="1">
+        <v>2.1616678569999999</v>
+      </c>
+      <c r="O5" s="1">
+        <v>66.026626575000009</v>
+      </c>
+      <c r="P5" s="1">
+        <v>2.0022712680000003</v>
+      </c>
+      <c r="Q5" s="1">
+        <v>411.033043378</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" s="1">
+        <v>12.842988699999999</v>
+      </c>
+      <c r="C6" s="1">
+        <v>12.842988699999999</v>
+      </c>
+      <c r="D6" s="1">
+        <v>0</v>
+      </c>
+      <c r="E6" s="1">
+        <v>34.062864855999997</v>
+      </c>
+      <c r="F6" s="1">
+        <v>34.062864855999997</v>
+      </c>
+      <c r="G6" s="1">
+        <v>4.6174228829999997</v>
+      </c>
+      <c r="H6" s="1">
+        <v>72.412156805999999</v>
+      </c>
+      <c r="I6" s="1">
+        <v>14.757318924</v>
+      </c>
+      <c r="J6" s="1">
+        <v>0</v>
+      </c>
+      <c r="K6" s="1">
+        <v>51.750618783</v>
+      </c>
+      <c r="L6" s="1">
+        <v>21.179366064</v>
+      </c>
+      <c r="M6" s="1">
+        <v>21.975020319999999</v>
+      </c>
+      <c r="N6" s="1">
+        <v>15.920387957999999</v>
+      </c>
+      <c r="O6" s="1">
+        <v>17.272584717000001</v>
+      </c>
+      <c r="P6" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q6" s="1">
+        <v>457.71959557899999</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" s="1">
+        <v>17.790596338</v>
+      </c>
+      <c r="C7" s="1">
+        <v>17.790596338</v>
+      </c>
+      <c r="D7" s="1">
+        <v>0</v>
+      </c>
+      <c r="E7" s="1">
+        <v>43.617862658</v>
+      </c>
+      <c r="F7" s="1">
+        <v>43.617862658</v>
+      </c>
+      <c r="G7" s="1">
+        <v>13.172836058</v>
+      </c>
+      <c r="H7" s="1">
+        <v>14.018963979</v>
+      </c>
+      <c r="I7" s="1">
+        <v>0</v>
+      </c>
+      <c r="J7" s="1">
+        <v>0</v>
+      </c>
+      <c r="K7" s="1">
+        <v>1.4034437019999999</v>
+      </c>
+      <c r="L7" s="1">
+        <v>0</v>
+      </c>
+      <c r="M7" s="1">
+        <v>5.4016703499999998</v>
+      </c>
+      <c r="N7" s="1">
+        <v>0</v>
+      </c>
+      <c r="O7" s="1">
+        <v>8.9645726550000013</v>
+      </c>
+      <c r="P7" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q7" s="1">
+        <v>205.79028764899999</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="1">
+        <v>0</v>
+      </c>
+      <c r="C8" s="1">
+        <v>0</v>
+      </c>
+      <c r="D8" s="1">
+        <v>0</v>
+      </c>
+      <c r="E8" s="1">
+        <v>10.365407547</v>
+      </c>
+      <c r="F8" s="1">
+        <v>10.365407547</v>
+      </c>
+      <c r="G8" s="1">
+        <v>2.268208274</v>
+      </c>
+      <c r="H8" s="1">
+        <v>14.647939410000001</v>
+      </c>
+      <c r="I8" s="1">
+        <v>0</v>
+      </c>
+      <c r="J8" s="1">
+        <v>0</v>
+      </c>
+      <c r="K8" s="1">
+        <v>11.212291087000001</v>
+      </c>
+      <c r="L8" s="1">
+        <v>5.2626869760000003</v>
+      </c>
+      <c r="M8" s="1">
+        <v>3.35740237</v>
+      </c>
+      <c r="N8" s="1">
+        <v>3.35740237</v>
+      </c>
+      <c r="O8" s="1">
         <v>2</v>
       </c>
-    </row>
-[...8 lines deleted...]
-      <c r="A3" s="10" t="s">
+      <c r="P8" s="1">
+        <v>1</v>
+      </c>
+      <c r="Q8" s="1">
+        <v>91.019936346999998</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" s="1">
+        <v>15.440760472999999</v>
+      </c>
+      <c r="C9" s="1">
+        <v>15.440760472999999</v>
+      </c>
+      <c r="D9" s="1">
+        <v>15.440760472999999</v>
+      </c>
+      <c r="E9" s="1">
+        <v>13.834392133</v>
+      </c>
+      <c r="F9" s="1">
+        <v>13.834392133</v>
+      </c>
+      <c r="G9" s="1">
+        <v>11.655350361</v>
+      </c>
+      <c r="H9" s="1">
+        <v>14.729982452</v>
+      </c>
+      <c r="I9" s="1">
+        <v>0</v>
+      </c>
+      <c r="J9" s="1">
+        <v>0</v>
+      </c>
+      <c r="K9" s="1">
+        <v>10.655001957</v>
+      </c>
+      <c r="L9" s="1">
+        <v>6.5623170440000003</v>
+      </c>
+      <c r="M9" s="1">
+        <v>2.1834469890000001</v>
+      </c>
+      <c r="N9" s="1">
+        <v>2.1834469890000001</v>
+      </c>
+      <c r="O9" s="1">
+        <v>3.4686771439999999</v>
+      </c>
+      <c r="P9" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q9" s="1">
+        <v>44.785259091999997</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B10" s="1">
+        <v>0</v>
+      </c>
+      <c r="C10" s="1">
+        <v>0</v>
+      </c>
+      <c r="D10" s="1">
+        <v>0</v>
+      </c>
+      <c r="E10" s="1">
+        <v>39.601641178000001</v>
+      </c>
+      <c r="F10" s="1">
+        <v>39.601641178000001</v>
+      </c>
+      <c r="G10" s="1">
+        <v>10.21085019</v>
+      </c>
+      <c r="H10" s="1">
+        <v>47.791043178000002</v>
+      </c>
+      <c r="I10" s="1">
+        <v>10.21085019</v>
+      </c>
+      <c r="J10" s="1">
+        <v>0</v>
+      </c>
+      <c r="K10" s="1">
+        <v>13.528771445</v>
+      </c>
+      <c r="L10" s="1">
+        <v>0</v>
+      </c>
+      <c r="M10" s="1">
+        <v>12.91162289</v>
+      </c>
+      <c r="N10" s="1">
+        <v>12.91162289</v>
+      </c>
+      <c r="O10" s="1">
+        <v>10.639716785000001</v>
+      </c>
+      <c r="P10" s="1">
+        <v>0.98880655799999995</v>
+      </c>
+      <c r="Q10" s="1">
+        <v>163.46499888</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B11" s="1">
+        <v>8.2946693469999992</v>
+      </c>
+      <c r="C11" s="1">
+        <v>8.2946693469999992</v>
+      </c>
+      <c r="D11" s="1">
+        <v>1.1426064419999999</v>
+      </c>
+      <c r="E11" s="1">
+        <v>10.839863526</v>
+      </c>
+      <c r="F11" s="1">
+        <v>10.839863526</v>
+      </c>
+      <c r="G11" s="1">
+        <v>0</v>
+      </c>
+      <c r="H11" s="1">
+        <v>17.236407172</v>
+      </c>
+      <c r="I11" s="1">
+        <v>0.859786104</v>
+      </c>
+      <c r="J11" s="1">
+        <v>0</v>
+      </c>
+      <c r="K11" s="1">
+        <v>6.528485957</v>
+      </c>
+      <c r="L11" s="1">
+        <v>3.8281178200000001</v>
+      </c>
+      <c r="M11" s="1">
+        <v>2.7912609479999997</v>
+      </c>
+      <c r="N11" s="1">
+        <v>1.741922196</v>
+      </c>
+      <c r="O11" s="1">
+        <v>7.7851282319999999</v>
+      </c>
+      <c r="P11" s="1">
+        <v>1.9563249389999999</v>
+      </c>
+      <c r="Q11" s="1">
+        <v>114.78949910599999</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" s="1">
+        <v>47.115317339999997</v>
+      </c>
+      <c r="C12" s="1">
+        <v>47.115317339999997</v>
+      </c>
+      <c r="D12" s="1">
+        <v>0</v>
+      </c>
+      <c r="E12" s="1">
+        <v>163.731430362</v>
+      </c>
+      <c r="F12" s="1">
+        <v>163.731430362</v>
+      </c>
+      <c r="G12" s="1">
+        <v>46.162659255999998</v>
+      </c>
+      <c r="H12" s="1">
+        <v>82.937601486000005</v>
+      </c>
+      <c r="I12" s="1">
+        <v>0.94183372600000004</v>
+      </c>
+      <c r="J12" s="1">
+        <v>0</v>
+      </c>
+      <c r="K12" s="1">
+        <v>58.541439231000005</v>
+      </c>
+      <c r="L12" s="1">
+        <v>0.61724943499999996</v>
+      </c>
+      <c r="M12" s="1">
+        <v>13.709347801</v>
+      </c>
+      <c r="N12" s="1">
+        <v>2.6960493259999998</v>
+      </c>
+      <c r="O12" s="1">
+        <v>0.99728574999999997</v>
+      </c>
+      <c r="P12" s="1">
+        <v>0.99728574999999997</v>
+      </c>
+      <c r="Q12" s="1">
+        <v>648.03167860300005</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B13" s="1">
+        <v>27.410658206000001</v>
+      </c>
+      <c r="C13" s="1">
+        <v>27.410658206000001</v>
+      </c>
+      <c r="D13" s="1">
+        <v>13.575653347999999</v>
+      </c>
+      <c r="E13" s="1">
+        <v>84.410608975000002</v>
+      </c>
+      <c r="F13" s="1">
+        <v>81.083016955999994</v>
+      </c>
+      <c r="G13" s="1">
+        <v>40.080977464</v>
+      </c>
+      <c r="H13" s="1">
+        <v>137.851271645</v>
+      </c>
+      <c r="I13" s="1">
+        <v>31.061681100000001</v>
+      </c>
+      <c r="J13" s="1">
+        <v>0</v>
+      </c>
+      <c r="K13" s="1">
+        <v>26.033783392</v>
+      </c>
+      <c r="L13" s="1">
+        <v>18.118272896000001</v>
+      </c>
+      <c r="M13" s="1">
+        <v>47.038499557999998</v>
+      </c>
+      <c r="N13" s="1">
+        <v>5.7639895169999997</v>
+      </c>
+      <c r="O13" s="1">
+        <v>35.554347931999999</v>
+      </c>
+      <c r="P13" s="1">
+        <v>1.125592669</v>
+      </c>
+      <c r="Q13" s="1">
+        <v>250.74045449900001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B14" s="1">
+        <v>1.026666327</v>
+      </c>
+      <c r="C14" s="1">
+        <v>1.026666327</v>
+      </c>
+      <c r="D14" s="1">
+        <v>0</v>
+      </c>
+      <c r="E14" s="1">
+        <v>3.956852788</v>
+      </c>
+      <c r="F14" s="1">
+        <v>2.4900658890000003</v>
+      </c>
+      <c r="G14" s="1">
+        <v>1.463399562</v>
+      </c>
+      <c r="H14" s="1">
+        <v>5.5854891260000006</v>
+      </c>
+      <c r="I14" s="1">
+        <v>0.95966435800000005</v>
+      </c>
+      <c r="J14" s="1">
+        <v>0.95966435800000005</v>
+      </c>
+      <c r="K14" s="1">
+        <v>2.4912145160000003</v>
+      </c>
+      <c r="L14" s="1">
+        <v>1.4645481890000001</v>
+      </c>
+      <c r="M14" s="1">
+        <v>0</v>
+      </c>
+      <c r="N14" s="1">
+        <v>0</v>
+      </c>
+      <c r="O14" s="1">
+        <v>1.190943485</v>
+      </c>
+      <c r="P14" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q14" s="1">
+        <v>27.461886616000001</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B15" s="1">
+        <v>4.5475540140000001</v>
+      </c>
+      <c r="C15" s="1">
+        <v>0</v>
+      </c>
+      <c r="D15" s="1">
+        <v>0</v>
+      </c>
+      <c r="E15" s="1">
+        <v>11.883567541</v>
+      </c>
+      <c r="F15" s="1">
+        <v>11.883567541</v>
+      </c>
+      <c r="G15" s="1">
+        <v>6.3537495310000001</v>
+      </c>
+      <c r="H15" s="1">
+        <v>24.664518612999998</v>
+      </c>
+      <c r="I15" s="1">
+        <v>0.93292496400000002</v>
+      </c>
+      <c r="J15" s="1">
+        <v>0</v>
+      </c>
+      <c r="K15" s="1">
+        <v>5.1938410069999996</v>
+      </c>
+      <c r="L15" s="1">
+        <v>2.1341653520000001</v>
+      </c>
+      <c r="M15" s="1">
+        <v>7.197265174</v>
+      </c>
+      <c r="N15" s="1">
+        <v>6.0237128289999999</v>
+      </c>
+      <c r="O15" s="1">
+        <v>6.7507195129999999</v>
+      </c>
+      <c r="P15" s="1">
+        <v>2.2273953689999999</v>
+      </c>
+      <c r="Q15" s="1">
+        <v>79.529368317999996</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B16" s="1">
+        <v>11.942609158</v>
+      </c>
+      <c r="C16" s="1">
+        <v>5.799751734</v>
+      </c>
+      <c r="D16" s="1">
+        <v>4.7643662490000001</v>
+      </c>
+      <c r="E16" s="1">
+        <v>13.098279714</v>
+      </c>
+      <c r="F16" s="1">
+        <v>6.835867694</v>
+      </c>
+      <c r="G16" s="1">
+        <v>4.7635058470000002</v>
+      </c>
+      <c r="H16" s="1">
+        <v>23.675223121999998</v>
+      </c>
+      <c r="I16" s="1">
+        <v>6.1994180830000003</v>
+      </c>
+      <c r="J16" s="1">
+        <v>0</v>
+      </c>
+      <c r="K16" s="1">
+        <v>13.056440909999999</v>
+      </c>
+      <c r="L16" s="1">
+        <v>8.9558967969999994</v>
+      </c>
+      <c r="M16" s="1">
+        <v>3.3723947089999999</v>
+      </c>
+      <c r="N16" s="1">
+        <v>3.3723947089999999</v>
+      </c>
+      <c r="O16" s="1">
+        <v>2.00713096</v>
+      </c>
+      <c r="P16" s="1">
+        <v>1</v>
+      </c>
+      <c r="Q16" s="1">
+        <v>76.443643242999997</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B17" s="1">
+        <v>0.66339564699999998</v>
+      </c>
+      <c r="C17" s="1">
+        <v>0.66339564699999998</v>
+      </c>
+      <c r="D17" s="1">
+        <v>0</v>
+      </c>
+      <c r="E17" s="1">
+        <v>4.3775557220000003</v>
+      </c>
+      <c r="F17" s="1">
+        <v>4.3775557220000003</v>
+      </c>
+      <c r="G17" s="1">
+        <v>3.252752069</v>
+      </c>
+      <c r="H17" s="1">
+        <v>98.484474470999999</v>
+      </c>
+      <c r="I17" s="1">
+        <v>42.833452837999999</v>
+      </c>
+      <c r="J17" s="1">
+        <v>41.86444169</v>
+      </c>
+      <c r="K17" s="1">
+        <v>4.2624938649999997</v>
+      </c>
+      <c r="L17" s="1">
+        <v>2.2738341289999999</v>
+      </c>
+      <c r="M17" s="1">
+        <v>19.872641887</v>
+      </c>
+      <c r="N17" s="1">
+        <v>19.872641887</v>
+      </c>
+      <c r="O17" s="1">
+        <v>35.828800950000002</v>
+      </c>
+      <c r="P17" s="1">
+        <v>34.228410631999999</v>
+      </c>
+      <c r="Q17" s="1">
+        <v>216.72407822</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" s="1">
+        <v>1.0298120479999999</v>
+      </c>
+      <c r="C18" s="1">
+        <v>0</v>
+      </c>
+      <c r="D18" s="1">
+        <v>0</v>
+      </c>
+      <c r="E18" s="1">
+        <v>37.327708872000002</v>
+      </c>
+      <c r="F18" s="1">
+        <v>37.327708872000002</v>
+      </c>
+      <c r="G18" s="1">
+        <v>33.1919149</v>
+      </c>
+      <c r="H18" s="1">
+        <v>21.674669518999998</v>
+      </c>
+      <c r="I18" s="1">
+        <v>2.040739555</v>
+      </c>
+      <c r="J18" s="1">
+        <v>0</v>
+      </c>
+      <c r="K18" s="1">
+        <v>8.2707070009999999</v>
+      </c>
+      <c r="L18" s="1">
+        <v>5.2088983149999999</v>
+      </c>
+      <c r="M18" s="1">
+        <v>6.3533748489999997</v>
+      </c>
+      <c r="N18" s="1">
+        <v>4.1161937179999999</v>
+      </c>
+      <c r="O18" s="1">
+        <v>15.321294669999999</v>
+      </c>
+      <c r="P18" s="1">
+        <v>3.1225166450000001</v>
+      </c>
+      <c r="Q18" s="1">
+        <v>74.642183419000006</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="1">
+        <v>0</v>
+      </c>
+      <c r="C19" s="1">
+        <v>0</v>
+      </c>
+      <c r="D19" s="1">
+        <v>0</v>
+      </c>
+      <c r="E19" s="1">
+        <v>1.1075272380000001</v>
+      </c>
+      <c r="F19" s="1">
+        <v>1.1075272380000001</v>
+      </c>
+      <c r="G19" s="1">
+        <v>1.1075272380000001</v>
+      </c>
+      <c r="H19" s="1">
+        <v>15.998652652000001</v>
+      </c>
+      <c r="I19" s="1">
+        <v>0</v>
+      </c>
+      <c r="J19" s="1">
+        <v>0</v>
+      </c>
+      <c r="K19" s="1">
+        <v>12.022501140999999</v>
+      </c>
+      <c r="L19" s="1">
+        <v>12.022501140999999</v>
+      </c>
+      <c r="M19" s="1">
+        <v>4.3740597370000005</v>
+      </c>
+      <c r="N19" s="1">
+        <v>4.3740597370000005</v>
+      </c>
+      <c r="O19" s="1">
+        <v>0.61850079199999997</v>
+      </c>
+      <c r="P19" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q19" s="1">
+        <v>96.137447432000002</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" s="1">
+        <v>0</v>
+      </c>
+      <c r="C20" s="1">
+        <v>0</v>
+      </c>
+      <c r="D20" s="1">
+        <v>0</v>
+      </c>
+      <c r="E20" s="1">
+        <v>0</v>
+      </c>
+      <c r="F20" s="1">
+        <v>0</v>
+      </c>
+      <c r="G20" s="1">
+        <v>0</v>
+      </c>
+      <c r="H20" s="1">
+        <v>10.916451978</v>
+      </c>
+      <c r="I20" s="1">
+        <v>0</v>
+      </c>
+      <c r="J20" s="1">
+        <v>0</v>
+      </c>
+      <c r="K20" s="1">
+        <v>1.2730725839999999</v>
+      </c>
+      <c r="L20" s="1">
+        <v>1.2730725839999999</v>
+      </c>
+      <c r="M20" s="1">
+        <v>1.147040971</v>
+      </c>
+      <c r="N20" s="1">
+        <v>1.147040971</v>
+      </c>
+      <c r="O20" s="1">
+        <v>8.4963384229999992</v>
+      </c>
+      <c r="P20" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q20" s="1">
+        <v>14.683760698999999</v>
+      </c>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="1">
+        <v>0</v>
+      </c>
+      <c r="C21" s="1">
+        <v>0</v>
+      </c>
+      <c r="D21" s="1">
+        <v>0</v>
+      </c>
+      <c r="E21" s="1">
+        <v>1.1493544</v>
+      </c>
+      <c r="F21" s="1">
+        <v>1.1493544</v>
+      </c>
+      <c r="G21" s="1">
+        <v>0</v>
+      </c>
+      <c r="H21" s="1">
+        <v>3.6964755920000001</v>
+      </c>
+      <c r="I21" s="1">
+        <v>0</v>
+      </c>
+      <c r="J21" s="1">
+        <v>0</v>
+      </c>
+      <c r="K21" s="1">
+        <v>0</v>
+      </c>
+      <c r="L21" s="1">
+        <v>0</v>
+      </c>
+      <c r="M21" s="1">
+        <v>0</v>
+      </c>
+      <c r="N21" s="1">
+        <v>0</v>
+      </c>
+      <c r="O21" s="1">
+        <v>1.7646091479999999</v>
+      </c>
+      <c r="P21" s="1">
+        <v>1.016033975</v>
+      </c>
+      <c r="Q21" s="1">
+        <v>61.498303524999997</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" s="1">
+        <v>3.3207483840000003</v>
+      </c>
+      <c r="C22" s="1">
+        <v>3.3207483840000003</v>
+      </c>
+      <c r="D22" s="1">
+        <v>3.3207483840000003</v>
+      </c>
+      <c r="E22" s="1">
+        <v>11.670063123</v>
+      </c>
+      <c r="F22" s="1">
+        <v>10.579448441</v>
+      </c>
+      <c r="G22" s="1">
+        <v>4.909911406</v>
+      </c>
+      <c r="H22" s="1">
+        <v>17.650870818000001</v>
+      </c>
+      <c r="I22" s="1">
+        <v>0</v>
+      </c>
+      <c r="J22" s="1">
+        <v>0</v>
+      </c>
+      <c r="K22" s="1">
+        <v>8.1456783910000006</v>
+      </c>
+      <c r="L22" s="1">
+        <v>5.5946495870000001</v>
+      </c>
+      <c r="M22" s="1">
+        <v>4.1898488399999998</v>
+      </c>
+      <c r="N22" s="1">
+        <v>2.1244268640000001</v>
+      </c>
+      <c r="O22" s="1">
+        <v>9.6854650749999998</v>
+      </c>
+      <c r="P22" s="1">
+        <v>2.1244268640000001</v>
+      </c>
+      <c r="Q22" s="1">
+        <v>81.559741126000006</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B23" s="1">
+        <v>3.1074528629999998</v>
+      </c>
+      <c r="C23" s="1">
+        <v>2.1428592200000001</v>
+      </c>
+      <c r="D23" s="1">
+        <v>1.103866966</v>
+      </c>
+      <c r="E23" s="1">
+        <v>151.98658352499999</v>
+      </c>
+      <c r="F23" s="1">
+        <v>44.673331361000002</v>
+      </c>
+      <c r="G23" s="1">
+        <v>2.0684606089999997</v>
+      </c>
+      <c r="H23" s="1">
+        <v>241.50895080800001</v>
+      </c>
+      <c r="I23" s="1">
+        <v>2.1531769540000001</v>
+      </c>
+      <c r="J23" s="1">
+        <v>0</v>
+      </c>
+      <c r="K23" s="1">
+        <v>119.839938762</v>
+      </c>
+      <c r="L23" s="1">
+        <v>2.1472367869999998</v>
+      </c>
+      <c r="M23" s="1">
+        <v>3.4170599089999998</v>
+      </c>
+      <c r="N23" s="1">
+        <v>1.147236787</v>
+      </c>
+      <c r="O23" s="1">
+        <v>6.9925204470000004</v>
+      </c>
+      <c r="P23" s="1">
+        <v>1.125537792</v>
+      </c>
+      <c r="Q23" s="1">
+        <v>3027.0213645989998</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B24" s="1">
+        <v>115.184968207</v>
+      </c>
+      <c r="C24" s="1">
+        <v>114.184968207</v>
+      </c>
+      <c r="D24" s="1">
+        <v>2.0591545170000001</v>
+      </c>
+      <c r="E24" s="1">
+        <v>412.62706655599999</v>
+      </c>
+      <c r="F24" s="1">
+        <v>412.62706655599999</v>
+      </c>
+      <c r="G24" s="1">
+        <v>5.9313091199999999</v>
+      </c>
+      <c r="H24" s="1">
+        <v>746.64179069600004</v>
+      </c>
+      <c r="I24" s="1">
+        <v>57.394228056999999</v>
+      </c>
+      <c r="J24" s="1">
+        <v>0.94097942599999995</v>
+      </c>
+      <c r="K24" s="1">
+        <v>494.79296728200001</v>
+      </c>
+      <c r="L24" s="1">
+        <v>2.941492824</v>
+      </c>
+      <c r="M24" s="1">
+        <v>1.961063437</v>
+      </c>
+      <c r="N24" s="1">
+        <v>1.961063437</v>
+      </c>
+      <c r="O24" s="1">
+        <v>220.34030129600001</v>
+      </c>
+      <c r="P24" s="1">
+        <v>2.1424228699999999</v>
+      </c>
+      <c r="Q24" s="1">
+        <v>4905.9442545089996</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B25" s="1">
+        <v>9.7311024970000002</v>
+      </c>
+      <c r="C25" s="1">
+        <v>8.5966792929999993</v>
+      </c>
+      <c r="D25" s="1">
+        <v>1.0574344470000001</v>
+      </c>
+      <c r="E25" s="1">
+        <v>147.98859109099999</v>
+      </c>
+      <c r="F25" s="1">
+        <v>146.85416788699999</v>
+      </c>
+      <c r="G25" s="1">
+        <v>0</v>
+      </c>
+      <c r="H25" s="1">
+        <v>144.85797735</v>
+      </c>
+      <c r="I25" s="1">
+        <v>99.047186610000011</v>
+      </c>
+      <c r="J25" s="1">
+        <v>0</v>
+      </c>
+      <c r="K25" s="1">
+        <v>30.859598372000001</v>
+      </c>
+      <c r="L25" s="1">
+        <v>1.0574344470000001</v>
+      </c>
+      <c r="M25" s="1">
+        <v>5.6653536679999998</v>
+      </c>
+      <c r="N25" s="1">
+        <v>0</v>
+      </c>
+      <c r="O25" s="1">
+        <v>17.992627941000002</v>
+      </c>
+      <c r="P25" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q25" s="1">
+        <v>1292.80832207</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B26" s="1">
+        <v>2.2574879980000002</v>
+      </c>
+      <c r="C26" s="1">
+        <v>1.119222602</v>
+      </c>
+      <c r="D26" s="1">
+        <v>0</v>
+      </c>
+      <c r="E26" s="1">
+        <v>276.464833484</v>
+      </c>
+      <c r="F26" s="1">
+        <v>275.3388812</v>
+      </c>
+      <c r="G26" s="1">
+        <v>0</v>
+      </c>
+      <c r="H26" s="1">
+        <v>677.51780490299996</v>
+      </c>
+      <c r="I26" s="1">
+        <v>259.41616769999996</v>
+      </c>
+      <c r="J26" s="1">
+        <v>0</v>
+      </c>
+      <c r="K26" s="1">
+        <v>528.60303834299998</v>
+      </c>
+      <c r="L26" s="1">
+        <v>0</v>
+      </c>
+      <c r="M26" s="1">
+        <v>0</v>
+      </c>
+      <c r="N26" s="1">
+        <v>0</v>
+      </c>
+      <c r="O26" s="1">
+        <v>1.11485496</v>
+      </c>
+      <c r="P26" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q26" s="1">
+        <v>1444.8253375680001</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B27" s="1">
+        <v>20.129207404999999</v>
+      </c>
+      <c r="C27" s="1">
+        <v>17.877228155000001</v>
+      </c>
+      <c r="D27" s="1">
+        <v>12.477639409</v>
+      </c>
+      <c r="E27" s="1">
+        <v>22.442895425</v>
+      </c>
+      <c r="F27" s="1">
+        <v>21.342641273999998</v>
+      </c>
+      <c r="G27" s="1">
+        <v>15.179921877</v>
+      </c>
+      <c r="H27" s="1">
+        <v>325.29699672199996</v>
+      </c>
+      <c r="I27" s="1">
+        <v>158.96743603099998</v>
+      </c>
+      <c r="J27" s="1">
+        <v>0</v>
+      </c>
+      <c r="K27" s="1">
+        <v>154.0067205</v>
+      </c>
+      <c r="L27" s="1">
+        <v>106.091701898</v>
+      </c>
+      <c r="M27" s="1">
+        <v>6.3835577620000006</v>
+      </c>
+      <c r="N27" s="1">
+        <v>3.189358431</v>
+      </c>
+      <c r="O27" s="1">
+        <v>4.0808825239999997</v>
+      </c>
+      <c r="P27" s="1">
+        <v>0.90516613800000001</v>
+      </c>
+      <c r="Q27" s="1">
+        <v>1564.3696541300001</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B28" s="1">
+        <v>26.249728905000001</v>
+      </c>
+      <c r="C28" s="1">
+        <v>25.170595974000001</v>
+      </c>
+      <c r="D28" s="1">
+        <v>0</v>
+      </c>
+      <c r="E28" s="1">
+        <v>45.877879401000001</v>
+      </c>
+      <c r="F28" s="1">
+        <v>43.527977378999999</v>
+      </c>
+      <c r="G28" s="1">
+        <v>0</v>
+      </c>
+      <c r="H28" s="1">
+        <v>15.554660604</v>
+      </c>
+      <c r="I28" s="1">
+        <v>0</v>
+      </c>
+      <c r="J28" s="1">
+        <v>0</v>
+      </c>
+      <c r="K28" s="1">
+        <v>13.568355260000001</v>
+      </c>
+      <c r="L28" s="1">
+        <v>0</v>
+      </c>
+      <c r="M28" s="1">
+        <v>0</v>
+      </c>
+      <c r="N28" s="1">
+        <v>0</v>
+      </c>
+      <c r="O28" s="1">
+        <v>0</v>
+      </c>
+      <c r="P28" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q28" s="1">
+        <v>438.07604761499999</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A29" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B29" s="1">
+        <v>176.09105151</v>
+      </c>
+      <c r="C29" s="1">
+        <v>143.16411453000001</v>
+      </c>
+      <c r="D29" s="1">
+        <v>122.148833736</v>
+      </c>
+      <c r="E29" s="1">
+        <v>657.33700164599998</v>
+      </c>
+      <c r="F29" s="1">
+        <v>623.63765525700001</v>
+      </c>
+      <c r="G29" s="1">
+        <v>252.56795516</v>
+      </c>
+      <c r="H29" s="1">
+        <v>827.38685888400005</v>
+      </c>
+      <c r="I29" s="1">
+        <v>67.840634519000005</v>
+      </c>
+      <c r="J29" s="1">
+        <v>20.910365318</v>
+      </c>
+      <c r="K29" s="1">
+        <v>429.968002775</v>
+      </c>
+      <c r="L29" s="1">
+        <v>187.54205411699999</v>
+      </c>
+      <c r="M29" s="1">
+        <v>114.703771859</v>
+      </c>
+      <c r="N29" s="1">
+        <v>86.213271191000004</v>
+      </c>
+      <c r="O29" s="1">
+        <v>111.667077069</v>
+      </c>
+      <c r="P29" s="1">
+        <v>40.853998544</v>
+      </c>
+      <c r="Q29" s="1">
+        <v>3744.291034286</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A30" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B30" s="1">
+        <v>19.293543645</v>
+      </c>
+      <c r="C30" s="1">
+        <v>18.133677246000001</v>
+      </c>
+      <c r="D30" s="1">
+        <v>1.2283315459999999</v>
+      </c>
+      <c r="E30" s="1">
+        <v>248.05991398899999</v>
+      </c>
+      <c r="F30" s="1">
+        <v>246.90004759000001</v>
+      </c>
+      <c r="G30" s="1">
+        <v>5.2627554830000003</v>
+      </c>
+      <c r="H30" s="1">
+        <v>610.66613836099998</v>
+      </c>
+      <c r="I30" s="1">
+        <v>150.385803651</v>
+      </c>
+      <c r="J30" s="1">
+        <v>0</v>
+      </c>
+      <c r="K30" s="1">
+        <v>307.76202305800001</v>
+      </c>
+      <c r="L30" s="1">
+        <v>13.801829163999999</v>
+      </c>
+      <c r="M30" s="1">
+        <v>74.112063003999992</v>
+      </c>
+      <c r="N30" s="1">
+        <v>8.7230222150000003</v>
+      </c>
+      <c r="O30" s="1">
+        <v>260.49831400199997</v>
+      </c>
+      <c r="P30" s="1">
+        <v>2.1582149319999999</v>
+      </c>
+      <c r="Q30" s="1">
+        <v>1693.4444420360001</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A31" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B31" s="1"/>
+      <c r="C31" s="1"/>
+      <c r="D31" s="1"/>
+      <c r="E31" s="1"/>
+      <c r="F31" s="1"/>
+      <c r="G31" s="1"/>
+      <c r="H31" s="1"/>
+      <c r="I31" s="1"/>
+      <c r="J31" s="1"/>
+      <c r="K31" s="1"/>
+      <c r="L31" s="1"/>
+      <c r="M31" s="1"/>
+      <c r="N31" s="1"/>
+      <c r="O31" s="1"/>
+      <c r="P31" s="1"/>
+      <c r="Q31" s="1"/>
+    </row>
+    <row r="32" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A32" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B32" s="1">
+        <v>432.04523279699998</v>
+      </c>
+      <c r="C32" s="1">
+        <v>397.37114250000002</v>
+      </c>
+      <c r="D32" s="1">
+        <v>144.82012686100001</v>
+      </c>
+      <c r="E32" s="1">
+        <v>2044.913625892</v>
+      </c>
+      <c r="F32" s="1">
+        <v>1925.290986086</v>
+      </c>
+      <c r="G32" s="1">
+        <v>404.14442953600002</v>
+      </c>
+      <c r="H32" s="1">
+        <v>3633.3276523529998</v>
+      </c>
+      <c r="I32" s="1">
+        <v>785.46020459199997</v>
+      </c>
+      <c r="J32" s="1">
+        <v>59.918288142000002</v>
+      </c>
+      <c r="K32" s="1">
+        <v>1968.4446497500001</v>
+      </c>
+      <c r="L32" s="1">
+        <v>300.49891703600002</v>
+      </c>
+      <c r="M32" s="1">
+        <v>262.53181542599998</v>
+      </c>
+      <c r="N32" s="1">
+        <v>121.96490782399999</v>
+      </c>
+      <c r="O32" s="1">
+        <v>720.91795770199997</v>
+      </c>
+      <c r="P32" s="1">
+        <v>70.476569768000005</v>
+      </c>
+      <c r="Q32" s="1">
+        <v>16996.814342514001</v>
+      </c>
+    </row>
+    <row r="33" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A33" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B33" s="1">
+        <v>74.719075720999996</v>
+      </c>
+      <c r="C33" s="1">
+        <v>59.877926897000002</v>
+      </c>
+      <c r="D33" s="1">
+        <v>28.016292754000002</v>
+      </c>
+      <c r="E33" s="1">
+        <v>441.603130378</v>
+      </c>
+      <c r="F33" s="1">
+        <v>403.44207831</v>
+      </c>
+      <c r="G33" s="1">
+        <v>55.923771875</v>
+      </c>
+      <c r="H33" s="1">
+        <v>540.43147425400002</v>
+      </c>
+      <c r="I33" s="1">
+        <v>110.69361369000001</v>
+      </c>
+      <c r="J33" s="1">
+        <v>2.8065650980000001</v>
+      </c>
+      <c r="K33" s="1">
+        <v>285.67296186200002</v>
+      </c>
+      <c r="L33" s="1">
+        <v>77.790985431999999</v>
+      </c>
+      <c r="M33" s="1">
+        <v>68.936515338000007</v>
+      </c>
+      <c r="N33" s="1">
+        <v>41.23112209</v>
+      </c>
+      <c r="O33" s="1">
+        <v>110.812332716</v>
+      </c>
+      <c r="P33" s="1">
+        <v>17.681966101</v>
+      </c>
+      <c r="Q33" s="1">
+        <v>3513.2536649230001</v>
+      </c>
+    </row>
+    <row r="34" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A34" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B34" s="1">
+        <v>15.662645593999999</v>
+      </c>
+      <c r="C34" s="1">
+        <v>10.695754405999999</v>
+      </c>
+      <c r="D34" s="1">
+        <v>4.4829759019999997</v>
+      </c>
+      <c r="E34" s="1">
+        <v>67.178740687000001</v>
+      </c>
+      <c r="F34" s="1">
+        <v>63.939785252</v>
+      </c>
+      <c r="G34" s="1">
+        <v>7.6173434430000002</v>
+      </c>
+      <c r="H34" s="1">
+        <v>89.679841222999997</v>
+      </c>
+      <c r="I34" s="1">
+        <v>7.8484850819999998</v>
+      </c>
+      <c r="J34" s="1">
+        <v>0.95059755199999996</v>
+      </c>
+      <c r="K34" s="1">
+        <v>51.495078900999999</v>
+      </c>
+      <c r="L34" s="1">
+        <v>21.958687443999999</v>
+      </c>
+      <c r="M34" s="1">
+        <v>20.811104125</v>
+      </c>
+      <c r="N34" s="1">
+        <v>14.804881965</v>
+      </c>
+      <c r="O34" s="1">
+        <v>16.329030627000002</v>
+      </c>
+      <c r="P34" s="1">
+        <v>6.8158690760000002</v>
+      </c>
+      <c r="Q34" s="1">
+        <v>532.94605112399995</v>
+      </c>
+    </row>
+    <row r="35" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B35" s="1">
+        <v>4.2116898149999997</v>
+      </c>
+      <c r="C35" s="1">
+        <v>4.2116898149999997</v>
+      </c>
+      <c r="D35" s="1">
+        <v>1</v>
+      </c>
+      <c r="E35" s="1">
+        <v>25.016863132000001</v>
+      </c>
+      <c r="F35" s="1">
+        <v>25.016863132000001</v>
+      </c>
+      <c r="G35" s="1">
+        <v>9</v>
+      </c>
+      <c r="H35" s="1">
+        <v>32.104301278999998</v>
+      </c>
+      <c r="I35" s="1">
+        <v>2</v>
+      </c>
+      <c r="J35" s="1">
+        <v>1</v>
+      </c>
+      <c r="K35" s="1">
+        <v>22.104301279000001</v>
+      </c>
+      <c r="L35" s="1">
+        <v>13.003757166</v>
+      </c>
+      <c r="M35" s="1">
+        <v>12</v>
+      </c>
+      <c r="N35" s="1">
+        <v>11</v>
+      </c>
+      <c r="O35" s="1">
+        <v>9</v>
+      </c>
+      <c r="P35" s="1">
         <v>4</v>
       </c>
-      <c r="B3" s="13">
-[...105 lines deleted...]
-      <c r="B13" s="13">
+      <c r="Q35" s="1">
+        <v>183.821563983</v>
+      </c>
+    </row>
+    <row r="36" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A36" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B36" s="1"/>
+      <c r="C36" s="1"/>
+      <c r="D36" s="1"/>
+      <c r="E36" s="1"/>
+      <c r="F36" s="1"/>
+      <c r="G36" s="1"/>
+      <c r="H36" s="1"/>
+      <c r="I36" s="1"/>
+      <c r="J36" s="1"/>
+      <c r="K36" s="1"/>
+      <c r="L36" s="1"/>
+      <c r="M36" s="1"/>
+      <c r="N36" s="1"/>
+      <c r="O36" s="1"/>
+      <c r="P36" s="1"/>
+      <c r="Q36" s="1"/>
+    </row>
+    <row r="37" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A37" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B37" s="1">
+        <v>40.934463698999998</v>
+      </c>
+      <c r="C37" s="1">
+        <v>40.934463698999998</v>
+      </c>
+      <c r="D37" s="1">
+        <v>7.1953306240000003</v>
+      </c>
+      <c r="E37" s="1">
+        <v>152.27851051299999</v>
+      </c>
+      <c r="F37" s="1">
+        <v>150.06230316200001</v>
+      </c>
+      <c r="G37" s="1">
+        <v>19.959173317000001</v>
+      </c>
+      <c r="H37" s="1">
+        <v>162.77473310799999</v>
+      </c>
+      <c r="I37" s="1">
+        <v>81.733580946000004</v>
+      </c>
+      <c r="J37" s="1">
+        <v>44.445165844000002</v>
+      </c>
+      <c r="K37" s="1">
+        <v>73.121439124000005</v>
+      </c>
+      <c r="L37" s="1">
+        <v>22.992948582</v>
+      </c>
+      <c r="M37" s="1">
+        <v>33.112749594</v>
+      </c>
+      <c r="N37" s="1">
+        <v>21.437294170000001</v>
+      </c>
+      <c r="O37" s="1">
+        <v>19.460763713999999</v>
+      </c>
+      <c r="P37" s="1">
+        <v>4.6626417619999998</v>
+      </c>
+      <c r="Q37" s="1">
+        <v>2007.8093354539999</v>
+      </c>
+    </row>
+    <row r="38" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A38" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B38" s="1">
+        <v>53.137973027000001</v>
+      </c>
+      <c r="C38" s="1">
+        <v>51.308471218000001</v>
+      </c>
+      <c r="D38" s="1">
+        <v>22.348758497999999</v>
+      </c>
+      <c r="E38" s="1">
+        <v>632.58390268899996</v>
+      </c>
+      <c r="F38" s="1">
+        <v>632.58390268899996</v>
+      </c>
+      <c r="G38" s="1">
+        <v>152.496619579</v>
+      </c>
+      <c r="H38" s="1">
+        <v>924.55859353300002</v>
+      </c>
+      <c r="I38" s="1">
+        <v>191.973176825</v>
+      </c>
+      <c r="J38" s="1">
+        <v>2.7321971629999999</v>
+      </c>
+      <c r="K38" s="1">
+        <v>492.80402496300002</v>
+      </c>
+      <c r="L38" s="1">
+        <v>167.859494477</v>
+      </c>
+      <c r="M38" s="1">
+        <v>103.662268185</v>
+      </c>
+      <c r="N38" s="1">
+        <v>51.014236255999997</v>
+      </c>
+      <c r="O38" s="1">
+        <v>164.91322330700001</v>
+      </c>
+      <c r="P38" s="1">
+        <v>12.431014764</v>
+      </c>
+      <c r="Q38" s="1">
+        <v>4915.5233051380001</v>
+      </c>
+    </row>
+    <row r="39" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A39" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B39" s="1">
+        <v>74.596820964999992</v>
+      </c>
+      <c r="C39" s="1">
+        <v>71.867215243999993</v>
+      </c>
+      <c r="D39" s="1">
+        <v>15.86089404</v>
+      </c>
+      <c r="E39" s="1">
+        <v>224.858319448</v>
+      </c>
+      <c r="F39" s="1">
+        <v>221.71531691199999</v>
+      </c>
+      <c r="G39" s="1">
+        <v>41.376198094999999</v>
+      </c>
+      <c r="H39" s="1">
+        <v>1108.448950427</v>
+      </c>
+      <c r="I39" s="1">
+        <v>110.194745036</v>
+      </c>
+      <c r="J39" s="1">
+        <v>1.9006437840000001</v>
+      </c>
+      <c r="K39" s="1">
+        <v>363.93091261000001</v>
+      </c>
+      <c r="L39" s="1">
+        <v>28.377721085000001</v>
+      </c>
+      <c r="M39" s="1">
+        <v>98.173812044000002</v>
+      </c>
+      <c r="N39" s="1">
+        <v>17.945561259000002</v>
+      </c>
+      <c r="O39" s="1">
+        <v>405.283675759</v>
+      </c>
+      <c r="P39" s="1">
+        <v>45.661416355</v>
+      </c>
+      <c r="Q39" s="1">
+        <v>4356.503808937</v>
+      </c>
+    </row>
+    <row r="40" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A40" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B40" s="1">
+        <v>242.233229507</v>
+      </c>
+      <c r="C40" s="1">
+        <v>192.310206728</v>
+      </c>
+      <c r="D40" s="1">
+        <v>123.223174473</v>
+      </c>
+      <c r="E40" s="1">
+        <v>1113.5719464900001</v>
+      </c>
+      <c r="F40" s="1">
+        <v>1065.2217612320001</v>
+      </c>
+      <c r="G40" s="1">
+        <v>255.42681117999999</v>
+      </c>
+      <c r="H40" s="1">
+        <v>1715.304152959</v>
+      </c>
+      <c r="I40" s="1">
+        <v>497.14325417599997</v>
+      </c>
+      <c r="J40" s="1">
+        <v>13.555396364</v>
+      </c>
+      <c r="K40" s="1">
+        <v>1148.956629086</v>
+      </c>
+      <c r="L40" s="1">
+        <v>183.484502959</v>
+      </c>
+      <c r="M40" s="1">
+        <v>109.789232885</v>
+      </c>
+      <c r="N40" s="1">
+        <v>81.134548785999996</v>
+      </c>
+      <c r="O40" s="1">
+        <v>144.68257080999999</v>
+      </c>
+      <c r="P40" s="1">
+        <v>35.343788979999999</v>
+      </c>
+      <c r="Q40" s="1">
+        <v>7748.3797536350003</v>
+      </c>
+    </row>
+    <row r="41" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A41" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B41" s="1">
+        <v>115.736156729</v>
+      </c>
+      <c r="C41" s="1">
+        <v>115.736156729</v>
+      </c>
+      <c r="D41" s="1">
+        <v>9.6912378819999994</v>
+      </c>
+      <c r="E41" s="1">
+        <v>455.419680949</v>
+      </c>
+      <c r="F41" s="1">
+        <v>348.10642878499999</v>
+      </c>
+      <c r="G41" s="1">
+        <v>7.4267426829999996</v>
+      </c>
+      <c r="H41" s="1">
+        <v>384.45683908199999</v>
+      </c>
+      <c r="I41" s="1">
+        <v>24.957546381</v>
+      </c>
+      <c r="J41" s="1">
+        <v>2.042047637</v>
+      </c>
+      <c r="K41" s="1">
+        <v>248.90398600899999</v>
+      </c>
+      <c r="L41" s="1">
+        <v>10.537679975</v>
+      </c>
+      <c r="M41" s="1">
+        <v>19.541372181</v>
+      </c>
+      <c r="N41" s="1">
+        <v>17.469271408000001</v>
+      </c>
+      <c r="O41" s="1">
+        <v>122.71908745500001</v>
+      </c>
+      <c r="P41" s="1">
+        <v>0.87554308400000003</v>
+      </c>
+      <c r="Q41" s="1">
+        <v>2198.6194193800002</v>
+      </c>
+    </row>
+    <row r="42" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B42" s="1"/>
+      <c r="C42" s="1"/>
+      <c r="D42" s="1"/>
+      <c r="E42" s="1"/>
+      <c r="F42" s="1"/>
+      <c r="G42" s="1"/>
+      <c r="H42" s="1"/>
+      <c r="I42" s="1"/>
+      <c r="J42" s="1"/>
+      <c r="K42" s="1"/>
+      <c r="L42" s="1"/>
+      <c r="M42" s="1"/>
+      <c r="N42" s="1"/>
+      <c r="O42" s="1"/>
+      <c r="P42" s="1"/>
+      <c r="Q42" s="1"/>
+    </row>
+    <row r="43" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A43" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B43" s="1">
+        <v>34.732578998000001</v>
+      </c>
+      <c r="C43" s="1">
+        <v>33.625869977999997</v>
+      </c>
+      <c r="D43" s="1">
+        <v>0.93066904500000003</v>
+      </c>
+      <c r="E43" s="1">
+        <v>206.803513909</v>
+      </c>
+      <c r="F43" s="1">
+        <v>205.81126883299999</v>
+      </c>
+      <c r="G43" s="1">
+        <v>29.332298311999999</v>
+      </c>
+      <c r="H43" s="1">
+        <v>171.49406697800001</v>
+      </c>
+      <c r="I43" s="1">
+        <v>14.757318924</v>
+      </c>
+      <c r="J43" s="1">
+        <v>0</v>
+      </c>
+      <c r="K43" s="1">
+        <v>67.108404539000006</v>
+      </c>
+      <c r="L43" s="1">
+        <v>26.362167158999998</v>
+      </c>
+      <c r="M43" s="1">
+        <v>28.431149698999999</v>
+      </c>
+      <c r="N43" s="1">
+        <v>16.974846986999999</v>
+      </c>
+      <c r="O43" s="1">
+        <v>95.179051795000007</v>
+      </c>
+      <c r="P43" s="1">
+        <v>2.0022712680000003</v>
+      </c>
+      <c r="Q43" s="1">
+        <v>1085.8211689950001</v>
+      </c>
+    </row>
+    <row r="44" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A44" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B44" s="1">
+        <v>55.409986687</v>
+      </c>
+      <c r="C44" s="1">
+        <v>55.409986687</v>
+      </c>
+      <c r="D44" s="1">
+        <v>1.1426064419999999</v>
+      </c>
+      <c r="E44" s="1">
+        <v>217.79272049300002</v>
+      </c>
+      <c r="F44" s="1">
+        <v>217.79272049300002</v>
+      </c>
+      <c r="G44" s="1">
+        <v>58.222616113999997</v>
+      </c>
+      <c r="H44" s="1">
+        <v>150.92136733200002</v>
+      </c>
+      <c r="I44" s="1">
+        <v>12.01247002</v>
+      </c>
+      <c r="J44" s="1">
+        <v>0</v>
+      </c>
+      <c r="K44" s="1">
+        <v>81.555012129000005</v>
+      </c>
+      <c r="L44" s="1">
+        <v>6.4746142779999998</v>
+      </c>
+      <c r="M44" s="1">
+        <v>31.446508940000001</v>
+      </c>
+      <c r="N44" s="1">
+        <v>19.383871713000001</v>
+      </c>
+      <c r="O44" s="1">
+        <v>20.349199240000001</v>
+      </c>
+      <c r="P44" s="1">
+        <v>4.8694857200000001</v>
+      </c>
+      <c r="Q44" s="1">
+        <v>943.50451545399994</v>
+      </c>
+    </row>
+    <row r="45" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A45" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B45" s="1">
+        <v>64.451535211999996</v>
+      </c>
+      <c r="C45" s="1">
+        <v>52.731311726000001</v>
+      </c>
+      <c r="D45" s="1">
+        <v>36.170859409000002</v>
+      </c>
+      <c r="E45" s="1">
+        <v>191.33136057000002</v>
+      </c>
+      <c r="F45" s="1">
+        <v>179.18395495000001</v>
+      </c>
+      <c r="G45" s="1">
+        <v>108.12022817900001</v>
+      </c>
+      <c r="H45" s="1">
+        <v>383.69665647099998</v>
+      </c>
+      <c r="I45" s="1">
+        <v>84.027880898000006</v>
+      </c>
+      <c r="J45" s="1">
+        <v>42.824106047999997</v>
+      </c>
+      <c r="K45" s="1">
+        <v>99.652930772000005</v>
+      </c>
+      <c r="L45" s="1">
+        <v>66.833816404000004</v>
+      </c>
+      <c r="M45" s="1">
+        <v>98.158906611000006</v>
+      </c>
+      <c r="N45" s="1">
+        <v>51.408241117999999</v>
+      </c>
+      <c r="O45" s="1">
+        <v>118.84449177099999</v>
+      </c>
+      <c r="P45" s="1">
+        <v>44.917307681000004</v>
+      </c>
+      <c r="Q45" s="1">
+        <v>1086.7294812820001</v>
+      </c>
+    </row>
+    <row r="46" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A46" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B46" s="1"/>
+      <c r="C46" s="1"/>
+      <c r="D46" s="1"/>
+      <c r="E46" s="1"/>
+      <c r="F46" s="1"/>
+      <c r="G46" s="1"/>
+      <c r="H46" s="1"/>
+      <c r="I46" s="1"/>
+      <c r="J46" s="1"/>
+      <c r="K46" s="1"/>
+      <c r="L46" s="1"/>
+      <c r="M46" s="1"/>
+      <c r="N46" s="1"/>
+      <c r="O46" s="1"/>
+      <c r="P46" s="1"/>
+      <c r="Q46" s="1"/>
+    </row>
+    <row r="47" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A47" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B47" s="1">
+        <v>3.6385660849999999</v>
+      </c>
+      <c r="C47" s="1">
+        <v>3.6385660849999999</v>
+      </c>
+      <c r="D47" s="1">
+        <v>1.1763061749999999</v>
+      </c>
+      <c r="E47" s="1">
+        <v>12.842130624999999</v>
+      </c>
+      <c r="F47" s="1">
+        <v>10.179816546</v>
+      </c>
+      <c r="G47" s="1">
+        <v>2.9080894329999998</v>
+      </c>
+      <c r="H47" s="1">
+        <v>17.148483684999999</v>
+      </c>
+      <c r="I47" s="1">
+        <v>0.95966435800000005</v>
+      </c>
+      <c r="J47" s="1">
+        <v>0.95966435800000005</v>
+      </c>
+      <c r="K47" s="1">
+        <v>8.1475601209999997</v>
+      </c>
+      <c r="L47" s="1">
+        <v>4.7444865280000004</v>
+      </c>
+      <c r="M47" s="1">
+        <v>0.907201547</v>
+      </c>
+      <c r="N47" s="1">
+        <v>0.907201547</v>
+      </c>
+      <c r="O47" s="1">
+        <v>3.050643478</v>
+      </c>
+      <c r="P47" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q47" s="1">
+        <v>63.276085047999999</v>
+      </c>
+    </row>
+    <row r="48" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A48" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B48" s="1">
+        <v>1.1007905659999999</v>
+      </c>
+      <c r="C48" s="1">
+        <v>1.1007905659999999</v>
+      </c>
+      <c r="D48" s="1">
+        <v>0</v>
+      </c>
+      <c r="E48" s="1">
+        <v>5.3193562009999997</v>
+      </c>
+      <c r="F48" s="1">
+        <v>5.3193562009999997</v>
+      </c>
+      <c r="G48" s="1">
+        <v>1.1823174839999999</v>
+      </c>
+      <c r="H48" s="1">
+        <v>2.151510655</v>
+      </c>
+      <c r="I48" s="1">
+        <v>0.96919317100000002</v>
+      </c>
+      <c r="J48" s="1">
+        <v>0</v>
+      </c>
+      <c r="K48" s="1">
+        <v>0</v>
+      </c>
+      <c r="L48" s="1">
+        <v>0</v>
+      </c>
+      <c r="M48" s="1">
+        <v>0</v>
+      </c>
+      <c r="N48" s="1">
+        <v>0</v>
+      </c>
+      <c r="O48" s="1">
+        <v>1.1823174839999999</v>
+      </c>
+      <c r="P48" s="1">
+        <v>1.1823174839999999</v>
+      </c>
+      <c r="Q48" s="1">
+        <v>144.47151864200001</v>
+      </c>
+    </row>
+    <row r="49" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A49" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B49" s="1">
+        <v>3.1210839830000001</v>
+      </c>
+      <c r="C49" s="1">
+        <v>3.1210839830000001</v>
+      </c>
+      <c r="D49" s="1">
+        <v>2</v>
+      </c>
+      <c r="E49" s="1">
+        <v>3.1018625809999998</v>
+      </c>
+      <c r="F49" s="1">
+        <v>3.1018625809999998</v>
+      </c>
+      <c r="G49" s="1">
+        <v>2</v>
+      </c>
+      <c r="H49" s="1">
+        <v>3.1935917209999998</v>
+      </c>
+      <c r="I49" s="1">
+        <v>0.10186258099999999</v>
+      </c>
+      <c r="J49" s="1">
+        <v>0</v>
+      </c>
+      <c r="K49" s="1">
+        <v>1.101862581</v>
+      </c>
+      <c r="L49" s="1">
+        <v>0</v>
+      </c>
+      <c r="M49" s="1">
+        <v>2.09172914</v>
+      </c>
+      <c r="N49" s="1">
+        <v>2.09172914</v>
+      </c>
+      <c r="O49" s="1">
+        <v>0</v>
+      </c>
+      <c r="P49" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q49" s="1">
+        <v>153.95009367999998</v>
+      </c>
+    </row>
+    <row r="50" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A50" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B50" s="1">
+        <v>13.715909290000001</v>
+      </c>
+      <c r="C50" s="1">
+        <v>11.463930040000001</v>
+      </c>
+      <c r="D50" s="1">
+        <v>8.2693124420000004</v>
+      </c>
+      <c r="E50" s="1">
+        <v>15.975157077</v>
+      </c>
+      <c r="F50" s="1">
+        <v>14.874902926000001</v>
+      </c>
+      <c r="G50" s="1">
+        <v>10.897933275</v>
+      </c>
+      <c r="H50" s="1">
+        <v>171.18983842899999</v>
+      </c>
+      <c r="I50" s="1">
+        <v>158.86557345</v>
+      </c>
+      <c r="J50" s="1">
+        <v>0</v>
+      </c>
+      <c r="K50" s="1">
+        <v>3.8461094140000003</v>
+      </c>
+      <c r="L50" s="1">
+        <v>2.8263516860000002</v>
+      </c>
+      <c r="M50" s="1">
+        <v>4.2918286220000006</v>
+      </c>
+      <c r="N50" s="1">
+        <v>1.0976292910000001</v>
+      </c>
+      <c r="O50" s="1">
+        <v>1.9878000920000001</v>
+      </c>
+      <c r="P50" s="1">
+        <v>0.90516613800000001</v>
+      </c>
+      <c r="Q50" s="1">
+        <v>1069.5220548350001</v>
+      </c>
+    </row>
+    <row r="51" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A51" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B51" s="1"/>
+      <c r="C51" s="1"/>
+      <c r="D51" s="1"/>
+      <c r="E51" s="1"/>
+      <c r="F51" s="1"/>
+      <c r="G51" s="1"/>
+      <c r="H51" s="1"/>
+      <c r="I51" s="1"/>
+      <c r="J51" s="1"/>
+      <c r="K51" s="1"/>
+      <c r="L51" s="1"/>
+      <c r="M51" s="1"/>
+      <c r="N51" s="1"/>
+      <c r="O51" s="1"/>
+      <c r="P51" s="1"/>
+      <c r="Q51" s="1"/>
+    </row>
+    <row r="52" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A52" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B52" s="1">
+        <v>13.938944230000001</v>
+      </c>
+      <c r="C52" s="1">
+        <v>12.810682439000001</v>
+      </c>
+      <c r="D52" s="1">
+        <v>8.5321776759999999</v>
+      </c>
+      <c r="E52" s="1">
+        <v>17.217315384999999</v>
+      </c>
+      <c r="F52" s="1">
+        <v>16.117061234000001</v>
+      </c>
+      <c r="G52" s="1">
+        <v>12.056204418</v>
+      </c>
+      <c r="H52" s="1">
+        <v>150.56000196299999</v>
+      </c>
+      <c r="I52" s="1">
+        <v>139.26739799999999</v>
+      </c>
+      <c r="J52" s="1">
+        <v>0</v>
+      </c>
+      <c r="K52" s="1">
+        <v>1.9596303310000001</v>
+      </c>
+      <c r="L52" s="1">
+        <v>1.9596303310000001</v>
+      </c>
+      <c r="M52" s="1">
+        <v>4.2918286220000006</v>
+      </c>
+      <c r="N52" s="1">
+        <v>1.0976292910000001</v>
+      </c>
+      <c r="O52" s="1">
+        <v>1.9878000920000001</v>
+      </c>
+      <c r="P52" s="1">
+        <v>0.90516613800000001</v>
+      </c>
+      <c r="Q52" s="1">
+        <v>889.37544402699996</v>
+      </c>
+    </row>
+    <row r="53" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A53" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B53" s="1">
+        <v>1.990438814</v>
+      </c>
+      <c r="C53" s="1">
+        <v>0.86672135500000003</v>
+      </c>
+      <c r="D53" s="1">
+        <v>0.86672135500000003</v>
+      </c>
+      <c r="E53" s="1">
+        <v>2.1237174589999999</v>
+      </c>
+      <c r="F53" s="1">
+        <v>2.1237174589999999</v>
+      </c>
+      <c r="G53" s="1">
+        <v>1.1237174590000001</v>
+      </c>
+      <c r="H53" s="1">
+        <v>21.484654533</v>
+      </c>
+      <c r="I53" s="1">
+        <v>19.598175449999999</v>
+      </c>
+      <c r="J53" s="1">
+        <v>0</v>
+      </c>
+      <c r="K53" s="1">
+        <v>1.8864790830000002</v>
+      </c>
+      <c r="L53" s="1">
+        <v>0.86672135500000003</v>
+      </c>
+      <c r="M53" s="1">
+        <v>0</v>
+      </c>
+      <c r="N53" s="1">
+        <v>0</v>
+      </c>
+      <c r="O53" s="1">
+        <v>0</v>
+      </c>
+      <c r="P53" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q53" s="1">
+        <v>305.97800919399998</v>
+      </c>
+    </row>
+    <row r="54" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A54" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B54" s="1">
+        <v>10.143111398</v>
+      </c>
+      <c r="C54" s="1">
+        <v>3.0677276180000002</v>
+      </c>
+      <c r="D54" s="1">
+        <v>2.183165131</v>
+      </c>
+      <c r="E54" s="1">
+        <v>12.142547741</v>
+      </c>
+      <c r="F54" s="1">
+        <v>5.0671639610000003</v>
+      </c>
+      <c r="G54" s="1">
+        <v>2.0746648590000003</v>
+      </c>
+      <c r="H54" s="1">
+        <v>47.814693386999998</v>
+      </c>
+      <c r="I54" s="1">
+        <v>33.85316839</v>
+      </c>
+      <c r="J54" s="1">
+        <v>0</v>
+      </c>
+      <c r="K54" s="1">
+        <v>5.0462845989999998</v>
+      </c>
+      <c r="L54" s="1">
+        <v>3.99262995</v>
+      </c>
+      <c r="M54" s="1">
+        <v>4.1456203590000005</v>
+      </c>
+      <c r="N54" s="1">
+        <v>4.1456203590000005</v>
+      </c>
+      <c r="O54" s="1">
+        <v>4.0697174240000002</v>
+      </c>
+      <c r="P54" s="1">
+        <v>3.0746648590000003</v>
+      </c>
+      <c r="Q54" s="1">
+        <v>216.765633974</v>
+      </c>
+    </row>
+    <row r="55" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A55" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C13" s="13">
-[...556 lines deleted...]
-      <c r="B64" s="17" t="s">
+      <c r="B55" s="1">
+        <v>0</v>
+      </c>
+      <c r="C55" s="1">
+        <v>0</v>
+      </c>
+      <c r="D55" s="1">
+        <v>0</v>
+      </c>
+      <c r="E55" s="1">
+        <v>6.6124949859999997</v>
+      </c>
+      <c r="F55" s="1">
+        <v>6.6124949859999997</v>
+      </c>
+      <c r="G55" s="1">
+        <v>0</v>
+      </c>
+      <c r="H55" s="1">
+        <v>107.29889079199999</v>
+      </c>
+      <c r="I55" s="1">
+        <v>0</v>
+      </c>
+      <c r="J55" s="1">
+        <v>0</v>
+      </c>
+      <c r="K55" s="1">
+        <v>53.808162922000001</v>
+      </c>
+      <c r="L55" s="1">
+        <v>46.784998061000003</v>
+      </c>
+      <c r="M55" s="1">
+        <v>0</v>
+      </c>
+      <c r="N55" s="1">
+        <v>0</v>
+      </c>
+      <c r="O55" s="1">
+        <v>53.490727870000001</v>
+      </c>
+      <c r="P55" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q55" s="1">
+        <v>273.05862016700002</v>
+      </c>
+    </row>
+    <row r="56" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A56" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="C64" s="18"/>
-[...7 lines deleted...]
-      <c r="L64" s="17" t="s">
+      <c r="B56" s="1">
+        <v>0</v>
+      </c>
+      <c r="C56" s="1">
+        <v>0</v>
+      </c>
+      <c r="D56" s="1">
+        <v>0</v>
+      </c>
+      <c r="E56" s="1">
+        <v>38.119242281999995</v>
+      </c>
+      <c r="F56" s="1">
+        <v>38.119242281999995</v>
+      </c>
+      <c r="G56" s="1">
+        <v>1.9505975520000001</v>
+      </c>
+      <c r="H56" s="1">
+        <v>3.0115972219999998</v>
+      </c>
+      <c r="I56" s="1">
+        <v>0.95059755199999996</v>
+      </c>
+      <c r="J56" s="1">
+        <v>0.95059755199999996</v>
+      </c>
+      <c r="K56" s="1">
+        <v>1.9505975520000001</v>
+      </c>
+      <c r="L56" s="1">
+        <v>1.9505975520000001</v>
+      </c>
+      <c r="M56" s="1">
+        <v>1</v>
+      </c>
+      <c r="N56" s="1">
+        <v>1</v>
+      </c>
+      <c r="O56" s="1">
+        <v>1.9505975520000001</v>
+      </c>
+      <c r="P56" s="1">
+        <v>1.9505975520000001</v>
+      </c>
+      <c r="Q56" s="1">
+        <v>45.128739414999998</v>
+      </c>
+    </row>
+    <row r="57" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A57" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="M64" s="18"/>
-[...719 lines deleted...]
-      <c r="F78" s="13">
+      <c r="B57" s="1">
+        <v>6.1615819009999999</v>
+      </c>
+      <c r="C57" s="1">
+        <v>4.2937075599999996</v>
+      </c>
+      <c r="D57" s="1">
         <v>2</v>
       </c>
-      <c r="G78" s="13">
-[...2537 lines deleted...]
-      <c r="A127" s="6" t="s">
+      <c r="E57" s="1">
+        <v>176.947487486</v>
+      </c>
+      <c r="F57" s="1">
+        <v>156.511644405</v>
+      </c>
+      <c r="G57" s="1">
+        <v>2.9115538910000001</v>
+      </c>
+      <c r="H57" s="1">
+        <v>301.98957915199998</v>
+      </c>
+      <c r="I57" s="1">
+        <v>0.77586905900000003</v>
+      </c>
+      <c r="J57" s="1">
+        <v>0</v>
+      </c>
+      <c r="K57" s="1">
+        <v>127.63777623</v>
+      </c>
+      <c r="L57" s="1">
+        <v>18.510936310000002</v>
+      </c>
+      <c r="M57" s="1">
+        <v>2.9593014449999999</v>
+      </c>
+      <c r="N57" s="1">
+        <v>2.09172914</v>
+      </c>
+      <c r="O57" s="1">
+        <v>3.0735184069999999</v>
+      </c>
+      <c r="P57" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q57" s="1">
+        <v>2023.5268985509999</v>
+      </c>
+    </row>
+    <row r="58" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A58" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="B127" s="7" t="s">
+      <c r="B58" s="1">
+        <v>160.837489482</v>
+      </c>
+      <c r="C58" s="1">
+        <v>136.85381062300002</v>
+      </c>
+      <c r="D58" s="1">
+        <v>119.965668605</v>
+      </c>
+      <c r="E58" s="1">
+        <v>159.66491781799999</v>
+      </c>
+      <c r="F58" s="1">
+        <v>155.67174101099999</v>
+      </c>
+      <c r="G58" s="1">
+        <v>131.09268495800001</v>
+      </c>
+      <c r="H58" s="1">
+        <v>261.183597647</v>
+      </c>
+      <c r="I58" s="1">
+        <v>30.308461204</v>
+      </c>
+      <c r="J58" s="1">
+        <v>18.959767765999999</v>
+      </c>
+      <c r="K58" s="1">
+        <v>137.85806697800001</v>
+      </c>
+      <c r="L58" s="1">
+        <v>114.27519904499999</v>
+      </c>
+      <c r="M58" s="1">
+        <v>108.690579195</v>
+      </c>
+      <c r="N58" s="1">
+        <v>81.067650831999998</v>
+      </c>
+      <c r="O58" s="1">
+        <v>49.224610048999999</v>
+      </c>
+      <c r="P58" s="1">
+        <v>35.828736133</v>
+      </c>
+      <c r="Q58" s="1">
+        <v>582.98491872900001</v>
+      </c>
+    </row>
+    <row r="59" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A59" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="C127" s="7" t="s">
-[...17587 lines deleted...]
-        <v>21226.835621999999</v>
+      <c r="B59" s="1">
+        <v>526.63864392699998</v>
+      </c>
+      <c r="C59" s="1">
+        <v>472.15651361800002</v>
+      </c>
+      <c r="D59" s="1">
+        <v>178.319395517</v>
+      </c>
+      <c r="E59" s="1">
+        <v>2578.712360089</v>
+      </c>
+      <c r="F59" s="1">
+        <v>2417.6897127799998</v>
+      </c>
+      <c r="G59" s="1">
+        <v>476.685544854</v>
+      </c>
+      <c r="H59" s="1">
+        <v>4295.543269109</v>
+      </c>
+      <c r="I59" s="1">
+        <v>906.002303364</v>
+      </c>
+      <c r="J59" s="1">
+        <v>64.675450792000007</v>
+      </c>
+      <c r="K59" s="1">
+        <v>2327.716991792</v>
+      </c>
+      <c r="L59" s="1">
+        <v>413.25234707800001</v>
+      </c>
+      <c r="M59" s="1">
+        <v>364.27943488900002</v>
+      </c>
+      <c r="N59" s="1">
+        <v>189.000911879</v>
+      </c>
+      <c r="O59" s="1">
+        <v>857.05932104500005</v>
+      </c>
+      <c r="P59" s="1">
+        <v>98.974404945000003</v>
+      </c>
+      <c r="Q59" s="1">
+        <v>21226.835622544</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="2">
-[...2 lines deleted...]
-  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Regneark</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>12</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>FUI2022 tabelsamling FoU</vt:lpstr>
+    <vt:vector size="12" baseType="lpstr">
+      <vt:lpstr>Indholdsfortegnelse</vt:lpstr>
+      <vt:lpstr>T0</vt:lpstr>
+      <vt:lpstr>T1</vt:lpstr>
+      <vt:lpstr>T2</vt:lpstr>
+      <vt:lpstr>T3</vt:lpstr>
+      <vt:lpstr>T4</vt:lpstr>
+      <vt:lpstr>T5</vt:lpstr>
+      <vt:lpstr>T6</vt:lpstr>
+      <vt:lpstr>T7</vt:lpstr>
+      <vt:lpstr>T8.1</vt:lpstr>
+      <vt:lpstr>T8.2</vt:lpstr>
+      <vt:lpstr>T8.3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Danmarks Statistik</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Helle Månsson</dc:creator>
+  <dc:creator>Apache POI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>