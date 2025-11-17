--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Subversion\Blaise\Blanketter\FUA_tidlFHU\Trunk\Dokumentation\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="skyiffsnm4ri8YdB/nVYRKOQawrkCY8Waod2mnfQbZMQo5LJfPOFKm4UkV9MwgZhWrn+ulYZJIB2ycJ62af0wA==" workbookSaltValue="dFrSSTUBfNRDGaq4TsSoPA==" workbookSpinCount="100000" lockStructure="1"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="w4jlW5OmTONdTaZskrQCd0huFBkEQgfzCyrbyD/B+G0+13k+/VTJTQIKLuaOuJZ0pz5MPKaPey0HPb7s7/2zxA==" workbookSaltValue="79N5m+jKY68go77RSYczKw==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="360" yWindow="255" windowWidth="14355" windowHeight="11445"/>
   </bookViews>
   <sheets>
     <sheet name="Vejledning" sheetId="1" r:id="rId1"/>
     <sheet name="Bookinger og overnatninger" sheetId="5" r:id="rId2"/>
     <sheet name="Udlejning fordelt på kommuner" sheetId="3" r:id="rId3"/>
     <sheet name="Udlejning fordelt på uger" sheetId="7" r:id="rId4"/>
     <sheet name="Dataark" sheetId="12" state="hidden" r:id="rId5"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D58" i="7" l="1"/>
   <c r="D63" i="7" s="1"/>
   <c r="E58" i="7"/>
   <c r="E63" i="7" s="1"/>
   <c r="F58" i="7"/>
   <c r="F63" i="7" s="1"/>
   <c r="G58" i="7"/>
   <c r="G63" i="7" s="1"/>
   <c r="C58" i="7"/>
@@ -934,66 +934,66 @@
 ● </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Januar måned</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">: Indberetningen for januar skal kun indeholde dage, der ligger i januar. 
     Starter januar med dage, der ligger i uge 52 eller 53, så skal udlejningen i disse lægges sammen med udlejningen i uge 1 og indberettes under uge 1.
 </t>
     </r>
   </si>
   <si>
-    <t>1. Antal lejemål/bookinger i perioden 1. januar - 31. december 2024</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">      3.a Angiv samtlige antal overnatninger i 2024 fordelt på nationalitet</t>
+    <t>1. Antal lejemål/bookinger i perioden 1. januar - 31. december</t>
+  </si>
+  <si>
+    <t>2. Udlejningskapacitet i perioden 1. januar - 31. december</t>
+  </si>
+  <si>
+    <t>3. Antal overnatninger i perioden 1. januar - 31. december</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      3.a Angiv samtlige antal overnatninger fordelt på nationalitet</t>
+  </si>
+  <si>
+    <t>4. Antal udlejede husuger fordelt på kommuner i perioden 1. januar - 31. december</t>
+  </si>
+  <si>
+    <t>5. Antal udlejede husuger fordelt på kalenderuger i periode 1. januar - 31. december</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="#,##0_ ;[Red]\-#,##0\ "/>
   </numFmts>
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -2636,51 +2636,51 @@
     <row r="56" spans="1:3" ht="20.25" hidden="1" x14ac:dyDescent="0.3">
       <c r="A56" s="76"/>
       <c r="B56" s="76"/>
       <c r="C56" s="77"/>
     </row>
     <row r="57" spans="1:3" ht="20.25" hidden="1" x14ac:dyDescent="0.3">
       <c r="A57" s="76"/>
       <c r="B57" s="76"/>
       <c r="C57" s="77"/>
     </row>
     <row r="58" spans="1:3" ht="20.25" hidden="1" x14ac:dyDescent="0.3">
       <c r="A58" s="76"/>
       <c r="B58" s="76"/>
       <c r="C58" s="77"/>
     </row>
     <row r="59" spans="1:3" ht="20.25" hidden="1" x14ac:dyDescent="0.3">
       <c r="A59" s="76"/>
       <c r="B59" s="76"/>
       <c r="C59" s="77"/>
     </row>
     <row r="60" spans="1:3" hidden="1" x14ac:dyDescent="0.2"/>
     <row r="61" spans="1:3" hidden="1" x14ac:dyDescent="0.2"/>
     <row r="62" spans="1:3" hidden="1" x14ac:dyDescent="0.2"/>
     <row r="63" spans="1:3" hidden="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="/s9aylloqFkQviX66D2+NeQid6iZzZAoDBfU7C67bU48vsbzZD6MVuEpPH9B45GWGDYJm2X/Yzd+APcRi7bUKw==" saltValue="hYLhcrhk10oNd6VZpoXF5g==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="uGBnylQmYZcXgtvRvn1ElM0g/aklKNkjzfucYRwgnyRWGfMtoYlI8t6Z563QDZctjjoixOrBGY7aKljsV0JrJg==" saltValue="AzGzDDe47K+beq0e39KtrA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="3">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A14:C14"/>
     <mergeCell ref="A11:B11"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A1" r:id="rId1"/>
     <hyperlink ref="A15" r:id="rId2" display="turist@dst.dk"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:G72"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="36.140625" style="21" customWidth="1"/>
@@ -2858,51 +2858,51 @@
       <c r="C17" s="55"/>
       <c r="D17" s="55"/>
       <c r="E17" s="45"/>
       <c r="F17" s="23"/>
     </row>
     <row r="18" spans="1:6" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="56" t="s">
         <v>171</v>
       </c>
       <c r="B18" s="56"/>
       <c r="C18" s="41"/>
       <c r="D18" s="41"/>
       <c r="E18" s="57"/>
       <c r="F18" s="23"/>
     </row>
     <row r="19" spans="1:6" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="56"/>
       <c r="B19" s="56"/>
       <c r="C19" s="41"/>
       <c r="D19" s="41"/>
       <c r="E19" s="57"/>
       <c r="F19" s="23"/>
     </row>
     <row r="20" spans="1:6" ht="18" x14ac:dyDescent="0.25">
       <c r="A20" s="58" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B20" s="58"/>
       <c r="C20" s="41"/>
       <c r="D20" s="41"/>
       <c r="E20" s="57"/>
     </row>
     <row r="21" spans="1:6" ht="18" x14ac:dyDescent="0.25">
       <c r="A21" s="35" t="s">
         <v>129</v>
       </c>
       <c r="B21" s="35"/>
       <c r="C21" s="41"/>
       <c r="D21" s="41"/>
       <c r="E21" s="57"/>
     </row>
     <row r="22" spans="1:6" ht="21" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="56"/>
       <c r="B22" s="56"/>
       <c r="C22" s="41"/>
       <c r="D22" s="41"/>
       <c r="E22" s="57"/>
     </row>
     <row r="23" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="35" t="s">
         <v>130</v>
@@ -3267,96 +3267,96 @@
     </row>
     <row r="68" spans="1:5" hidden="1" x14ac:dyDescent="0.25">
       <c r="A68" s="64"/>
       <c r="B68" s="64"/>
       <c r="C68" s="65"/>
       <c r="D68" s="65"/>
       <c r="E68" s="64"/>
     </row>
     <row r="69" spans="1:5" hidden="1" x14ac:dyDescent="0.25">
       <c r="A69" s="64"/>
       <c r="B69" s="64"/>
       <c r="C69" s="65"/>
       <c r="D69" s="65"/>
       <c r="E69" s="64"/>
     </row>
     <row r="70" spans="1:5" hidden="1" x14ac:dyDescent="0.25">
       <c r="A70" s="64"/>
       <c r="B70" s="64"/>
       <c r="C70" s="65"/>
       <c r="D70" s="65"/>
       <c r="E70" s="64"/>
     </row>
     <row r="71" spans="1:5" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="72" spans="1:5" hidden="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="k6y5LyImgSOO5NKJeJJpICpeam90UaMNob1FKy50IY/FevfG7b4wE2c/99uv370JA9+DzryJ0qaFyTAM1ujyBQ==" saltValue="ucAjtZ9HRmgvTEb5yuUHtA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="YZhDU+tB6dsJGRfwBHN9hwBjGDteTEhXmH6SMB/OMcTwwp63OUDQQ3UttjnNo9uwqJzYxkjUtijBfbjosfNvZQ==" saltValue="CMamygyUNIUQsnHH4mxQig==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="A14:F14"/>
   </mergeCells>
   <conditionalFormatting sqref="B11">
     <cfRule type="cellIs" dxfId="30" priority="3" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="29" priority="2" operator="notEqual">
       <formula>$B$2</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B32">
     <cfRule type="cellIs" dxfId="28" priority="1" operator="notEqual">
       <formula>$B$23</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A40" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:J121"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B5" sqref="B5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="34.140625" style="2" customWidth="1"/>
     <col min="2" max="8" width="17.7109375" style="9" customWidth="1"/>
     <col min="9" max="9" width="36.42578125" style="2" customWidth="1"/>
     <col min="10" max="10" width="0" style="3" hidden="1" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="3" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="6" customFormat="1" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="27" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B1" s="34"/>
       <c r="C1" s="34"/>
       <c r="D1" s="34"/>
       <c r="E1" s="34"/>
       <c r="F1" s="34"/>
       <c r="G1" s="34"/>
       <c r="H1" s="34"/>
       <c r="I1" s="34"/>
     </row>
     <row r="2" spans="1:9" s="6" customFormat="1" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="105" t="s">
         <v>143</v>
       </c>
       <c r="B2" s="106"/>
       <c r="C2" s="106"/>
       <c r="D2" s="106"/>
       <c r="E2" s="106"/>
       <c r="F2" s="106"/>
       <c r="G2" s="106"/>
       <c r="H2" s="106"/>
       <c r="I2" s="106"/>
     </row>
     <row r="3" spans="1:9" s="6" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="35"/>
@@ -5121,51 +5121,51 @@
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="E118" s="89">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="F118" s="89">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="G118" s="89">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="H118" s="89">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="I118" s="5"/>
     </row>
     <row r="119" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="120" spans="1:9" ht="20.100000000000001" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="121" spans="1:9" ht="20.100000000000001" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="eB6xKUpqYzN6siOBwep7afroKWs8RyEBfR2X+NdJj5rjkDuQSRUYIRZtiVDSc2D6RhErNLCRJIBtwe3KUHxkNA==" saltValue="AkgxSXeuHsKWYqXIg6mQTg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="l10lBbBMaeoatcHcqMYGdBONfcVTsTZ8JnvwJ9uqVs0OdhrIcI3yE6Mqru4zxQdAA0QfVTufjc7c5RSDa714EA==" saltValue="W7t8iJGAkgcjW2IE2EHWBg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="2">
     <mergeCell ref="B114:H114"/>
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <conditionalFormatting sqref="B117">
     <cfRule type="cellIs" dxfId="27" priority="14" operator="notEqual">
       <formula>$B$118</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B118">
     <cfRule type="cellIs" dxfId="26" priority="13" operator="notEqual">
       <formula>$B$117</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C117">
     <cfRule type="cellIs" dxfId="25" priority="12" operator="notEqual">
       <formula>$C$118</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C118">
     <cfRule type="cellIs" dxfId="24" priority="11" operator="notEqual">
       <formula>$C$117</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D117">
@@ -5219,51 +5219,51 @@
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I70"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B5" sqref="B5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.25" zeroHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="31.5703125" style="2" customWidth="1"/>
     <col min="2" max="8" width="17.7109375" style="2" customWidth="1"/>
     <col min="9" max="9" width="35.140625" style="2" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="3" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="6" customFormat="1" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="27" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B1" s="28"/>
       <c r="C1" s="28"/>
       <c r="D1" s="28"/>
       <c r="E1" s="28"/>
       <c r="F1" s="28"/>
       <c r="G1" s="28"/>
       <c r="H1" s="28"/>
       <c r="I1" s="28"/>
     </row>
     <row r="2" spans="1:9" s="6" customFormat="1" ht="184.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="105" t="s">
         <v>168</v>
       </c>
       <c r="B2" s="112"/>
       <c r="C2" s="112"/>
       <c r="D2" s="112"/>
       <c r="E2" s="112"/>
       <c r="F2" s="112"/>
       <c r="G2" s="112"/>
       <c r="H2" s="112"/>
       <c r="I2" s="113"/>
     </row>
     <row r="3" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="29" t="s">
@@ -6291,51 +6291,51 @@
     <row r="67" spans="1:8" ht="71.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A67" s="109"/>
       <c r="B67" s="110"/>
       <c r="C67" s="110"/>
       <c r="D67" s="110"/>
       <c r="E67" s="110"/>
       <c r="F67" s="110"/>
       <c r="G67" s="110"/>
       <c r="H67" s="111"/>
     </row>
     <row r="68" spans="1:8" x14ac:dyDescent="0.2"/>
     <row r="69" spans="1:8" ht="20.25" x14ac:dyDescent="0.3">
       <c r="A69" s="114" t="s">
         <v>0</v>
       </c>
       <c r="B69" s="115"/>
       <c r="C69" s="116"/>
       <c r="D69" s="116"/>
       <c r="E69" s="116"/>
       <c r="F69" s="116"/>
       <c r="G69" s="116"/>
       <c r="H69" s="116"/>
     </row>
     <row r="70" spans="1:8" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="wfZQA9xJrVhR3FWqGoO73ks/X6v44hJ48vnrK0wl/mg5wvOM7o3FQfvKXWFGQ3bTaxmRGwhGpoCyQJMdnElD8w==" saltValue="f6d7SSlJ5cdKSauRxJpbnA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="gF1YP4kjmE4nvronrwX3a7eWWkbBHGkpFFaEZ81frDINC6UyCmJwJUanddUnXc89PX/uHSVXX1YTQrKZg2kawQ==" saltValue="eKuKQSmHFPv3U+1qAYXHTQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="4">
     <mergeCell ref="B60:H60"/>
     <mergeCell ref="A67:H67"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A69:H69"/>
   </mergeCells>
   <conditionalFormatting sqref="B63">
     <cfRule type="cellIs" dxfId="13" priority="21" operator="notEqual">
       <formula>$B$64</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B64">
     <cfRule type="cellIs" dxfId="12" priority="20" operator="notEqual">
       <formula>$B$63</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C63">
     <cfRule type="cellIs" dxfId="11" priority="19" operator="notEqual">
       <formula>$C$64</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C64">
     <cfRule type="cellIs" dxfId="10" priority="18" operator="notEqual">
       <formula>$C$63</formula>
     </cfRule>