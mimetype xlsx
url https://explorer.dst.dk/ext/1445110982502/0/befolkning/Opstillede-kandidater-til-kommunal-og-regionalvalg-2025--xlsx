--- v0 (2025-10-16)
+++ v1 (2025-12-07)
@@ -1,79 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr hidePivotFieldList="1" defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\K01\Befolkning\valg\Kommunal- og Regionsvalg\Kommune- og Regionsvalg 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="25770" windowHeight="11625"/>
   </bookViews>
   <sheets>
     <sheet name="t1a" sheetId="1" r:id="rId1"/>
     <sheet name="t1b" sheetId="6" r:id="rId2"/>
-    <sheet name="t2" sheetId="5" r:id="rId3"/>
-[...1 lines deleted...]
-    <sheet name="t4 og t5" sheetId="3" r:id="rId5"/>
+    <sheet name="t1c" sheetId="7" r:id="rId3"/>
+    <sheet name="t2" sheetId="5" r:id="rId4"/>
+    <sheet name="t3" sheetId="2" r:id="rId5"/>
+    <sheet name="t4 og t5" sheetId="3" r:id="rId6"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="197" uniqueCount="151">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="310" uniqueCount="152">
   <si>
     <t>I alt</t>
   </si>
   <si>
     <t>Under 20 år</t>
   </si>
   <si>
     <t>25-29 år</t>
   </si>
   <si>
     <t>20-24 år</t>
   </si>
   <si>
     <t>30-34 år</t>
   </si>
   <si>
     <t>35-39 år</t>
   </si>
   <si>
     <t>40-44 år</t>
   </si>
   <si>
     <t>45-49 år</t>
   </si>
   <si>
@@ -382,62 +384,50 @@
   <si>
     <t>Esbjerg</t>
   </si>
   <si>
     <t>Vejle</t>
   </si>
   <si>
     <t>Roskilde</t>
   </si>
   <si>
     <t>Kolding</t>
   </si>
   <si>
     <t>Aalborg</t>
   </si>
   <si>
     <t>Aarhus</t>
   </si>
   <si>
     <t>København</t>
   </si>
   <si>
     <t>Odense</t>
   </si>
   <si>
-    <t>Region Østdanmark</t>
-[...10 lines deleted...]
-  <si>
     <t>Personer med dansk oprindelse</t>
   </si>
   <si>
     <t>Indvandrere fra vestlige lande</t>
   </si>
   <si>
     <t>Indvandrere fra ikke-vestlige lande</t>
   </si>
   <si>
     <t>Efterkommere fra vestlige lande</t>
   </si>
   <si>
     <t>Efterkommere fra ikke-vestlige lande</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Mænd</t>
   </si>
   <si>
     <t>Kvinder</t>
   </si>
   <si>
     <t>Gennemsnitsalder for opstillede kandidater til hhv. kommunalvalg og regionalvalg 18. november 2025</t>
@@ -482,50 +472,65 @@
     <t>O. Dansk Folkeparti</t>
   </si>
   <si>
     <t>S. Slesvigsk Parti</t>
   </si>
   <si>
     <t>V. Venstre, Danmarks Liberale Parti</t>
   </si>
   <si>
     <t>Æ. Danmarksdemokraterne - Inger Støjberg</t>
   </si>
   <si>
     <t>Ø. Enhedslisten - De Rød-Grønne</t>
   </si>
   <si>
     <t>Å. Alternativet</t>
   </si>
   <si>
     <t>Opstillede kandidater til hhv. kommunalvalg og regionalvalg 18. november 2025 - efter køn og parti</t>
   </si>
   <si>
     <t>Opstillede kandidater til hhv. kommunalvalg og regionalvalg 18. november 2025 - efter køn og alder</t>
   </si>
   <si>
     <t>Gennemsnitsalder for opstillede kandidater til hhv. kommunalvalg og regionalvalg 18. november 2025 - efter parti</t>
+  </si>
+  <si>
+    <t>Opstillede kandidater til hhv. kommunalvalg og regionalvalg 18. november 2025 - efter køn og kommune/region</t>
+  </si>
+  <si>
+    <t>Østdanmark</t>
+  </si>
+  <si>
+    <t>Midtjylland</t>
+  </si>
+  <si>
+    <t>Nordjylland</t>
+  </si>
+  <si>
+    <t>Syddanmark</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
@@ -535,95 +540,101 @@
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Kontor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -851,98 +862,102 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.83203125" style="6" bestFit="1" customWidth="1"/>
     <col min="2" max="16384" width="9.33203125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" s="2" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A1" s="7" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="B3" s="8" t="s">
+      <c r="B3" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="C3" s="8"/>
-[...1 lines deleted...]
-      <c r="F3" s="8" t="s">
+      <c r="C3" s="10"/>
+      <c r="D3" s="10"/>
+      <c r="F3" s="10" t="s">
         <v>18</v>
       </c>
-      <c r="G3" s="8"/>
-      <c r="H3" s="8"/>
+      <c r="G3" s="10"/>
+      <c r="H3" s="10"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
       <c r="B4" s="1" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:8" s="2" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A6" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B6" s="3">
         <v>6000</v>
       </c>
       <c r="C6" s="3">
         <v>3217</v>
       </c>
       <c r="D6" s="3">
         <v>9217</v>
       </c>
       <c r="E6" s="3"/>
       <c r="F6" s="3">
         <v>744</v>
       </c>
       <c r="G6" s="3">
         <v>404</v>
       </c>
@@ -1311,882 +1326,2450 @@
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="F3:H3"/>
     <mergeCell ref="B3:D3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="36.6640625" style="6" bestFit="1" customWidth="1"/>
     <col min="2" max="16384" width="9.33203125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A1" s="7" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="F1" s="6"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="B3" s="8" t="s">
+      <c r="B3" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="C3" s="8"/>
-[...1 lines deleted...]
-      <c r="F3" s="8" t="s">
+      <c r="C3" s="10"/>
+      <c r="D3" s="10"/>
+      <c r="F3" s="10" t="s">
         <v>18</v>
       </c>
-      <c r="G3" s="8"/>
-      <c r="H3" s="8"/>
+      <c r="G3" s="10"/>
+      <c r="H3" s="10"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
       <c r="B4" s="1" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:8" s="2" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A6" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B6" s="3">
         <v>6000</v>
       </c>
       <c r="C6" s="3">
         <v>3217</v>
       </c>
       <c r="D6" s="3">
         <v>9217</v>
       </c>
       <c r="E6" s="3"/>
       <c r="F6" s="3">
         <v>744</v>
       </c>
       <c r="G6" s="3">
         <v>404</v>
       </c>
       <c r="H6" s="3">
         <v>1148</v>
       </c>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A7" s="6" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="B7" s="4">
         <v>952</v>
       </c>
       <c r="C7" s="4">
         <v>566</v>
       </c>
       <c r="D7" s="4">
         <v>1518</v>
       </c>
       <c r="E7" s="4"/>
       <c r="F7" s="4">
         <v>63</v>
       </c>
       <c r="G7" s="4">
         <v>49</v>
       </c>
       <c r="H7" s="4">
         <v>112</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A8" s="6" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="B8" s="4">
         <v>390</v>
       </c>
       <c r="C8" s="4">
         <v>219</v>
       </c>
       <c r="D8" s="4">
         <v>609</v>
       </c>
       <c r="E8" s="4"/>
       <c r="F8" s="4">
         <v>67</v>
       </c>
       <c r="G8" s="4">
         <v>40</v>
       </c>
       <c r="H8" s="4">
         <v>107</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A9" s="6" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="B9" s="4">
         <v>834</v>
       </c>
       <c r="C9" s="4">
         <v>373</v>
       </c>
       <c r="D9" s="4">
         <v>1207</v>
       </c>
       <c r="E9" s="4"/>
       <c r="F9" s="4">
         <v>86</v>
       </c>
       <c r="G9" s="4">
         <v>43</v>
       </c>
       <c r="H9" s="4">
         <v>129</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A10" s="6" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="B10" s="4">
         <v>485</v>
       </c>
       <c r="C10" s="4">
         <v>423</v>
       </c>
       <c r="D10" s="4">
         <v>908</v>
       </c>
       <c r="E10" s="4"/>
       <c r="F10" s="4">
         <v>51</v>
       </c>
       <c r="G10" s="4">
         <v>30</v>
       </c>
       <c r="H10" s="4">
         <v>81</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A11" s="6" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="B11" s="4">
         <v>415</v>
       </c>
       <c r="C11" s="4">
         <v>133</v>
       </c>
       <c r="D11" s="4">
         <v>548</v>
       </c>
       <c r="E11" s="4"/>
       <c r="F11" s="4">
         <v>55</v>
       </c>
       <c r="G11" s="4">
         <v>11</v>
       </c>
       <c r="H11" s="4">
         <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A12" s="6" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="B12" s="4">
         <v>193</v>
       </c>
       <c r="C12" s="4">
         <v>79</v>
       </c>
       <c r="D12" s="4">
         <v>272</v>
       </c>
       <c r="E12" s="4"/>
       <c r="F12" s="4">
         <v>47</v>
       </c>
       <c r="G12" s="4">
         <v>18</v>
       </c>
       <c r="H12" s="4">
         <v>65</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A13" s="6" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="B13" s="4">
         <v>328</v>
       </c>
       <c r="C13" s="4">
         <v>179</v>
       </c>
       <c r="D13" s="4">
         <v>507</v>
       </c>
       <c r="E13" s="4"/>
       <c r="F13" s="4">
         <v>50</v>
       </c>
       <c r="G13" s="4">
         <v>33</v>
       </c>
       <c r="H13" s="4">
         <v>83</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A14" s="6" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="B14" s="4">
         <v>29</v>
       </c>
       <c r="C14" s="4">
         <v>19</v>
       </c>
       <c r="D14" s="4">
         <v>48</v>
       </c>
       <c r="E14" s="4"/>
       <c r="F14" s="4" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="G14" s="4" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="H14" s="4" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A15" s="6" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="B15" s="4">
         <v>1042</v>
       </c>
       <c r="C15" s="4">
         <v>453</v>
       </c>
       <c r="D15" s="4">
         <v>1495</v>
       </c>
       <c r="E15" s="4"/>
       <c r="F15" s="4">
         <v>91</v>
       </c>
       <c r="G15" s="4">
         <v>51</v>
       </c>
       <c r="H15" s="4">
         <v>142</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A16" s="6" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="B16" s="4">
         <v>279</v>
       </c>
       <c r="C16" s="4">
         <v>97</v>
       </c>
       <c r="D16" s="4">
         <v>376</v>
       </c>
       <c r="E16" s="4"/>
       <c r="F16" s="4">
         <v>57</v>
       </c>
       <c r="G16" s="4">
         <v>31</v>
       </c>
       <c r="H16" s="4">
         <v>88</v>
       </c>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A17" s="6" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="B17" s="4">
         <v>367</v>
       </c>
       <c r="C17" s="4">
         <v>278</v>
       </c>
       <c r="D17" s="4">
         <v>645</v>
       </c>
       <c r="E17" s="4"/>
       <c r="F17" s="4">
         <v>63</v>
       </c>
       <c r="G17" s="4">
         <v>37</v>
       </c>
       <c r="H17" s="4">
         <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A18" s="6" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="B18" s="4">
         <v>60</v>
       </c>
       <c r="C18" s="4">
         <v>56</v>
       </c>
       <c r="D18" s="4">
         <v>116</v>
       </c>
       <c r="E18" s="4"/>
       <c r="F18" s="4">
         <v>18</v>
       </c>
       <c r="G18" s="4">
         <v>17</v>
       </c>
       <c r="H18" s="4">
         <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A19" s="6" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="B19" s="4">
         <v>626</v>
       </c>
       <c r="C19" s="4">
         <v>342</v>
       </c>
       <c r="D19" s="4">
         <v>968</v>
       </c>
       <c r="E19" s="4"/>
       <c r="F19" s="4">
         <v>96</v>
       </c>
       <c r="G19" s="4">
         <v>44</v>
       </c>
       <c r="H19" s="4">
         <v>140</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="F3:H3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:J104"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="15.83203125" style="6" customWidth="1"/>
+    <col min="2" max="6" width="9.33203125" style="1"/>
+    <col min="7" max="7" width="15.83203125" style="6" customWidth="1"/>
+    <col min="8" max="16384" width="9.33203125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A1" s="7" t="s">
+        <v>147</v>
+      </c>
+      <c r="H1" s="6"/>
+    </row>
+    <row r="3" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="B3" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" s="10"/>
+      <c r="D3" s="10"/>
+      <c r="H3" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="I3" s="10"/>
+      <c r="J3" s="10"/>
+    </row>
+    <row r="4" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="B4" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="H4" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="I4" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="J4" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" s="2" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" s="3">
+        <v>6000</v>
+      </c>
+      <c r="C6" s="3">
+        <v>3217</v>
+      </c>
+      <c r="D6" s="3">
+        <v>9217</v>
+      </c>
+      <c r="E6" s="3"/>
+      <c r="F6" s="3"/>
+      <c r="G6" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" s="3">
+        <v>744</v>
+      </c>
+      <c r="I6" s="3">
+        <v>404</v>
+      </c>
+      <c r="J6" s="3">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A7" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" s="4">
+        <v>47</v>
+      </c>
+      <c r="C7" s="4">
+        <v>29</v>
+      </c>
+      <c r="D7" s="4">
+        <v>76</v>
+      </c>
+      <c r="E7" s="4"/>
+      <c r="F7" s="4"/>
+      <c r="G7" s="9" t="s">
+        <v>149</v>
+      </c>
+      <c r="H7" s="4">
+        <v>176</v>
+      </c>
+      <c r="I7" s="4">
+        <v>87</v>
+      </c>
+      <c r="J7" s="4">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A8" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="B8" s="4">
+        <v>38</v>
+      </c>
+      <c r="C8" s="4">
+        <v>27</v>
+      </c>
+      <c r="D8" s="4">
+        <v>65</v>
+      </c>
+      <c r="E8" s="4"/>
+      <c r="F8" s="4"/>
+      <c r="G8" s="9" t="s">
+        <v>150</v>
+      </c>
+      <c r="H8" s="4">
+        <v>140</v>
+      </c>
+      <c r="I8" s="4">
+        <v>67</v>
+      </c>
+      <c r="J8" s="4">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A9" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="B9" s="4">
+        <v>62</v>
+      </c>
+      <c r="C9" s="4">
+        <v>36</v>
+      </c>
+      <c r="D9" s="4">
+        <v>98</v>
+      </c>
+      <c r="E9" s="4"/>
+      <c r="F9" s="4"/>
+      <c r="G9" s="9" t="s">
+        <v>151</v>
+      </c>
+      <c r="H9" s="4">
+        <v>164</v>
+      </c>
+      <c r="I9" s="4">
+        <v>94</v>
+      </c>
+      <c r="J9" s="4">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A10" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" s="4">
+        <v>55</v>
+      </c>
+      <c r="C10" s="4">
+        <v>35</v>
+      </c>
+      <c r="D10" s="4">
+        <v>90</v>
+      </c>
+      <c r="E10" s="4"/>
+      <c r="F10" s="4"/>
+      <c r="G10" s="9" t="s">
+        <v>148</v>
+      </c>
+      <c r="H10" s="4">
+        <v>264</v>
+      </c>
+      <c r="I10" s="4">
+        <v>156</v>
+      </c>
+      <c r="J10" s="4">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A11" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" s="4">
+        <v>34</v>
+      </c>
+      <c r="C11" s="4">
+        <v>17</v>
+      </c>
+      <c r="D11" s="4">
+        <v>51</v>
+      </c>
+      <c r="E11" s="4"/>
+      <c r="F11" s="4"/>
+      <c r="G11" s="9"/>
+      <c r="I11" s="4"/>
+      <c r="J11" s="4"/>
+    </row>
+    <row r="12" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A12" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="B12" s="4">
+        <v>61</v>
+      </c>
+      <c r="C12" s="4">
+        <v>36</v>
+      </c>
+      <c r="D12" s="4">
+        <v>97</v>
+      </c>
+      <c r="E12" s="4"/>
+      <c r="F12" s="4"/>
+      <c r="G12" s="9"/>
+      <c r="I12" s="4"/>
+      <c r="J12" s="4"/>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A13" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B13" s="4">
+        <v>44</v>
+      </c>
+      <c r="C13" s="4">
+        <v>22</v>
+      </c>
+      <c r="D13" s="4">
+        <v>66</v>
+      </c>
+      <c r="E13" s="4"/>
+      <c r="F13" s="4"/>
+      <c r="G13" s="9"/>
+      <c r="I13" s="4"/>
+      <c r="J13" s="4"/>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A14" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="B14" s="4">
+        <v>57</v>
+      </c>
+      <c r="C14" s="4">
+        <v>25</v>
+      </c>
+      <c r="D14" s="4">
+        <v>82</v>
+      </c>
+      <c r="E14" s="4"/>
+      <c r="F14" s="4"/>
+      <c r="G14" s="9"/>
+      <c r="I14" s="4"/>
+      <c r="J14" s="4"/>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A15" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B15" s="4">
+        <v>54</v>
+      </c>
+      <c r="C15" s="4">
+        <v>26</v>
+      </c>
+      <c r="D15" s="4">
+        <v>80</v>
+      </c>
+      <c r="E15" s="4"/>
+      <c r="F15" s="4"/>
+      <c r="G15" s="9"/>
+      <c r="H15" s="4"/>
+      <c r="I15" s="4"/>
+      <c r="J15" s="4"/>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A16" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="B16" s="4">
+        <v>61</v>
+      </c>
+      <c r="C16" s="4">
+        <v>32</v>
+      </c>
+      <c r="D16" s="4">
+        <v>93</v>
+      </c>
+      <c r="E16" s="4"/>
+      <c r="F16" s="4"/>
+      <c r="G16" s="9"/>
+      <c r="H16" s="4"/>
+      <c r="I16" s="4"/>
+      <c r="J16" s="4"/>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A17" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="B17" s="4">
+        <v>73</v>
+      </c>
+      <c r="C17" s="4">
+        <v>40</v>
+      </c>
+      <c r="D17" s="4">
+        <v>113</v>
+      </c>
+      <c r="E17" s="4"/>
+      <c r="F17" s="4"/>
+      <c r="G17" s="9"/>
+      <c r="H17" s="4"/>
+      <c r="I17" s="4"/>
+      <c r="J17" s="4"/>
+    </row>
+    <row r="18" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A18" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="B18" s="4">
+        <v>29</v>
+      </c>
+      <c r="C18" s="4">
+        <v>19</v>
+      </c>
+      <c r="D18" s="4">
+        <v>48</v>
+      </c>
+      <c r="E18" s="4"/>
+      <c r="F18" s="4"/>
+      <c r="G18" s="9"/>
+      <c r="H18" s="4"/>
+      <c r="I18" s="4"/>
+      <c r="J18" s="4"/>
+    </row>
+    <row r="19" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A19" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="B19" s="4">
+        <v>50</v>
+      </c>
+      <c r="C19" s="4">
+        <v>27</v>
+      </c>
+      <c r="D19" s="4">
+        <v>77</v>
+      </c>
+      <c r="E19" s="4"/>
+      <c r="F19" s="4"/>
+      <c r="G19" s="9"/>
+      <c r="H19" s="4"/>
+      <c r="I19" s="4"/>
+      <c r="J19" s="4"/>
+    </row>
+    <row r="20" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A20" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B20" s="4">
+        <v>50</v>
+      </c>
+      <c r="C20" s="4">
+        <v>39</v>
+      </c>
+      <c r="D20" s="4">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A21" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="B21" s="4">
+        <v>49</v>
+      </c>
+      <c r="C21" s="4">
+        <v>37</v>
+      </c>
+      <c r="D21" s="4">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A22" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="B22" s="4">
+        <v>65</v>
+      </c>
+      <c r="C22" s="4">
+        <v>35</v>
+      </c>
+      <c r="D22" s="4">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A23" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="B23" s="4">
+        <v>88</v>
+      </c>
+      <c r="C23" s="4">
+        <v>61</v>
+      </c>
+      <c r="D23" s="4">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A24" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B24" s="4">
+        <v>57</v>
+      </c>
+      <c r="C24" s="4">
+        <v>26</v>
+      </c>
+      <c r="D24" s="4">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A25" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="B25" s="4">
+        <v>47</v>
+      </c>
+      <c r="C25" s="4">
+        <v>31</v>
+      </c>
+      <c r="D25" s="4">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A26" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B26" s="4">
+        <v>53</v>
+      </c>
+      <c r="C26" s="4">
+        <v>37</v>
+      </c>
+      <c r="D26" s="4">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A27" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="B27" s="4">
+        <v>63</v>
+      </c>
+      <c r="C27" s="4">
+        <v>29</v>
+      </c>
+      <c r="D27" s="4">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A28" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="B28" s="4">
+        <v>57</v>
+      </c>
+      <c r="C28" s="4">
+        <v>32</v>
+      </c>
+      <c r="D28" s="4">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A29" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B29" s="4">
+        <v>64</v>
+      </c>
+      <c r="C29" s="4">
+        <v>40</v>
+      </c>
+      <c r="D29" s="4">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A30" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="B30" s="4">
+        <v>57</v>
+      </c>
+      <c r="C30" s="4">
+        <v>47</v>
+      </c>
+      <c r="D30" s="4">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A31" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B31" s="4">
+        <v>59</v>
+      </c>
+      <c r="C31" s="4">
+        <v>40</v>
+      </c>
+      <c r="D31" s="4">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A32" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="B32" s="4">
+        <v>71</v>
+      </c>
+      <c r="C32" s="4">
+        <v>41</v>
+      </c>
+      <c r="D32" s="4">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A33" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="B33" s="4">
+        <v>88</v>
+      </c>
+      <c r="C33" s="4">
+        <v>37</v>
+      </c>
+      <c r="D33" s="4">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A34" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="B34" s="4">
+        <v>75</v>
+      </c>
+      <c r="C34" s="4">
+        <v>36</v>
+      </c>
+      <c r="D34" s="4">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A35" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="B35" s="4">
+        <v>48</v>
+      </c>
+      <c r="C35" s="4">
+        <v>23</v>
+      </c>
+      <c r="D35" s="4">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A36" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B36" s="4">
+        <v>58</v>
+      </c>
+      <c r="C36" s="4">
+        <v>21</v>
+      </c>
+      <c r="D36" s="4">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A37" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B37" s="4">
+        <v>77</v>
+      </c>
+      <c r="C37" s="4">
+        <v>32</v>
+      </c>
+      <c r="D37" s="4">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A38" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="B38" s="4">
+        <v>50</v>
+      </c>
+      <c r="C38" s="4">
+        <v>29</v>
+      </c>
+      <c r="D38" s="4">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A39" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="B39" s="4">
+        <v>69</v>
+      </c>
+      <c r="C39" s="4">
+        <v>35</v>
+      </c>
+      <c r="D39" s="4">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A40" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B40" s="4">
+        <v>59</v>
+      </c>
+      <c r="C40" s="4">
+        <v>31</v>
+      </c>
+      <c r="D40" s="4">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A41" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B41" s="4">
+        <v>74</v>
+      </c>
+      <c r="C41" s="4">
+        <v>33</v>
+      </c>
+      <c r="D41" s="4">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A42" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" s="4">
+        <v>86</v>
+      </c>
+      <c r="C42" s="4">
+        <v>35</v>
+      </c>
+      <c r="D42" s="4">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A43" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="B43" s="4">
+        <v>56</v>
+      </c>
+      <c r="C43" s="4">
+        <v>27</v>
+      </c>
+      <c r="D43" s="4">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A44" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="B44" s="4">
+        <v>63</v>
+      </c>
+      <c r="C44" s="4">
+        <v>30</v>
+      </c>
+      <c r="D44" s="4">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A45" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="B45" s="4">
+        <v>58</v>
+      </c>
+      <c r="C45" s="4">
+        <v>29</v>
+      </c>
+      <c r="D45" s="4">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A46" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="B46" s="4">
+        <v>52</v>
+      </c>
+      <c r="C46" s="4">
+        <v>26</v>
+      </c>
+      <c r="D46" s="4">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A47" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B47" s="4">
+        <v>48</v>
+      </c>
+      <c r="C47" s="4">
+        <v>34</v>
+      </c>
+      <c r="D47" s="4">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A48" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="B48" s="4">
+        <v>44</v>
+      </c>
+      <c r="C48" s="4">
+        <v>22</v>
+      </c>
+      <c r="D48" s="4">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A49" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="B49" s="4">
+        <v>44</v>
+      </c>
+      <c r="C49" s="4">
+        <v>27</v>
+      </c>
+      <c r="D49" s="4">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A50" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B50" s="4">
+        <v>54</v>
+      </c>
+      <c r="C50" s="4">
+        <v>37</v>
+      </c>
+      <c r="D50" s="4">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A51" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B51" s="4">
+        <v>54</v>
+      </c>
+      <c r="C51" s="4">
+        <v>33</v>
+      </c>
+      <c r="D51" s="4">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A52" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="B52" s="4">
+        <v>46</v>
+      </c>
+      <c r="C52" s="4">
+        <v>27</v>
+      </c>
+      <c r="D52" s="4">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A53" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="B53" s="4">
+        <v>83</v>
+      </c>
+      <c r="C53" s="4">
+        <v>38</v>
+      </c>
+      <c r="D53" s="4">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A54" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="B54" s="4">
+        <v>161</v>
+      </c>
+      <c r="C54" s="4">
+        <v>100</v>
+      </c>
+      <c r="D54" s="4">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A55" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="B55" s="4">
+        <v>63</v>
+      </c>
+      <c r="C55" s="4">
+        <v>34</v>
+      </c>
+      <c r="D55" s="4">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A56" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B56" s="4">
+        <v>42</v>
+      </c>
+      <c r="C56" s="4">
+        <v>19</v>
+      </c>
+      <c r="D56" s="4">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A57" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B57" s="4">
+        <v>73</v>
+      </c>
+      <c r="C57" s="4">
+        <v>42</v>
+      </c>
+      <c r="D57" s="4">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A58" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B58" s="4">
+        <v>53</v>
+      </c>
+      <c r="C58" s="4">
+        <v>17</v>
+      </c>
+      <c r="D58" s="4">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A59" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B59" s="4">
+        <v>62</v>
+      </c>
+      <c r="C59" s="4">
+        <v>30</v>
+      </c>
+      <c r="D59" s="4">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A60" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B60" s="4">
+        <v>59</v>
+      </c>
+      <c r="C60" s="4">
+        <v>37</v>
+      </c>
+      <c r="D60" s="4">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A61" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B61" s="4">
+        <v>20</v>
+      </c>
+      <c r="C61" s="4">
+        <v>7</v>
+      </c>
+      <c r="D61" s="4">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A62" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B62" s="4">
+        <v>49</v>
+      </c>
+      <c r="C62" s="4">
+        <v>23</v>
+      </c>
+      <c r="D62" s="4">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A63" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="B63" s="4">
+        <v>58</v>
+      </c>
+      <c r="C63" s="4">
+        <v>34</v>
+      </c>
+      <c r="D63" s="4">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A64" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B64" s="4">
+        <v>47</v>
+      </c>
+      <c r="C64" s="4">
+        <v>22</v>
+      </c>
+      <c r="D64" s="4">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A65" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B65" s="4">
+        <v>53</v>
+      </c>
+      <c r="C65" s="4">
+        <v>26</v>
+      </c>
+      <c r="D65" s="4">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A66" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B66" s="4">
+        <v>49</v>
+      </c>
+      <c r="C66" s="4">
+        <v>27</v>
+      </c>
+      <c r="D66" s="4">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A67" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="B67" s="4">
+        <v>71</v>
+      </c>
+      <c r="C67" s="4">
+        <v>28</v>
+      </c>
+      <c r="D67" s="4">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A68" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="B68" s="4">
+        <v>83</v>
+      </c>
+      <c r="C68" s="4">
+        <v>44</v>
+      </c>
+      <c r="D68" s="4">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A69" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="B69" s="4">
+        <v>38</v>
+      </c>
+      <c r="C69" s="4">
+        <v>16</v>
+      </c>
+      <c r="D69" s="4">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A70" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="B70" s="4">
+        <v>121</v>
+      </c>
+      <c r="C70" s="4">
+        <v>56</v>
+      </c>
+      <c r="D70" s="4">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A71" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B71" s="4">
+        <v>65</v>
+      </c>
+      <c r="C71" s="4">
+        <v>40</v>
+      </c>
+      <c r="D71" s="4">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A72" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="B72" s="4">
+        <v>99</v>
+      </c>
+      <c r="C72" s="4">
+        <v>41</v>
+      </c>
+      <c r="D72" s="4">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A73" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="B73" s="4">
+        <v>49</v>
+      </c>
+      <c r="C73" s="4">
+        <v>27</v>
+      </c>
+      <c r="D73" s="4">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A74" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="B74" s="4">
+        <v>50</v>
+      </c>
+      <c r="C74" s="4">
+        <v>34</v>
+      </c>
+      <c r="D74" s="4">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A75" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="B75" s="4">
+        <v>55</v>
+      </c>
+      <c r="C75" s="4">
+        <v>40</v>
+      </c>
+      <c r="D75" s="4">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A76" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="B76" s="4">
+        <v>80</v>
+      </c>
+      <c r="C76" s="4">
+        <v>52</v>
+      </c>
+      <c r="D76" s="4">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A77" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B77" s="4">
+        <v>63</v>
+      </c>
+      <c r="C77" s="4">
+        <v>44</v>
+      </c>
+      <c r="D77" s="4">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A78" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="B78" s="4">
+        <v>43</v>
+      </c>
+      <c r="C78" s="4">
+        <v>29</v>
+      </c>
+      <c r="D78" s="4">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A79" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B79" s="4">
+        <v>16</v>
+      </c>
+      <c r="C79" s="4">
+        <v>12</v>
+      </c>
+      <c r="D79" s="4">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A80" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="B80" s="4">
+        <v>70</v>
+      </c>
+      <c r="C80" s="4">
+        <v>32</v>
+      </c>
+      <c r="D80" s="4">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A81" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="B81" s="4">
+        <v>56</v>
+      </c>
+      <c r="C81" s="4">
+        <v>27</v>
+      </c>
+      <c r="D81" s="4">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A82" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="B82" s="4">
+        <v>61</v>
+      </c>
+      <c r="C82" s="4">
+        <v>30</v>
+      </c>
+      <c r="D82" s="4">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A83" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="B83" s="4">
+        <v>79</v>
+      </c>
+      <c r="C83" s="4">
+        <v>46</v>
+      </c>
+      <c r="D83" s="4">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A84" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="B84" s="4">
+        <v>54</v>
+      </c>
+      <c r="C84" s="4">
+        <v>23</v>
+      </c>
+      <c r="D84" s="4">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A85" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="B85" s="4">
+        <v>63</v>
+      </c>
+      <c r="C85" s="4">
+        <v>32</v>
+      </c>
+      <c r="D85" s="4">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A86" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="B86" s="4">
+        <v>44</v>
+      </c>
+      <c r="C86" s="4">
+        <v>29</v>
+      </c>
+      <c r="D86" s="4">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A87" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="B87" s="4">
+        <v>48</v>
+      </c>
+      <c r="C87" s="4">
+        <v>21</v>
+      </c>
+      <c r="D87" s="4">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A88" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="B88" s="4">
+        <v>76</v>
+      </c>
+      <c r="C88" s="4">
+        <v>38</v>
+      </c>
+      <c r="D88" s="4">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A89" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B89" s="4">
+        <v>66</v>
+      </c>
+      <c r="C89" s="4">
+        <v>40</v>
+      </c>
+      <c r="D89" s="4">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A90" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="B90" s="4">
+        <v>73</v>
+      </c>
+      <c r="C90" s="4">
+        <v>38</v>
+      </c>
+      <c r="D90" s="4">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A91" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="B91" s="4">
+        <v>63</v>
+      </c>
+      <c r="C91" s="4">
+        <v>28</v>
+      </c>
+      <c r="D91" s="4">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A92" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="B92" s="4">
+        <v>73</v>
+      </c>
+      <c r="C92" s="4">
+        <v>34</v>
+      </c>
+      <c r="D92" s="4">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A93" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="B93" s="4">
+        <v>43</v>
+      </c>
+      <c r="C93" s="4">
+        <v>24</v>
+      </c>
+      <c r="D93" s="4">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A94" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="B94" s="4">
+        <v>24</v>
+      </c>
+      <c r="C94" s="4">
+        <v>22</v>
+      </c>
+      <c r="D94" s="4">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A95" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B95" s="4">
+        <v>53</v>
+      </c>
+      <c r="C95" s="4">
+        <v>21</v>
+      </c>
+      <c r="D95" s="4">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A96" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="B96" s="4">
+        <v>47</v>
+      </c>
+      <c r="C96" s="4">
+        <v>25</v>
+      </c>
+      <c r="D96" s="4">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A97" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="B97" s="4">
+        <v>92</v>
+      </c>
+      <c r="C97" s="4">
+        <v>29</v>
+      </c>
+      <c r="D97" s="4">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A98" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="B98" s="4">
+        <v>50</v>
+      </c>
+      <c r="C98" s="4">
+        <v>24</v>
+      </c>
+      <c r="D98" s="4">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A99" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="B99" s="4">
+        <v>77</v>
+      </c>
+      <c r="C99" s="4">
+        <v>51</v>
+      </c>
+      <c r="D99" s="4">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A100" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B100" s="4">
+        <v>76</v>
+      </c>
+      <c r="C100" s="4">
+        <v>36</v>
+      </c>
+      <c r="D100" s="4">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A101" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B101" s="4">
+        <v>39</v>
+      </c>
+      <c r="C101" s="4">
+        <v>16</v>
+      </c>
+      <c r="D101" s="4">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="102" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A102" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="B102" s="4">
+        <v>83</v>
+      </c>
+      <c r="C102" s="4">
+        <v>38</v>
+      </c>
+      <c r="D102" s="4">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A103" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="B103" s="4">
+        <v>106</v>
+      </c>
+      <c r="C103" s="4">
+        <v>56</v>
+      </c>
+      <c r="D103" s="4">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A104" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="B104" s="4">
+        <v>131</v>
+      </c>
+      <c r="C104" s="4">
+        <v>68</v>
+      </c>
+      <c r="D104" s="4">
+        <v>199</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="B3:D3"/>
+    <mergeCell ref="H3:J3"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.83203125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="36.6640625" style="6" bestFit="1" customWidth="1"/>
     <col min="2" max="16384" width="12.83203125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A1" s="7" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="F1" s="6"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="B3" s="8" t="s">
+      <c r="B3" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="C3" s="8"/>
-[...1 lines deleted...]
-      <c r="F3" s="8" t="s">
+      <c r="C3" s="10"/>
+      <c r="D3" s="10"/>
+      <c r="F3" s="10" t="s">
         <v>18</v>
       </c>
-      <c r="G3" s="8"/>
-      <c r="H3" s="8"/>
+      <c r="G3" s="10"/>
+      <c r="H3" s="10"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
       <c r="B4" s="1" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A6" s="6" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="B6" s="5">
         <v>54.6</v>
       </c>
       <c r="C6" s="5">
         <v>52.7</v>
       </c>
       <c r="D6" s="5">
         <v>53.9</v>
       </c>
       <c r="E6" s="5"/>
       <c r="F6" s="5">
         <v>54.4</v>
       </c>
       <c r="G6" s="5">
         <v>57</v>
       </c>
       <c r="H6" s="5">
         <v>55.5</v>
       </c>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A7" s="6" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="B7" s="5">
         <v>53.3</v>
       </c>
       <c r="C7" s="5">
         <v>53.3</v>
       </c>
       <c r="D7" s="5">
         <v>53.3</v>
       </c>
       <c r="E7" s="5"/>
       <c r="F7" s="5">
         <v>51.1</v>
       </c>
       <c r="G7" s="5">
         <v>52.9</v>
       </c>
       <c r="H7" s="5">
         <v>51.7</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A8" s="6" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="B8" s="5">
         <v>53</v>
       </c>
       <c r="C8" s="5">
         <v>50.9</v>
       </c>
       <c r="D8" s="5">
         <v>52.4</v>
       </c>
       <c r="E8" s="5"/>
       <c r="F8" s="5">
         <v>54.7</v>
       </c>
       <c r="G8" s="5">
         <v>47.7</v>
       </c>
       <c r="H8" s="5">
         <v>52.4</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A9" s="6" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="B9" s="5">
         <v>54.3</v>
       </c>
       <c r="C9" s="5">
         <v>53</v>
       </c>
       <c r="D9" s="5">
         <v>53.7</v>
       </c>
       <c r="E9" s="5"/>
       <c r="F9" s="5">
         <v>53.8</v>
       </c>
       <c r="G9" s="5">
         <v>53.5</v>
       </c>
       <c r="H9" s="5">
         <v>53.7</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A10" s="6" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="B10" s="5">
         <v>46.6</v>
       </c>
       <c r="C10" s="5">
         <v>45.6</v>
       </c>
       <c r="D10" s="5">
         <v>46.4</v>
       </c>
       <c r="E10" s="5"/>
       <c r="F10" s="5">
         <v>49</v>
       </c>
       <c r="G10" s="5">
         <v>48.2</v>
       </c>
       <c r="H10" s="5">
         <v>48.9</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A11" s="6" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="B11" s="5">
         <v>52.3</v>
       </c>
       <c r="C11" s="5">
         <v>50.6</v>
       </c>
       <c r="D11" s="5">
         <v>51.8</v>
       </c>
       <c r="E11" s="5"/>
       <c r="F11" s="5">
         <v>51</v>
       </c>
       <c r="G11" s="5">
         <v>51.4</v>
       </c>
       <c r="H11" s="5">
         <v>51.1</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A12" s="6" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="B12" s="5">
         <v>57.1</v>
       </c>
       <c r="C12" s="5">
         <v>57.7</v>
       </c>
       <c r="D12" s="5">
         <v>57.3</v>
       </c>
       <c r="E12" s="5"/>
       <c r="F12" s="5">
         <v>52.9</v>
       </c>
       <c r="G12" s="5">
         <v>53.2</v>
       </c>
       <c r="H12" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A13" s="6" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="B13" s="5">
         <v>55.5</v>
       </c>
       <c r="C13" s="5">
         <v>51.3</v>
       </c>
       <c r="D13" s="5">
         <v>53.8</v>
       </c>
       <c r="E13" s="5"/>
       <c r="F13" s="5" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="G13" s="5" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A14" s="6" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="B14" s="5">
         <v>54.6</v>
       </c>
       <c r="C14" s="5">
         <v>51.9</v>
       </c>
       <c r="D14" s="5">
         <v>53.8</v>
       </c>
       <c r="E14" s="5"/>
       <c r="F14" s="5">
         <v>55.2</v>
       </c>
       <c r="G14" s="5">
         <v>49.9</v>
       </c>
       <c r="H14" s="5">
         <v>53.3</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A15" s="6" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="B15" s="5">
         <v>54.8</v>
       </c>
       <c r="C15" s="5">
         <v>53.9</v>
       </c>
       <c r="D15" s="5">
         <v>54.6</v>
       </c>
       <c r="E15" s="5"/>
       <c r="F15" s="5">
         <v>54.2</v>
       </c>
       <c r="G15" s="5">
         <v>56.7</v>
       </c>
       <c r="H15" s="5">
         <v>55.1</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A16" s="6" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="B16" s="5">
         <v>54.7</v>
       </c>
       <c r="C16" s="5">
         <v>50.7</v>
       </c>
       <c r="D16" s="5">
         <v>53</v>
       </c>
       <c r="E16" s="5"/>
       <c r="F16" s="5">
         <v>58.4</v>
       </c>
       <c r="G16" s="5">
         <v>55.2</v>
       </c>
       <c r="H16" s="5">
         <v>57.2</v>
       </c>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A17" s="6" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="B17" s="5">
         <v>51</v>
       </c>
       <c r="C17" s="5">
         <v>51.3</v>
       </c>
       <c r="D17" s="5">
         <v>51.2</v>
       </c>
       <c r="E17" s="5"/>
       <c r="F17" s="5">
         <v>53</v>
       </c>
       <c r="G17" s="5">
         <v>53</v>
       </c>
       <c r="H17" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A18" s="6" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="B18" s="5">
         <v>56</v>
       </c>
       <c r="C18" s="5">
         <v>53</v>
       </c>
       <c r="D18" s="5">
         <v>54.9</v>
       </c>
       <c r="E18" s="5"/>
       <c r="F18" s="5">
         <v>55.6</v>
       </c>
       <c r="G18" s="5">
         <v>50.9</v>
       </c>
       <c r="H18" s="5">
         <v>54.1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="F3:H3"/>
     <mergeCell ref="B3:D3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:F102"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.83203125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15.83203125" style="6" bestFit="1" customWidth="1"/>
     <col min="2" max="4" width="12.83203125" style="1" customWidth="1"/>
-    <col min="5" max="5" width="17.6640625" style="6" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="15.83203125" style="6" customWidth="1"/>
     <col min="6" max="6" width="12.83203125" style="1" customWidth="1"/>
     <col min="7" max="16384" width="12.83203125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A1" s="7" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A5" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="5">
         <v>61.8</v>
       </c>
       <c r="E5" s="6" t="s">
-        <v>117</v>
+        <v>148</v>
       </c>
       <c r="F5" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A6" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="5">
         <v>60.8</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>118</v>
+        <v>149</v>
       </c>
       <c r="F6" s="5">
         <v>53.8</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A7" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="5">
         <v>59.7</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>119</v>
+        <v>150</v>
       </c>
       <c r="F7" s="5">
         <v>53.2</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A8" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="5">
         <v>58.5</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>120</v>
+        <v>151</v>
       </c>
       <c r="F8" s="5">
         <v>52.5</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A9" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="5">
         <v>58.1</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A10" s="6" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="5">
         <v>58</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A11" s="6" t="s">
         <v>25</v>
       </c>
@@ -2905,208 +4488,209 @@
       <c r="B100" s="5">
         <v>47</v>
       </c>
     </row>
     <row r="101" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A101" s="6" t="s">
         <v>115</v>
       </c>
       <c r="B101" s="5">
         <v>46.8</v>
       </c>
     </row>
     <row r="102" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A102" s="6" t="s">
         <v>116</v>
       </c>
       <c r="B102" s="5">
         <v>46.6</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:C22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.83203125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="30" style="6" bestFit="1" customWidth="1"/>
     <col min="2" max="16384" width="12.83203125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A1" s="7" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.2">
       <c r="B3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:3" s="2" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A5" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3">
         <v>9217</v>
       </c>
       <c r="C5" s="3">
         <v>1148</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A6" s="6" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="B6" s="4">
         <v>8721</v>
       </c>
       <c r="C6" s="4">
         <v>1097</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A7" s="6" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="B7" s="4">
         <v>137</v>
       </c>
       <c r="C7" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A8" s="6" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="B8" s="4">
         <v>248</v>
       </c>
       <c r="C8" s="4">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A9" s="6" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="B9" s="4">
         <v>17</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A10" s="6" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B10" s="4">
         <v>94</v>
       </c>
       <c r="C10" s="4">
         <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A16" s="7" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.2">
       <c r="B18" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:3" s="2" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A20" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B20" s="3">
         <v>9217</v>
       </c>
       <c r="C20" s="3">
         <v>1148</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A21" s="6" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="B21" s="4">
         <v>9090</v>
       </c>
       <c r="C21" s="4">
         <v>1136</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A22" s="6" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="B22" s="4">
         <v>127</v>
       </c>
       <c r="C22" s="4">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Regneark</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="5" baseType="lpstr">
+    <vt:vector size="6" baseType="lpstr">
       <vt:lpstr>t1a</vt:lpstr>
       <vt:lpstr>t1b</vt:lpstr>
+      <vt:lpstr>t1c</vt:lpstr>
       <vt:lpstr>t2</vt:lpstr>
       <vt:lpstr>t3</vt:lpstr>
       <vt:lpstr>t4 og t5</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Danmarks Statistik</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Dorthe Larsen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>